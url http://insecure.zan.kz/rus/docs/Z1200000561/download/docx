--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="87cc5f8" w14:textId="87cc5f8">
+    <w:p w14:paraId="9f7d41f" w14:textId="9f7d41f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1225,368 +1225,210 @@
         <w:t xml:space="preserve">
       29) выслуга лет – продолжительность нахождения гражданина на воинской службе, службе в специальных государственных и правоохранительных органах, органах гражданской защиты, фельдъегерской службе, а также в иных случаях, предусмотренных законами Республики Казахстан, исчисляемая как в календарном, так и льготном исчислении; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z828" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) всеобщее военное обучение – обязательное обучение граждан Республики Казахстан военной подготовке в период введения военного положения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p>
-[...198 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1082" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-1) жас айбын – лицо, обучающееся по образовательным программам дополнительного образования по допризывной подготовке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z1222" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-2) жас сарбаз – лицо, воспитывающееся и обучающееся по специализированным общеобразовательным учебным программам углубленной допризывной подготовки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z1221" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30-3) сборы по боевой подготовке – мероприятия, проводимые с военнослужащими, проходящими воинскую службу в резерве, по программам боевой подготовки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z829" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z829" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) личный состав – военнослужащие и лица гражданского персонала (работники);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z830" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z830" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32) кадет – военнослужащий, обучающийся в военном учебном заведении, реализующем образовательные программы технического и профессионального или послесреднего образования; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z831" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z831" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) военнослужащие, проходящие воинскую службу по контракту, – граждане Республики Казахстан, добровольно поступившие на воинскую службу в Вооруженные Силы, другие войска и воинские формирования на срок, определяемый настоящим Законом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z832" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z832" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34) курсант – военнослужащий, обучающийся в военном, специальном учебном заведении, реализующем образовательные программы высшего образования, или в иностранном военном учебном заведении, после окончания которого присваивается первое воинское звание офицерского состава; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z833" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z833" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) курсовая подготовка – форма дополнительного образования военнослужащих и военнообязанных, направленная на получение, поддержание и совершенствование военных знаний и навыков по определенным военно-учетным специальностям, осуществляемая для:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       военнослужащих в военных учебных заведениях, учебных центрах органов военного управления, специализированной организации Министерства обороны Республики Казахстан или организациях образования иностранных государств в соответствии с международными договорами или приглашениями;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1669,230 +1511,230 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-2) рядовые (матросы) – военнослужащие, которым присвоены соответствующие воинские звания рядового состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z834" w:id="46"/>
+    <w:bookmarkStart w:name="z834" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36) действующий резерв – военнослужащие, выполняющие возложенные оперативные задачи в рамках разведывательной деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z835" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z835" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) специализированная организация Министерства обороны Республики Казахстан – организация, осуществляющая на безвозмездной, возмездной основах подготовку, переподготовку граждан по военно-техническим и иным специальностям, курсовую подготовку военнослужащих и военнообязанных, в том числе по управлению транспортными средствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z836" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z836" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38) магистрант – военнослужащий, обучающийся в магистратуре; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z837" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z837" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39) срочная воинская служба – воинская служба граждан мужского пола, основанная на их призыве в Вооруженные Силы, другие войска и воинские формирования на воинские должности рядового и сержантского составов в порядке, определенном настоящим Законом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z838" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z838" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40) отставка – состояние лиц, уволенных с воинской службы или исключенных с воинского учета, достигших предельного возраста пребывания в запасе, либо лиц, признанных не годными к воинской службе с исключением с воинского учета; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z839" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z839" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41) офицеры – военнослужащие, которым присвоены соответствующие воинские звания офицерского состава; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z840" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z840" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) психофизиологическое и полиграфологическое исследования – совокупность проверочных мероприятий, направленных на всестороннюю оценку индивидуально-психологических и психофизиологических качеств военнослужащих и граждан Республики Казахстан, осуществляемых при отборе для прохождения воинской службы на должностях, перечень которых утверждается руководителем уполномоченного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z1083" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z1083" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42-1) военнослужащие, проходящие воинскую службу в резерве (далее – военные резервисты), – граждане Республики Казахстан, добровольно поступившие на воинскую службу в резерве в Вооруженные Силы, другие войска и воинские формирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z841" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z841" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43) ротация – перемещение военнослужащих на равнозначные и иные должности в Вооруженных Силах, других войсках и воинских формированиях; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1921,70 +1763,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z843" w:id="55"/>
+    <w:bookmarkStart w:name="z843" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) сержанты (старшины) – военнослужащие, которым присвоены соответствующие воинские звания сержантского состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2013,150 +1855,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z845" w:id="56"/>
+    <w:bookmarkStart w:name="z845" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) выход в море – выход экипажей кораблей, катеров и судов, военнослужащих в море для выполнения задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z846" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z846" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) уполномоченное должностное лицо – должностное лицо, которому предоставлено право заключения контракта о прохождении воинской службы или контракта о прохождении воинской службы в резерве в порядке, определяемом Правилами прохождения воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z847" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z847" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49) уполномоченный орган – государственный орган, в структуре которого предусмотрено прохождение воинской службы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z848" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z848" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50) организационно-штатные мероприятия – мероприятия, проводимые в Вооруженных Силах, других войсках и воинских формированиях по созданию, ликвидации, реорганизации, передислокации, переподчинению, изменению штатов государственных учреждений и их структурных подразделений, а также по изменению состава и штатной численности Вооруженных Сил, других войск и воинских формирований; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z849" w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z849" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) улан – лицо, обучающееся на первом или втором курсе в военном учебном заведении, реализующем образовательные программы технического и профессионального образования на базе основного среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) воинская должность внештатного состава – штатная единица военной кафедры (военного факультета), на которую возложены должностные полномочия по военной подготовке и военно-патриотическому воспитанию студентов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2396,3033 +2238,3147 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025); от 16.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 211-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Правовая основа воинской службы в Вооруженных Силах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Правовую основу воинской службы в Вооруженных Силах, других войсках и воинских формированиях составляют Конституция Республики Казахстан, Трудовой кодекс Республики Казахстан с особенностями, предусмотренными настоящим Законом, законы Республики Казахстан, регулирующие деятельность правоохранительных органов, органов гражданской защиты, и иные нормативные правовые акты Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z49" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Международные договоры, ратифицированные Республикой Казахстан, имеют приоритет перед настоящим Законом. Порядок и условия действия на территории Республики Казахстан международных договоров, участницей которых является Республика Казахстан, определяются законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 2 с изменениями, внесенными законами РК от 13.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Принципы воинской службы и статуса военнослужащих</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Принципами воинской службы и статуса военнослужащих являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z52" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) законность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z53" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) полное, достаточное и своевременное обеспечение военнослужащих с учетом условий прохождения воинской службы для выполнения поставленной перед ними задачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z54" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) защита прав и свобод военнослужащего от преступных и иных противоправных посягательств, его неприкосновенность при исполнении обязанностей воинской службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z55" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) единоначалие и субординация;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z56" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) независимость от деятельности политических партий и иных общественных объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Сфера действия настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Действие настоящего Закона распространяется на всех военнослужащих Республики Казахстан, в том числе на военнослужащих Республики Казахстан, проходящих воинскую службу в составе объединенных (коалиционных) вооруженных сил, а также миротворческих сил в соответствии с международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z59" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Действие настоящего Закона распространяется на политических государственных служащих в части, не противоречащей законодательству Республики Казахстан о государственной службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z60" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отдельные положения и нормы настоящего Закона о социальном обеспечении военнослужащих распространяются на членов их семей, лиц, уволенных с воинской службы, а также членов семей военнослужащих, которые погибли, умерли, пропали без вести в период прохождения воинской службы или которым установлена инвалидность в результате исполнения обязанностей воинской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z61" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Статус граждан Республики Казахстан, уволенных с воинской службы из Вооруженных Сил, других войск и воинских формирований и переехавших на постоянное место жительства в другие государства, определяется международными договорами Республики Казахстан с государствами, избранными для постоянного проживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 4 с изменениями, внесенными законами РК от 13.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Статус военнослужащего</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Статус военнослужащего включает общие права, свободы и обязанности военнослужащего как гражданина Республики Казахстан с установленными законами изъятиями и ограничениями, а также его права, обязанности и ответственность, обусловленные особенностями воинской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z64" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Изъятия и ограничения прав и свобод, особые обязанности и ответственность военнослужащих компенсируются дополнительными правами и льготами, установленными настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z65" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Статус военнослужащего приобретают граждане:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z66" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      призванные на воинскую службу (сборы) – со дня издания приказа соответствующего начальника об убытии из местного органа военного управления к месту прохождения воинской службы (сборов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z67" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступившие на воинскую службу по контракту – со дня издания приказа командира (начальника) воинской части (учреждения) о зачислении в списки личного состава части;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z68" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступившие в военные, специальные учебные заведения, реализующие программы технического и профессионального, послесреднего и высшего образования, если до этого они не являлись военнослужащими, – для военных, специальных учебных заведений со дня издания приказа начальника военного, специального учебного заведения о зачислении в списки учебного состава, за исключением уланов, а при поступлении в иностранное военное учебное заведение – со дня издания приказа руководителя уполномоченного органа о направлении на учебу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z850" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уланы, завершившие второй курс обучения в военных учебных заведениях, реализующих образовательные программы технического и профессионального образования на базе основного среднего образования, – со дня издания приказа начальника военного учебного заведения о продолжении обучения, переводе на третий курс и назначении на воинскую должность переменного состава кадета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z1084" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военные резервисты – со дня издания приказа командира (начальника) воинской части (учреждения) о прибытии на занятия или сборы по боевой подготовке, сборы при кризисных ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z69" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Статус военнослужащего гражданин утрачивает со дня исключения из списков воинской части (учреждения) в связи с увольнением с воинской службы (окончанием воинских сборов), а также в случае перевода в специальные государственные и правоохранительные органы Республики Казахстан, на службу в органы гражданской защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z1085" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военный резервист утрачивает статус военнослужащего со дня издания приказа командира (начальника) воинской части (учреждения) об окончании занятий или сборов по боевой подготовке, сборов при кризисных ситуациях либо со дня исключения из списков воинской части (учреждения) в связи с увольнением с воинской службы в резерве.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z70" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Военнослужащие при исполнении обязанностей воинской службы находятся под защитой государства. Они подчиняются только лицам, которые в соответствии с общевоинскими уставами являются для них начальниками, и никто другой не вправе вмешиваться в их служебную деятельность, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z71" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Военнослужащий находится при исполнении обязанностей воинской службы в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z72" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) исполнения должностных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z73" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) участия в боевых действиях, выполнения задач в условиях чрезвычайного или военного положения, а также в условиях вооруженных конфликтов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z74" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участия в миротворческих операциях по поддержанию мира и безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z75" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) участия в антитеррористических операциях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z76" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) участия в ликвидации чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z77" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) полевых выходов (выходов в море), участия в учениях или походах кораблей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z78" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) нахождения на территории воинской части (учреждения) в течение установленного распорядком дня служебного времени или в другое время, если это вызвано служебной необходимостью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z79" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) нахождения в служебной командировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z80" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) следования к месту службы и обратно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z81" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) нахождения на лечении, следования к месту лечения и обратно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z82" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) прохождения воинских сборов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z83" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) нахождения в плену, в положении заложника или интернированного;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z84" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) оказания помощи правоохранительным органам по защите прав и свобод человека и гражданина, охране правопорядка и обеспечению общественной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z85" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) нахождения в действующем резерве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z785" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) нахождения на повышении квалификации, курсовой подготовке, переподготовке, переквалификации, учебе, войсковой стажировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z786" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) проведения исследований, нахождения на войсковых и других испытаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z86" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Статус военнослужащих по призыву офицерского состава определяется статусом военнослужащих, проходящих воинскую службу по контракту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z87" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнослужащий срочной службы находится при исполнении обязанностей воинской службы в течение всего времени прохождения срочной службы, а военнообязанный – в течение всего времени прохождения воинских сборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z1086" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военные резервисты находятся при исполнении обязанностей воинской службы в периоды нахождения в воинской части (учреждении) на занятиях или сборах по боевой подготовке, а также сборах при кризисных ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z88" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Командирам (начальникам) запрещается отдавать приказы (приказания) и распоряжения, не имеющие отношения к исполнению обязанностей воинской службы или направленные на нарушение законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z89" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Военнослужащим для удостоверения их статуса в установленном уполномоченным органом порядке выдаются жетоны с личными номерами, удостоверения личности военнослужащего (военные билеты) и (или) служебные удостоверения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z851" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Военнослужащим офицерского состава органов военной разведки Министерства обороны Республики Казахстан, уполномоченным осуществлять оперативно-розыскную и разведывательную деятельность, в подтверждение их личности и полномочий выдаются служебные удостоверения органов военной разведки Министерства обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z852" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок выдачи, использования и описание служебного удостоверения определяются Министром обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z853" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Служебное удостоверение военнослужащего органа военной разведки Министерства обороны Республики Казахстан подтверждает его право на ношение и хранение оружия, специальных средств, иные полномочия, предоставленные в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z854" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Военнослужащим органов военной полиции, военной прокуратуры и военно-следственных органов в целях выполнения законодательно закрепленных задач в подтверждение их личности и полномочий выдаются служебные удостоверения и жетоны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок выдачи, использования и описание служебного удостоверения и жетона определяются руководителем уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z856" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Служебное удостоверение военнослужащих органов военной полиции, военной прокуратуры и военно-следственных органов подтверждает их право на ношение и хранение оружия, специальных средств, иные полномочия, предоставленные военнослужащим и сотрудникам в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными законами РК от 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 2. Правовая основа воинской службы в Вооруженных Силах</w:t>
-[...41 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
+        <w:t>Статья 6. Права военнослужащих</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Военнослужащие пользуются всеми правами и свободами, предусмотренными Конституцией и законодательством Республики Казахстан, с учетом ограничений, определенных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z92" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнослужащие имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z93" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на обеспечение за счет бюджетных средств денежным довольствием на основании единой системы оплаты труда работников органов Республики Казахстан, содержащихся за счет государственного бюджета, утверждаемой Правительством Республики Казахстан по согласованию с Президентом Республики Казахстан, в порядке, предусмотренном первыми руководителями уполномоченных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z94" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на обеспечение за счет бюджетных средств вещевым и другими видами имущества по нормам, утвержденным первыми руководителями уполномоченных государственных органов по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z95" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на продвижение по службе с учетом квалификации, способностей, добросовестного исполнения своих должностных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z857" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) на обжалование принимаемых в отношении их решений и действий (бездействия) вышестоящим должностным лицам, а также в суд в порядке, установленном законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z96" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по согласованию с уполномоченным должностным лицом поступать в военные, специальные учебные заведения, проходить курсовую подготовку, профессиональную подготовку, переподготовку и повышение квалификации, а также поступать не по военным специальностям (кроме военнослужащих срочной службы, курсантов и кадетов) в организации образования, реализующие учебные программы технического и профессионального, послесреднего, высшего и послевузовского образования, в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z97" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) на охрану здоровья и условия службы, отвечающие требованиям техники безопасности и гигиены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z98" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) на возмещение вреда, причиненного жизни и здоровью или личному имуществу при исполнении обязанностей воинской службы в порядке, определенном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z99" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) на обеспечение жилищем в период прохождения воинской службы в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z100" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) на хранение, ношение и применение специальных средств, оружия при исполнении обязанностей воинской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z1025" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) на ознакомление с документами, определяющими их права, должностные и специальные обязанности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z1026" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) на ознакомление с отзывами об их служебной деятельности и другими документами до внесения их в личное дело, материалами личного дела (за исключением материалов специальной проверки, содержащих сведения, составляющие государственные секреты), а также на приобщение к личному делу их письменных объяснений, других документов и материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z1027" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) на защиту своих персональных данных и членов своей семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z1028" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) на медицинское обеспечение и санаторно-курортное лечение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z1029" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) на пенсионное обеспечение и социальную защиту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z1030" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) на надлежащие организационно-технические и санитарные условия с учетом особенностей воинской службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z1031" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) на отдых;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z1032" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) на осуществление медицинской, педагогической, научной или иной творческой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z1087" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На военного резервиста не распространяется действие подпунктов 1), 7), 13) (в части пенсионных выплат по выслуге лет), 15) (в части предоставления ежегодного трудового отпуска) и 16) части второй настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z101" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Правила ношения военнослужащими оружия определяются общевоинскими уставами. Военнослужащие в качестве крайней меры имеют право применять оружие лично или в составе подразделения в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z102" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отражения вооруженного нападения на охраняемые военные и гражданские объекты, караулы, помещения и сооружения воинских частей (учреждений);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z103" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пресечения попытки насильственного завладения оружием и военной техникой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z104" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) защиты военнослужащих и гражданских лиц от нападения, угрожающего их жизни или здоровью, в том числе от нападения животных, если иными способами и средствами защитить их невозможно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z105" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) задержания лица, совершившего уголовное правонарушение, оказывающего вооруженное сопротивление либо застигнутого при совершении тяжкого, особо тяжкого преступления, а также вооруженного лица, отказывающегося выполнить законные требования о сдаче оружия, если иными способами и средствами преодолеть сопротивление, задержать преступника или изъять оружие невозможно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z106" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) освобождения заложников, захваченных охраняемых объектов, сооружений и специальных (воинских) грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z107" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) пресечения побега из-под стражи лиц, в отношении которых избрана мера пресечения в виде содержания под стражей, пресечения побега осужденных к лишению свободы, а также для пресечения попыток их насильственного освобождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z108" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) подачи сигнала тревоги или вызова помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z109" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) необходимой обороны и крайней необходимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z110" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Применение оружия должно предусматривать предупреждение о намерении его применить, за исключением внезапного вооруженного нападения, нападения с использованием боевой техники, транспортных средств, морских и речных судов, а также побега из-под стражи с оружием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z111" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При применении и использовании оружия военнослужащий обязан принять все возможные меры для обеспечения безопасности окружающих граждан, а в случае необходимости оказать неотложную медицинскую помощь пострадавшим.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z112" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрещается применять оружие в отношении женщин и несовершеннолетних, за исключением случаев совершения ими акта терроризма, вооруженного нападения, оказания ими вооруженного сопротивления либо совершения ими группового нападения, представляющего угрозу жизни военнослужащему или другим лицам, если иными способами и средствами отразить такое нападение невозможно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z113" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О каждом случае применения или использования оружия военнослужащий докладывает командиру (начальнику).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z114" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Иные права военнослужащих могут устанавливаться законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 2 с изменениями, внесенными законами РК от 13.06.2017 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 04.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.01.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.06.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 15.04.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 114-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 196-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 3. Принципы воинской службы и статуса военнослужащих</w:t>
-[...2268 lines deleted...]
-        </w:rPr>
         <w:t>Статья 7. Общие обязанности военнослужащих</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="145"/>
+    <w:bookmarkStart w:name="z116" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Военнослужащий обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z117" w:id="146"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z117" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать Конституцию и другие нормативные правовые акты Республики Казахстан, а также соблюдать требования общевоинских уставов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z118" w:id="147"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z118" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принять военную присягу в установленном порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z119" w:id="148"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z119" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) точно и в срок выполнять приказы командиров (начальников);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z858" w:id="149"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z858" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) выполнить решение руководителя уполномоченного органа о его ротации в порядке и сроки, определяемые Правилами прохождения воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z120" w:id="150"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z120" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) участвовать в составе воинских частей и подразделений Вооруженных Сил, других войск и воинских формирований, объединенных (коалиционных) вооруженных сил в соответствии с международными договорами в вооруженных конфликтах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z121" w:id="151"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z121" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) быть дисциплинированным, бдительным и не допускать разглашения государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z122" w:id="152"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z122" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) соблюдать условия контракта о прохождении воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z123" w:id="153"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z123" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) соблюдать правила ношения военной формы одежды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z124" w:id="154"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z124" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) соблюдать требования и выполнять нормативы по физической подготовке, утверждаемые руководителями уполномоченных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z125" w:id="155"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z125" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) уметь применять вверенные ему оружие, вооружение и военную технику, обеспечивать его сохранность и правильную эксплуатацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z1033" w:id="156"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z1033" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) соблюдать нормы служебной этики, установленные законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z1034" w:id="157"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z1034" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) принимать на себя ограничения, установленные законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z1035" w:id="158"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z1035" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) обеспечивать сохранность военного имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z1036" w:id="159"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z1036" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) подать рапорт в письменной форме и незамедлительно информировать командира (начальника) в случаях, когда частные интересы военнослужащего пересекаются или входят в противоречие с его должностными полномочиями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z1037" w:id="160"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z1037" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) не допускать публичных выступлений, причиняющих вред интересам воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z1038" w:id="161"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z1038" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) незамедлительно в письменной форме информировать командира (начальника) о:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z1039" w:id="162"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z1039" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       намерении принять гражданство иностранного государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z1040" w:id="163"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z1040" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       подаче заявления о выходе из гражданства Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z1041" w:id="164"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z1041" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       намерении супруги (супруга) или своих близких родственников принять гражданство иностранного государства и (или) подаче ими заявления о выходе из гражданства Республики Казахстан, если это стало ему известно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z1042" w:id="165"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z1042" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) при увольнении с воинской службы по отрицательным мотивам, служебному несоответствию, выявившемуся по итогам аттестации, в связи с прекращением гражданства Республики Казахстан возместить государству в порядке, определенном первым руководителем уполномоченного государственного органа:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z1043" w:id="166"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z1043" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деньги, затраченные на его обучение в военном, специальном учебном заведении, в том числе в иностранном государстве, повышение квалификации, курсовую подготовку, переподготовку по военно-техническим и иным специальностям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z1044" w:id="167"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z1044" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деньги, эквивалентные сумме заключенного договора между Республикой Казахстан и страной обучения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z126" w:id="168"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z126" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Должностные и специальные обязанности должностных лиц Вооруженных Сил, других войск и воинских формирований определяются общевоинскими уставами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z127" w:id="169"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Военнослужащий, проходящий воинскую службу по контракту, в течение месяца после поступления на воинскую службу обязан на период прохождения воинской службы передать в доверительное управление находящиеся в собственности военнослужащего акции (доли участия в уставном капитале) коммерческих организаций и иное имущество, использование которого влечет получение доходов, за исключением денег, облигаций, паев открытых и интервальных паевых инвестиционных фондов, законно принадлежащих ему, а также иного имущества, переданного в имущественный наем. Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z128" w:id="170"/>
+    <w:bookmarkStart w:name="z128" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Иные обязанности военнослужащих могут устанавливаться законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5518,238 +5474,238 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 7-1. Общие обязанности военнообязанных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1172" w:id="171"/>
+    <w:bookmarkStart w:name="z1172" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Военнообязанный обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z1173" w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z1173" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать Конституцию Республики Казахстан и законодательство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z1174" w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z1174" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соблюдать обязанности по воинскому учету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z1175" w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z1175" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проходить воинские сборы либо курсовую подготовку военнообязанных для получения, поддержания и совершенствования военных знаний и навыков, в том числе для получения очередных воинских званий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) быть дисциплинированным, бдительным в период военной подготовки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1176" w:id="175"/>
+    <w:bookmarkStart w:name="z1176" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) обеспечивать сохранность военного имущества в период военной подготовки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z1178" w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z1178" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) не допускать публичных выступлений, причиняющих вред интересам воинской службы, в период военной подготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z1179" w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z1179" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Должностные и специальные обязанности военнообязанных, призванных на воинские сборы, определяются общевоинскими уставами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z1180" w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z1180" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Иные обязанности военнообязанных могут устанавливаться законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5785,130 +5741,394 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Ограничения прав военнослужащих, связанные с прохождением воинской службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац первый статьи 8 предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащий не вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z131" w:id="180"/>
+    <w:bookmarkStart w:name="z131" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) быть депутатом представительных органов и членом органов местного самоуправления, состоять в политических партиях, профессиональных союзах, религиозных объединениях, выступать в поддержку какой-либо политической партии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z132" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z132" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заниматься другой оплачиваемой деятельностью, кроме медицинской, педагогической, научной и иной творческой деятельности, не препятствующей исполнению обязанностей воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z133" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 3) предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заниматься предпринимательской деятельностью, в том числе участвовать в управлении коммерческой организацией независимо от ее организационно-правовой формы, за исключением случаев, когда это является его должностными обязанностями в соответствии с законодательством Республики Казахстан, и случаев приобретения и (или) реализации паев открытых и интервальных паевых инвестиционных фондов, облигаций на организованном рынке ценных бумаг, акций коммерческих организаций (простые акции в объеме, не превышающем пяти процентов от общего количества голосующих акций организаций) на организованном рынке ценных бумаг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 8 предусматривается дополнить подпунктами 3-1) и 3-2) в соответствии с Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z134" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) быть представителем по делам третьих лиц, за исключением случаев, предусмотренных законами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
     <w:bookmarkStart w:name="z135" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6030,50 +6250,118 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 8 предусматривается дополнить пунктами 2 и 3 в соответствии с Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 13.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 07.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6258,983 +6546,1008 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Подготовка граждан к воинской службе включает в себя:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) военную подготовку в организациях образования, которая содержит:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1223" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      допризывную подготовку по образовательным программам дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z1224" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      углубленную допризывную подготовку по специализированным общеобразовательным учебным программам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z1225" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      начальную военную подготовку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z1226" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военную подготовку по программам офицеров запаса и сержантов запаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z1227" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) военную подготовку по военно-техническим и иным специальностям в специализированных организациях Министерства обороны Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z1228" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) курсовую подготовку военнообязанных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z147" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Подготовка граждан к воинской службе организуется и обеспечивается государственными органами в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z148" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Руководители организаций обязаны обеспечить возможность прохождения допризывниками и призывниками подготовки к воинской службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мониторинг и анализ качества военной подготовки в организациях образования осуществляются Министерством обороны Республики Казахстан в целях соблюдения в организациях образования требований законодательства Республики Казахстан в части подготовки граждан к воинской службе и выработки предложений по повышению качества военной подготовки в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Порядок военно-патриотического воспитания граждан определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1229" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Повышение квалификации граждан, осуществляющих начальную военную, допризывную и углубленную допризывную подготовку, проводится на базе организаций, подведомственных Министерству обороны Республики Казахстан, военных учебных заведений, а также военных кафедр (военных факультетов) организаций высшего и (или) послевузовского образования в соответствии с правилами начальной военной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z1230" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документ о прохождении повышения квалификации по образовательной программе начальной военной подготовки на базе организаций, подведомственных Министерству обороны Республики Казахстан, военных учебных заведений, а также военных кафедр (военных факультетов) организаций высшего и (или) послевузовского образования учитывается при присвоении квалификационной категории в порядке, определяемом уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z1231" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Образовательная программа повышения квалификации граждан, осуществляющих начальную военную, допризывную и углубленную допризывную подготовку, разрабатывается в порядке, определяемом уполномоченным органом в области образования, и утверждается Министерством обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z1232" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Министерство обороны Республики Казахстан участвует в разработке и согласовании нормативных правовых актов Республики Казахстан, регулирующих дополнительное образование для детей в части допризывной подготовки, а также регулирующих порядок аттестации, присвоения квалификационных категорий, повышения квалификации и педагогической переподготовки в части, касающейся педагогов, осуществляющих начальную военную подготовку, в том числе в рамках допризывной и углубленной допризывной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 344-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.04.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 114-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Начальная военная подготовка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Начальная военная подготовка проводится с гражданами в организациях образования, реализующих общеобразовательные программы общего среднего образования и образовательные программы технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальную военную подготовку могут осуществлять граждане:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) имеющие высшее (послевузовское) педагогическое образование по соответствующему профилю, прошедшие воинскую службу или военную подготовку по программе офицеров запаса на военной кафедре (военном факультете) организаций высшего (послевузовского) образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) прошедшие воинскую службу на должностях офицерского, старшего или высшего сержантского составов (за исключением граждан, уволенных с воинской службы по отрицательным мотивам без права повторного поступления на воинскую службу), имеющие высшее (послевузовское) образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Профессиональные навыки граждан, указанных в подпункте 2) части второй настоящего пункта, соответствуют профессиональному образованию по профилю начальной военной подготовки, и они вправе осуществлять начальную военную подготовку в случае прохождения педагогической переподготовки в соответствии с правилами начальной военной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Граждане, подлежащие призыву и не прошедшие начальную военную подготовку, проходят ее в период прохождения воинской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z152" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Порядок организации и проведения, а также формирования учебно-материальной базы начальной военной подготовки определяется правилами начальной военной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 211-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (текст исключен).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...139 lines deleted...]
-    <w:bookmarkEnd w:id="195"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Углубленная допризывная подготовка по специализированным общеобразовательным учебным программам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1233" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Углубленная допризывная подготовка по специализированным общеобразовательным учебным программам реализуется в специализированных организациях образования с углубленной допризывной подготовкой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z1234" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок организации и прохождения углубленной допризывной подготовки по специализированным общеобразовательным учебным программам определяется правилами углубленной допризывной подготовки по специализированным общеобразовательным учебным программам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z1235" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Создание, реорганизация и ликвидация специализированных организаций образования с углубленной допризывной подготовкой согласовываются с Министерством обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z1236" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок назначения на должности первых руководителей и педагогов в специализированные организации образования с углубленной допризывной подготовкой и освобождения их от должностей, а также их квалификационные характеристики согласовываются с Министерством обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z1237" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственная аттестация специализированных организаций образования с углубленной допризывной подготовкой осуществляется с участием Министерства обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 11 - в редакции Закона РК от 16.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11-1. Допризывная подготовка по образовательным программам дополнительного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1239" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Допризывная подготовка по образовательным программам дополнительного образования осуществляется в организациях основного среднего и общего среднего, технического и профессионального образования в классах, группах жас айбынов. Также допризывная подготовка жас айбынов может осуществляться во внешкольных организациях дополнительного образования детей и при участии воинских частей (учреждений).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z1240" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок организации и прохождения допризывной подготовки определяется правилами допризывной подготовки по образовательным программам дополнительного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
-[...602 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 11-1 в соответствии с Законом РК от 16.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 211-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7275,224 +7588,224 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 12 в редакции Закона РК от 13.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="201"/>
+    <w:bookmarkStart w:name="z157" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Подготовка граждан по военно-техническим и иным специальностям производится в специализированных организациях Министерства обороны Республики Казахстан на безвозмездной основе в соответствии с потребностью Вооруженных Сил и на возмездной основе с полным или частичным возмещением расходов на обучение. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При частичном возмещении расходов на обучение за счет Министерства обороны Республики Казахстан (далее – Министерство обороны) осуществляются проведение учебных стрельб и обеспечение горюче-смазочными материалами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="202"/>
+    <w:bookmarkStart w:name="z159" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. На безвозмездной основе к подготовке по военно-техническим и иным специальностям привлекаются граждане, годные по состоянию здоровья к воинской службе, в возрасте от семнадцати лет шести месяцев до двадцати шести лет, подлежащие призыву на срочную воинскую службу после окончания подготовки или зачисляемые в мобилизационный резерв. Разнарядка на подготовку младших специалистов формируется Министерством обороны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z160" w:id="203"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z160" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. На возмездной основе к подготовке по военно-техническим и иным специальностям привлекаются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       военнообязанные, годные по состоянию здоровья к воинской службе; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       призывники в возрасте от двадцати четырех до двадцати семи лет, годные или ограниченно годные по состоянию здоровья к воинской службе, в том числе имеющие отсрочку от призыва на воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="204"/>
+    <w:bookmarkStart w:name="z163" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Порядок набора призывников, военнообязанных, их направления и обучения на безвозмездной и возмездной основах, организации учебно-воспитательного процесса, а также сроки обучения по военно-техническим и иным специальностям в специализированных организациях Министерства обороны определяются Министром обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z164" w:id="205"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z164" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Количество обучаемых призывников, военнообязанных по военно-техническим и иным специальностям в специализированных организациях Министерства обороны определяется Министром обороны Республики Казахстан исходя из потребности в мобилизационных ресурсах либо младших специалистах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z165" w:id="206"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z165" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Началом и окончанием обучения призывников, военнообязанных по военно-техническим и иным специальностям считается дата издания приказов руководителя специализированной организации Министерства обороны о зачислении и окончании. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граждане, проходящие обучение в специализированных организациях Министерства обороны, в период обучения статус военнослужащего не приобретают.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7701,90 +8014,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="207"/>
+    <w:bookmarkStart w:name="z170" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. На время прохождения занятий в специализированных организациях Министерства обороны работодатели обязаны предоставить работникам, проходящим обучение в указанных организациях, учебные отпуска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z171" w:id="208"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z171" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. За призывниками, военнообязанными в период обучения по военно-техническим и иным специальностям сохраняется место работы (должность). В этот период они не могут быть уволены по инициативе работодателя, за исключением случаев ликвидации юридического лица, а также отчислены из организации образования по инициативе руководителя организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7858,148 +8171,148 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок с изменением, внесенным Законом РК от 15.04.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 114-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1018" w:id="209"/>
+    <w:bookmarkStart w:name="z1018" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Военная подготовка граждан по программе офицеров запаса проводится на безвозмездной и возмездной основах, программе сержантов запаса – на возмездной основе в организациях высшего и (или) послевузовского образования в соответствии с разнарядкой Министерства обороны исходя из мобилизационной потребности Вооруженных Сил, других войск и воинских формирований, а также необходимости накопления военно-обученного резерва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z1181" w:id="210"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z1181" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Порядок прохождения военной подготовки граждан по программам офицеров запаса и сержантов запаса определяется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военно-учебная практика проводится с использованием учебно-материальной, технической базы воинских частей (учреждений), военных учебных заведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1019" w:id="211"/>
+    <w:bookmarkStart w:name="z1019" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Гражданам, окончившим полный курс военной подготовки по программам офицеров запаса и сержантов запаса, присваивается воинское звание "лейтенант запаса" или "сержант запаса" соответственно в порядке, определенном Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z1020" w:id="212"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z1020" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для организации военной подготовки граждан по программам офицеров запаса и сержантов запаса Министерством обороны разрабатываются и утверждаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) правила деятельности военной кафедры (военного факультета);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8109,110 +8422,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13-1. Курсовая подготовка военнообязанных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1183" w:id="213"/>
+    <w:bookmarkStart w:name="z1183" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Курсовая подготовка военнообязанных проводится на возмездной основе в соответствии с разнарядкой Министерства обороны исходя из мобилизационной потребности и необходимости накопления военно-обученного резерва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z1184" w:id="214"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z1184" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Военнообязанным, окончившим полный курс военной подготовки по программам курсовой подготовки военнообязанных, присваивается очередное воинское звание в порядке, определенном правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z1185" w:id="215"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z1185" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Порядок прохождения курсовой подготовки военнообязанных определяется в соответствии с правилами прохождения курсовой подготовки военнообязанных, утверждаемыми Министерством обороны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8248,170 +8561,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Всеобщее военное обучение граждан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="216"/>
+    <w:bookmarkStart w:name="z177" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях привлечения населения к мероприятиям гражданской обороны и подготовки необходимого контингента для комплектования Вооруженных Сил в военное время проводится всеобщее военное обучение:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z178" w:id="217"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z178" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мужчин – в возрасте от шестнадцати до шестидесяти лет включительно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z179" w:id="218"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z179" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) женщин, не имеющих детей или имеющих детей старше десяти лет, – в возрасте от восемнадцати до сорока пяти лет включительно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z180" w:id="219"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z180" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Всеобщее военное обучение граждан осуществляется местными органами военного управления по месту работы, учебы и жительства граждан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z181" w:id="220"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z181" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Программа всеобщего военного обучения утверждается Министерством обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z182" w:id="221"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z182" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Министерство обороны разрабатывает программу и осуществляет контроль за мероприятиями по всеобщему военному обучению граждан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8447,128 +8760,128 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14-1. Военно-патриотическое воспитание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1187" w:id="222"/>
+    <w:bookmarkStart w:name="z1187" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Военно-патриотическое воспитание – систематическая, целенаправленная и скоординированная деятельность субъектов военно-патриотического воспитания по формированию у граждан Республики Казахстан казахстанского патриотизма, чувства принадлежности к единому народу, духовно-нравственных ценностей, готовности к выполнению конституционной обязанности по защите Республики Казахстан и развитию связанных с этим необходимых знаний и навыков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z1188" w:id="223"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z1188" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Система военно-патриотического воспитания представляет собой совокупность взаимосвязанных между собой средств, методов, документов, мероприятий, субъектов военно-патриотического воспитания, обеспечивающих непрерывность военно-патриотического воспитания граждан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Система военно-патриотического воспитания включает в себя координацию и определение направлений деятельности субъектов военно-патриотического воспитания, а также научное и методическое обеспечение такой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1189" w:id="224"/>
+    <w:bookmarkStart w:name="z1189" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Субъектами военно-патриотического воспитания являются государственные органы, органы местного самоуправления и организации Республики Казахстан, осуществляющие военно-патриотическое воспитание граждан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Координацию деятельности субъектов военно-патриотического воспитания в Республике Казахстан осуществляют координационные советы по военно-патриотическому воспитанию, которые образуются при:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8705,70 +9018,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Состав, полномочия и порядок деятельности координационных советов по военно-патриотическому воспитанию определяются положениями, утверждаемыми соответственно Министерством обороны, местными исполнительными органами областей, городов республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Типовое положение о территориальных координационных советах по военно-патриотическому воспитанию разрабатывается и утверждается Министерством обороны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1190" w:id="225"/>
+    <w:bookmarkStart w:name="z1190" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Военно-патриотическое воспитание осуществляется за счет бюджетных средств и внебюджетных источников, не запрещенных законодательством Республики Казахстан, за исключением финансирования, предоставляемого иностранными юридическими и физическими лицами, иностранными государствами и международными организациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8787,68 +9100,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="226"/>
+    <w:bookmarkStart w:name="z183" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Воинский учет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 в редакции Закона РК от 16.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8860,70 +9173,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Воинский учет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z185" w:id="227"/>
+    <w:bookmarkStart w:name="z185" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Воинскому учету подлежат граждане, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) женщин, не имеющих военно-учетной специальности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8970,128 +9283,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лиц, постоянно проживающих за пределами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сотрудников, а также курсантов и слушателей военных, специальных учебных заведений правоохранительных и специальных государственных органов Республики Казахстан, органов гражданской защиты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="228"/>
+    <w:bookmarkStart w:name="z190" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Воинский учет организуют и обеспечивают местные исполнительные органы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Воинский учет военнообязанных и призывников осуществляется по месту их жительства или месту временного пребывания (проживания) местными органами военного управления, а в населенных пунктах, где их нет, воинский учет обеспечивают акимы поселков, сел, сельских округов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="229"/>
+    <w:bookmarkStart w:name="z191" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Правила воинского учета военнообязанных и призывников утверждаются Министерством обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z192" w:id="230"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z192" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Военнослужащие, проходящие воинскую службу в Вооруженных Силах, других войсках и воинских формированиях, подлежат учету в соответствующих органах военного управления (органах управления), воинских частях (частях) и учреждениях в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9187,210 +9500,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Приписка граждан к местным органам военного управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1191" w:id="231"/>
+    <w:bookmarkStart w:name="z1191" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Приписка граждан к местным органам военного управления – мероприятия воинского учета, проводимые местными органами военного управления для первоначальной постановки граждан на воинский учет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z1192" w:id="232"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z1192" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Приписке к местным органам военного управления подлежат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z1193" w:id="233"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z1193" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) граждане мужского пола по достижению семнадцатилетнего возраста;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z1194" w:id="234"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z1194" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) граждане мужского пола, ранее не состоявшие на воинском учете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z1195" w:id="235"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z1195" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) лица, принявшие гражданство Республики Казахстан, за исключением лиц, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 15 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z1196" w:id="236"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z1196" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) граждане женского пола, имеющие военно-учетную специальность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z1197" w:id="237"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z1197" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Приписка граждан к местным органам военного управления осуществляется в соответствии с правилами воинского учета военнообязанных и призывников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9464,91 +9777,91 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 17 с изменением, внесенным Законом РК от 16.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 211-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="238"/>
+    <w:bookmarkStart w:name="z210" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акимы района, города областного значения, поселка, села, сельского округа, а также руководители организаций, в которых работают военнообязанные и призывники, в пределах своей компетенции обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z211" w:id="239"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z211" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оповещать военнообязанных и призывников о вызове их в местные органы военного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z212" w:id="240"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z212" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9563,91 +9876,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">исключен Законом РК от 08.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 64-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2013);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z213" w:id="241"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z213" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) предоставлять в соответствующие местные органы военного управления районов (городов областного значения) документы, подтверждающие количественный и качественный состав военнообязанных, призывников и допризывников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z214" w:id="242"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z214" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечить доставку граждан из других местностей в призывные (сборные) пункты областей, городов республиканского значения, столицы, районов, городов областного значения при проведении призыва граждан на воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9676,140 +9989,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="243"/>
+    <w:bookmarkStart w:name="z216" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Органы внутренних дел в пределах своей компетенции обязаны осуществлять розыск лиц, уклоняющихся от выполнения воинской обязанности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z217" w:id="244"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z217" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4. Сведения на военнообязанных и призывников об изменении фамилии, имени, отчества (если оно указано в документе, удостоверяющем личность), даты, места рождения, места работы (учебы); о наличии образования; о составе семьи; о наличии водительского удостоверения; о нахождении на территории Республики Казахстан; о регистрации смерти; признанных лицами с инвалидностью; находящихся на стационарном лечении и состоящих на динамическом наблюдении; о регистрации и снятии с регистрационного учета граждан по месту жительства; о наличии либо отсутствии совершения лицом уголовного правонарушения; в отношении которых ведется дознание или предварительное следствие; в отношении которых судом рассматриваются уголовные дела, а также о вступивших в законную силу в их отношении приговорах местные органы военного управления района (города областного значения) получают из информационных систем уполномоченных органов, осуществляющих деятельность по указанным направлениям, посредством обеспечения взаимодействия информационных систем государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z1066" w:id="245"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z1066" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отсутствия взаимодействия между государственными информационными системами сведения направляются в местные органы военного управления района (города областного значения) в течение трех рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z218" w:id="246"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z218" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Органы дознания и предварительного следствия обязаны в течение семи рабочих дней сообщать местным органам военного управления районов (городов областного значения) о военнообязанных и призывниках, в отношении которых ведется дознание или предварительное следствие, а суды – о военнообязанных и призывниках, в отношении которых судом рассматриваются уголовные дела, а также о вступивших в законную силу в их отношении приговорах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9946,90 +10259,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="247"/>
+    <w:bookmarkStart w:name="z222" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Исключен Законом РК от 08.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 64-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2013).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10202,489 +10515,489 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="248"/>
+    <w:bookmarkStart w:name="z223" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. ПРОХОЖДЕНИЕ ВОИНСКОЙ СЛУЖБЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Содержание воинской службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z225" w:id="249"/>
+    <w:bookmarkStart w:name="z225" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Воинская служба включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z226" w:id="250"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z226" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) воинскую службу по призыву;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z227" w:id="251"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z227" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) воинскую службу по контракту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z1088" w:id="252"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z1088" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) воинскую службу в резерве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z1089" w:id="253"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z1089" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В период мобилизации, военного положения и в военное время военные резервисты переходят на воинскую службу по контракту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z228" w:id="254"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z228" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К воинской службе по призыву относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z229" w:id="255"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z229" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) срочная воинская служба рядового и сержантского составов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z230" w:id="256"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z230" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) воинская служба офицеров, призванных в соответствии со статьей 32 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z231" w:id="257"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z231" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) воинская служба при мобилизации, военном положении, в военное время и при прохождении воинских сборов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z232" w:id="258"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z232" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К воинской службе по контракту относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z233" w:id="259"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z233" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) воинская служба военнослужащих, проходящих воинскую службу по контракту на воинских должностях рядового, сержантского и офицерского составов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z234" w:id="260"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z234" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) воинская служба и обучение кадетов, курсантов, адъюнктов, магистрантов и докторантов, военных интернов, военных врачей-резидентов военных, специальных учебных заведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z235" w:id="261"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z235" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Граждане, призванные на воинские сборы, исполняют обязанности воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z236" w:id="262"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z236" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Гражданам, окончившим полный курс обучения в специальных учебных заведениях правоохранительных и специальных государственных органов, уполномоченного органа в сфере гражданской защиты либо в организациях образования иностранных государств по направлению данных государственных органов, время обучения приравнивается к прохождению срочной воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отчисления граждане, указанные в части первой настоящего пункта, ранее не проходившие срочную воинскую службу, в установленном порядке призываются на срочную воинскую службу, а лица, указанные в абзаце шестом подпункта 4) пункта 1 статьи 38 настоящего Закона, вправе поступить на воинскую службу по контракту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="263"/>
+    <w:bookmarkStart w:name="z237" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Военнослужащие принимают военную присягу на верность народу Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z238" w:id="264"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z238" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Военнообязанные, ранее не принимавшие военную присягу, принимают ее при призыве на воинские сборы (по завершении курсовой подготовки военнообязанных) и по мобилизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkEnd w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Студенты военных кафедр (военных факультетов) принимают военную присягу в преддверии Дня защитника Отечества в соответствии с правилами военной подготовки по программам офицеров запаса и сержантов запаса.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Призывники, обучающиеся на возмездной основе по военно-техническим и иным специальностям в специализированных организациях Министерства обороны, принимают военную присягу по завершении обучения в соответствии с правилами подготовки по военно-техническим и иным специальностям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="265"/>
+    <w:bookmarkStart w:name="z239" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Гражданам в случаях и порядке, определенных настоящим Законом, предоставляются отсрочка или освобождение от воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10860,806 +11173,806 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Состав военнослужащих и военнообязанных. Воинские звания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="266"/>
+    <w:bookmarkStart w:name="z241" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Военнослужащие и военнообязанные подразделяются на составы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z242" w:id="267"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z242" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рядовой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сержантский;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) офицерский.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z245" w:id="268"/>
+    <w:bookmarkStart w:name="z245" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В Вооруженных Силах, других войсках и воинских формированиях устанавливаются следующие воинские звания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z246" w:id="269"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z246" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       войсковые корабельные</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z247" w:id="270"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z247" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рядовой состав</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z248" w:id="271"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z248" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рядовой матрос</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z249" w:id="272"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z249" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ефрейтор старший матрос</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z250" w:id="273"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z250" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сержантский состав</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z251" w:id="274"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z251" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       младший сержантский состав</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z252" w:id="275"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z252" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       младший сержант старшина второй статьи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z253" w:id="276"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z253" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сержант старшина первой статьи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z254" w:id="277"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z254" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       старший сержант главный старшина</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z255" w:id="278"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z255" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       старший сержантский состав</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z256" w:id="279"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z256" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сержант третьего класса старшина третьего класса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z257" w:id="280"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z257" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сержант второго класса старшина второго класса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z258" w:id="281"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z258" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сержант первого класса старшина первого класса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z259" w:id="282"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z259" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       высший сержантский состав</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z260" w:id="283"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z260" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       штаб-сержант штаб-старшина</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z261" w:id="284"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z261" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мастер-сержант мастер-старшина</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z262" w:id="285"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z262" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) офицерский состав</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z263" w:id="286"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z263" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       младший офицерский состав</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z264" w:id="287"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z264" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лейтенант лейтенант</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z265" w:id="288"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z265" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       старший лейтенант старший лейтенант</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z266" w:id="289"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z266" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       капитан капитан-лейтенант</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z267" w:id="290"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z267" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       старший офицерский состав</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z268" w:id="291"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z268" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       майор капитан третьего ранга</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z269" w:id="292"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z269" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подполковник капитан второго ранга</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z270" w:id="293"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z270" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       полковник капитан первого ранга</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z271" w:id="294"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z271" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       высший офицерский состав</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z272" w:id="295"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z272" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       генерал-майор контр-адмирал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z273" w:id="296"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z273" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       генерал-лейтенант вице-адмирал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z274" w:id="297"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z274" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       генерал-полковник адмирал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z275" w:id="298"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z275" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       генерал армии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z276" w:id="299"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z276" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для офицеров, имеющих медицинскую или юридическую специальности, к воинским званиям добавляются слова "медицинской службы", "юстиции" соответственно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z277" w:id="300"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z277" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Для высшего офицерского состава авиации (летного инженерного, имеющего инженерно-авиационную подготовку) к воинским званиям добавляется слово "авиации".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z278" w:id="301"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z278" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. К воинским званиям граждан, пребывающих в запасе, добавляются слова "запаса", а находящихся в отставке – "в отставке".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11715,130 +12028,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Порядок присвоения, снижения, лишения воинского звания и восстановления в воинском звании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z280" w:id="302"/>
+    <w:bookmarkStart w:name="z280" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Присвоение, включая досрочное, снижение, восстановление, лишение воинских званий военнослужащим и военнообязанным, в том числе высшего офицерского состава, осуществляются в соответствии с Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z281" w:id="303"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z281" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицу, лишенному воинского звания, воинское звание, за исключением высшего офицерского состава, восстанавливается исключительно в случаях вынесения судом оправдательного приговора или принятия решения о прекращении уголовного дела по реабилитирующим основаниям. Лицу, лишенному воинского звания высшего офицерского состава, воинское звание восстанавливается по решению Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z283" w:id="304"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z283" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сроки выслуги в воинских званиях устанавливаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z284" w:id="305"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z284" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сержантскому составу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       младшим сержантам – один год;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11903,230 +12216,230 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сержантам 2-го класса – пять лет;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сержантам 1-го класса – шесть лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z289" w:id="306"/>
+    <w:bookmarkStart w:name="z289" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) офицерскому составу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z290" w:id="307"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z290" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лейтенантам – два года, а со сроком обучения в военном, специальном учебном заведении пять лет – один год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z291" w:id="308"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z291" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       старшим лейтенантам – три года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z292" w:id="309"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z292" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       капитанам (капитан-лейтенантам) – четыре года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z293" w:id="310"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z293" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       майорам (капитанам третьего ранга) – пять лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z294" w:id="311"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z294" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подполковникам (капитанам второго ранга) – семь лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z295" w:id="312"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z295" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рядовому, высшему сержантскому составу, полковникам (капитанам первого ранга) и высшему офицерскому составу сроки выслуги в воинских званиях не устанавливаются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z296" w:id="313"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z296" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сотрудникам правоохранительных и специальных государственных органов, органов гражданской защиты, поступившим на воинскую службу в Вооруженные Силы, другие войска и воинские формирования в порядке перевода, воинское звание присваивается в порядке переаттестации, определяемом первым руководителем уполномоченного органа, не ниже имеющегося специального звания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z1198" w:id="314"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z1198" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkEnd w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Срок выслуги в воинском звании "лейтенант", предусмотренный абзацем вторым подпункта 2) части четвертой настоящей статьи, сокращается до одного года, если военнослужащий:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12314,406 +12627,406 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Воинские должности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z288" w:id="315"/>
+    <w:bookmarkStart w:name="z288" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Воинская должность определяется исходя из основных задач и функций, поставленных перед Вооруженными Силами, другими войсками и воинскими формированиями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z299" w:id="316"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z299" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Перечень воинских должностей и соответствующих им воинских званий в Вооруженных Силах, других войсках и воинских формированиях утверждается Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z300" w:id="317"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z300" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Воинские должности подразделяются на должности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z301" w:id="318"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z301" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рядового состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z302" w:id="319"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z302" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сержантского состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z303" w:id="320"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z303" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) офицерского состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z304" w:id="321"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z304" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) высшего офицерского состава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z305" w:id="322"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z305" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Комплектование, назначение на воинские должности, перемещение, освобождение от воинских должностей, перевод в государственные, специальные государственные и правоохранительные органы, на службу в органы гражданской защиты и увольнение военнослужащих производятся в соответствии с Правилами прохождения воинской службы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkEnd w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении военнослужащих и лиц гражданского персонала (работников), назначаемых на должности, перечень которых утвержден первым руководителем уполномоченного государственного органа, проводится проверка с применением психофизиологического и полиграфологического исследований в порядке, определенном первым руководителем уполномоченного государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z787" w:id="323"/>
+    <w:bookmarkStart w:name="z787" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Гражданин Республики Казахстан и военнослужащий, зачисленные в военное, специальное учебное заведение, реализующее образовательные программы технического и профессионального, высшего образования (военный факультет), назначается на воинскую должность кадета и курсанта соответственно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkEnd w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащий, проходящий воинскую службу по контракту, зачисленный в военное, специальное учебное заведение по образовательной программе послевузовского образования, освобождается от ранее занимаемой воинской должности и назначается на воинскую должность магистранта, докторанта, военного врача-резидента или адъюнкта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z863" w:id="324"/>
+    <w:bookmarkStart w:name="z863" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-2. Улан, переведенный на третий курс обучения, а также гражданин на базе общего среднего образования или военнослужащий, зачисленные в военные учебные заведения, реализующие образовательные программы технического и профессионального, высшего образования, назначаются на воинскую должность переменного состава кадета либо курсанта или военного интерна Вооруженных Сил соответственно. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z864" w:id="325"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z864" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащий, проходящий воинскую службу по контракту, зачисленный в военное учебное заведение, реализующее образовательные программы послевузовского образования, освобождается от ранее занимаемой воинской должности и назначается на воинскую должность переменного состава магистранта либо докторанта, докторанта, военного врача-резидента или адъюнкта Вооруженных Сил, других войск и воинских формирований, за исключением обучающихся с применением дистанционного обучения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z1199" w:id="326"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z1199" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-3. На воинскую должность внештатного состава назначается военнослужащий Вооруженных Сил в соответствии с правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z306" w:id="327"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z306" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Военнослужащий проходит воинскую службу не на воинских должностях в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z307" w:id="328"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z307" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нахождения в распоряжении командира (начальника) при назначении его на другую должность – не более двух месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z308" w:id="329"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z308" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нахождения в распоряжении командира (начальника) в связи с проведением организационно-штатных мероприятий – не более трех месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z309" w:id="330"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z309" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нахождения в распоряжении командира (начальника) в связи с вынесением в отношении военнослужащего постановления о квалификации деяния подозреваемого либо применения меры пресечения по уголовному делу о преступлении – до вынесения окончательного решения по уголовному делу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkEnd w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12792,110 +13105,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 статьи 21 исключается иное его истолкование.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z310" w:id="331"/>
+    <w:bookmarkStart w:name="z310" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) нахождения в распоряжении руководителя уполномоченного органа в связи с прикомандированием к государственным органам, международным и другим организациям в целях выполнения работ в интересах обороны и безопасности государства в соответствии с Правилами прохождения воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z311" w:id="332"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z311" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) нахождения в распоряжении командира (начальника) в связи с назначением на должность в аппарате военного атташе Республики Казахстан – до получения разрешительных документов на выезд за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z312" w:id="333"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z312" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) нахождения в распоряжении руководителя уполномоченного органа при пребывании вместе с супругом (супругой) – военнослужащим или сотрудником правоохранительных или специальных государственных органов Республики Казахстан, направленным (направленной) на службу, учебу за границей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkEnd w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12924,150 +13237,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z865" w:id="334"/>
+    <w:bookmarkStart w:name="z865" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) нахождения в распоряжении первого руководителя уполномоченного органа военнослужащих, которым присвоено первое воинское звание офицерского состава "лейтенант" в связи с окончанием высшего военного учебного заведения иностранного государства, программа обучения которого в соответствии с законодательством страны обучения предусматривает войсковую стажировку, – до окончания войсковой стажировки; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z866" w:id="335"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z866" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) нахождения в распоряжении командира (начальника) военнослужащих, направленных и поступивших в организации образования, реализующие образовательные программы послевузовского образования по очной форме обучения, – на время обучения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z867" w:id="336"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z867" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) нахождения в распоряжении первого руководителя уполномоченного органа в период воинских сборов – на время прохождения сборов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z868" w:id="337"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z868" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сроки нахождения на воинских должностях определяются Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z869" w:id="338"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z869" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В срок состояния в распоряжении не засчитываются периоды нахождения военнослужащего в ежегодных основных отпусках, на лечении в военно-медицинских (медицинских) подразделениях, а в случае их отсутствия по месту прохождения воинской службы или отсутствия в них соответствующих отделений – в медицинских организациях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkEnd w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13283,110 +13596,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Ротация</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z298" w:id="339"/>
+    <w:bookmarkStart w:name="z298" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ротация военнослужащих осуществляется в целях служебной необходимости или обеспечения более эффективного использования их профессионального потенциала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z316" w:id="340"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z316" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ротация военнослужащих осуществляется по решению руководителя уполномоченного органа в порядке и сроки, определяемые Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z317" w:id="341"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z317" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ротации, связанной с переездом в другую местность, не подлежат лица, имеющие супругу (супруга), которой (которому) установлена инвалидность, имеющие (являющиеся опекунами) детей с инвалидностью, в том числе усыновленных (удочеренных), или на иждивении которых находятся престарелые родители. Указанные обстоятельства должны быть подтверждены актом в порядке, определенном Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkEnd w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13442,288 +13755,288 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22-1. Аттестация военнослужащих</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z730" w:id="342"/>
+    <w:bookmarkStart w:name="z730" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аттестация военнослужащих Вооруженных Сил, других войск и воинских формирований, проходящих воинскую службу по контракту, определяется Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkEnd w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие Вооруженных Сил и органов военной прокуратуры проходят полиграфологическое исследование при аттестации по решению руководителя уполномоченного государственного органа в порядке и сроки, определяемые Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z766" w:id="343"/>
+    <w:bookmarkStart w:name="z766" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Внеочередная аттестация военнослужащих Вооруженных Сил, других войск и воинских формирований, проходящих воинскую службу по контракту, проводится по решению Президента Республики Казахстан, определяющему ее порядок, сроки и категории аттестуемых военнослужащих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z767" w:id="344"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z767" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По итогам внеочередной аттестации аттестационная комиссия принимает одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z768" w:id="345"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z768" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соответствует занимаемой должности и рекомендуется для выдвижения на вышестоящую должность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z769" w:id="346"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z769" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соответствует занимаемой должности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z770" w:id="347"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z770" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не соответствует занимаемой должности и рекомендуется к понижению в должности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z771" w:id="348"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z771" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не соответствует занимаемой должности и рекомендуется к ротации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z772" w:id="349"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z772" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) не соответствует занимаемой должности и рекомендуется к увольнению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z773" w:id="350"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z773" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае несдачи нормативов по определению профессиональной пригодности и получения при тестировании оценки ниже порогового значения аттестационная комиссия принимает одно из решений, предусмотренных подпунктами 3), 4) и 5) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z774" w:id="351"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z774" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие, дважды не явившиеся на заседание аттестационной комиссии без уважительной причины, рекомендуются к увольнению в порядке, установленном настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z775" w:id="352"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z775" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие, не прошедшие внеочередную аттестацию и (или) отказавшиеся продолжить воинскую службу на иных, в том числе на нижестоящих, должностях, подлежат увольнению в порядке, установленном настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkEnd w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13839,208 +14152,208 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Военная форма одежды и знаки различия военнослужащих</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z315" w:id="353"/>
+    <w:bookmarkStart w:name="z315" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Военная форма одежды и знаки различия Вооруженных Сил, других войск и воинских формирований утверждаются Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z320" w:id="354"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z320" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие обеспечиваются парадной, повседневной, полевой, специальной формой одежды и предметами специальной экипировки, за исключением военных резервистов, которые обеспечиваются полевой формой одежды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z321" w:id="355"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z321" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правила ношения военной формы одежды и знаков различия Вооруженных Сил, других войск и воинских формирований, а также других знаков устанавливаются Министром обороны Республики Казахстан, а особенности ношения отдельных предметов военной формы одежды и знаков различия – первыми руководителями уполномоченных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z870" w:id="356"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z870" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Военнослужащим, прослужившим в Вооруженных Силах, других войсках и воинских формированиях двадцать пять лет и более в календарном исчислении, при увольнении в запас или в отставку разрешается ношение военной формы одежды, за исключением лиц, уволенных с воинской службы по основаниям, предусмотренным подпунктами 9) и 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 26 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Гражданам, указанным в части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 настоящего Закона, при осуществлении профессиональной деятельности педагога также разрешается ношение военной формы одежды с особенностями ношения отдельных предметов военной формы одежды и знаков различия в порядке, определяемом правилами начальной военной подготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="357"/>
+    <w:bookmarkStart w:name="z322" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ношение военной формы одежды лицами, не имеющими на то права, запрещается и влечет установленную законом ответственность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkEnd w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14156,290 +14469,290 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Сроки воинской службы. Выслуга лет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z319" w:id="358"/>
+    <w:bookmarkStart w:name="z319" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сроки воинской службы в календарном исчислении устанавливаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z325" w:id="359"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z325" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для военнослужащих срочной службы – двенадцать месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z326" w:id="360"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z326" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для офицеров, проходящих воинскую службу по призыву, – двадцать четыре месяца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z327" w:id="361"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z327" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) для военнослужащих, проходящих воинскую службу по контракту, – на сроки, указанные в контракте о прохождении воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z1090" w:id="362"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z1090" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) для военных резервистов – на периоды нахождения на занятиях или сборах по боевой подготовке, сборах при кризисных ситуациях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z328" w:id="363"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z328" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Выслуга лет исчисляется в порядке, устанавливаемом законодательством Республики Казахстан, в целях расчета продолжительности воинской службы, дающей право на пенсию. Исчисление выслуги лет военнослужащим производится в порядке, определяемом Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z329" w:id="364"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z329" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Время прохождения воинской службы не на воинских должностях засчитывается в выслугу лет. Выслуга лет засчитывается в общий трудовой стаж и в стаж государственной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z330" w:id="365"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z330" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим, убывшим за границу в связи с дальнейшим прохождением воинской службы (поступлением на учебу) супруга – военнослужащего (супруги – военнослужащей), время пребывания за границей засчитывается в выслугу лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z331" w:id="366"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z331" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим, до поступления на воинскую службу в Вооруженные Силы, другие войска и воинские формирования состоявшим на службе в правоохранительных и специальных государственных органах, органах гражданской защиты, выслуга лет засчитывается с учетом времени их работы в правоохранительных и специальных государственных органах, органах гражданской защиты на должностях, предусматривающих присвоение воинских или специальных званий, классных чинов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z871" w:id="367"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z871" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В стаж государственной службы, в том числе правоохранительной службы, службы в органах гражданской защиты, засчитывается время, в период которого государственный служащий, сотрудник правоохранительного органа и органа гражданской защиты были временно назначены на воинскую должность в государственном органе, в структуре которого предусмотрено прохождение воинской службы, а также время их перевода из одного государственного органа в другой государственный орган. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z872" w:id="368"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z872" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для лиц, поступивших на государственную службу, время прохождения воинской службы и период назначения на воинскую должность засчитываются в стаж государственной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z1046" w:id="369"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z1046" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Воинская служба считается непрерывной, если со дня увольнения военнослужащего с воинской службы, сотрудника со службы из правоохранительных и специальных государственных органов, органов гражданской защиты, государственной фельдъегерской службы Республики Казахстан и до дня его приема на воинскую службу прошло не более трех месяцев при условии отсутствия у него за указанный период трудовых отношений с иными физическими и юридическими лицами. При этом указанный период не засчитывается при исчислении стажа для определения должностного оклада и (или) выслуги лет для назначения пенсионных выплат за выслугу лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkEnd w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14575,350 +14888,350 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Предельные возрасты военнослужащих на воинской службе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z324" w:id="370"/>
+    <w:bookmarkStart w:name="z324" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Предельные возрасты военнослужащих на воинской службе устанавливаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z334" w:id="371"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z334" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) военнослужащим рядового и младшего сержантского составов – сорок пять лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z335" w:id="372"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z335" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) военнослужащим старшего сержантского состава и офицерского состава до майора (капитана третьего ранга) включительно – сорок семь лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z873" w:id="373"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z873" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) подполковникам – сорок восемь лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z336" w:id="374"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z336" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) военнослужащим высшего сержантского состава и полковникам (капитанам первого ранга) – пятьдесят пять лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z337" w:id="375"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z337" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) генерал-майорам (контр-адмиралам), генерал-лейтенантам (вице-адмиралам) – шестьдесят лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z338" w:id="376"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z338" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) генерал-полковникам, адмиралам и генералам армии – шестьдесят три года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z1091" w:id="377"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z1091" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Предельные возрасты состояния на воинской службе в резерве составляют:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z1092" w:id="378"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z1092" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рядового и сержантского составов – пятьдесят лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z1093" w:id="379"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z1093" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) офицерского состава – шестьдесят лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z339" w:id="380"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z339" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Военнослужащие, достигшие предельного возраста состояния на воинской службе, подлежат увольнению с воинской службы в запас или отставку в порядке, установленном Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z365" w:id="381"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z365" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащему, имеющему высокую профессиональную подготовку, опыт работы на занимаемой должности, и годному по состоянию здоровья для прохождения воинской службы, достигшему предельного возраста состояния на воинской службе, по его рапорту первым руководителем уполномоченного государственного органа может быть продлен срок воинской службы путем заключения с ним нового контракта о прохождении воинской службы на срок до пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z366" w:id="382"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z366" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о продлении срока воинской службы не исключает возможности увольнения военнослужащего из Вооруженных Сил, других войск и воинских формирований по основаниям, предусмотренным настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z367" w:id="383"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z367" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащему, назначенному на должность Президентом Республики Казахстан и достигшему предельного возраста пребывания на воинской службе, в случае годности его по состоянию здоровья для прохождения воинской службы на основании поданного им рапорта срок воинской службы может быть продлен Президентом Республики Казахстан до пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z1047" w:id="384"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z1047" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В период мобилизации, военного положения и в военное время предельный возраст военнослужащих на воинской службе увеличивается в соответствии с предельным возрастом пребывания в запасе. При этом заключенные с ними контракты о прохождении воинской службы действуют до окончания срока мобилизации, военного положения и военного времени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15014,361 +15327,361 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26. Увольнение с воинской службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z333" w:id="385"/>
+    <w:bookmarkStart w:name="z333" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Увольнение военнослужащего с воинской службы производится по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z373" w:id="386"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z373" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по достижении предельного возраста состояния на воинской службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z374" w:id="387"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z374" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по истечении срока воинской службы по призыву;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z375" w:id="388"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z375" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по истечении срока контракта о прохождении воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z376" w:id="389"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z376" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по состоянию здоровья в связи с заключением военно-врачебной комиссии о признании не годным или ограниченно годным к воинской службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z377" w:id="390"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z377" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в связи с сокращением штатов воинской части (учреждения) при невозможности назначения на другие равнозначные воинские должности и отказом военнослужащего к назначению на низшую воинскую должность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z378" w:id="391"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z378" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в связи с переходом на государственную службу или в государственные учреждения, за исключением перевода в правоохранительные или специальные государственные органы Республики Казахстан, на службу в органы гражданской защиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z379" w:id="392"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z379" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) в связи с прекращением гражданства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z380" w:id="393"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z380" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) в связи с невозможностью дальнейшего прохождения воинской службы по результатам специальной проверки уполномоченного государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z381" w:id="394"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z381" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) по служебному несоответствию, выявившемуся по итогам аттестации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z382" w:id="395"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z382" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) в связи с отчислением из военного, специального учебного заведения, за исключением случаев отчисления выпускников военных учебных заведений, реализующих программы технического и профессионального образования, а также военных интернов, военных врачей-резидентов, магистрантов, докторантов и адъюнктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z383" w:id="396"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z383" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) по отрицательным мотивам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z384" w:id="397"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z384" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) в связи с отменой чрезвычайного положения для лиц, выслуживших установленный срок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z385" w:id="398"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z385" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Увольнение военнослужащего с воинской службы по отрицательным мотивам производится в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z386" w:id="399"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z386" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вступления в законную силу обвинительного приговора суда за совершение преступления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z387" w:id="400"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z387" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) освобождения от уголовной ответственности за совершение преступления на основании пунктов 3), 4), 9), 10) и 12) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15383,71 +15696,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z388" w:id="401"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z388" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) установления при исполнении обязанностей воинской службы факта употребления психоактивного вещества или состояния опьянения, подтвержденного результатами медицинского освидетельствования, проведенного в медицинской организации, а также отказа или уклонения от его прохождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkEnd w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) установления факта немедицинского употребления наркотических средств, психотропных веществ, их аналогов во внеслужебное время, подтвержденного результатами медицинского освидетельствования, проведенного в медицинской организации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15568,70 +15881,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) определенных трудовым законодательством Республики Казахстан и Законом Республики Казахстан "О противодействии коррупции";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) совершения проступка, дискредитирующего воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1170" w:id="402"/>
+    <w:bookmarkStart w:name="z1170" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) управления транспортным средством в состоянии алкогольного и (или) наркотического, и (или) токсикоманического опьянения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkEnd w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проступками, дискредитирующими воинскую службу, являются действия военнослужащего, в том числе не связанные с исполнением обязанностей воинской службы, но явно подрывающие в глазах граждан авторитет воинской службы, а именно: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15930,230 +16243,230 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Увольнение военного резервиста с воинской службы производится по основаниям, предусмотренным подпунктами 1), 3), 4), 5), 7), 8) и 11) пункта 1, подпунктами 1), 2), 3), 4), 5), 9), 10) и 11) (за исключением случаев занятия предпринимательской и (или) профессиональной деятельностью) части первой пункта 2, пунктом 3 настоящей статьи, а также в случае непредставления или искажения сведений, указанных в пункте 2 статьи 40-2 настоящего Закона, независимо от даты совершения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Военнослужащий срочной воинской службы имеет право на досрочное увольнение в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z415" w:id="403"/>
+    <w:bookmarkStart w:name="z415" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) возникновения права на отсрочку вследствие изменения семейного положения, за исключением лиц, подавших заявление об отказе от отсрочки в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 35 настоящего Закона или на освобождение от призыва;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z416" w:id="404"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z416" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выезда на постоянное место жительства в составе семьи за границу или для воссоединения с семьей, постоянно проживающей за пределами Республики Казахстан, при наличии подтверждающих документов, дающих право на выезд в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z417" w:id="405"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z417" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Военнослужащий, проходящий воинскую службу по призыву офицерского состава, имеет право на досрочное увольнение с воинской службы при наличии обстоятельств, предусмотренных подпунктами 1) и 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 35 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z418" w:id="406"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z418" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Умерший (погибший) военнослужащий исключается из списков воинской части (учреждения) со следующего дня после документально подтвержденной даты смерти (гибели), а военнослужащий, признанный судом безвестно отсутствующим или объявленный умершим, – со дня вступления в законную силу решения суда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z419" w:id="407"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z419" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Увольнение с воинской службы военнослужащего, выслужившего установленные сроки, приостанавливается в случае введения чрезвычайного или военного положения , кризисной ситуации на период их действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z420" w:id="408"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z420" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом заключенный с ним контракт о прохождении воинской службы действует в течение периода чрезвычайного или военного положения, кризисной ситуации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z421" w:id="409"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z421" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Военнослужащему, проходящему воинскую службу по контракту, при увольнении с воинской службы по достижении предельного возраста состояния на воинской службе, по состоянию здоровья либо в связи с сокращением штатов воинской части (учреждения) выходное (единовременное) пособие выплачивается в размере, имеющему выслугу: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkEnd w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       менее 10 календарных лет, – трехмесячного денежного содержания;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16308,126 +16621,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащему офицерского состава, проходившему воинскую службу по контракту и уволенному с воинской службы по достижении предельного возраста состояния на воинской службе, по состоянию здоровья или в связи с сокращением штатов воинской части (учреждения), при отсутствии права на пенсионные выплаты за выслугу лет наряду с выплатой выходного (единовременного) пособия в течение одного года со дня увольнения с воинской службы сохраняется выплата оклада по воинскому званию.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом если в течение указанного срока повышаются оклады по воинскому званию военнослужащим, соответственно увеличиваются размеры этих окладов, выплачиваемых военнослужащим офицерского состава, уволенным с воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1200" w:id="410"/>
+    <w:bookmarkStart w:name="z1200" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Военнослужащие рядового и сержантского составов, поступившие на воинскую службу по контракту в соответствии с пунктом 6 статьи 37 настоящего Закона, прослужившие по совокупности со срочной воинской службой менее двенадцати месяцев и уволенные с воинской службы, в установленном порядке направляются в воинские части (учреждения) для прохождения оставшегося срока срочной воинской службы, но не менее чем на три месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkEnd w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граждане, ранее не проходившие воинскую службу, военную подготовку на военной кафедре (военном факультете) или в специализированных организациях Министерства обороны, впервые поступившие на воинскую службу по контракту, прослужившие менее двенадцати месяцев и уволенные с воинской службы, направляются для постановки на воинский учет призывников в местные органы военного управления и в установленном порядке призываются на срочную воинскую службу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Курсанты и кадеты, ранее не проходившие срочную воинскую службу и отчисленные из военных, специальных учебных заведений, не достигшие двадцатишестилетнего возраста, направляются для постановки на воинский учет призывников в местные органы военного управления и в установленном порядке призываются на срочную воинскую службу, а лица, указанные в абзаце шестом подпункта 4) пункта 1 статьи 38 настоящего Закона, вправе поступить на воинскую службу по контракту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z436" w:id="411"/>
+    <w:bookmarkStart w:name="z436" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Курсант или кадет, отчисленный из военного, специального учебного заведения за неуспеваемость, недисциплинированность, по своей инициативе, в результате увольнения с воинской службы по отрицательным мотивам, в связи с прекращением гражданства Республики Казахстан, а также отказавшийся заключить контракт о прохождении воинской службы, обязан возместить государству деньги, соответствующие затратам на обеспечение питанием, выплату стипендии и проезд в период его обучения в военном, специальном учебном заведении, за исключением затрат первого года обучения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkEnd w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнительные производства, возбужденные по судебным актам, вступившим до 1 января 2018 года в законную силу, по вопросам взыскания в доход государства денег с отчисленных курсантов и кадетов, прекращаются в порядке, установленном Законом Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16881,345 +17194,345 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 26-1 исключена Законом РК от 10.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z389" w:id="412"/>
+    <w:bookmarkStart w:name="z389" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. ВОИНСКАЯ СЛУЖБА ПО ПРИЗЫВУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkEnd w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Призыв граждан на воинскую службу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z342" w:id="413"/>
+    <w:bookmarkStart w:name="z342" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Призыв граждан на воинскую службу – это комплекс мероприятий, проводимых государственными органами, направленных на комплектование личным составом Вооруженных Сил, других войск и воинских формирований на основе воинской обязанности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z392" w:id="414"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z392" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Призыв граждан на воинскую службу включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z393" w:id="415"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z393" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) призыв граждан на срочную воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z394" w:id="416"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z394" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) призыв на воинскую службу офицеров запаса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z395" w:id="417"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z395" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) призыв на воинские сборы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z396" w:id="418"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z396" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) призыв по мобилизации, при военном положении и в военное время.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z397" w:id="419"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z397" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Призыв граждан на воинскую службу организуют и обеспечивают местные исполнительные органы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z398" w:id="420"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z398" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местные исполнительные органы обеспечивают органы военного управления оборудованными призывными (сборными) пунктами, их содержание, снабжение медикаментами, инструментарием, противопожарным, медицинским и хозяйственным имуществом, автомобильным транспортом, а также средствами связи и охраны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z399" w:id="421"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z399" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для проведения призыва граждан на воинскую службу образуются призывные комиссии в порядке, установленном настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z400" w:id="422"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z400" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок организации и проведения призыва граждан на воинскую службу определяется Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z401" w:id="423"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z401" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Руководители организаций обязаны отозвать граждан, подлежащих призыву, из командировок, организовать оповещение и своевременное прибытие на призывной пункт для проведения медицинского освидетельствования граждан при призыве их на воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z402" w:id="424"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z402" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Призыв на воинскую службу граждан Республики Казахстан, временно проживающих за границей, осуществляется в порядке, установленном настоящим Законом, по прибытию их на постоянное место жительства в Республику Казахстан при отсутствии права на отсрочку или освобождение от призыва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z403" w:id="425"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z403" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Гражданин считается призванным на воинскую службу с момента издания приказа начальника местного органа военного управления области (города республиканского значения или столицы) о его призыве на воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkEnd w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17329,70 +17642,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 28. Призывные комиссии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z391" w:id="426"/>
+    <w:bookmarkStart w:name="z391" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Призывные комиссии районов, городов областного значения, областей, городов республиканского значения, столицы образуются на период проведения призыва по решению местных исполнительных органов в составе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkEnd w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) председателя комиссии – заместителя руководителя местного исполнительного органа (акима) района, города областного значения, области, города республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17529,110 +17842,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       График проведения призыва граждан на воинскую службу утверждается местным исполнительным органом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены призывной комиссии за незаконный призыв граждан на срочную воинскую службу несут ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z407" w:id="427"/>
+    <w:bookmarkStart w:name="z407" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Областная (города республиканского значения или столицы) призывная комиссия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z408" w:id="428"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z408" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет руководство и контроль за деятельностью районных (городов областного значения) призывных комиссий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z409" w:id="429"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z409" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проверяет правильность предоставления гражданам отсрочки и освобождения от призыва на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkEnd w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17715,170 +18028,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z412" w:id="430"/>
+    <w:bookmarkStart w:name="z412" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) рассматривает жалобы и обращения граждан на решения районных (городов областного значения) призывных комиссий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z413" w:id="431"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z413" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) отменяет решения районных (городов областного значения) призывных комиссий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z414" w:id="432"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z414" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. По результатам медицинского освидетельствования районная (городов областного значения) призывная комиссия в отношении призывника принимает одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z422" w:id="433"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z422" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) подлежит призыву на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z423" w:id="434"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z423" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) предоставить отсрочку от призыва на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z424" w:id="435"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z424" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) освободить от призыва на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkEnd w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) освободить от исполнения воинской обязанности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17889,70 +18202,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение призывной комиссии в течение одного дня объявляется гражданину, подлежащему призыву на воинскую службу, копия решения по его желанию выдается на руки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение призывной комиссии может быть обжаловано гражданином в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z425" w:id="436"/>
+    <w:bookmarkStart w:name="z425" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Руководители уполномоченных органов отменяют решение призывной комиссии о призыве в отношении лиц, не годных к воинской службе по состоянию здоровья, и до принятия ими военной присяги возвращают их в призывные комиссии с предоставлением замены.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkEnd w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18028,160 +18341,160 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Медицинские комиссии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z405" w:id="437"/>
+    <w:bookmarkStart w:name="z405" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Для определения степени годности граждан к воинской службе на постоянной основе в областях, городах республиканского значения, столице, городах и районах решением местных исполнительных органов создаются медицинские комиссии, которые проводят медицинское освидетельствование: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z887" w:id="438"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z887" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) допризывников; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z888" w:id="439"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z888" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) призывников; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z889" w:id="440"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z889" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) военнообязанных, призываемых на воинские сборы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z890" w:id="441"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z890" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) граждан, поступающих на воинскую службу по контракту, воинскую службу в резерве, в военные учебные заведения, на военные кафедры (военные факультеты), в специализированные организации Министерства обороны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkEnd w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18210,70 +18523,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z429" w:id="442"/>
+    <w:bookmarkStart w:name="z429" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Порядок медицинского освидетельствования и состав медицинских комиссий определяются Правилами военно-врачебной экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkEnd w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18369,70 +18682,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30. Обязанности граждан, подлежащих призыву на воинскую службу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1201" w:id="443"/>
+    <w:bookmarkStart w:name="z1201" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Граждане, подлежащие призыву на воинскую службу, обязаны являться по вызову местного органа военного управления в указанные дату и время (на медицинское освидетельствование или обследование, проведение изучения, заседание призывной комиссии или для отправки в воинскую часть (учреждение) для прохождения воинской службы, а также определения предназначения к воинской службе).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkEnd w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Вызов осуществляется путем направления повестки посредством текстового сообщения на абонентский номер сотовой связи и (или) в кабинет пользователя на веб-портале "электронного правительства" не менее чем за три календарных дня до даты явки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18479,110 +18792,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При необходимости повестка на бумажном носителе вручается гражданину, подлежащему призыву на воинскую службу, в местном органе военного управления, при этом дата явки должна быть установлена не позднее следующего дня.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гражданин, подлежащий призыву на воинскую службу, является извещенным надлежащим образом в случаях получения повестки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1202" w:id="444"/>
+    <w:bookmarkStart w:name="z1202" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по абонентскому номеру сотовой связи, лично им предоставленному в местный орган военного управления либо зарегистрированному за гражданином, при получении отчета, подтверждающего доставку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z1203" w:id="445"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z1203" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в кабинет пользователя на веб-портале "электронного правительства" с отправлением короткого текстового сообщения на абонентский номер сотовой связи, зарегистрированный на веб-портале "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z1204" w:id="446"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z1204" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по адресу регистрации места жительства, месту временного проживания (пребывания) или месту работы, а также при получении повестки в местном органе военного управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkEnd w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гражданин, подлежащий призыву на воинскую службу, не признается извещенным надлежащим образом в случае непрочтения им текстового сообщения, направленного в кабинет пользователя на веб-портале "электронного правительства" и (или) на абонентский номер сотовой связи, в том числе в связи с изменением абонентского номера сотовой связи.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18593,188 +18906,188 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О наличии уважительных причин, препятствующих явке по вызову в назначенный срок, гражданин, подлежащий призыву на воинскую службу, обязан уведомить орган местного военного управления, которым он вызывался.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уважительными причинами неявки гражданина, подлежащего призыву на воинскую службу, надлежаще извещенного о вызове, признаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1205" w:id="447"/>
+    <w:bookmarkStart w:name="z1205" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) болезнь, лишающая возможности лицо явиться;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z1206" w:id="448"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z1206" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) смерть близких родственников, супруга (супруги);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z1207" w:id="449"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z1207" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) стихийные бедствия, иные причины, лишающие лицо возможности явиться в назначенный срок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z1208" w:id="450"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z1208" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) государственная регистрация заключения брака (супружества);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z1209" w:id="451"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z1209" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) нахождение за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkEnd w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае неявки гражданина, подлежащего призыву на воинскую службу, по вызову местного органа военного управления обеспечение его прибытия возлагается на соответствующий орган внутренних дел.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1210" w:id="452"/>
+    <w:bookmarkStart w:name="z1210" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. За гражданами, подлежащими призыву на воинскую службу или воинские сборы, в период прохождения медицинской комиссии сохраняются место работы (должность), заработная плата по месту работы при вызове в местные органы военного управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkEnd w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18810,110 +19123,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 31. Призыв граждан на срочную воинскую службу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z431" w:id="453"/>
+    <w:bookmarkStart w:name="z431" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Призыв граждан на срочную воинскую службу проводится два раза в год на основании Указа Президента Республики Казахстан и постановления Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z434" w:id="454"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z434" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Призыву на срочную воинскую службу подлежат граждане в возрасте от восемнадцати до двадцати семи лет, не имеющие права на отсрочку или освобождение от призыва, в количестве, необходимом для комплектования Вооруженных Сил, других войск и воинских формирований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z1048" w:id="455"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z1048" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На срочную воинскую службу призываются граждане с соответствующими физическими и морально-психологическими качествами в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkEnd w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18969,70 +19282,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 32. Призыв на воинскую службу офицеров запаса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z433" w:id="456"/>
+    <w:bookmarkStart w:name="z433" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Офицеры запаса в возрасте до двадцати девяти лет и офицеры запаса медицинской службы до тридцати двух лет, годные к воинской службе, призываются в мирное время на основании постановления Правительства Республики Казахстан для прохождения воинской службы на должностях офицерского состава по заявкам уполномоченных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkEnd w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19068,70 +19381,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 33. Призыв военнообязанных на воинские сборы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z893" w:id="457"/>
+    <w:bookmarkStart w:name="z893" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнообязанные призываются на воинские сборы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkEnd w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в рамках республиканских мероприятий по мобилизационной подготовке:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19317,110 +19630,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 34. Призыв граждан по мобилизации, при военном положении и в военное время</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z438" w:id="458"/>
+    <w:bookmarkStart w:name="z438" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Призыв граждан на воинскую службу по мобилизации, при военном положении и в военное время проводится на основании Указа Президента Республики Казахстан и в порядке, установленном настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z443" w:id="459"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z443" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. С военнообязанными и призывниками, призванными на воинскую службу по мобилизации, при военном положении и в военное время, проводится полный расчет по месту работы (службы), выплачиваются заработная плата за фактически проработанное время, выходное пособие и компенсационные выплаты за неиспользованный отпуск. За гражданами, призванными по мобилизации, при военном положении и в военное время, сохраняется занимаемая ими жилая площадь. Государственное обеспечение (пособия, пенсии) семей граждан, призванных на воинскую службу по мобилизации, при военном положении и в военное время, производится в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z444" w:id="460"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z444" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Местные исполнительные органы, организации при проведении мобилизации, при введении военного положения и в военное время обязаны обеспечить своевременное оповещение и доставку военнообязанных и призывников на призывные пункты или в воинские части (учреждения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkEnd w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19476,448 +19789,448 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 35. Отсрочка от призыва на воинскую службу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z442" w:id="461"/>
+    <w:bookmarkStart w:name="z442" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Отсрочка от призыва на воинскую службу предоставляется гражданам по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z447" w:id="462"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z447" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) по семейным обстоятельствам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z449" w:id="463"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z449" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для продолжения образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z450" w:id="464"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z450" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по состоянию здоровья;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z451" w:id="465"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z451" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по другим причинам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z452" w:id="466"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z452" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Отсрочка от призыва на воинскую службу по семейным обстоятельствам предоставляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z453" w:id="467"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z453" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) гражданам, занятым уходом за членами семьи, нуждающимися в посторонней помощи и не находящимися на полном государственном обеспечении, при отсутствии близких родственников или других лиц, проживающих на территории Республики Казахстан вместе с ними или отдельно, обязанных по закону содержать указанных членов семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z454" w:id="468"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z454" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Членами семьи, нуждающимися в посторонней помощи и уходе, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z455" w:id="469"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z455" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отец, мать, супруга, а также дедушка и бабушка при отсутствии родителей призывника, если они находятся на его иждивении, достигшие пенсионного возраста или являющиеся лицами с инвалидностью первой или второй группы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z456" w:id="470"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z456" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       братья, сестры, являющиеся лицами с инвалидностью первой или второй группы или не достигшие восемнадцатилетнего возраста, при отсутствии родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z457" w:id="471"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z457" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мать (отец), которая (который), кроме призывника, имеет одного и более детей, являющихся лицами с инвалидностью первой или второй группы или не достигших восемнадцатилетнего возраста, и воспитывает их без супруга (супруги);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z458" w:id="472"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z458" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мать (отец), которая (который) имеет на своем иждивении одного и более одиноких родственников (отца, мать, брата, сестру), являющихся нетрудоспособными по возрасту или лицами с инвалидностью первой или второй группы, и содержит их без супруга (супруги);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z459" w:id="473"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z459" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       один из родителей, который содержит на своем иждивении второго, являющегося лицом с инвалидностью первой или второй группы, и воспитывает, кроме призывника, одного и более детей до восемнадцати лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkEnd w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       один из членов семьи, имеющий инвалидность, и в которой призывник является единственным ребенком мужского пола;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z460" w:id="474"/>
+    <w:bookmarkStart w:name="z460" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) гражданам, которые имеют на своем иждивении:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z461" w:id="475"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z461" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ребенка (детей), воспитываемого без матери;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z462" w:id="476"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z462" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лиц, у которых они находились на воспитании и содержании не менее двух лет в связи со смертью своих родителей или лишением их родительских прав, или осуждением судом к лишению свободы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z463" w:id="477"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z463" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) гражданам, состоящим в браке и имеющим одного и более детей, – от призыва на срочную воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z464" w:id="478"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z464" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3. Отсрочка от призыва на воинскую службу для продолжения образования предоставляется гражданину, обучающемуся по очной форме обучения в организациях образования соответствующего уровня образования, на весь период обучения в соответствии с правилами организации и проведения призыва граждан на воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkEnd w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отсрочка от призыва на воинскую службу для продолжения образования предоставляется гражданам, обучающимся в духовных (религиозных) организациях образования, в случае осуществления данной организацией образовательной деятельности в соответствии с законодательством Республики Казахстан в области образования.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19982,191 +20295,191 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Отсрочка от призыва на воинскую службу по состоянию здоровья предоставляется гражданам решением призывной комиссии на срок до одного года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Отсрочка от призыва на воинскую службу по другим причинам предоставляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z470" w:id="479"/>
+    <w:bookmarkStart w:name="z470" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) педагогам, осуществляющим профессиональную деятельность в дошкольных организациях образования, организациях среднего (начального, основного среднего, общего среднего), технического и профессионального, послесреднего образования, специализированных, специальных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей, организациях дополнительного образования для детей, а также в методических кабинетах, на весь период работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z471" w:id="480"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z471" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) врачам, имеющим соответствующее образование, постоянно работающим по специальности в сельской местности, на весь период работы в организациях здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z472" w:id="481"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z472" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) депутатам Парламента Республики Казахстан или местных представительных органов на срок их депутатских полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z473" w:id="482"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z473" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лицам, в отношении которых ведется дознание, предварительное следствие или уголовные дела рассматриваются судами, соответственно до окончания дознания, следствия или вступления в силу приговора суда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z440" w:id="483"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z440" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) членам летных экипажей гражданских воздушных судов, инженерам, механикам и техникам гражданской авиации, имеющим соответствующее образование, на весь период работы в организациях гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z778" w:id="484"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z778" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) членам экипажей судов, имеющим соответствующее образование, на весь период работы в организациях водного транспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z1016" w:id="485"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z1016" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) лицам, проходящим первоначальную профессиональную подготовку в организациях образования правоохранительных органов и уполномоченного органа в сфере гражданской защиты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z474" w:id="486"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z474" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Гражданам, зачисленным в запас в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20221,151 +20534,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктами 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, 4 и 5 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z475" w:id="487"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z475" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Отсрочка от призыва на воинские сборы не предоставляется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z476" w:id="488"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z476" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Отсрочка граждан при призыве на воинскую службу по мобилизации, при военном положении и в военное время приостанавливается, за исключением отсрочки по состоянию здоровья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z477" w:id="489"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z477" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Граждане имеют право отказаться от отсрочки, за исключением отсрочки по состоянию здоровья, и могут быть призваны на воинскую службу при предоставлении личного заявления, а при наличии права на отсрочку в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи – соответствующего нотариально засвидетельствованного документа от заинтересованных лиц в порядке, определяемом правилами организации и проведения призыва граждан на воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z478" w:id="490"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z478" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Граждане, утратившие основания для отсрочки, предусмотренные настоящей статьей, подлежат призыву в порядке, установленном настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkEnd w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20641,70 +20954,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 36. Освобождение от призыва на воинскую службу и воинские сборы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z446" w:id="491"/>
+    <w:bookmarkStart w:name="z446" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. От призыва на воинскую службу в мирное время освобождаются граждане:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkEnd w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) признанные не годными к воинской службе по состоянию здоровья;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20733,90 +21046,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) у которых один из родственников (отец, мать, брат или сестра) погиб, умер или ему установлена инвалидность первой или второй группы при исполнении служебных обязанностей в период прохождения воинской службы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) прошедшие воинскую (альтернативную) службу в другом государстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z894" w:id="492"/>
+    <w:bookmarkStart w:name="z894" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-1) проходившие службу в специальных государственных органах Республики Казахстан, за исключением случаев, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 51 Закона Республики Казахстан "О специальных государственных органах Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkEnd w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) имеющие ученую степень;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20899,288 +21212,288 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лица, работающие в сельском хозяйстве и в организациях по ремонту сельскохозяйственной техники, на период посевных и уборочных работ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) педагоги организаций образования очной формы обучения на период учебного года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z492" w:id="493"/>
+    <w:bookmarkStart w:name="z492" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обучающиеся в организациях образования очной формы обучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z493" w:id="494"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z493" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) военнообязанные-женщины;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z494" w:id="495"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z494" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) военнообязанные в течение двух лет после увольнения в запас;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z495" w:id="496"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z495" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) лица, имеющие трех и более детей в возрасте до восемнадцати лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z496" w:id="497"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z496" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) лица, в отношении которых ведется дознание, предварительное следствие или уголовное дело рассматривается судом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z497" w:id="498"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z497" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) военнообязанные, избранные (назначенные) депутатами Парламента Республики Казахстан или местных представительных органов, акимами районов, городов областного значения, городов районного значения, сел, поселков, сельских округов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z498" w:id="499"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z498" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Военнообязанные, указанные в подпункте 7) пункта 2 настоящей статьи, от прохождения специальных воинских сборов не освобождаются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z499" w:id="500"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z499" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. От призыва на воинскую службу по мобилизации, при военном положении и в военное время освобождаются граждане, признанные не годными к воинской службе по состоянию здоровья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z500" w:id="501"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z500" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Граждане, имеющие право на освобождение от призыва на воинскую службу, могут быть призваны на воинскую службу по их желанию, за исключением граждан, указанных в подпункте 1) пункта 1 настоящей статьи, в порядке, определяемом правилами организации и проведения призыва граждан на воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkEnd w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Граждане, имеющие право на освобождение от призыва на воинские сборы, по их желанию могут быть призваны на воинские сборы либо пройти курсовую подготовку военнообязанных, за исключением лиц, указанных в подпункте 9) пункта 2 настоящей статьи, в порядке, определяемом правилами организации и проведения призыва граждан и правилами прохождения курсовой подготовки военнообязанных соответственно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z501" w:id="502"/>
+    <w:bookmarkStart w:name="z501" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Призыву на воинскую службу в мирное время не подлежат граждане, имеющие судимость.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z502" w:id="503"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z502" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Граждане, утратившие основания для освобождения от призыва, предусмотренные подпунктом 1) пункта 1 настоящей статьи, подлежат призыву в порядке, установленном настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkEnd w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21339,283 +21652,283 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z503" w:id="504"/>
+    <w:bookmarkStart w:name="z503" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ВОИНСКАЯ СЛУЖБА ПО КОНТРАКТУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkEnd w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 37. Контракт о прохождении воинской службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z480" w:id="505"/>
+    <w:bookmarkStart w:name="z480" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Контракт о прохождении воинской службы заключается гражданином Республики Казахстан с уполномоченным должностным лицом Вооруженных Сил, других войск и воинских формирований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkEnd w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Контракт о прохождении воинской службы заключается письменно между двумя сторонами в добровольном порядке в соответствии с законодательством Республики Казахстан и прекращает свое действие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z507" w:id="506"/>
+    <w:bookmarkStart w:name="z507" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по истечении срока;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z508" w:id="507"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z508" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в связи с досрочным увольнением военнослужащего;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z509" w:id="508"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z509" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) со дня заключения военнослужащим другого контракта о прохождении воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z510" w:id="509"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z510" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в иных случаях, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z511" w:id="510"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z511" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В контракте о прохождении воинской службы закрепляются добровольность поступления гражданина на воинскую службу, срок, в течение которого гражданин обязуется проходить воинскую службу, и другие условия контракта о прохождении воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z512" w:id="511"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z512" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Условия контракта о прохождении воинской службы включают в себя обязанность гражданина проходить воинскую службу в Вооруженных Силах, других войсках и воинских формированиях в течение срока, установленного контрактом о прохождении воинской службы. В условиях контракта о прохождении воинской службы содержится право гражданина на соблюдение его прав и прав членов его семьи, включая получение льгот, гарантий и компенсаций, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z513" w:id="512"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z513" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Военнослужащие, назначенные на должность Президентом Республики Казахстан, проходят воинскую службу в соответствующей должности без заключения контракта о прохождении воинской службы. На данных военнослужащих распространяются требования настоящего Закона в отношении военнослужащих, проходящих воинскую службу по контракту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z514" w:id="513"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z514" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После освобождения указанных военнослужащих от должности они заключают новый контракт о прохождении воинской службы или увольняются с воинской службы в порядке, определяемом Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkEnd w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Военнослужащие срочной воинской службы, имеющие техническое и профессиональное, высшее образование и прослужившие шесть месяцев, вправе поступить на воинскую службу по контракту в порядке, определяемом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21628,70 +21941,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Улан при переводе на третий курс обучения заключает контракт о прохождении воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z895" w:id="514"/>
+    <w:bookmarkStart w:name="z895" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Военнослужащие по призыву офицерского состава после истечения срока воинской службы вправе поступить на воинскую службу по контракту в порядке, определяемом Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkEnd w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21767,562 +22080,708 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 38. Требования, предъявляемые к лицам, поступающим на воинскую службу по контракту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z517" w:id="515"/>
+    <w:bookmarkStart w:name="z517" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Лица, поступающие на воинскую службу по контракту, должны отвечать следующим требованиям: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z897" w:id="516"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z897" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) иметь гражданство Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z898" w:id="517"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z898" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) обладать необходимыми личными, моральными и профессиональными качествами, уровнем образования, быть годными по состоянию здоровья к воинской службе; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z899" w:id="518"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z899" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">быть не моложе восемнадцати лет, за исключением курсантов, кадетов, и не позднее достижения ими предельного возраста состояния на воинской службе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z466" w:id="519"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z466" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для впервые поступающих на воинскую службу по контракту – двенадцати лет и шести месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z467" w:id="520"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z467" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для повторно поступающих на воинскую службу по контракту и имеющих воинские звания рядового и младшего сержантского составов – двенадцати лет и шести месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z468" w:id="521"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z468" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       для повторно поступающих на воинскую службу по контракту и имеющих воинские звания младшего офицерского и старшего сержантского составов – десяти лет; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z469" w:id="522"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z469" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для повторно поступающих на воинскую службу по контракту и имеющих воинские звания старшего офицерского или высшего сержантского состава – пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z1167" w:id="523"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z1167" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для повторно поступающих на воинскую службу по контракту и имеющих не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службы – трех лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z903" w:id="524"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z903" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) отслужить срочную воинскую службу либо пройти обучение на военной кафедре (военном факультете) или военную подготовку в специализированных организациях Министерства обороны Республики Казахстан по подготовке военно-технических специалистов на возмездной основе, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z1070" w:id="525"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z1070" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       женщин;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z1241" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мужчин, имеющих медицинское или фармацевтическое образование.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z1242" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жас сарбазов, прошедших углубленную допризывную подготовку не менее двух лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z1243" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жас айбынов, прошедших допризывную подготовку в течение периода не менее четырех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z292" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лиц, отчисленных из военных учебных заведений, специальных учебных заведений правоохранительных и специальных государственных органов Республики Казахстан, уполномоченного органа в сфере гражданской защиты по истечении одного года обучения, а уланов – по истечении двух лет обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 4) предусматривается дополнить абзацами четвертым, пятым в соответствии с Законом РК от 16.07.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve">      В ч.2 пункта 1 предусматривается изменение Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z1071" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лица, поступающие на воинскую службу по контракту, принимают на себя установленные законами ограничения, связанные с прохождением воинской службы, и антикоррупционные ограничения, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии коррупции", которые фиксируются в письменной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z522" w:id="527"/>
+    <w:bookmarkStart w:name="z522" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. На воинскую службу по контракту не принимается лицо: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z906" w:id="528"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z906" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) признанное судом недееспособным или ограниченно дееспособным; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z907" w:id="529"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z907" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) признанное медицинской (военно-врачебной) комиссией не годным к поступлению на воинскую службу по контракту; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z908" w:id="530"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z908" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) лишенное судом права занимать государственные должности в течение определенного срока; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z909" w:id="531"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) отказавшееся принять на себя ограничения, установленные законами Республики Казахстан, связанные с пребыванием военнослужащего на воинской службе, и антикоррупционные ограничения, установленные Законом Республики Казахстан "О противодействии коррупции"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22351,51 +22810,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z911" w:id="532"/>
+    <w:bookmarkStart w:name="z911" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) ранее судимое или освобожденное от уголовной ответственности за совершение преступления на основании пунктов 3), 4), 9), 10) и 12) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22410,71 +22869,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z912" w:id="533"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z912" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) на которое в течение трех лет до поступления на воинскую службу по контракту налагалось административное взыскание за совершение административного коррупционного правонарушения, за исключением случая, когда оно в качестве государственного служащего впервые привлекалось к административной ответственности за принятие на работу лица, не представившего декларацию об активах и обязательствах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkEnd w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22503,71 +22962,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z914" w:id="534"/>
+    <w:bookmarkStart w:name="z914" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) не прошедшее психофизиологическое или полиграфологическое исследование для должностей, перечень которых утверждается руководителем уполномоченного органа, и (или) медицинское освидетельствование; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z915" w:id="535"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z915" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) в отношении которого в течение трех лет перед поступлением на службу за совершение уголовного проступка вынесен обвинительный приговор суда или которое в течение трех лет перед поступлением на службу освобождено от уголовной ответственности за совершение уголовного проступка на основании пунктов 3), 4), 9), 10) и 12) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22582,131 +23041,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z916" w:id="536"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z916" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) уволенное по отрицательным мотивам с государственной или воинской службы, из специальных государственных органов, правоохранительных органов Республики Казахстан, а также прекратившее полномочия судьи по отрицательным мотивам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z1077" w:id="537"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z1077" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действие части первой настоящего подпункта не распространяется на лицо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z1078" w:id="538"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z1078" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прекратившее полномочия судьи на основании решения Комиссии по качеству правосудия при Верховном Суде Республики Казахстан о несоответствии занимаемой должности в силу профессиональной непригодности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z1079" w:id="539"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z1079" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уволенное в связи с отсутствием на службе без уважительной причины в течение трех и более часов подряд, которое вправе поступить на воинскую службу по контракту по истечении двух лет после такого увольнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkEnd w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уволенное за систематическое (два и более раза) нарушение условий контракта о прохождении воинской службы, которое вправе поступить на воинскую службу по контракту по истечении двух лет после такого увольнения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -22947,90 +23406,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 26 Закона Республики Казахстан "О воинской службе и статусе военнослужащих" бессрочного запрета на поступление на воинскую и правоохранительную службу лиц, уволенных с воинской службы за отсутствие на службе без уважительной причины в течение трех и более часов подряд, в связи с отсутствием соразмерности данного правового ограничения.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z917" w:id="540"/>
+    <w:bookmarkStart w:name="z917" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) не прошедшее специальную проверку и (или) сообщившее заведомо ложные сведения о себе либо своих родителях, детях, усыновителях (удочерителях), усыновленных (удочеренных), полнородных и неполнородных братьях и сестрах или супруге и ее (его) родителях, детях, усыновителях (удочерителях), усыновленных (удочеренных), полнородных и неполнородных братьях и сестрах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z918" w:id="541"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z918" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) не выполнившее нормативы по физической подготовке, утвержденные руководителем уполномоченного органа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkEnd w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23113,250 +23572,250 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z921" w:id="542"/>
+    <w:bookmarkStart w:name="z921" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В отношении лица, поступающего на воинскую службу по контракту, проводится специальная проверка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z922" w:id="543"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z922" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении лиц, поступающих на воинскую службу по контракту на должности, перечень которых утвержден руководителем уполномоченного органа, проводится проверка с применением психофизиологического и полиграфологического исследований в порядке, определенном руководителем уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z1080" w:id="544"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z1080" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наличие любого из указанных в части первой настоящего пункта случаев является основанием для отказа в приеме на воинскую службу по контракту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z533" w:id="545"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z533" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для определения годности по состоянию здоровья к воинской службе по контракту проводится медицинское освидетельствование в соответствии с Правилами проведения военно-врачебной экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z534" w:id="546"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z534" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Основаниями для отказа лицу, поступающему на воинскую службу по контракту, также являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z535" w:id="547"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z535" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) непредставление или искажение сведений, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z536" w:id="548"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z536" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствие вакантных должностей по военно-учетной специальности кандидата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z537" w:id="549"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z537" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отрицательные результаты психофизиологического и полиграфологического исследований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z923" w:id="550"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z923" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При поступлении на воинскую службу по контракту гражданин и его супруга (супруг) обязаны представить сведения о сдаче декларации о доходах и имуществе в соответствии с Законом Республики Казахстан "О противодействии коррупции".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkEnd w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23590,542 +24049,448 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 39 с изменением, внесенным Законом РК от 24.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 196-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z924" w:id="551"/>
+    <w:bookmarkStart w:name="z924" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В военные, специальные учебные заведения, реализующие образовательные программы высшего, технического и профессионального образования на базе общего среднего образования, имеют право поступать: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z925" w:id="552"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z925" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) граждане, не проходившие воинской службы, достигшие в год поступления возраста семнадцати лет, но не старше двадцати двух лет; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z926" w:id="553"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z926" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) граждане, прошедшие воинскую службу, и военнослужащие, проходящие срочную воинскую службу, до достижения ими в год поступления возраста двадцати четырех лет; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z927" w:id="554"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z927" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) военнослужащие, проходящие воинскую службу по контракту, до достижения ими возраста двадцати пяти лет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z928" w:id="555"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z928" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Поступление граждан в военные, специальные учебные заведения осуществляется на конкурсной основе в соответствии с Правилами приема на обучение в военные, специальные учебные заведения, реализующие образовательные программы соответствующего уровня, утверждаемыми уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z929" w:id="556"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z929" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При проведении конкурса на зачисление в военные учебные заведения преимущественное право при условии успешного прохождения всех этапов конкурсного отбора в соответствии с правилами приема на обучение в военные учебные заведения, реализующие образовательные программы соответствующего уровня, имеют:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z930" w:id="557"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z930" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       дети-сироты и дети, оставшиеся без попечения родителей; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-[...113 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z931" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      граждане, прошедшие допризывную подготовку в качестве жас сарбазов, жас айбынов в течение периода не менее двух лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дети военнослужащих, имеющих выслугу не менее пятнадцати лет, а также лиц, уволенных с воинской службы с выслугой двадцать и более лет, за исключением лиц, уволенных по отрицательным мотивам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z932" w:id="558"/>
+    <w:bookmarkStart w:name="z932" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       дети военнослужащих, погибших, пропавших без вести во время прохождения службы или получивших инвалидность в период прохождения воинской службы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z933" w:id="559"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z933" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       лица, награжденные знаком "Алтын белгі"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z934" w:id="560"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z934" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       победители международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, республиканских и международных конкурсов исполнителей и спортивных соревнований последних трех лет, награжденные дипломами первой – третьей степеней, перечень которых определяется уполномоченным органом в области образования, победители президентской, республиканских олимпиад и конкурсов научных проектов по общеобразовательным предметам текущего года, награжденные дипломами первой – третьей степеней при условии соответствия выбранной ими специальности предмету олимпиады или конкурса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z935" w:id="561"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z935" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Военнослужащие, направленные для обучения в иностранные военные учебные заведения, обучаются в соответствии с международными договорами Республики Казахстан и контрактами о прохождении воинской службы, а также приглашением на обучение. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z936" w:id="562"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z936" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В военные учебные заведения, реализующие программы технического и профессионального образования на базе основного среднего образования, имеют право поступать граждане, достигшие в год поступления возраста пятнадцати лет, но не старше семнадцати лет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z937" w:id="563"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z937" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. К восстановлению в военном, специальном учебном заведении может быть допущено лицо, если со дня его отчисления не прошло одного года, за исключением лиц, восстановленных на основании положительного заключения военно-врачебной комиссии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z938" w:id="564"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z938" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В военное, специальное учебное заведение не может быть восстановлено лицо, уволенное с воинской службы по отрицательным мотивам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z939" w:id="565"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z939" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Выпускникам военных, специальных учебных заведений, реализующих образовательные программы высшего образования, присваивается воинское звание "лейтенант". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z940" w:id="566"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z940" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Военнослужащим по окончании военных учебных заведений, реализующих образовательные программы технического и профессионального образования, присваивается воинское звание "сержант". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z941" w:id="567"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z941" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Курсантам военно-медицинского факультета воинское звание "лейтенант медицинской службы" присваивается после окончания обучения по программе бакалавриата либо после завершения пятого года обучения образовательной программы непрерывного интегрированного медицинского образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z942" w:id="568"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z942" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие, продолжающие обучение по программам военной интернатуры либо на шестом курсе образовательной программы непрерывного интегрированного медицинского образования, проходят воинскую службу на воинской должности переменного состава военного интерна.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkEnd w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24339,150 +24704,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 16.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 40-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z790" w:id="569"/>
+    <w:bookmarkStart w:name="z790" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Национальный университет обороны Республики Казахстан (далее – Национальный университет обороны) является военным учебным заведением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z791" w:id="570"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z791" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В Национальный университет обороны имеют право поступать военнослужащие, сотрудники офицерского состава специальных государственных органов, органов гражданской защиты по направлению их кадровых органов, а также лица гражданского персонала Вооруженных Сил, государственных органов при наличии допуска к государственным секретам. При этом лица гражданского персонала Вооруженных Сил и государственных органов обучаются только с применением дистанционного обучения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z792" w:id="571"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z792" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лица, зачисленные в Национальный университет обороны по образовательным программам послевузовского образования, назначаются на должности военного врача-резидента, магистранта или докторанта с сохранением статуса военнослужащего или сотрудника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z793" w:id="572"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z793" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Военнослужащие, сотрудники специальных государственных органов, органов гражданской защиты, назначенные на должность военного врача-резидента, магистранта или докторанта, обеспечиваются денежным довольствием в соответствии с единой системой оплаты труда работников органов Республики Казахстан, содержащихся за счет государственного бюджета, утверждаемой Правительством Республики Казахстан по согласованию с Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z999" w:id="573"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z999" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Профессорско-преподавательский состав военных учебных заведений должен проходить повышение квалификации не менее одного раза в три года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkEnd w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24736,250 +25101,250 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z539" w:id="574"/>
+    <w:bookmarkStart w:name="z539" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Контракт о прохождении воинской службы заключается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z564" w:id="575"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z564" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на три года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z565" w:id="576"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z565" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на пять лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z566" w:id="577"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z566" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на десять лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z567" w:id="578"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z567" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) до достижения предельного возраста состояния на воинской службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z568" w:id="579"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z568" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) для курсантов и военных интернов – на срок обучения в военном, специальном учебном заведении и на десять лет воинской службы после его окончания (для курсантов летного состава – на пятнадцать лет воинской службы после его окончания);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z569" w:id="580"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z569" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) для слушателей, магистрантов, докторантов, адъюнктов – на срок обучения и на пять лет воинской службы, для военных врачей-резидентов – на десять лет воинской службы после окончания военного, специального учебного заведения либо до достижения предельного возраста состояния на воинской службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z1168" w:id="581"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z1168" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) для военных резервистов – на три года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z1169" w:id="582"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z1169" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) для кадетов – на срок обучения в военном учебном заведении и на пять лет воинской службы после его окончания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z570" w:id="583"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z570" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Порядок отбора кандидатов и их поступления на воинскую службу по контракту определяется Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkEnd w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25118,68 +25483,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1095" w:id="584"/>
+    <w:bookmarkStart w:name="z1095" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6-1. Воинская служба в резерве</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkEnd w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 6-1 в соответствии с Законом РК от 18.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25211,488 +25576,676 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 40-1. Контракт о прохождении воинской службы в резерве</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1096" w:id="585"/>
+    <w:bookmarkStart w:name="z1096" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Контракт о прохождении воинской службы в резерве заключается гражданином Республики Казахстан с уполномоченным должностным лицом Вооруженных Сил, других войск и воинских формирований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z1097" w:id="586"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z1097" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Контракт о прохождении воинской службы в резерве заключается письменно между двумя сторонами в добровольном порядке в соответствии с законодательством Республики Казахстан и прекращает свое действие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z1098" w:id="587"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z1098" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) по истечении срока; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z1099" w:id="588"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z1099" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в связи с досрочным увольнением военнослужащего;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z1100" w:id="589"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z1100" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) со дня заключения военнослужащим контракта о прохождении воинской службы или другого контракта о прохождении воинской службы в резерве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z1101" w:id="590"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z1101" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в иных случаях, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z1102" w:id="591"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z1102" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В контракте о прохождении воинской службы в резерве закрепляются добровольность поступления гражданина на воинскую службу, срок, в течение которого гражданин обязуется проходить воинскую службу, и другие условия прохождения воинской службы в резерве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z1103" w:id="592"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z1103" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Условия контракта о прохождении воинской службы в резерве включают в себя обязанность гражданина прибывать в воинскую часть (учреждение) на занятия или сборы по боевой подготовке и сборы при кризисных ситуациях в сроки и порядке, которые определены первым руководителем государственного органа, в котором предусмотрено прохождение воинской службы в резерве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z1104" w:id="593"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z1104" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В условиях контракта о прохождении воинской службы в резерве содержится право гражданина на соблюдение его прав и прав членов его семьи, включая получение льгот, гарантий и компенсаций, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkEnd w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 40-2. Требования, предъявляемые к лицам, поступающим на воинскую службу в резерве</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1106" w:id="594"/>
+    <w:bookmarkStart w:name="z1106" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Лица, поступающие на воинскую службу в резерве, должны отвечать следующим требованиям: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z1107" w:id="595"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z1107" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) иметь гражданство Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z1108" w:id="596"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z1108" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обладать необходимыми личными, моральными и профессиональными качествами, уровнем образования, быть годными по состоянию здоровья к воинской службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z1109" w:id="597"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z1109" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) быть не моложе восемнадцати лет и не достигшими трех лет до предельного возраста состояния на воинской службе в резерве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z1110" w:id="598"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z1110" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) отслужить срочную воинскую службу либо пройти обучение на военной кафедре (военном факультете) или военную подготовку в специализированных организациях Министерства обороны по подготовке военно-технических специалистов на возмездной основе, за исключением женщин. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z1111" w:id="599"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 пункта 1 предусматривается изменение Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, поступающие на воинскую службу в резерве, принимают на себя установленные законами Республики Казахстан ограничения, связанные с прохождением воинской службы, и антикоррупционные ограничения, установленные Законом Республики Казахстан "О противодействии коррупции", которые фиксируются в письменной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z1112" w:id="600"/>
+    <w:bookmarkStart w:name="z1112" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. На воинскую службу в резерве не принимается лицо: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z1113" w:id="601"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z1113" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) признанное судом недееспособным или ограниченно дееспособным; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z1114" w:id="602"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z1114" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) признанное медицинской (военно-врачебной) комиссией не годным к поступлению на воинскую службу в резерве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z1115" w:id="603"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z1115" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лишенное судом права занимать государственные должности в течение определенного срока;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z1116" w:id="604"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) отказавшееся принять на себя ограничения, установленные законами Республики Казахстан, связанные с пребыванием военного резервиста на воинской службе, и антикоррупционные ограничения, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии коррупции";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z1117" w:id="605"/>
+    <w:bookmarkStart w:name="z1117" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) ранее судимое или освобожденное от уголовной ответственности за совершение преступления на основании пунктов 3), 4), 9), 10) и 12) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25707,191 +26260,191 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z1118" w:id="606"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z1118" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) на которое в течение трех лет до поступления на воинскую службу в резерве налагалось административное взыскание за совершение административного коррупционного правонарушения, за исключением случая, когда оно в качестве государственного служащего впервые привлекалось к административной ответственности за принятие на работу лица, не представившего декларацию об активах и обязательствах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z1119" w:id="607"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z1119" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) не прошедшее психофизиологическое исследование и (или) медицинское освидетельствование; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z1120" w:id="608"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z1120" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) в отношении которого в течение трех лет перед поступлением на воинскую службу в резерве за совершение уголовного проступка вынесен обвинительный приговор суда или которое в течение трех лет перед поступлением на службу освобождено от уголовной ответственности за совершение уголовного проступка на основании пунктов 3), 4), 9), 10) и 12) части первой статьи 35 или статьи 36 Уголовно-процессуального кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z1121" w:id="609"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z1121" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) уволенное по отрицательным мотивам с государственной или воинской службы, из специальных государственных органов, правоохранительных органов Республики Казахстан, со службы в органах гражданской защиты, а также прекратившее полномочия судьи по отрицательным мотивам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z1122" w:id="610"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z1122" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действие части первой настоящего подпункта не распространяется на лицо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z1123" w:id="611"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z1123" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прекратившее полномочия судьи на основании решения Комиссии по качеству правосудия при Верховном Суде Республики Казахстан о несоответствии занимаемой должности в силу профессиональной непригодности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z1124" w:id="612"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z1124" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уволенное в связи с отсутствием на службе без уважительной причины в течение трех и более часов подряд, которое вправе поступить на воинскую службу в резерве по истечении двух лет после такого увольнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkEnd w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25944,410 +26497,504 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (текст исключен).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1126" w:id="613"/>
+    <w:bookmarkStart w:name="z1126" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На воинскую службу в резерве в специальные государственные органы Республики Казахстан поступают с учетом особенностей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О специальных государственных органах Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z1127" w:id="614"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z1127" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) не прошедшее специальную проверку и (или) сообщившее заведомо ложные сведения о себе либо своих родителях, детях, усыновителях (удочерителях), усыновленных (удочеренных), полнородных и неполнородных братьях и сестрах или супруге и ее (его) родителях, детях, усыновителях (удочерителях), усыновленных (удочеренных), полнородных и неполнородных братьях и сестрах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z1128" w:id="615"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z1128" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) не выполнившее нормативы по физической подготовке, утвержденные первым руководителем государственного органа, в котором предусмотрено прохождение воинской службы в резерве; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z1129" w:id="616"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z1129" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) проходящее службу в специальных государственных и правоохранительных органах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z1130" w:id="617"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z1130" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) работающее вахтовым методом либо на сменной работе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z1131" w:id="618"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z1131" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) иные лица, предусмотренные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z1132" w:id="619"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z1132" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наличие любого из указанных в части первой настоящего пункта случаев является основанием для отказа в приеме на воинскую службу в резерве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z1133" w:id="620"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z1133" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В отношении лица, поступающего на воинскую службу в резерве, проводится специальная проверка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z1134" w:id="621"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z1134" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении лиц, поступающих на воинскую службу в резерве, проводится проверка с применением психофизиологического исследования в порядке, определенном руководителем государственного органа, в котором предусмотрено прохождение воинской службы в резерве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z1135" w:id="622"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z1135" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Для определения годности по состоянию здоровья к воинской службе в резерве проводится медицинское освидетельствование в соответствии с Правилами проведения военно-врачебной экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z1136" w:id="623"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z1136" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Основаниями для отказа лицу, поступающему на воинскую службу в резерве, также являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z1137" w:id="624"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z1137" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) непредставление или искажение сведений, указанных в части первой пункта 2 настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z1138" w:id="625"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z1138" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствие вакантных должностей по военно-учетной специальности кандидата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z1139" w:id="626"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z1139" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отрицательные результаты психофизиологического исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z1140" w:id="627"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z1140" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) освобождение, указанное в подпункте 4) пункта 1 и подпунктах 1), 2), 5) и 9) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 36 настоящего Закона. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z1141" w:id="628"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 6 предусматривается изменение Законом РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. На военного резервиста не распространяются требования подпунктов 2), 3) и 4) статьи 8 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26403,660 +27050,660 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 40-3. Срок контракта о прохождении воинской   службы в резерве и порядок его заключения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1143" w:id="629"/>
+    <w:bookmarkStart w:name="z1143" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Контракт о прохождении воинской службы в резерве заключается на три года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z1144" w:id="630"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z1144" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Порядок отбора кандидатов и их поступления на воинскую службу в резерве определяется Правилами прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkEnd w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 40-4. Прохождение занятий или сборов по боевой подготовке, сборов при кризисных ситуациях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1146" w:id="631"/>
+    <w:bookmarkStart w:name="z1146" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Военные резервисты проходят занятия или сборы по боевой подготовке, сборы при кризисных ситуациях в порядке, определенном первым руководителем государственного органа, в котором предусмотрено прохождение воинской службы в резерве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z1147" w:id="632"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z1147" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Занятия по боевой подготовке проводятся сроком до трех календарных дней в месяц, но не более тридцати календарных дней в год. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z1148" w:id="633"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z1148" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При пропуске занятий по боевой подготовке военный резервист обязан посетить указанные занятия в другое свободное время по согласованию с командиром (начальником) воинской части (учреждения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z1149" w:id="634"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z1149" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сборы по боевой подготовке продолжительностью тридцать календарных дней проводятся один раз в год с предоставлением двух выходных в последние дни сборов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z1150" w:id="635"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z1150" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Военные резервисты обязаны прибыть в воинскую часть (учреждение) в случае объявления сборов при кризисных ситуациях в сроки и порядке, которые определены первым руководителем государственного органа, в котором предусмотрено прохождение воинской службы в резерве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z1151" w:id="636"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z1151" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В периоды нахождения на занятиях или сборах по боевой подготовке, сборах при кризисных ситуациях за военным резервистом сохраняется место работы (должность).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z571" w:id="637"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z571" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. ПРЕБЫВАНИЕ В ЗАПАСЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkEnd w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 41. Зачисление в запас</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Зачисленными в запас считаются лица, не достигшие предельного возраста пребывания в запасе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z481" w:id="638"/>
+    <w:bookmarkStart w:name="z481" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уволенные с воинской или правоохранительной службы или со службы в органах гражданской защиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z482" w:id="639"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z482" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уволенные со службы в специальных государственных органах Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z483" w:id="640"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z483" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       из числа рядового и сержантского составов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z484" w:id="641"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z484" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       из Службы государственной охраны Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z485" w:id="642"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z485" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по отрицательным мотивам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z486" w:id="643"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z486" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в связи с невыполнением условий контракта о прохождении службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z487" w:id="644"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z487" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не прошедшие воинскую службу в связи с освобождением от призыва на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z488" w:id="645"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z488" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не прошедшие воинскую службу в связи с предоставлением отсрочек от призыва по достижении возраста двадцати семи лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z489" w:id="646"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z489" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) женщины, имеющие военно-учетную специальность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z490" w:id="647"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z490" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) прошедшие военную подготовку по программам офицеров запаса и сержантов запаса на военных кафедрах (военных факультетах) организаций высшего и (или) послевузовского образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z491" w:id="648"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z491" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) прошедшие обучение по военно-техническим и иным специальностям на возмездной основе в специализированных организациях Министерства обороны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z580" w:id="649"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z580" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Лица, пребывающие в запасе, проходят медицинское освидетельствование для определения годности к воинской службе в соответствии с Правилами военно-врачебной экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z581" w:id="650"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z581" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лица, освобожденные от призыва на срочную воинскую службу и не прошедшие воинскую службу в связи с предоставлением отсрочек от призыва по достижении возраста двадцати семи лет, а также граждане, прошедшие обучение по военно-техническим и иным специальностям в специализированных организациях Министерства обороны на возмездной основе, зачисляются в запас местными органами военного управления района, города областного значения с присвоением воинского звания запаса "рядовой" ("матрос").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z582" w:id="651"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z582" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Лицам при зачислении в запас военно-учетная специальность определяется местными органами военного управления района (города областного значения) в соответствии с правилами воинского учета военнообязанных и призывников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z583" w:id="652"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z583" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Запас военнообязанных для органов национальной безопасности и уполномоченного органа в сфере внешней разведки создается в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z948" w:id="653"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z948" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Сотрудники, уволенные из Службы государственной охраны Республики Казахстан, направляются на учет в местные органы военного управления с зачислением в запас с присвоением воинского звания запаса, равного имеющемуся у них специальному званию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z584" w:id="654"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z584" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Пребывание в запасе заключается в прохождении воинских сборов (курсовой подготовки военнообязанных), выполнении правил организации и проведения призыва на воинскую службу и соблюдении обязанностей по воинскому учету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z585" w:id="655"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z585" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Пребывание в действующем резерве военнослужащих органов военной разведки Министерства обороны заключается в прохождении воинской службы при выполнении возложенных оперативных задач в рамках разведывательной деятельности. Порядок пребывания в действующем резерве военнослужащих органов военной разведки Министерства обороны определяется Министром обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z586" w:id="656"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z586" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В случае прохождения военнообязанными, зачисленными в запас, воинских сборов (курсовой подготовки военнообязанных) или воинской службы по контракту они переводятся в категорию военнообязанных, зачисленных в резерв.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkEnd w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27172,210 +27819,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 42. Предельный возраст пребывания в запасе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z573" w:id="657"/>
+    <w:bookmarkStart w:name="z573" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Предельный возраст пребывания в запасе военнообязанных составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z589" w:id="658"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z589" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рядового и сержантского составов – до пятидесяти лет включительно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z590" w:id="659"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z590" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для офицерского состава – до шестидесяти лет включительно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z591" w:id="660"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z591" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предельный возраст пребывания в запасе военнообязанных-женщин составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z592" w:id="661"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z592" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для рядового и сержантского составов – до тридцати пяти лет включительно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z593" w:id="662"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z593" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) для лиц офицерского состава – до сорока пяти лет включительно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z594" w:id="663"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z594" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Военнообязанные, достигшие предельного возраста пребывания в запасе, или лица, признанные не годными к воинской службе по состоянию здоровья с исключением с воинского учета, переводятся в отставку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z595" w:id="664"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z595" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В военное время Президентом Республики Казахстан может быть повышен предельный возраст пребывания в запасе до пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkEnd w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27411,208 +28058,208 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 43. Прохождение воинских сборов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z588" w:id="665"/>
+    <w:bookmarkStart w:name="z588" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Военнообязанные призываются на учебные, поверочные и специальные воинские сборы или проходят курсовую подготовку на возмездной основе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z598" w:id="666"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z598" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. На учебные сборы продолжительностью до двух месяцев призываются военнообязанные один раз в пять лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkEnd w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прохождение полного курса по программе курсовой подготовки военнообязанных приравнивается к прохождению учебных воинских сборов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z599" w:id="667"/>
+    <w:bookmarkStart w:name="z599" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Военнообязанные в период между учебными сборами могут привлекаться на поверочные сборы сроком до пятнадцати дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z600" w:id="668"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z600" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Общий срок сборов за время пребывания в запасе не может превышать для военнообязанных восемнадцать месяцев. При этом в общий срок пребывания на учебных сборах засчитывается и время пребывания на поверочных сборах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z601" w:id="669"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z601" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Специальные воинские сборы проводятся продолжительностью до трех месяцев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z602" w:id="670"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z602" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. За военнообязанными на период воинских сборов сохраняются место работы и занимаемая должность, им выплачивается средняя заработная плата, но не выше средней заработной платы по республике, а неработающим – минимальная заработная плата за счет бюджетных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z603" w:id="671"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z603" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Время нахождения военнообязанного вне расположения места сборов без уважительных причин в срок прохождения воинских сборов не засчитывается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkEnd w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27711,1665 +28358,1665 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z604" w:id="672"/>
+    <w:bookmarkStart w:name="z604" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. СОЦИАЛЬНОЕ ОБЕСПЕЧЕНИЕ ВОЕННОСЛУЖАЩИХ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkEnd w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 44. Социальное обеспечение военнослужащих</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z597" w:id="673"/>
+    <w:bookmarkStart w:name="z597" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Военнослужащие, за исключением военнообязанных в период воинских сборов и военных резервистов, обеспечиваются денежным довольствием, устанавливаемым на основании единой системы оплаты труда работников органов Республики Казахстан, содержащихся за счет государственного бюджета, утверждаемой Правительством Республики Казахстан по согласованию с Президентом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z950" w:id="674"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z950" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Денежное довольствие военнослужащих, за исключением военнослужащих срочной службы, кадетов и курсантов военных, специальных учебных заведений, включает в себя денежное содержание (должностной оклад и оклад по воинскому званию), надбавки за особые условия прохождения службы и другие надбавки и доплаты, предусмотренные законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z951" w:id="675"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z951" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Денежное довольствие (стипендия) военнослужащих срочной службы, кадетов и курсантов военных, специальных учебных заведений включает в себя только должностной оклад. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z952" w:id="676"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z952" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В стаж службы для исчисления должностного оклада включаются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z953" w:id="677"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z953" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) выслуга лет; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z954" w:id="678"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z954" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) время пребывания на государственной службе; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z955" w:id="679"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z955" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) время работы в последней государственной организации перед поступлением на воинскую службу на руководящих должностях или на должностях по идентичным специальностям. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z956" w:id="680"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z956" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Размеры должностных окладов и окладов по воинским званиям военнослужащих, проходящих воинскую службу по контракту, устанавливаются не ниже размеров должностных окладов государственных служащих на соответствующих должностях и размеров доплат за соответствующие специальные звания и классные чины. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z957" w:id="681"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z957" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Денежное довольствие военнослужащим не выплачивается за периоды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z958" w:id="682"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z958" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) отсутствия на воинской службе без уважительных причин; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z959" w:id="683"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z959" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) прохождения воинской службы не на воинских должностях в случаях, предусмотренных подпунктами 6), 8) и 9) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 21 настоящего Закона; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z960" w:id="684"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z960" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) нахождения под арестом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z961" w:id="685"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z961" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) в случаях, предусмотренных законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkEnd w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок выплаты денежного довольствия, пособий и прочих выплат устанавливается уполномоченными органами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1152" w:id="686"/>
+    <w:bookmarkStart w:name="z1152" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Военные резервисты ежемесячно за счет бюджетных средств получают денежную выплату в размере минимальной заработной платы, за исключением периода прохождения сборов по боевой подготовке или сборов при кризисных ситуациях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z1153" w:id="687"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z1153" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военным резервистам на период проведения сборов по боевой подготовке или сборов при кризисных ситуациях выплачивается за счет бюджетных средств:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z1154" w:id="688"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z1154" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       работающим лицам – средняя месячная заработная плата по месту работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z1155" w:id="689"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z1155" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       безработным лицам – минимальная заработная плата. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z1156" w:id="690"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z1156" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иные выплаты, надбавки, доплаты военным резервистам не предусматриваются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z612" w:id="691"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z612" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Военнослужащим при выполнении боевых задач по поиску, перевозке, обезвреживанию и уничтожению взрывоопасных предметов и иных взрывных устройств выплачивается компенсация в размере одного месячного расчетного показателя в сутки в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z613" w:id="692"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z613" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Военнослужащим, проходящим службу на должностях, связанных с эксплуатацией, хранением радиоактивных материалов, источников ионизирующего излучения, сверхвысоких частот и (или) компонентов ракетного топлива, а также временно привлекаемым к указанным работам и работам по ликвидации последствий аварий на объектах, связанных с эксплуатацией, хранением радиоактивных материалов, источников ионизирующего излучения, сверхвысоких частот и (или) компонентов ракетного топлива, предоставляется дополнительный отпуск продолжительностью до двенадцати суток в год пропорционально фактически отработанному времени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z614" w:id="693"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z614" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Военнослужащим, проходящим воинскую службу по контракту, для оплаты расходов на коммунальные услуги, за исключением проживающих в закрытых и обособленных военных городках, в пограничных отделениях и отделах, выплачивается денежная компенсация в порядке, определяемом первыми руководителями уполномоченных органов, в размере, установленном законом о республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z615" w:id="694"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z615" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Медицинское обеспечение военнослужащих в военно-медицинских учреждениях (организациях, подразделениях) осуществляется за счет бюджетных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z1000" w:id="695"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z1000" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5-1. При отсутствии по месту прохождения воинской службы или месту жительства военнослужащих военно-медицинских (медицинских) подразделений или соответствующих отделений в них, специалистов либо специального оборудования по медицинским показаниям медицинская помощь военнослужащим оказывается субъектами здравоохранения: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z1001" w:id="696"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z1001" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в рамках гарантированного объема бесплатной медицинской помощи в соответствии с Кодексом Республики Казахстан "О здоровье народа и системе здравоохранения"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z1002" w:id="697"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z1002" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в системе обязательного социального медицинского страхования в соответствии с Законом Республики Казахстан "Об обязательном социальном медицинском страховании". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z1003" w:id="698"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z1003" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оплата услуг субъектов здравоохранения по оказанию медицинской помощи военнослужащим, указанной в подпунктах 1) и 2) части первой настоящего пункта, осуществляется фондом социального медицинского страхования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z1004" w:id="699"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z1004" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Возмещение затрат фонда социального медицинского страхования на оплату услуг субъектов здравоохранения по оказанию медицинской помощи военнослужащим в рамках гарантированного объема бесплатной медицинской помощи и в системе обязательного социального медицинского страхования осуществляется за счет бюджетных средств, предусмотренных уполномоченному органу в сфере здравоохранения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z1006" w:id="700"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z1006" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащему при наличии медицинских показаний предоставляется санаторно-курортное лечение за счет средств Вооруженных Сил, других войск и воинских формирований, в структуре которых они проходят воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z1157" w:id="701"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z1157" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военные резервисты в период прохождения занятий или сборов по боевой подготовке либо сборов при кризисной ситуации получают медицинское обеспечение за счет бюджетных средств в полном объеме, предусмотренном для военнослужащих, проходящих воинскую службу по контракту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z621" w:id="702"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z621" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Военнослужащие обеспечиваются за счет бюджетных средств вещевым имуществом по нормам, утвержденным первыми руководителями уполномоченных государственных органов по согласованию с центральным уполномоченным органом по бюджетному планированию, и в порядке, определяемом первым руководителем уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z622" w:id="703"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z622" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Военнослужащие обеспечиваются питанием по нормам, устанавливаемым первыми руководителями уполномоченных государственных органов Республики Казахстан, по согласованию с центральным уполномоченным органом по бюджетному планированию, в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z623" w:id="704"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z623" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несения боевого дежурства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z624" w:id="705"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z624" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несения службы в карауле;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z625" w:id="706"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z625" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) несения суточного наряда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z626" w:id="707"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z626" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) участия в полевых выходах (выходах в море);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z627" w:id="708"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z627" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществления мероприятий при штормовой готовности в местах базирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z628" w:id="709"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z628" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) несения вахты на маяках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z629" w:id="710"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z629" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) выполнения подводных задач (работ);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z630" w:id="711"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z630" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) совершения прыжков с парашютом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z631" w:id="712"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z631" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) следования в составе воинского эшелона, караула по охране и сопровождения воинского груза к месту приема и обратно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z632" w:id="713"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z632" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) нахождения на стационарном лечении (медицинском освидетельствовании) в военно-медицинских (медицинских) подразделениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z633" w:id="714"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z633" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) водворения на гауптвахту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z439" w:id="715"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z439" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) участия в миротворческой операции, а также при проезде в зону (район) проведения миротворческой операции и обратно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z634" w:id="716"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z634" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие летного состава обеспечиваются питанием на время прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z635" w:id="717"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z635" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инженерно-технический состав, допущенный к обслуживанию авиационной техники и обеспечению полетов, обеспечивается питанием на период подготовки и выполнения полетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z963" w:id="718"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z963" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При отсутствии возможности обеспечения питанием по установленным нормам основных продовольственных пайков военнослужащим, проходящим воинскую службу по контракту, выплачивается денежная компенсация в размере стоимости общевойскового пайка в порядке, определенном руководителем уполномоченного органа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z964" w:id="719"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z964" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Студенты военных кафедр (военных факультетов), обучающиеся на безвозмездной основе, в период военно-учебной практики, призывники при поступлении в военные учебные заведения, а также кандидаты, прибывшие для сдачи вступительных экзаменов и находящиеся на казарменном положении в военных колледжах, обеспечиваются питанием по соответствующим нормам за счет бюджетных средств. Студенты военных кафедр (военных факультетов), обучающиеся на возмездной основе, в период военно-учебной практики обеспечиваются питанием по соответствующим нормам за счет организаций высшего и (или) послевузовского образования, при которых функционируют соответствующие военные кафедры (военные факультеты).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkEnd w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок организации питания определяется руководителем уполномоченного органа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z990" w:id="720"/>
+    <w:bookmarkStart w:name="z990" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие Вооруженных Сил в воинских частях постоянной боевой готовности на должностях офицерского состава в подразделениях взвода (группы, расчета) и роты (батареи, отдельного взвода, корабля 4 ранга), а также на должностях рядового и сержантского составов обеспечиваются питанием (обедом) за счет бюджетных средств в рабочие дни, установленные регламентом служебного времени. Перечень воинских частей определяется Министром обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z967" w:id="721"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z967" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военные резервисты обеспечиваются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z1158" w:id="722"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z1158" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) питанием при прохождении сборов по боевой подготовке или сборов при кризисных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z1159" w:id="723"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z1159" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обедом в период нахождения на занятиях по боевой подготовке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z636" w:id="724"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z636" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Военнослужащие в порядке, определенном уполномоченным органом, имеют право на проезд за счет бюджетных средств на железнодорожном, автомобильном и внутреннем водном транспорте в случаях: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z969" w:id="725"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z969" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) призыва на воинскую службу, воинские сборы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z970" w:id="726"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z970" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) перевода к новому месту службы в другую местность, в том числе в составе воинской части (учреждения) или подразделения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z971" w:id="727"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z971" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) направления уполномоченным органом на обучение в военные, специальные учебные заведения, другие организации образования, реализующие программы послевузовского образования, в том числе иностранные учебные заведения, а также по окончании обучения, за исключением случаев отчисления по неуспеваемости, недисциплинированности, по другим отрицательным мотивам или по своей инициативе; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z972" w:id="728"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z972" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) направления военно-медицинскими подразделениями к месту стационарного лечения и обратно в пределах Республики Казахстан, в том числе для прохождения военно-врачебной (летной) комиссии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z973" w:id="729"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z973" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) проезда в служебную командировку и обратно; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z974" w:id="730"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z974" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) проезда на учения, полевые выходы (выходы в море), парады войск и обратно; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z975" w:id="731"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z975" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) участия в ликвидации чрезвычайных ситуаций и обратно; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z976" w:id="732"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z976" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) участия в боевых действиях, выполнении задач в условиях чрезвычайного или военного положения, а также в условиях вооруженных конфликтов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z977" w:id="733"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z977" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) участия в миротворческих операциях по поддержанию мира и безопасности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z978" w:id="734"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z978" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) участия в антитеррористических операциях; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z979" w:id="735"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z979" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) следования в составе караулов по охране и сопровождению воинских грузов, в том числе документов, изделий и воинских грузов, содержащих сведения, составляющие государственные секреты, к местам приема (сдачи) и обратно; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z980" w:id="736"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z980" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) сопровождения: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z981" w:id="737"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z981" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       команд с призывниками, военнообязанными; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z982" w:id="738"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z982" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       арестованных, задержанных военнослужащих, военнообязанных; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z983" w:id="739"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z983" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       гроба с телом погибшего (умершего) военнослужащего к месту погребения и обратно. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z984" w:id="740"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z984" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие и члены их семей имеют право на проезд за счет государства на воздушном транспорте в порядке, определяемом руководителем уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z985" w:id="741"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z985" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим, за исключением курсантов, кадетов, военнослужащих срочной службы и военных резервистов, при переводе к новому месту службы в другую местность за счет государства выплачиваются деньги за перевозку собственного имущества в пределах Республики Казахстан в размере одного месячного расчетного показателя на каждые 20 километров автомобильной дороги в порядке, определяемом руководителем уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkEnd w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При переводе военнослужащих, за исключением курсантов, кадетов, военнослужащих по призыву и военных резервистов, к новому месту службы в другую местность на удалении более 100 километров (в том числе в составе воинской части (учреждения) или подразделения) им выплачивается подъемное пособие в размере двухмесячного денежного содержания на самого военнослужащего и половины месячного денежного содержания на каждого члена семьи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z504" w:id="742"/>
+    <w:bookmarkStart w:name="z504" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) супруга (супругу);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z505" w:id="743"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z505" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ребенка (детей), в том числе совместного или одного из супругов, за исключением ребенка (детей) от предыдущего (предыдущих) брака (браков) (супружества (супружеств), проживающего (проживающих) раздельно на основании решения суда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z506" w:id="744"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z506" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) совместного или одного из супругов ребенка с инвалидностью (детей с инвалидностью), в том числе лица с инвалидностью (лиц с инвалидностью) с детства независимо от его (их) возраста, за исключением ребенка с инвалидностью (детей с инвалидностью) от предыдущего (предыдущих) брака (браков) (супружества (супружеств), проживающего (проживающих) раздельно на основании решения суда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z1049" w:id="745"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z1049" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом в случае если оба супруга являются военнослужащими или один из них является сотрудником специальных государственных органов Республики Казахстан, то подъемное пособие на членов семьи в размере половины месячного денежного содержания на каждого члена семьи выплачивается только одному из них в порядке, определяемом первым руководителем уполномоченного государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkEnd w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полевые выплаты осуществляются в размере 1,2-кратного месячного расчетного показателя за сутки без оплаты командировочных расходов за нахождение на полевых выходах (за исключением специальных полевых работ) независимо от места дислокации вне постоянного места жительства, выходах в море, участие в учениях или походах кораблей в порядке, определенном первым руководителем уполномоченного государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -29820,70 +30467,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 46. Отпуска военнослужащим</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z640" w:id="746"/>
+    <w:bookmarkStart w:name="z640" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Военнослужащим, проходящим воинскую службу по контракту, предоставляется ежегодный основной отпуск с выплатой пособия для оздоровления в размере двух должностных окладов, продолжительность которого устанавливается в зависимости от выслуги лет в календарном исчислении:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkEnd w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) менее десяти лет – 30 суток; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29930,70 +30577,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) двадцать и более лет – 45 суток. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим, находящимся на летной работе, корабельной службе, несущим боевое дежурство, боевую службу, проходящим службу в местностях по перечню, устанавливаемому Министром обороны Республики Казахстан, дополнительно к ежегодному основному отпуску предоставляется 10 суток отпуска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z648" w:id="747"/>
+    <w:bookmarkStart w:name="z648" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжительность ежегодного основного отпуска исчисляется в календарных днях без учета праздничных дней, приходящихся на дни отпуска, независимо от распорядка дня и регламента служебного времени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkEnd w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С предоставлением ежегодного основного отпуска военнослужащим, проходящим воинскую службу по контракту, (военным интернам, военным врачам-резидентам, магистрантам, докторантам, адъюнктам) с предоставлением летнего каникулярного отпуска производится выплата пособия для оздоровления в размере двух должностных окладов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30004,326 +30651,326 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Совокупность летнего и зимнего каникулярного отпуска военных интернов, военных врачей-резидентов, магистрантов, докторантов, адъюнктов приравнивается к ежегодному основному отпуску. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае увольнения военнослужащего, проходящего воинскую службу по контракту, с воинской службы по отрицательным мотивам он обязан возместить сумму пособия для оздоровления пропорционально недослуженному времени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1160" w:id="748"/>
+    <w:bookmarkStart w:name="z1160" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Военным резервистам ежегодный трудовой отпуск предоставляется по месту работы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z1161" w:id="749"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z1161" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ежегодный трудовой отпуск не должен совпадать с периодом проведения занятий или сборов по боевой подготовке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z649" w:id="750"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z649" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Помимо ежегодного основного отпуска военнослужащим предоставляются дополнительные отпуска, предусмотренные законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkEnd w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащему, кроме военнослужащих срочной службы, кадетов и курсантов, по его рапорту предоставляется отпуск по уходу за ребенком до достижения им возраста трех лет в порядке, определяемом Трудовым кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z650" w:id="751"/>
+    <w:bookmarkStart w:name="z650" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Общая продолжительность ежегодного основного и дополнительного отпусков не может превышать 60 суток за соответствующий год, при этом дополнительно предоставляется время, необходимое для проезда к месту отпуска и обратно. Порядок предоставления времени, необходимого для проезда к месту отпуска и обратно, устанавливается Правилами прохождения воинской службы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkEnd w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отпуск военнослужащего, проходящего воинскую службу по контракту, может быть разделен на части с учетом интересов службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z652" w:id="752"/>
+    <w:bookmarkStart w:name="z652" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Военнослужащим срочной службы в виде поощрения предоставляется краткосрочный отпуск в порядке, определенном общевоинскими уставами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z653" w:id="753"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z653" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Военнослужащим при необходимости предоставляются отпуска по болезни, краткосрочные по семейным обстоятельствам, а обучающимся в военных, специальных учебных заведениях (на военных факультетах) – каникулярные.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z654" w:id="754"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z654" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим (кроме военнослужащих срочной службы, кадетов и курсантов) предоставляются учебные отпуска для подготовки и сдачи вступительных экзаменов, в период обучения в организациях образования, реализующих образовательные программы высшего и послевузовского образования, на срок, определенный учебным планом, а военнослужащим, являющимся соискателями ученых степеней кандидата, доктора наук, степеней доктора философии (PhD) и доктора по профилю, предоставляются творческие отпуска в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z655" w:id="755"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z655" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ежегодный основной отпуск прерывается в случае объявления мобилизации, военного или чрезвычайного положения, в военное время и в случае служебной необходимости в порядке, определяемом первым руководителем уполномоченного органа. При этом неиспользованная часть отпуска предоставляется в текущем году или следующем году.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z656" w:id="756"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z656" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если неиспользованная часть отпуска составляет десять календарных дней и более, военнослужащим дополнительно предоставляется время, необходимое для проезда к месту проведения отпуска и обратно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z657" w:id="757"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z657" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не использованная в предыдущем году часть отпуска предоставляется военнослужащему по его рапорту отдельно в текущем году либо присоединяется к оплачиваемому ежегодному основному отпуску.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z658" w:id="758"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z658" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Военнослужащие, направленные за пределы Республики Казахстан для выполнения возложенных на них обязанностей или на учебу, пользуются теми же правами на отпуск, что и проходящие службу на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z987" w:id="759"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z987" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Работающим супругам военнослужащих ежегодные отпуска могут предоставляться одновременно с очередным отпуском их супругов по соглашению с работодателем. При этом продолжительность отпуска может быть равна продолжительности отпуска супруга (супруги) за счет предоставления дополнительного отпуска без сохранения заработной платы по соглашению с работодателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkEnd w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30557,150 +31204,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z643" w:id="760"/>
+    <w:bookmarkStart w:name="z643" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие, проходящие воинскую службу по контракту на воинских должностях рядового и сержантского составов, прослужившие не менее восьми лет в календарном исчислении, имеют право на возмещение затрат на обучение в организациях высшего и (или) послевузовского образования Республики Казахстан на платной основе в размере пятидесяти процентов от стоимости обучения за счет бюджетных средств. Данным правом военнослужащий может воспользоваться один раз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z661" w:id="761"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z661" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Возмещение указанных затрат военнослужащему производится уполномоченным органом, в структуре которого военнослужащий проходит воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z662" w:id="762"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z662" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При переводе военнослужащего в другую организацию образования размер возмещения затрат на обучение в организациях высшего и (или) послевузовского образования Республики Казахстан подлежит корректировке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z663" w:id="763"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z663" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При предоставлении военнослужащему академического отпуска за ним сохраняется право на возмещение затрат на обучение в организациях высшего и (или) послевузовского образования Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z664" w:id="764"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z664" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащему, имеющему право на возмещение затрат на обучение в организациях высшего и (или) послевузовского образования Республики Казахстан, гарантируется возмещение затрат на обучение в других организациях высшего и (или) послевузовского образования в случаях ликвидации и реорганизации организации образования, приостановления действия, лишения лицензии организации образования, в которой он обучался (обучается).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkEnd w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30854,150 +31501,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 211-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z660" w:id="765"/>
+    <w:bookmarkStart w:name="z660" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие срочной службы, курсанты, кадеты и уланы военных, специальных учебных заведений обеспечиваются вещевым имуществом, питанием по нормам, утвержденным первыми руководителями уполномоченных органов по согласованию с центральным уполномоченным органом по бюджетному планированию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z667" w:id="766"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z667" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При убытии в отпуск, на каникулы им выдается продовольственный паек на период следования к месту проведения отпуска, каникул.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z668" w:id="767"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z668" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим срочной службы при следовании в краткосрочный отпуск и обратно, курсантам, кадетам военных, специальных учебных заведений при следовании в каникулярный отпуск и на стажировку, а также обратно предоставляется право на проезд за счет бюджетных средств на железнодорожном, автомобильном и внутреннем водном транспорте. Курсантам, обучающимся в иностранных военных учебных заведениях, предоставляется также право проезда за счет бюджетных средств на воздушном транспорте при направлении на обучение и следовании в каникулярный отпуск и обратно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z406" w:id="768"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z406" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим срочной службы, курсантам первых и вторых курсов военных учебных заведений также выплачивается компенсация на почтовые отправления в размере, определяемом Министерством обороны Республики Казахстан по согласованию с первыми руководителями соответствующих уполномоченных государственных органов и центральным уполномоченным органом по бюджетному планированию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z669" w:id="769"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z669" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для проживания на время прохождения срочной воинской службы и обучения в военном, специальном учебном заведении военнослужащие размещаются в казармах. Курсантам, кадетам и уланам также могут предоставляться общежития на время обучения в военном, специальном учебном заведении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkEnd w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31153,70 +31800,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 48-1. Особенности социальной защиты военнослужащих срочной службы, уланов, кадетов и курсантов военных, специальных учебных заведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1068" w:id="770"/>
+    <w:bookmarkStart w:name="z1068" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены семей военнослужащих, являющиеся гражданами Республики Казахстан, вправе осуществлять посещение своих близких родственников из числа военнослужащих срочной службы, а также уланов, кадетов и курсантов военных, специальных учебных заведений для ознакомления с их жизнью и бытом в порядке, установленном общевоинскими уставами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkEnd w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31292,110 +31939,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 49. Дополнительное социальное обеспечение отдельных категорий военнослужащих</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z666" w:id="771"/>
+    <w:bookmarkStart w:name="z666" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим, участвующим (принимавшим участие) в боевых действиях, антитеррористических и миротворческих операциях, и военнослужащим органов военной разведки Министерства обороны, участвующим в выполнении возложенных оперативных задач в рамках разведывательной деятельности предоставляется дополнительный отпуск продолжительностью две недели, который добавляется к ежегодному отпуску.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z672" w:id="772"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z672" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим, участвующим (принимавшим участие) в боевых действиях и антитеррористических операциях, период боевых действий и антитеррористических операций в выслугу лет засчитывается на льготных условиях один месяц службы за три месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z673" w:id="773"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z673" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим, участвующим (принимавшим участие) в миротворческих операциях, период участия в миротворческих операциях военнослужащему засчитывается на льготных условиях один месяц за полтора месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkEnd w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По возвращении из миротворческой операции военнослужащие направляются на санаторно-курортное лечение за счет средств Вооруженных Сил, других войск и воинских формирований Республики Казахстан, в структуре которых они проходят воинскую службу, на срок не менее семи календарных дней, но не более двадцати одних суток.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -31449,366 +32096,366 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 50. Социальное обеспечение граждан, уволенных с воинской службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z671" w:id="774"/>
+    <w:bookmarkStart w:name="z671" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицам, уволенным с воинской службы по достижении предельного возраста состояния на воинской службе, по состоянию здоровья, получившим заболевание в связи с исполнением обязанностей воинской службы, а также имеющим выслугу двадцать и более лет, за счет бюджетных средств предоставляется медицинское обеспечение в военно-медицинских учреждениях (организациях), а имеющим выслугу двадцать пять и более лет, – санаторно-курортное лечение при наличии показаний по перечню заболеваний, определенных уполномоченным органом в области здравоохранения по согласованию с первыми руководителями соответствующих уполномоченных государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z1008" w:id="775"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z1008" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1. Оплата услуг военно-медицинских учреждений (организаций, подразделений) по оказанию медицинской помощи лицам, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, осуществляется фондом социального медицинского страхования: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z1009" w:id="776"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z1009" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в рамках гарантированного объема бесплатной медицинской помощи в соответствии с Кодексом Республики Казахстан "О здоровье народа и системе здравоохранения"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z1010" w:id="777"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z1010" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в системе обязательного социального медицинского страхования в соответствии с Законом Республики Казахстан "Об обязательном социальном медицинском страховании". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z1011" w:id="778"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z1011" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При отсутствии военно-медицинских учреждений (организаций, подразделений) по месту жительства лиц, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, или соответствующих отделений в них, специалистов либо специального оборудования по медицинским показаниям медицинская помощь оказывается субъектами здравоохранения: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z1012" w:id="779"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z1012" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в рамках гарантированного объема бесплатной медицинской помощи в соответствии с Кодексом Республики Казахстан "О здоровье народа и системе здравоохранения"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z1013" w:id="780"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z1013" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в системе обязательного социального медицинского страхования в соответствии с Законом Республики Казахстан "Об обязательном социальном медицинском страховании". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z1014" w:id="781"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z1014" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оплата услуг субъектов здравоохранения по оказанию медицинской помощи, указанной в подпунктах 1) и 2) части второй настоящего пункта, осуществляется фондом социального медицинского страхования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z681" w:id="782"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z681" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Лицам, указанным в пункте 1 настоящей статьи, обеспечивается социальная адаптация при увольнении из Вооруженных Сил, в том числе с целью приобретения гражданских специальностей в период прохождения воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkEnd w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях социальной адаптации лиц, уволенных с воинской службы, Министерством обороны по согласованию с уполномоченными органами в области образования, науки и высшего образования разрабатываются и утверждаются образовательные программы педагогической переподготовки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Педагогическую переподготовку на безвозмездной основе в военных учебных заведениях вправе пройти лица, увольняемые или уволенные с воинской службы (за исключением лиц, уволенных по отрицательным мотивам без права повторного поступления на воинскую службу), проходившие воинскую службу на должностях офицерского, старшего или высшего сержантского составов, имеющие высшее и (или) послевузовское образование и выслугу не менее десяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z995" w:id="783"/>
+    <w:bookmarkStart w:name="z995" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лица, уволенные с воинской службы (за исключением уволенных в связи с прекращением гражданства Республики Казахстан, при отказе в специальной проверке, по отрицательным мотивам, по служебному несоответствию, выявленному по итогам аттестации), имеют право на проезд за счет бюджетных средств на железнодорожном, автомобильном и внутреннем водном транспорте к месту постановки на воинский учет или избранному месту жительства в пределах Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z996" w:id="784"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z996" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицам, уволенным с воинской службы (за исключением уволенных со срочной воинской службы, в связи с прекращением гражданства Республики Казахстан, при отказе в специальной проверке, по отрицательным мотивам, по служебному несоответствию, выявленному по итогам аттестации), за счет бюджетных средств выплачиваются деньги за перевозку собственного имущества в пределах Республики Казахстан в размере одного месячного расчетного показателя на каждые 20 километров автомобильной дороги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z997" w:id="785"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z997" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действие настоящего пункта распространяется на лиц, уволенных с воинской службы после 13 июня 2017 года, за исключением военных резервистов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkEnd w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32004,288 +32651,288 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 50-1. Гарантии при исполнении гражданами Республики Казахстан обязанностей воинской службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1211" w:id="786"/>
+    <w:bookmarkStart w:name="z1211" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Граждане Республики Казахстан, выслужившие установленный срок срочной воинской службы, имеют право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z1212" w:id="787"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z1212" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на поступление в высшие военные, специальные учебные заведения на основе конкурсного отбора, проводимого в период прохождения срочной воинской службы в соответствии с правилами конкурсного отбора военнослужащих срочной воинской службы для получения образовательных льгот, в течение одного года со дня увольнения со срочной воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z1213" w:id="788"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z1213" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на поступление в организации высшего и (или) послевузовского образования по образовательным программам высшего образования на основе конкурсного отбора, проводимого в период прохождения срочной воинской службы в соответствии с правилами конкурсного отбора военнослужащих срочной воинской службы для получения образовательных льгот, в пределах квот, установленных законодательством Республики Казахстан, за исключением образовательных программ медицинского, фармацевтического и педагогического образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z1214" w:id="789"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z1214" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на приоритетное получение места в общежитии на время первого года обучения в государственных организациях высшего и (или) послевузовского образования или организациях высшего и (или) послевузовского образования, более пятидесяти процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству, или организациях высшего и (или) послевузовского образования, в которых размещен государственный образовательный заказ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z1215" w:id="790"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z1215" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) на поступление в организации высшего и (или) послевузовского образования без учета результатов единого национального тестирования и экзаменов на платной основе в течение двух лет со дня увольнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z1216" w:id="791"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z1216" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) на поступление в организации образования, реализующие образовательные программы технического и профессионального, послесреднего образования, в пределах квот, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z1217" w:id="792"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z1217" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) на продолжение обучения в течение академического периода, совпадающего с периодом увольнения с воинской службы, по индивидуальным учебным планам без потери образовательного гранта (ранее отказавшимся от предоставления отсрочки для продолжения образования и призвавшимся на воинскую службу по собственному желанию);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z1218" w:id="793"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z1218" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) на прекращение обязанности по отработке, связанной с обучением на основе государственного образовательного заказа и предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 47 Закона Республики Казахстан "Об образовании", без возмещения расходов, понесенных за счет бюджетных средств, связанных с обучением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkEnd w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действие подпунктов 4), 6) и 7) части первой настоящего пункта распространяется в том числе на офицеров запаса, выслуживших установленный срок воинской службы по призыву.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1219" w:id="794"/>
+    <w:bookmarkStart w:name="z1219" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Военнослужащим срочной воинской службы по договорам банковского займа и (или) договорам о предоставлении микрокредита на период, включающий срок прохождения срочной воинской службы и шестьдесят дней после его окончания, предоставляется отсрочка платежей по основному долгу и вознаграждению без начисления вознаграждения по займу и (или) микрокредиту в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z1220" w:id="795"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z1220" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. За гражданами, призванными на воинскую службу (за исключением призыва по мобилизации, при военном положении и в военное время) или воинские сборы, на период прохождения воинской службы по призыву или воинских сборов сохраняется место работы (должность).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkEnd w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гражданин, за которым на период прохождения воинской службы сохранялось место работы (должность), не позднее одного месяца со дня исключения из списков воинской части (учреждения) в связи с увольнением с воинской службы обязан приступить к своим трудовым обязанностям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -32359,606 +33006,606 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 51. Компенсации военнослужащим в случае гибели (смерти) или получения увечья</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z675" w:id="796"/>
+    <w:bookmarkStart w:name="z675" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В случае гибели (смерти) военнослужащего в период прохождения им воинской службы, военного резервиста в периоды нахождения на занятиях или сборах по боевой подготовке, сборах при кризисных ситуациях или военнообязанного, призванного на воинские сборы, при установлении ему инвалидности или в случае получения им увечья, связанного с исполнением обязанностей воинской службы, выплата единовременной компенсации производится в порядке, определяемом Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z684" w:id="797"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z684" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае гибели (смерти) военнослужащего в период прохождения воинской службы либо после увольнения с воинской службы вследствие увечья (ранения, травмы, контузии), заболевания, полученных в период прохождения воинской службы, наследникам военнослужащего производится выплата единовременной денежной компенсации в размере пятилетнего денежного содержания по последней занимаемой воинской должности, а наследникам военнослужащего срочной воинской службы, курсанта и кадета, военного резервиста в периоды нахождения на занятиях или сборах по боевой подготовке, сборах при кризисных ситуациях, военнообязанного, призванного на воинские сборы, – в размере 500 месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z515" w:id="798"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z515" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единовременная денежная компенсация по случаю гибели (смерти) военнослужащего выплачивается до истечения трех лет со дня наступления события и осуществляется независимо от ранее выплаченной единовременной денежной компенсации по случаю установления инвалидности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z1017" w:id="799"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z1017" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. В случае смерти военнослужащего семьи, перечисленные в подпункте 1) статьи 8 Закона Республики Казахстан "О ветеранах", имеют право на бесплатный проезд к месту погребения и обратно (но не более трех человек), а также к избранному месту жительства в течение шести месяцев со дня смерти военнослужащего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z685" w:id="800"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z685" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Единовременная денежная компенсация в случаях установления военнослужащему, проходящему воинскую службу по контракту, инвалидности в период прохождения им воинской службы или до истечения одного года со дня увольнения с воинской службы вследствие увечья (ранения, травмы, контузии), заболевания, полученных в период прохождения воинской службы, выплачивается в размерах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z686" w:id="801"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z686" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицу с инвалидностью первой группы – тридцатимесячного денежного содержания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z687" w:id="802"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z687" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) лицу с инвалидностью второй группы – восемнадцатимесячного денежного содержания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z688" w:id="803"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z688" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лицу с инвалидностью третьей группы – шестимесячного денежного содержания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z689" w:id="804"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z689" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае получения военнослужащими, проходящими воинскую службу по контракту, при исполнении обязанностей воинской службы тяжелого увечья (ранения, травмы, контузии), не повлекшего инвалидности, им выплачивается единовременная компенсация в размере полуторамесячного денежного содержания; легкого увечья – половины месячного денежного содержания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z690" w:id="805"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z690" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим срочной воинской службы, курсантам и кадетам, получающим стипендию, военным резервистам в периоды нахождения на занятиях или сборах по боевой подготовке, сборах при кризисных ситуациях и военнообязанным, призванным на воинские сборы, выплачиваются единовременные денежные компенсации в случаях, предусмотренных настоящим пунктом, в размере:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z691" w:id="806"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z691" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицу с инвалидностью первой группы – 250 месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z692" w:id="807"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z692" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) лицу с инвалидностью второй группы – 150 месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z693" w:id="808"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z693" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лицу с инвалидностью третьей группы – 50 месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z694" w:id="809"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z694" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) за тяжелое увечье – 12 месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z695" w:id="810"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z695" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) за легкое увечье – 4 месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z696" w:id="811"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z696" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Единовременная компенсация не выплачивается, если в установленном законодательством Республики Казахстан порядке доказано, что гибель (смерть) военнослужащего или полученное им увечье наступили:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z697" w:id="812"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z697" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в результате самоубийства, за исключением случаев доведения до самоубийства при наличии вступившего в законную силу приговора суда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z698" w:id="813"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z698" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при совершении уголовных или административных правонарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z699" w:id="814"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z699" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в результате употребления веществ, вызывающих состояние алкогольного, наркотического, психотропного, токсикоманического опьянения (их аналогов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z700" w:id="815"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z700" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в результате умышленного причинения себе какого-либо телесного повреждения (членовредительства) или иного вреда своему здоровью с целью получения единовременной компенсации или уклонения от воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z701" w:id="816"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z701" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в результате действий военнослужащего, нарушившего условия контракта о прохождении воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z1162" w:id="817"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z1162" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в результате действий военного резервиста, нарушившего условие контракта о прохождении воинской службы в резерве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z702" w:id="818"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z702" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Погребение военнослужащих, погибших при прохождении воинской службы или умерших в результате увечья (ранения, травмы, контузии), заболевания, полученных в результате исполнения обязанностей воинской службы, производится по месту воинской службы (сборов) или по желанию их родственников в другом месте. Все расходы, связанные с подготовкой к перевозке тела, перевозкой тела, погребением, изготовлением и установкой надгробного памятника, осуществляются за счет уполномоченного органа, в котором военнослужащие проходили воинскую службу (сборы), в размерах, установленных Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z703" w:id="819"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z703" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указанные в настоящем пункте положения распространяются на граждан, уволенных с воинской службы по достижении предельного возраста состояния на воинской службе, по состоянию здоровья или в связи с сокращением штатов, имеющих общую продолжительность воинской службы двадцать пять лет и более, а также на участников боевых действий и антитеррористических операций независимо от общей продолжительности воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z779" w:id="820"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z779" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В случае смерти получателя пенсионных выплат за выслугу лет из числа военнослужащих его семье либо лицу, осуществившему погребение, выплачивается единовременная выплата на погребение в размере трехмесячной пенсионной выплаты на момент смерти получателя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkEnd w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Членам семьи умерших получателей пенсионных выплат за выслугу лет из числа военнослужащих независимо от назначения пособия по случаю потери кормильца выплачиваются единовременные пособия: супруге (супругу) – в размере трехмесячной пенсии кормильца и на каждого нетрудоспособного члена семьи – в размере месячной пенсии кормильца, выплачивающейся ему ко дню смерти.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении размера единовременного пособия, предусмотренного настоящим пунктом, в число членов семьи, имеющих право на пособие, включаются: супруга (супруг) независимо от возраста и трудоспособности; дети, не достигшие восемнадцати лет или старше этого возраста, если им установлена инвалидность до достижения восемнадцатилетнего возраста или они являлись на день смерти кормильца учащимися очных учебных заведений и не достигли двадцатитрехлетнего возраста; состоящие на иждивении умершего родители, достигшие установленного законодательством пенсионного возраста либо являющиеся лицами с инвалидностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1062" w:id="821"/>
+    <w:bookmarkStart w:name="z1062" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Военнослужащим, уволенным с воинской службы по состоянию здоровья в результате увечья (ранения, травмы, контузии), полученного при исполнении обязанностей воинской службы, ежемесячно осуществляется денежная выплата в размере и порядке, определяемых Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkEnd w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33194,70 +33841,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 52. Социальное обеспечение членов семей военнослужащих</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z683" w:id="822"/>
+    <w:bookmarkStart w:name="z683" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Члены семей военнослужащих, проходящих воинскую службу по контракту, имеют право на получение медицинской помощи в военно-медицинских учреждениях (организациях, подразделениях). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkEnd w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оплата услуг военно-медицинских учреждений (организаций, подразделений) по оказанию медицинской помощи осуществляется фондом социального медицинского страхования: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33268,70 +33915,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в рамках гарантированного объема бесплатной медицинской помощи в соответствии с Кодексом Республики Казахстан "О здоровье народа и системе здравоохранения"; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в системе обязательного социального медицинского страхования в соответствии с Законом Республики Казахстан "Об обязательном социальном медицинском страховании".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z707" w:id="823"/>
+    <w:bookmarkStart w:name="z707" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Членам семей военнослужащих, за исключением членов семей курсантов, кадетов и военнослужащих по призыву, военных резервистов, постоянно совместно проживающим с ними, предоставляется право на проезд за счет бюджетных средств на железнодорожном, автомобильном и внутреннем водном транспорте в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkEnd w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перевода военнослужащего в другую местность, в том числе в составе воинской части (учреждения) или подразделения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33342,284 +33989,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направления военнослужащего уполномоченным органом на обучение с исключением из списков воинской части (учреждения) в военные, специальные учебные заведения, другие организации образования, реализующие программы послевузовского образования, в том числе иностранные учебные заведения, а также по окончании обучения, за исключением случаев отчисления по неуспеваемости, недисциплинированности, по другим отрицательным мотивам или по своей инициативе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       увольнения военнослужащего с воинской службы, за исключением увольнения в связи с утратой гражданства Республики Казахстан, при отказе в специальной проверке, по отрицательным мотивам, по служебному несоответствию, выявившемуся по итогам аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z708" w:id="824"/>
+    <w:bookmarkStart w:name="z708" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Детям военнослужащих, в том числе тех, которые погибли, умерли или пропали без вести во время прохождения службы, местные исполнительные органы предоставляют вне очереди места в детских дошкольных учреждениях по месту жительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-[...114 lines deleted...]
-    <w:bookmarkStart w:name="z1063" w:id="825"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z709" w:id="839"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дети военнослужащих, погибших или получивших инвалидность при исполнении обязанностей воинской службы, пропавших без вести во время прохождения службы, пользуются правом внеконкурсного зачисления в военные колледжи, специализированные организации образования с углубленной допризывной подготовкой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z1063" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае гибели (смерти) военнослужащего, проходящего воинскую службу по контракту, военнослужащего срочной службы, курсанта, кадета, военнообязанного, призванного на воинские сборы, военного резервиста, находящегося на занятиях или сборах по боевой подготовке и сборах при кризисных ситуациях, в результате увечья (ранения, травмы, контузии), полученного при исполнении обязанностей воинской службы, членам семьи погибшего (умершего) военнослужащего ежемесячно осуществляется денежная выплата в размере и порядке, определяемых Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z1064" w:id="826"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z1064" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ежемесячная денежная выплата производится детям (в том числе усыновленным, удочеренным, совместно проживающим пасынкам и падчерицам) до достижения ими совершеннолетнего возраста или до окончания учебного заведения очной формы в системе общего среднего, технического и профессионального, послесреднего образования, в системе высшего и (или) послевузовского образования в пределах, не превышающих двадцатитрехлетнего возраста, а также супруге (супругу) пожизненно независимо от выплаты пособий по потере кормильца, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Социальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z1164" w:id="827"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z1164" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае заключения повторного брака супруге (супругу) погибшего (умершего) военнослужащего, проходившего воинскую службу по контракту, военнослужащего срочной службы, курсанта, кадета, военнообязанного, призванного на воинские сборы, военного резервиста, находившегося на занятиях или сборах по боевой подготовке и сборах при кризисных ситуациях, в результате увечья (ранения, травмы, контузии), полученного при исполнении обязанностей воинской службы, ежемесячная денежная выплата прекращается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z1165" w:id="828"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z1165" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ежемесячная денежная выплата осуществляется со дня подачи заявления лицом, имеющим право на ее получение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkEnd w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33741,322 +34294,426 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 211-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z710" w:id="829"/>
+    <w:bookmarkStart w:name="z710" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9. ОТВЕТСТВЕННОСТЬ ВОЕННОСЛУЖАЩИХ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkEnd w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 53. Ответственность военнослужащих</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z705" w:id="830"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац первый пункта 1 предусматривается в редакции Закона РК от 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. За нарушения воинской дисциплины командир (начальник) применяет к военнослужащему следующие виды дисциплинарных взысканий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z713" w:id="831"/>
+    <w:bookmarkStart w:name="z713" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) замечание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z714" w:id="832"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z714" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выговор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z715" w:id="833"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z715" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) строгий выговор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z716" w:id="834"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z716" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) предупреждение о неполном служебном соответствии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z717" w:id="835"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z717" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) снижение в должности на одну ступень;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z718" w:id="836"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z718" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) снижение в воинском звании на одну ступень;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z719" w:id="837"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z719" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) увольнение с воинской службы по отрицательным мотивам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z720" w:id="838"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z720" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В отношении военнослужащих срочной воинской службы, курсантов и кадетов, кроме указанных в пункте 1 настоящей статьи, также применяются следующие виды дисциплинарных взысканий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z721" w:id="839"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z721" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лишение очередного увольнения из расположения воинской части или с корабля на берег;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z722" w:id="840"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z722" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) лишение нагрудного знака отличия Вооруженных Сил, других войск и воинских формирований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkEnd w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34085,110 +34742,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z724" w:id="841"/>
+    <w:bookmarkStart w:name="z724" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Увольнение с воинской службы по отрицательным мотивам не применяется в отношении военнослужащих, проходящих воинскую службу по призыву, за исключением увольнения с воинской службы по основаниям, предусмотренным подпунктами 1) и 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 26 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z725" w:id="842"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z725" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Привлечение военнослужащих к дисциплинарной ответственности производится в порядке, установленном общевоинскими уставами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkEnd w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34244,210 +34901,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 53-1. Материальная ответственность военнослужащих</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1051" w:id="843"/>
+    <w:bookmarkStart w:name="z1051" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Военнослужащие несут материальную ответственность только за причиненный по их вине материальный ущерб.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z1052" w:id="844"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z1052" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие, причинившие ущерб не при исполнении обязанностей воинской службы, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z1053" w:id="845"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z1053" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускается привлечение военнослужащих к материальной ответственности за материальный ущерб, причиненный вследствие непреодолимой силы и правомерных действий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z1054" w:id="846"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z1054" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. За материальный ущерб, причиненный по неосторожности при исполнении обязанностей воинской службы, несут материальную ответственность:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z1055" w:id="847"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z1055" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) военнослужащие, за исключением военнослужащих срочной воинской службы, курсантов и кадетов, военнообязанных, призванных на воинские сборы, военных резервистов, а также военнослужащие по призыву офицерского состава – в размере причиненного ими ущерба, но не более девятимесячного денежного содержания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z1056" w:id="848"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z1056" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) военнослужащие срочной воинской службы, курсанты и кадеты – в размере причиненного ими ущерба, но не более пятимесячного денежного довольствия (стипендий);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z1057" w:id="849"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z1057" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) военнообязанные, призванные на воинские сборы, военные резервисты, – в размере причиненного ими ущерба, но не более одной его месячной заработной платы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z1058" w:id="850"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z1058" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Военнослужащие несут полную материальную ответственность в случаях, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkEnd w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34523,70 +35180,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 54. Ответственность военнослужащих за преступления, проступки и иные правонарушения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z712" w:id="851"/>
+    <w:bookmarkStart w:name="z712" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащие за преступления, проступки и иные правонарушения несут уголовную, административную, гражданско-правовую и дисциплинарную ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkEnd w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действия (бездействие) военнослужащих могут быть обжалованы вышестоящим должностным лицам, в суд в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -34643,86 +35300,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z728" w:id="852"/>
+    <w:bookmarkStart w:name="z728" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 10. ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkEnd w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 55. Переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z727" w:id="853"/>
+    <w:bookmarkStart w:name="z727" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34777,543 +35434,543 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 44 и статьи </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которые вводятся в действие с 1 января 2013 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z731" w:id="854"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z731" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Военнослужащим, которым присвоены воинские звания до введения в действие настоящего Закона, сроки выслуги в данных воинских званиях исчисляются в соответствии с законодательством, действовавшим до введения в действие настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkEnd w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим, а также гражданам, пребывающим в запасе или находящимся в отставке, имеющим воинские звания "старшина", "главный корабельный старшина", "прапорщик", "мичман", "старший прапорщик", "старший мичман", присвоенные им до введения в действие настоящего Закона, сохраняются данные воинские звания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z732" w:id="855"/>
+    <w:bookmarkStart w:name="z732" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Военнослужащие, которым настоящим Законом изменены предельные возрасты состояния на воинской службе, вправе уволиться или уйти в отставку по достижении следующих предельных возрастов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z733" w:id="856"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z733" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) до подполковника (капитана второго ранга) включительно – сорока пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z734" w:id="857"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z734" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) полковники (капитаны первого ранга) – пятидесяти трех лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z735" w:id="858"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z735" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) полковники (капитаны первого ранга), которым воинское звание было присвоено до 21 июля 2005 года, – пятидесяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z736" w:id="859"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z736" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) генерал-майоры (контр-адмиралы) и генерал-лейтенанты (вице-адмиралы), которым воинское звание было присвоено до введения в действие настоящего Закона, – пятидесяти восьми лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z737" w:id="860"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z737" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) генерал-майоры (контр-адмиралы) и генерал-лейтенанты (вице-адмиралы), которым воинское звание было присвоено до 21 июля 2005 года, – пятидесяти пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z738" w:id="861"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z738" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) генерал-полковники (адмиралы), которым воинское звание было присвоено до введения в действие настоящего Закона, – шестидесяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkEnd w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае если таким военнослужащим присвоены очередные воинские звания после введения в действие настоящего Закона, то предельные возрасты состояния на воинской службе устанавливаются в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z780" w:id="862"/>
+    <w:bookmarkStart w:name="z780" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1. Военнослужащие, проходящие воинскую службу в воинских званиях "старшина", "главный корабельный старшина", "прапорщик", "мичман", "старший прапорщик", "старший мичман", проходят воинскую службу в порядке, определяемом Правилами прохождения воинской службы. Для названной категории военнослужащих предельным возрастом нахождения на воинской службе является возраст, установленный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 25 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z988" w:id="863"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z988" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-2. Военнослужащие, которым воинское звание "подполковник" присвоено со дня введения в действие настоящего Закона и до 1 января 2018 года, вправе уволиться или уйти в отставку по достижении ими предельного возраста – сорока семи лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z739" w:id="864"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z739" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контракты о прохождении воинской службы, заключенные до введения в действие настоящего Закона, прекращают свое действие по истечении срока в соответствии с законодательством, действовавшим до введения в действие настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkEnd w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Действие контрактов о прохождении воинской службы, заключенных до введения в действие настоящего Закона на срок до достижения предельного возраста состояния на воинской службе, распространяется до достижения военнослужащими предельных возрастов, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z740" w:id="865"/>
+    <w:bookmarkStart w:name="z740" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жилищные выплаты производятся военнослужащим, проходящим воинскую службу по контракту (за исключением курсантов и кадетов, военнообязанных, призванных на воинские сборы, военных резервистов, находившихся на занятиях или сборах по боевой подготовке и сборах при кризисных ситуациях), нуждающимся в жилище, по их рапорту в соответствии с правилами жилищного обеспечения сотрудника правоохранительного, специального государственного органа, органа гражданской защиты и военнослужащего, утвержденными Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z742" w:id="866"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z742" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Лица, состоявшие на воинской службе двадцать и более лет в календарном исчислении и проживающие в служебном жилище, которое не подлежит приватизации, в том числе вследствие его нахождения на территории закрытых и обособленных военных городков, пограничных отделений и иных закрытых объектов, и уволенные с воинской службы до 1 января 2018 года по достижении предельного возраста состояния на воинской службе, по состоянию здоровья или в связи с сокращением штатов, имеют право на получение денежной компенсации в соответствии с Правилами осуществления денежной компенсации, утвержденными Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z1059" w:id="867"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z1059" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае гибели (смерти) лица, указанного в настоящем пункте, право на получение денежной компенсации переходит к членам семьи погибшего (умершего).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkEnd w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6-1. На лиц, состоявших на воинской службе десять и более лет, но менее двадцати лет в календарном исчислении, и проживающих в служебном жилище, которое не подлежит приватизации, в том числе вследствие его нахождения на территории закрытых и обособленных военных городков, пограничных отделений и иных закрытых объектов, и уволенных с воинской службы до 1 января 2018 года по достижении предельного возраста состояния на воинской службе, по состоянию здоровья или в связи с сокращением штатов, распространяется порядок обмена жилищами из государственного жилищного фонда, установленный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О жилищных отношениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1060" w:id="868"/>
+    <w:bookmarkStart w:name="z1060" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае гибели (смерти) лица, указанного в настоящем пункте, право на обмен жилища переходит к членам семьи погибшего (умершего).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z743" w:id="869"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z743" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Лица, состоявшие на воинской службе двадцать и более лет в календарном исчислении, не обеспеченные при увольнении служебным жилищем и ранее не реализовавшие право приватизации жилища, уволенные с воинской службы в период с 1 января 2013 года до 1 января 2018 года по достижении предельного возраста состояния на воинской службе, по состоянию здоровья или в связи с сокращением штатов, имеют право на получение денежной компенсации в соответствии с Правилами осуществления денежной компенсации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z1061" w:id="870"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z1061" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае гибели (смерти) лица, указанного в настоящем пункте, право на получение денежной компенсации переходит к членам семьи погибшего (умершего).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkEnd w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35342,171 +35999,171 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z753" w:id="871"/>
+    <w:bookmarkStart w:name="z753" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Гражданам, впервые поступившим на воинскую службу по контракту на воинские должности рядового и сержантского составов до 1 января 2013 года, выплачивается единовременное денежное вознаграждение в зависимости от срока заключаемого контракта в следующих размерах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z754" w:id="872"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z754" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 3 года – в размере 1 должностного оклада;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z755" w:id="873"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z755" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 5 лет – в размере 10 должностных окладов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z756" w:id="874"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z756" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 10 лет – в размере 20 должностных окладов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z757" w:id="875"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z757" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выплата указанных денежных вознаграждений производится не позднее трех месяцев со дня заключения контракта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z758" w:id="876"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z758" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полученное единовременное денежное вознаграждение подлежит возврату:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z759" w:id="877"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z759" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) при увольнении с воинской службы до истечения срока контракта о прохождении воинской службы в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35541,212 +36198,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 26 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z760" w:id="878"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z760" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) если в установленном законодательством Республики Казахстан порядке доказано, что ранение, контузия, травма, увечье или заболевание, несовместимые с дальнейшим прохождением воинской службы, наступили при совершении военнослужащим противоправных действий или по причине алкогольного, наркотического, токсического опьянения или причинения себе какого-либо телесного повреждения (членовредительства) или иного вреда своему здоровью с целью уклонения от воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z761" w:id="879"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z761" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Возврат выплаченного единовременного денежного вознаграждения производится в государственный орган, в котором военнослужащий проходил воинскую службу, в месячный срок со дня его увольнения с воинской службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z762" w:id="880"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z762" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае гибели (смерти), получения ранения, контузии, травмы, увечья или заболевания, несовместимых с дальнейшим прохождением воинской службы, в период прохождения военнослужащим воинской службы возврат единовременного денежного вознаграждения не производится.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z1166" w:id="881"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z1166" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9-1. Действие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 52 настоящего Закона распространяется в том числе на лиц, которые на 1 января 2022 года являлись вдовами (вдовцами) и детьми погибших (умерших) военнослужащих, проходивших воинскую службу по контракту, военнослужащих срочной службы, курсантов, кадетов, военнообязанных, призванных на воинские сборы, военных резервистов, находившихся на занятиях или сборах по боевой подготовке и сборах при кризисных ситуациях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z763" w:id="882"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z763" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Признать утратившими силу с момента введения в действие настоящего Закона:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z764" w:id="883"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z764" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 20 января 1993 года "О статусе и социальной защите военнослужащих и членов их семей" (Ведомости Верховного Совета Республики Казахстан, 1993 г., № 2, ст. 32; № 18, ст. 429; 1995 г., № 20, ст. 120; № 22, ст. 133; Ведомости Парламента Республики Казахстан, 1997 г., № 7, ст. 79; 1999 г., № 8, ст. 247; № 23, ст. 920; 2001 г., № 20, ст. 257; 2003 г., № 15, ст. 135; 2004 г., № 23, ст. 142; 2007 г., № 9, ст. 67; № 10, ст. 69; № 20, ст. 152; 2009 г., № 2-3, ст. 8; 2011 г., № 1, ст. 7; № 16, ст. 129);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z765" w:id="884"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z765" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35761,51 +36418,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 8 июля 2005 года "О воинской обязанности и воинской службе" (Ведомости Парламента Республики Казахстан, 2005 г., № 14, ст. 60; 2007 г., № 9, ст. 67; № 20, ст. 152; 2008 г., № 6-7, ст. 27; 2010 г., № 10, ст. 48; № 24, ст. 151; 2011 г., № 1, ст. 7; № 17, ст. 136; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 9 ноября 2011 года "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам совершенствования правоохранительной деятельности и дальнейшей гуманизации уголовного законодательства", опубликованный в газетах "Егемен Қазақстан" 15, 16 ноября 2011 г. и "Казахстанская правда" 15, 16 и 19 ноября 2011 г.).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkEnd w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36201,55 +36858,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>