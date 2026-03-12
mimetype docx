--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f25177f" w14:textId="f25177f">
+    <w:p w14:paraId="13bbfad" w14:textId="13bbfad">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8698,394 +8698,485 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>      Примечание ИЗПИ!</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15-1. Постпроектный анализ на соответствие требованиям класса энергоэффективности зданий, строений и сооружений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z355" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Постпроектный анализ на соответствие требованиям класса энергоэффективности зданий, строений и сооружений (далее – постпроектный анализ) проводится в целях подтверждения соответствия реализованной деятельности по проектам строительства новых зданий, строений и сооружений или изменения (расширения, модернизации, технического перевооружения, реконструкции, капитального ремонта) существующих зданий, строений и сооружений в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z356" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Постпроектный анализ проводится в течение восемнадцати месяцев после ввода в эксплуатацию соответствующего здания, строения и сооружения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z357" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Не позднее срока, указанного в пункте 2 настоящей статьи, подготавливается заключение по результатам постпроектного анализа, в котором делается вывод о соответствии или несоответствии реализованной деятельности по проектам строительства новых зданий, строений и сооружений или изменения (расширения, модернизации, технического перевооружения, реконструкции, капитального ремонта) существующих зданий, строений и сооружений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z358" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случае выявления по итогам постпроектного анализа несоответствия требованиям класса энергоэффективности зданий, строений и сооружений заказчику и застройщику соответствующего здания, строения и сооружения направляется заключение для устранения ими такого несоответствия в течение срока, определенного гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 15-1 в соответствии с Законом РК от 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Энергоаудит</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="208"/>
+    <w:bookmarkStart w:name="z200" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Исключен Законом РК от 30.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 130-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z201" w:id="209"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z201" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Энергоаудит осуществляется за счет средств обратившегося лица на основании договора, заключенного в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z202" w:id="210"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z202" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. По результатам энергоаудита или экспресс-энергоаудита составляется заключение по энергосбережению и повышению энергоэффективности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам целевого энергоаудита составляется технический отчет по энергосбережению и повышению энергоэффективности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z312" w:id="211"/>
+    <w:bookmarkStart w:name="z312" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Субъекты Государственного энергетического реестра, за исключением государственных учреждений, разрабатывают и утверждают план мероприятий по энергосбережению и повышению энергоэффективности по итогам проведенного энергоаудита или экспресс-энергоаудита. План мероприятий по энергосбережению и повышению энергоэффективности разрабатывается и утверждается в течение шести месяцев со дня получения заключения по энергосбережению и повышению энергоэффективности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z204" w:id="212"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z204" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Субъекты Государственного энергетического реестра, потребляющие энергетические ресурсы в объеме, эквивалентном тысяче пятистам и более тонн условного топлива в год, за исключением государственных учреждений, проходят обязательный энергоаудит не реже одного раза каждые пять лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z313" w:id="213"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z313" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Субъекты Государственного энергетического реестра, потребляющие энергетические ресурсы в объеме, эквивалентном тысяче пятистам и более тонн условного топлива в год, за исключением государственных учреждений, вправе провести экспресс-энергоаудит взамен обязательного энергоаудита при одновременном соблюдении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z314" w:id="214"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z314" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие предыдущего заключения по энергосбережению и повышению энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z315" w:id="215"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z315" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) достижение потенциала энергосбережения в объеме не менее пяти процентов в течение последних пяти лет за счет выполнения плана мероприятий по энергосбережению и повышению энергоэффективности и (или) снижение ими удельного энергопотребления на единицу продукции в объеме не менее пяти процентов в течение пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z316" w:id="216"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z316" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие сертификата соответствия системы энергоменеджмента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z205" w:id="217"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z205" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Субъекты Государственного энергетического реестра, за исключением государственных учреждений, обязаны в течение четырех лет, а осуществляющие производство, заготовку, хранение, транспортировку, переработку и реализацию продукции сельского, рыбного хозяйства, – в течение шести лет со дня введения в действие настоящего Закона получить заключение по результатам проведения энергоаудита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9114,270 +9205,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="218"/>
+    <w:bookmarkStart w:name="z49" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Энергоаудиторским организациям или энергоаудиторам, являющимся индивидуальными предпринимателями, запрещается проведение энергоаудита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z339" w:id="219"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z339" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       обратившегося лица, чьим участником, кредитором являются энергоаудиторские организации и их работники или энергоаудиторы, являющиеся индивидуальными предпринимателями; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z340" w:id="220"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z340" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       работники которых, осуществляющие энергоаудит (энергоаудиторы), состоят в трудовых отношениях с обратившимся лицом или являются близкими родственниками (родителями, детьми, усыновителями (удочерителями), усыновленными (удочеренными), полнородными и неполнородными братьями и сестрами, дедушками, бабушками, внуками) или супругом (супругой), или свойственниками должностных лиц обратившегося лица, а также акционера (участника), владеющего десятью и более процентами акций (или долями участия в уставном капитале) обратившегося лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z341" w:id="221"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z341" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в случаях, когда голосующие акции (доли участия в уставном капитале) энергоаудиторской организации прямо или косвенно принадлежат обратившемуся лицу. Косвенная принадлежность означает принадлежность каждому последующему аффилированному лицу акций (доли участия в уставном капитале) иного юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z342" w:id="222"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z342" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       работники которых, осуществляющие энергоаудит (энергоаудиторы), имеют личные имущественные интересы в обратившемся лице;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z343" w:id="223"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z343" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       если у энергоаудиторской организации и их работников, энергоаудиторов, являющихся индивидуальными предпринимателями, имеются денежные обязательства перед обратившимся лицом или у обратившегося лица перед ними, за исключением обязательств по проведению энергоаудита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z317" w:id="224"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z317" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Субъекты Государственного энергетического реестра не проводят обязательный энергоаудит в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z318" w:id="225"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z318" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) потребления энергетических ресурсов в объеме, эквивалентном менее тысячи пятисот тонн условного топлива в год; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z319" w:id="226"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z319" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствия на балансе объекта (объектов) потребления энергетических ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z320" w:id="227"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z320" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) потребления энергетических ресурсов только в целях эксплуатации транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z321" w:id="228"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z321" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) если являются объектом историко-культурного наследия или культовым зданием, строением и сооружением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9496,297 +9587,297 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="229"/>
+    <w:bookmarkStart w:name="z206" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. ГОСУДАРСТВЕННАЯ ПОДДЕРЖКА В ОБЛАСТИ ЭНЕРГОСБЕРЕЖЕНИЯ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>И ПОВЫШЕНИЯ ЭНЕРГОЭФФЕКТИВНОСТИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Направления государственной поддержки в области энергосбережения и повышения энергоэффективности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="230"/>
+    <w:bookmarkStart w:name="z208" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственная поддержка в области энергосбережения и повышения энергоэффективности осуществляется по следующим направлениям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z209" w:id="231"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z209" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) стимулирование использования энергосберегающего оборудования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z210" w:id="232"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z210" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) содействие в осуществлении образовательной деятельности и информационной поддержки мероприятий в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z211" w:id="233"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z211" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) реализация комплексного плана повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z212" w:id="234"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z212" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведение научно-исследовательских работ в области энергосбережения и повышения энергоэффективности, в том числе финансирование разработки и развития методической и нормативной правовой базы в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z213" w:id="235"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z213" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) утилизация ртутьсодержащих энергосберегающих ламп, бывших в употреблении у населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z214" w:id="236"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z214" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) создание учебных центров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z215" w:id="237"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z215" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) оказание помощи собственникам жилых домов (жилых зданий), жилых помещений (квартир) на оплату мероприятий, направленных на обеспечение энергосбережения и повышение энергоэффективности в соответствии с законодательством Республики Казахстан о жилищных отношениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z247" w:id="238"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z247" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) содействие в реализации проектов в рамках энергосервисных договоров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z248" w:id="239"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z248" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) содействие в реализации проектов в рамках карты энергоэффективности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9842,130 +9933,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Соглашение в области энергосбережения и повышения энергоэффективности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="240"/>
+    <w:bookmarkStart w:name="z217" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Соглашение в области энергосбережения и повышения энергоэффективности заключается на добровольной основе между уполномоченным органом, местным исполнительным органом области, города республиканского значения, столицы и субъектом Государственного энергетического реестра, потребляющим энергетические ресурсы в объеме сто тысяч и более тонн условного топлива в год (далее - Соглашение).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z218" w:id="241"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z218" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основанием заключения Соглашения является заявление субъекта Государственного энергетического реестра, потребляющего энергетические ресурсы в объеме сто тысяч и более тонн условного топлива в год, в местный исполнительный орган области, города республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z219" w:id="242"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z219" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предметом Соглашения является принятие субъектом Государственного энергетического реестра обязательств по снижению им удельного энергопотребления на единицу продукции в объеме не менее чем на пятнадцать процентов в течение пяти лет за счет выполнения плана мероприятий по энергосбережению и повышению энергоэффективности. Соглашение заключается на срок не менее пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z220" w:id="243"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z220" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Прекращение действия Соглашения осуществляется в соответствии с нормами гражданского законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10001,108 +10092,108 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18-1. Энергосервисный договор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="244"/>
+    <w:bookmarkStart w:name="z51" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях энергосбережения и повышения энергоэффективности используемых энергетических ресурсов физическими и юридическими лицами, в том числе государственными учреждениями и субъектами квазигосударственного сектора, могут заключаться энергосервисные договоры с энергосервисными компаниями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные учреждения заключают энергосервисные договоры в соответствии с типовым энергосервисным договором для государственных учреждений на срок не более шести лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="245"/>
+    <w:bookmarkStart w:name="z52" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Энергосервисный договор должен содержать условия: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о величине экономии энергетических ресурсов, которая должна быть обеспечена энергосервисной компанией в результате исполнения энергосервисного договора;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10131,70 +10222,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) об оплате работ за счет средств, получаемых от ежегодной экономии используемых энергоресурсов. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Цена по энергосервисному договору должна определяться исходя из достигнутых либо запланированных к достижению в результате реализации энергосервисного договора показателей, в том числе исходя из стоимости сэкономленных энергетических ресурсов или из экономии энергетических ресурсов, образующихся за счет снижения удельного энергопотребления на единицу продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="246"/>
+    <w:bookmarkStart w:name="z133" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Энергосервисный договор может содержать условие об обязанности энергосервисной компании обеспечивать при исполнении энергосервисного договора согласованных сторонами режима, условий потребления (использования) энергетических ресурсов (включая температурный режим, уровень освещенности, другие характеристики, соответствующие требованиям в области организации труда, содержания зданий, строений, сооружений), режима, условий производства, передачи энергетических ресурсов и иных согласованных условий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10250,130 +10341,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Информационное обеспечение деятельности по энергосбережению и повышению энергоэффективности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="247"/>
+    <w:bookmarkStart w:name="z222" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационное обеспечение деятельности по энергосбережению и повышению энергоэффективности осуществляется центральными и местными исполнительными органами и субъектами квазигосударственного сектора регулярно путем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z223" w:id="248"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z223" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пропаганды эффективного использования энергетических ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z224" w:id="249"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z224" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) координации работ по созданию демонстрационных проектов высокой энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z225" w:id="250"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z225" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) содействия в организации выставок энергосберегающих материалов и оборудования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10392,643 +10483,597 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="251"/>
+    <w:bookmarkStart w:name="z226" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ПРАВА И ОБЯЗАННОСТИ СУБЪЕКТОВ В ОБЛАСТИ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ЭНЕРГОСБЕРЕЖЕНИЯ И ПОВЫШЕНИЯ ЭНЕРГОЭФФЕКТИВНОСТИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Национальный институт развития в области энергосбережения и повышения энергоэффективности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z228" w:id="252"/>
+    <w:bookmarkStart w:name="z228" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный институт развития в области энергосбережения и повышения энергоэффективности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z229" w:id="253"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z229" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирует и ведет Государственный энергетический реестр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z230" w:id="254"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z230" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) формирует и ведет карту энергоэффективности, осуществляет отбор и включение проектов в карту энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z231" w:id="255"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z231" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) передает в уполномоченный орган информацию о субъектах Государственного энергетического реестра, уклоняющихся от предоставления информации или предоставляющих недостоверную информацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z232" w:id="256"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z232" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) запрашивает и получает информацию, необходимую для формирования и ведения Государственного энергетического реестра, от субъектов Государственного энергетического реестра, субъектов предпринимательства, осуществляющих деятельность в области энергосбережения и повышения энергоэффективности, энергоаудиторов, являющихся индивидуальными предпринимателями, а также от энергосервисных компаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z233" w:id="257"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z233" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) вносит в уполномоченный орган предложения по формированию и ведению Государственного энергетического реестра и карты энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z234" w:id="258"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z234" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) проводит оценку и анализ эффективности планов мероприятий по энергосбережению и повышению энергоэффективности, оценку и анализ эффективности мероприятий по энергосбережению и повышению энергоэффективности, осуществляемых субъектами Государственного энергетического реестра, анализ потребления энергетических ресурсов субъектов Государственного энергетического реестра, сравнительный анализ с предыдущим годом, аналитическое исследование по энергоемкости внутреннего валового продукта и эффективности использования энергетических ресурсов в Республике Казахстан, анализ по удельным расходам и нормативам энергопотребления субъектов Государственного энергетического реестра, анализ практической реализации настоящего Закона, дает рекомендации по реализации государственной политики в области энергосбережения и повышения энергоэффективности и предоставляет сводную информацию уполномоченному органу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z322" w:id="259"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z322" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) проводит мониторинг энергопотребления государственных учреждений и размещает на своем интернет-ресурсе отчет по итогам проведения мониторинга энергопотребления государственных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z323" w:id="260"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z323" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-2) содействует уполномоченному органу при проведении мониторинга государственных закупок и закупок товаров, работ, услуг в области энергосбережения и повышения энергоэффективности и в подготовке рекомендаций по актуализации перечня товаров, работ, услуг, на которые распространяются требования по энергоэффективности при осуществлении государственных закупок и закупок товаров, работ, услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z359" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) осуществляет постпроектный анализ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z235" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) проводит анализ заключений по энергосбережению и повышению энергоэффективности и предоставляет информацию уполномоченному органу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z236" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оказывает информационные, аналитические и консультационные услуги в области энергосбережения и повышения энергоэффективности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z249" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сотрудничает с международными организациями с целью привлечения информационных, образовательных и финансовых ресурсов для стимулирования развития энергосбережения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z268" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) выдает экспертные заключения и (или) рекомендации в области энергосбережения и повышения энергоэффективности уполномоченному органу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z353" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осуществление иных функций, предусмотренных настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 20 в редакции Закона РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 407-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 30.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 130-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026); от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...304 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Права и обязанности субъектов в области энергосбережения и повышения энергоэффективности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="266"/>
+    <w:bookmarkStart w:name="z238" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Субъекты в области энергосбережения и повышения энергоэффективности, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11083,331 +11128,331 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z239" w:id="267"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z239" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вносить в государственные органы предложения по обеспечению энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z240" w:id="268"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z240" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получать информацию от уполномоченного органа по вопросам энергосбережения и повышения энергоэффективности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z134" w:id="269"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z134" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Индивидуальные предприниматели и юридические лица вправе заключать энергосервисные договоры с энергосервисными компаниями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z241" w:id="270"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z241" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Индивидуальные предприниматели и юридические лица обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z242" w:id="271"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z242" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать нормативные значения коэффициента мощности в электрических сетях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z243" w:id="272"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z243" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не превышать нормативы энергопотребления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z244" w:id="273"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z244" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при осуществлении производства и (или) передачи энергетических ресурсов, воды не допускать их прямых потерь, вызванных неисправностью оборудования, арматуры, эксплуатацией трубопроводов без их теплоизоляции или несоблюдением режима работы энергопотребляющего оборудования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z324" w:id="274"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z324" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Заказчики, определенные настоящим Законом, обязаны осуществлять государственные закупки и закупки товаров, работ, услуг в соответствии с требованиями по энергоэффективности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z245" w:id="275"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z245" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Субъекты Государственного энергетического реестра обязаны предоставлять информацию, указанную в статье 9 настоящего Закона, и, за исключением государственных учреждений, обеспечивать ежегодное снижение объема потребления энергетических ресурсов и воды на единицу продукции, площади зданий, строений и сооружений до величин, определенных по итогам энергоаудита, в течение пяти лет после прохождения энергоаудита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z325" w:id="276"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z325" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом государственные учреждения, не имеющие на праве собственности недвижимое имущество, освобождаются от предоставления информации, указанной в пункте 1-1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z326" w:id="277"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z326" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Субъекты Государственного энергетического реестра, потребляющие энергетические ресурсы в объеме, эквивалентном тысяче пятистам и более тонн условного топлива в год, обязаны назначить ответственное лицо по энергосбережению и повышению энергоэффективности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z327" w:id="278"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z327" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-2. Субъекты Государственного энергетического реестра, потребляющие энергетические ресурсы в объеме, эквивалентном пятидесяти тысячам и более тонн условного топлива в год, обязаны обеспечить достижение целевых индикаторов по энергоэффективности, установленных уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z246" w:id="279"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z246" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Энергоаудиторские организации и энергоаудиторы, являющиеся индивидуальными предпринимателями, обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать порядок проведения энергоаудита, установленный законодательством Республики Казахстан об энергосбережении и повышении энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11462,70 +11507,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z250" w:id="280"/>
+    <w:bookmarkStart w:name="z250" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учебные центры обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать порядок деятельности учебных центров, установленный законодательством Республики Казахстан об энергосбережении и повышении энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11664,142 +11709,142 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z251" w:id="281"/>
+    <w:bookmarkStart w:name="z251" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Ответственность за нарушение законодательства Республики Казахстан об энергосбережении и повышении энергоэффективности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="282"/>
+    <w:bookmarkStart w:name="z253" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан об энергосбережении и повышении энергоэффективности влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Обжалование действий (бездействия) должностного лица уполномоченного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z255" w:id="283"/>
+    <w:bookmarkStart w:name="z255" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Физические и (или) юридические лица вправе обжаловать действия (бездействие) должностного лица уполномоченного органа в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11835,70 +11880,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23-1. Переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z329" w:id="284"/>
+    <w:bookmarkStart w:name="z329" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергоаудитор, имеющий аттестат энергоаудитора в области энергосбережения и повышения энергоэффективности, вправе пройти подтверждение соответствия энергоаудитора по истечении шести месяцев со дня принятия национальных стандартов в области энергосбережения и повышения энергоэффективности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11934,70 +11979,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z257" w:id="285"/>
+    <w:bookmarkStart w:name="z257" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон вводится в действие по истечении шести месяцев после его первого официального опубликования, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12206,146 +12251,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подпункта 5) пункта 1 статьи 13, который вводится в действие с 1 января 2014 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z265" w:id="286"/>
+    <w:bookmarkStart w:name="z265" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пунктов 1 и 9 статьи 15, которые вводятся в действие с 1 января 2013 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пункта 3 статьи 21, который вводится в действие с 1 января 2013 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z267" w:id="287"/>
+    <w:bookmarkStart w:name="z267" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 25 декабря 1997 года "Об энергосбережении" (Ведомости Парламента Республики Казахстан, 1997 г., № 24, ст. 343; 2004 г., № 23, ст. 142; 2006 г., № 1, ст. 5; 2009 г., № 13-14, ст. 62; 2010 г., № 5, ст. 23; 2011 г., № 1, ст. 2; № 11, ст. 102).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -12539,55 +12584,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>