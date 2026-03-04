--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5ac5ce7" w14:textId="5ac5ce7">
+    <w:p w14:paraId="0b76440" w14:textId="0b76440">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4337,370 +4337,398 @@
         <w:t>
       8) уполномоченный орган в области связи – центральный исполнительный орган, осуществляющий формирование, развитие и обеспечение безопасности инфраструктуры связи Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:bookmarkStart w:name="z376" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) уполномоченный орган в области масс-медиа – центральный исполнительный орган, осуществляющий государственное регулирование в области масс-медиа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z377" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 8-2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-2) уполномоченный орган в сфере информатизации – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере информатизации и "электронного правительства";</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 9) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) уполномоченный орган в сфере обеспечения информационной безопасности разрабатывает правовые, административные и иные меры по обеспечению информационной безопасности, осуществляет контроль их реализации и соблюдения, а также межведомственную координацию деятельности по обеспечению информационной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уполномоченный орган в области охраны окружающей среды – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию по вопросам разработки и реализации государственной политики в области охраны окружающей среды и природопользования;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z142" w:id="151"/>
-[...15 lines deleted...]
-      9) уполномоченный орган в сфере обеспечения информационной безопасности разрабатывает правовые, административные и иные меры по обеспечению информационной безопасности, осуществляет контроль их реализации и соблюдения, а также межведомственную координацию деятельности по обеспечению информационной безопасности;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) уполномоченный орган в сфере государственного планирования – центральный исполнительный орган, осуществляющий формирование основных приоритетов социально-экономического развития Республики Казахстан, государственной политики в сфере мобилизационной подготовки и мобилизации, обеспечивающий регулирование и развитие внутренней и внешней торговли, а также межведомственную координацию деятельности по обеспечению экономической безопасности в пределах установленной законодательством компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z143" w:id="152"/>
-[...15 lines deleted...]
-      10) уполномоченный орган в области охраны окружающей среды – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию по вопросам разработки и реализации государственной политики в области охраны окружающей среды и природопользования;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) уполномоченный орган в области развития агропромышленного комплекса – центральный исполнительный орган, осуществляющий государственное регулирование в области развития агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z144" w:id="153"/>
-[...15 lines deleted...]
-      11) уполномоченный орган в сфере государственного планирования – центральный исполнительный орган, осуществляющий формирование основных приоритетов социально-экономического развития Республики Казахстан, государственной политики в сфере мобилизационной подготовки и мобилизации, обеспечивающий регулирование и развитие внутренней и внешней торговли, а также межведомственную координацию деятельности по обеспечению экономической безопасности в пределах установленной законодательством компетенции;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) уполномоченный орган в сфере транспорта и коммуникаций – центральный исполнительный орган, осуществляющий руководство транспортно-коммуникационной отраслью, а также в пределах, предусмотренных законодательством, межотраслевую координацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z145" w:id="154"/>
-[...15 lines deleted...]
-      12) уполномоченный орган в области развития агропромышленного комплекса – центральный исполнительный орган, осуществляющий государственное регулирование в области развития агропромышленного комплекса;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) уполномоченный орган в области финансов – центральный исполнительный орган, обеспечивающий соблюдение налогового, таможенного и бюджетного законодательства Республики Казахстан, рациональное использование и сохранность государственного имущества, межведомственную координацию деятельности по обеспечению экономической и финансовой безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z146" w:id="155"/>
-[...15 lines deleted...]
-      13) уполномоченный орган в сфере транспорта и коммуникаций – центральный исполнительный орган, осуществляющий руководство транспортно-коммуникационной отраслью, а также в пределах, предусмотренных законодательством, межотраслевую координацию;</w:t>
+    <w:bookmarkStart w:name="z397" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1) уполномоченный орган в области финансового мониторинга – государственный орган, осуществляющий финансовый мониторинг и принимающий меры по противодействию легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма, межведомственную координацию деятельности по обеспечению экономической и финансовой безопасности, а также осуществляющий предупреждение, выявление, пресечение, раскрытие и расследование преступных и иных противоправных посягательств на права человека и гражданина, интересы общества и государства в сфере экономической и финансовой деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:p>
-[...198 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z148" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) уполномоченный орган в области индустриального развития – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию по вопросам разработки и реализации государственной политики в сфере индустриального развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
     <w:bookmarkStart w:name="z374" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5642,51 +5670,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 196-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z170" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9031,1678 +9079,2074 @@
         <w:t>
       6) недопущение информационного воздействия на общественное и индивидуальное сознание, связанного с преднамеренным искажением и распространением недостоверной информации в ущерб национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
     <w:bookmarkStart w:name="z307" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) обнаружение и дезорганизацию механизмов скрытого информационного влияния на процесс выработки и принятия государственных решений в ущерб национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z308" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 8) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) поддержание и развитие эффективной системы защиты информационных ресурсов, информационных систем и инфраструктуры связи, в которых циркулируют сведения, составляющие государственную, коммерческую и иную защищаемую законом тайну.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В Республике Казахстан создается и укрепляется национальная система обеспечения информационной безопасности, в том числе государственных электронных информационных ресурсов, информационных систем, информационно-коммуникационной инфраструктуры и критически важных объектов информационно-коммуникационной инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z310" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В целях защиты национальных интересов и недопущения информационной изоляции Республики Казахстан государственные уполномоченные органы с соблюдением гарантий, предоставляемых инвесторам, осуществляют контроль за деятельностью организаций, осуществляющих управление и эксплуатацию магистральных линий связи, а также сетей связи, находящихся в управлении или собственности организаций с иностранным участием, в порядке, определенном законодательством.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z309" w:id="325"/>
-[...15 lines deleted...]
-      2. В Республике Казахстан создается и укрепляется национальная система обеспечения информационной безопасности, в том числе государственных электронных информационных ресурсов, информационных систем, информационно-коммуникационной инфраструктуры и критически важных объектов информационно-коммуникационной инфраструктуры.</w:t>
+    <w:bookmarkStart w:name="z311" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Физические и юридические лица при принятии решений по вопросам строительства, эксплуатации и развития сетей связи должны руководствоваться требованиями соблюдения национальной безопасности, которые определяются уполномоченным органом в области связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z310" w:id="326"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z312" w:id="328"/>
+    <w:bookmarkStart w:name="z312" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При проведении антитеррористических операций и пресечении массовых беспорядков по решению руководителя оперативного штаба владельцам сетей и операторам связи могут даваться обязательные для исполнения указания о приостановлении оказания услуг связи физическим и (или) юридическим лицам и (или) ограничении использования сети и средств связи, а также изменении режима работы сетей и средств связи в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 41-1 Закона Республики Казахстан "О связи".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z313" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Не допускается принятие решений и совершение действий, противоречащих национальным интересам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z314" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирования и бесперебойного функционирования информационного пространства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z313" w:id="329"/>
-[...15 lines deleted...]
-      5. Не допускается принятие решений и совершение действий, противоречащих национальным интересам:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вхождения Казахстана в мировую систему связи и информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечения и повышения уровня защиты информационных ресурсов, информационных систем и инфраструктуры связи Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z317" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Запрещается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z314" w:id="330"/>
-[...15 lines deleted...]
-      1) формирования и бесперебойного функционирования информационного пространства Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z318" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) распространение на территории Республики Казахстан печатной продукции и продукции иностранного средства массовой информации, содержание которых подрывает национальную безопасность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z315" w:id="331"/>
-[...15 lines deleted...]
-      2) вхождения Казахстана в мировую систему связи и информатизации;</w:t>
+    <w:bookmarkStart w:name="z319" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разглашение государственных секретов и иной защищаемой законом тайны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z316" w:id="332"/>
-[...15 lines deleted...]
-      3) обеспечения и повышения уровня защиты информационных ресурсов, информационных систем и инфраструктуры связи Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z320" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иностранным физическим и юридическим лицам, а также лицам без гражданства прямо и (или) косвенно владеть, пользоваться, распоряжаться и (или) управлять более 20 процентами акций (долей, паев) юридического лица – собственника средства массовой информации в Республике Казахстан или осуществляющего деятельность в этой сфере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z317" w:id="333"/>
-[...15 lines deleted...]
-      6. Запрещается:</w:t>
+    <w:bookmarkStart w:name="z321" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) управление или эксплуатация магистральными линиями связи иностранцами, лицами без гражданства и иностранными юридическими лицами без создания юридического лица на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z318" w:id="334"/>
-[...15 lines deleted...]
-      1) распространение на территории Республики Казахстан печатной продукции и продукции иностранного средства массовой информации, содержание которых подрывает национальную безопасность;</w:t>
+    <w:bookmarkStart w:name="z322" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) создание и эксплуатация на территории Республики Казахстан сетей связи, центр управления которыми расположен за ее пределами, а также ввоз, реализация и иная передача средств телекоммуникаций для обеспечения функционирования такой сети связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z319" w:id="335"/>
-[...15 lines deleted...]
-      2) разглашение государственных секретов и иной защищаемой законом тайны;</w:t>
+    <w:bookmarkStart w:name="z394" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования настоящего подпункта не распространяются на эксплуатацию сетей связи на территории Республики Казахстан с применением негеостационарных спутников в рамках пилотного проекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z320" w:id="336"/>
-[...15 lines deleted...]
-      3) иностранным физическим и юридическим лицам, а также лицам без гражданства прямо и (или) косвенно владеть, пользоваться, распоряжаться и (или) управлять более 20 процентами акций (долей, паев) юридического лица – собственника средства массовой информации в Республике Казахстан или осуществляющего деятельность в этой сфере;</w:t>
+    <w:bookmarkStart w:name="z395" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пилотный проект по использованию сетей связи с применением негеостационарных спутников без соблюдения требований, указанных в части первой настоящего подпункта, действует до 1 января 2027 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z321" w:id="337"/>
-[...15 lines deleted...]
-      4) управление или эксплуатация магистральными линиями связи иностранцами, лицами без гражданства и иностранными юридическими лицами без создания юридического лица на территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z396" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок использования сетей связи с применением негеостационарных спутников определяется уполномоченным органом в области связи по согласованию с органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z322" w:id="338"/>
-[...15 lines deleted...]
-      5) создание и эксплуатация на территории Республики Казахстан сетей связи, центр управления которыми расположен за ее пределами, а также ввоз, реализация и иная передача средств телекоммуникаций для обеспечения функционирования такой сети связи.</w:t>
+    <w:bookmarkStart w:name="z323" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) приобретение или иное получение в собственность физическими и юридическими лицами самостоятельно или в составе группы лиц более 10 процентов голосующих акций, а также долей, паев организации, владеющей и (или) осуществляющей деятельность по управлению или эксплуатации линии связи в качестве оператора междугородной и (или) международной связи, без согласия уполномоченного органа в области связи, а также органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z394" w:id="339"/>
-[...15 lines deleted...]
-      Требования настоящего подпункта не распространяются на эксплуатацию сетей связи на территории Республики Казахстан с применением негеостационарных спутников в рамках пилотного проекта.</w:t>
+    <w:bookmarkStart w:name="z324" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) иностранцам, лицам без гражданства и иностранным юридическим лицам прямо и (или) косвенно владеть, пользоваться, распоряжаться и (или) управлять в совокупности более чем 49 процентами голосующих акций, а также долей, паев юридического лица, осуществляющего деятельность в области телекоммуникаций в качестве оператора междугородной и (или) международной связи, владеющего наземными (кабельными, в том числе волоконно-оптическими, радиорелейными) линиями связи без положительного решения Правительства Республики Казахстан, основанного на заключении уполномоченного органа в области связи, согласованного с органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z395" w:id="340"/>
-[...15 lines deleted...]
-      Пилотный проект по использованию сетей связи с применением негеостационарных спутников без соблюдения требований, указанных в части первой настоящего подпункта, действует до 1 января 2026 года.</w:t>
+    <w:bookmarkStart w:name="z325" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) создание или развитие, в том числе ввод в эксплуатацию сетей связи, не отвечающих требованиям нормативных правовых актов по обеспечению оперативно-розыскных, контрразведывательных мероприятий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z396" w:id="341"/>
-[...15 lines deleted...]
-      Порядок использования сетей связи с применением негеостационарных спутников определяется уполномоченным органом в области связи по согласованию с органами национальной безопасности;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Иные ограничения в части владения акциями (долями, паями) или участия в деятельности организаций, осуществляющих деятельность по обеспечению национальной безопасности в области связи и информации, устанавливаются законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z323" w:id="342"/>
-[...15 lines deleted...]
-      6) приобретение или иное получение в собственность физическими и юридическими лицами самостоятельно или в составе группы лиц более 10 процентов голосующих акций, а также долей, паев организации, владеющей и (или) осуществляющей деятельность по управлению или эксплуатации линии связи в качестве оператора междугородной и (или) международной связи, без согласия уполномоченного органа в области связи, а также органов национальной безопасности;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 23 с изменениями, внесенными законами РК от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 04.12.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 28.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двух месяцев после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z327" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 24. Обеспечение экологической безопасности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z324" w:id="343"/>
-[...15 lines deleted...]
-      7) иностранцам, лицам без гражданства и иностранным юридическим лицам прямо и (или) косвенно владеть, пользоваться, распоряжаться и (или) управлять в совокупности более чем 49 процентами голосующих акций, а также долей, паев юридического лица, осуществляющего деятельность в области телекоммуникаций в качестве оператора междугородной и (или) международной связи, владеющего наземными (кабельными, в том числе волоконно-оптическими, радиорелейными) линиями связи без положительного решения Правительства Республики Казахстан, основанного на заключении уполномоченного органа в области связи, согласованного с органами национальной безопасности;</w:t>
+    <w:bookmarkStart w:name="z328" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Экологическая безопасность обеспечивается решениями и действиями государственных органов, организаций и должностных лиц, направленными на:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z325" w:id="344"/>
-[...15 lines deleted...]
-      8) создание или развитие, в том числе ввод в эксплуатацию сетей связи, не отвечающих требованиям нормативных правовых актов по обеспечению оперативно-розыскных, контрразведывательных мероприятий.</w:t>
+    <w:bookmarkStart w:name="z329" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сохранение, рациональное использование и восстановление природных ресурсов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z326" w:id="345"/>
-[...15 lines deleted...]
-      7. Иные ограничения в части владения акциями (долями, паями) или участия в деятельности организаций, осуществляющих деятельность по обеспечению национальной безопасности в области связи и информации, устанавливаются законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z330" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) снижение уровня опасности антропогенных факторов для окружающей среды и населения страны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z331" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение эколого-экономической сбалансированности развития и размещения производственных сил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z332" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) устранение негативных последствий для окружающей среды и населения Казахстана, проживающего в зонах экологического бедствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z333" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) экологизацию экономики, законодательства и общества, установление экосистемного подхода к регулированию общественных отношений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z334" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) формирование в общественном сознании экологической культуры, улучшение системы экологического образования и просвещения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z335" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) соблюдение права каждого человека на доступ к экологической информации и всестороннее участие общественности в решении вопросов охраны окружающей среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z336" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) снижение риска от чрезвычайных ситуаций природного и техногенного характера и смягчение их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z337" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) установление партнерских отношений в международном сотрудничестве и соблюдение норм международного права.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z338" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обязанностью уполномоченных государственных органов, организаций, должностных лиц является:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z339" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) защита окружающей среды, рациональное использование и охрана природных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z340" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) неукоснительное соблюдение требований и норм экологического законодательства Республики Казахстан и законодательства Республики Казахстан в области биологической безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z341" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предотвращение радиоактивного, химического загрязнения, бактериологического заражения территории страны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z342" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) исключение применения технологий, техники и оборудования, включенных в реестр экологически опасных технологий, техники и оборудования, на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z343" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ликвидация негативных экологических последствий хозяйственной и иной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z344" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) компенсация нанесенного ущерба окружающей среде и здоровью человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z345" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обязательная подготовка органов управления и сил к действиям по предупреждению и ликвидации чрезвычайных ситуаций природного и техногенного характера, по гражданской обороне с учетом развития современных средств поражения, обучение населения действиям в условиях угрозы и возникновения чрезвычайных ситуаций природного и техногенного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z346" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) гласность и информирование населения и организаций о прогнозируемых и возникших чрезвычайных ситуациях природного и техногенного характера, принятых мерах по их предупреждению и ликвидации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z347" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) обеспечение постоянной готовности сил и средств гражданской защиты к оперативному реагированию на чрезвычайные ситуации природного и техногенного характера и проведению аварийно-спасательных и неотложных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Сноска. Статья 23 с изменениями, внесенными законами РК от 24.11.2015</w:t>
-[...109 lines deleted...]
-        <w:t>№ 164-VIII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными законами РК от 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z348" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 25. Участие Республики Казахстан в обеспечении международной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z349" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях получения международных гарантий национальной безопасности Республика Казахстан участвует в обеспечении международной (глобальной, региональной) безопасности, составной частью которой является национальная безопасность Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z350" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Деятельность Республики Казахстан по обеспечению международной безопасности предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z351" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) укрепление роли Казахстана в вопросах формирования глобального миропорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z352" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирование и укрепление эффективной системы коллективной безопасности в геополитическом окружении Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z353" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участие в международных организациях и форумах, деятельность которых отвечает интересам национальной безопасности Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z354" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) участие за пределами страны в мероприятиях, направленных на обеспечение национальной безопасности в соответствии с международными договорами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z355" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) решение в необходимых случаях совместно с сопредельными государствами вопросов, касающихся обеспечения национальной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z356" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заключение международных договоров, отвечающих интересам национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z357" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 26. Финансирование мероприятий по обеспечению национальной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z358" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деятельность по обеспечению национальной безопасности финансируется за счет бюджетных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z359" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z360" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 27. Надзор за соблюдением законности в сфере обеспечения национальной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z361" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Высший надзор за соблюдением законности в сфере обеспечения национальной безопасности осуществляет прокуратура Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 27 в редакции Закона РК от 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z327" w:id="346"/>
+    <w:bookmarkStart w:name="z362" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 24. Обеспечение экологической безопасности</w:t>
-[...402 lines deleted...]
-    <w:bookmarkEnd w:id="366"/>
+        <w:t xml:space="preserve"> Статья 28. Ответственность за нарушение законодательства Республики Казахстан в области обеспечения национальной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z363" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан в области обеспечения национальной безопасности влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z364" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...72 lines deleted...]
-    <w:bookmarkStart w:name="z348" w:id="367"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 29. Соотношение настоящего Закона с иными нормативными правовыми актами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z365" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нормы настоящего Закона являются основой для разработки и принятия иных нормативных правовых актов, регламентирующих отдельные направления и способы обеспечения национальной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z366" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 25. Участие Республики Казахстан в обеспечении международной безопасности</w:t>
-[...333 lines deleted...]
-        <w:t xml:space="preserve"> Статья 28. Ответственность за нарушение законодательства Республики Казахстан в области обеспечения национальной безопасности</w:t>
+        <w:t xml:space="preserve"> Статья 30. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z363" w:id="382"/>
-[...15 lines deleted...]
-      Нарушение законодательства Республики Казахстан в области обеспечения национальной безопасности влечет ответственность, установленную законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z367" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования, за исключением подпункта 2) пункта 4 статьи 20 в части запрета транзита через территорию Казахстана воздушными судами воинских формирований, вооружений и военной техники иностранных государств и (или) международных организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z364" w:id="383"/>
-[...74 lines deleted...]
-    <w:bookmarkEnd w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Подпункт 2) пункта 4 статьи 20 настоящего Закона в части запрета транзита через территорию Казахстана воздушными судами воинских формирований, вооружений и военной техники иностранных государств и (или) международных организаций вводится в действие с 1 января 2015 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z368" w:id="387"/>
+    <w:bookmarkStart w:name="z368" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 26 июня 1998 года "О национальной безопасности Республики Казахстан" (Ведомости Парламента Республики Казахстан, 1998 г., № 11-12, ст. 173; 2000 г., № 5, ст.115; 2004 г., № 14, ст. 82; № 23, ст. 142; 2005 г., № 16, ст. 70; 2007 г., № 1, ст. 4; № 20, ст. 153; 2009 г., № 15-16, ст. 74; № 24, ст. 129).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkEnd w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10958,55 +11402,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>