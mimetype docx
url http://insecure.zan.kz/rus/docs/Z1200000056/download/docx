--- v0 (2025-10-01)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3fd3daf" w14:textId="3fd3daf">
+    <w:p w14:paraId="7bc8fa4" w14:textId="7bc8fa4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -669,185 +669,91 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z443" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) крупный участник организации, осуществляющей микрофинансовую деятельность, – физическое или юридическое лицо, которое владеет прямо или косвенно десятью или более процентами долей участия в уставном капитале или голосующих (за вычетом привилегированных) акций организации, осуществляющей микрофинансовую деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p>
-[...113 lines deleted...]
-    <w:bookmarkStart w:name="z312" w:id="9"/>
+    <w:bookmarkStart w:name="z444" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) безупречная деловая репутация – отсутствие непогашенной или неснятой судимости, в том числе отсутствие вступившего в законную силу судебного акта о применении уголовного наказания в виде лишения права занимать должность руководящего работника финансовой организации, банковского и (или) страхового холдинга и являться крупным участником (крупным акционером) финансовой организации пожизненно, а также отсутствие отношений с третьими лицами (контроля и влияния третьих лиц), действия которых способствовали легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения, на основании сведений уполномоченного органа по финансовому мониторингу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z312" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) заявитель – физическое или юридическое лицо, подавшее заявление в организацию, осуществляющую микрофинансовую деятельность, на получение микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z523" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z523" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7-1) сервисная компания – дочерняя организация банка, приобретающая сомнительные и безнадежные активы родительского банка, коллекторское агентство, обладающие в рамках договора доверительного управления правами (требованиями) по договорам банковского займа и (или) договорам о предоставлении микрокредита (далее – договор доверительного управления), заключенного с лицом, указанным в части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -862,91 +768,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 36-1 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" и (или) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9-1 настоящего Закона, полномочиями по доверительному управлению правами (требованиями) по договорам банковского займа и (или) договорам о предоставлении микрокредита, в том числе по изменению условий договора банковского займа и (или) договора о предоставлении микрокредита, по представлению интересов лица, с которым заключен договор доверительного управления, в суде, по приему от должника денег и (или) иного имущества, и иными полномочиями, предусмотренными настоящим Законом, иными законами Республики Казахстан и договором доверительного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z3212" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z3212" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-2) потребительский микрокредит – микрокредит, не являющийся микрокредитом, обеспеченным ипотекой недвижимого имущества, предоставляемый физическому лицу на приобретение товаров, работ, услуг и (или) иные цели, не связанные с осуществлением предпринимательской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z313" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z313" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) уполномоченный орган – государственный орган, осуществляющий государственное регулирование, контроль и надзор финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1019,50 +925,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 133-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1120,150 +1046,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 2 с изменением, внесенным Законом РК от 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Законодательство Республики Казахстан о микрофинансовой деятельности основывается на Конституции Республики Казахстан и состоит из Гражданского кодекса Республики Казахстан, настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Законы Республики Казахстан "Об акционерных обществах", "О хозяйственных товариществах", "О товариществах с ограниченной и дополнительной ответственностью" и "О кредитных товариществах" распространяются на организации, осуществляющие микрофинансовую деятельность, в части, не урегулированной настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z299" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z299" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. На микрофинансовые организации и иные юридические лица, осуществляющие деятельность в рамках введенного в соответствии с Законом Республики Казахстан "О государственном регулировании, контроле и надзоре финансового рынка и финансовых организаций" особого режима регулирования, нормы настоящего Закона и нормативных правовых актов уполномоченного органа, Национального Банка Республики Казахстан, принимаемых в соответствии с настоящим Законом, распространяются в пределах, предусмотренных условиями особого режима регулирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z445" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z445" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Положения настоящего Закона, применяемые по отношению к банкам второго уровня, распространяются на филиалы банков-нерезидентов Республики Казахстан, открытые на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1339,210 +1265,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 2-1. Основные цель, задачи и принципы государственного регулирования в сфере микрофинансовой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3374" w:id="18"/>
+    <w:bookmarkStart w:name="z3374" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Основной целью государственного регулирования в сфере микрофинансовой деятельности является установление правовых основ осуществления микрофинансовой деятельности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z3375" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z3375" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основными задачами государственного регулирования в сфере микрофинансовой деятельности являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z3376" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z3376" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) регулирование деятельности организаций, осуществляющих микрофинансовую деятельность, установление стандартов деятельности, контроль и надзор за микрофинансовой деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z3377" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z3377" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) защита прав и законных интересов потребителей услуг организаций, осуществляющих микрофинансовую деятельность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z3378" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z3378" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Основными принципами государственного регулирования в сфере микрофинансовой деятельности являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z3379" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z3379" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) эффективное использование ресурсов и инструментов регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z3380" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z3380" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) прозрачность деятельности организаций, осуществляющих микрофинансовую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z3381" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z3381" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ответственность организаций, осуществляющих микрофинансовую деятельность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1581,68 +1507,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="26"/>
+    <w:bookmarkStart w:name="z18" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. МИКРОФИНАНСОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 в редакции Закона РК от 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1680,649 +1606,649 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микрофинансовая деятельность, порядок и условия предоставления микрокредитов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z20" w:id="27"/>
+      <w:bookmarkStart w:name="z20" w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 3 с изменением, внесенным Законом РК от 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Исключен Законом РК от 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z314" w:id="28"/>
+    <w:bookmarkStart w:name="z314" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. К микрофинансовой деятельности относится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z315" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z315" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) деятельность кредитных товариществ по предоставлению микрокредитов своим участникам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z316" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z316" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) деятельность ломбардов по предоставлению микрокредитов физическим лицам под залог движимого имущества, предназначенного для личного пользования, на срок до одного года в размере, не превышающем восьмитысячекратного размера месячного расчетного показателя, установленного на соответствующий финансовый год законом о республиканском бюджете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z317" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z317" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) деятельность микрофинансовых организаций по предоставлению микрокредитов физическим и (или) юридическим лицам с обеспечением либо без обеспечения в размере, не превышающем двадцатитысячекратного размера месячного расчетного показателя, установленного на соответствующий финансовый год законом о республиканском бюджете.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z318" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z318" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Организации, осуществляющие микрофинансовую деятельность (далее – микрофинансовые организации), помимо деятельности, указанной в пункте 1-1 настоящей статьи, вправе осуществлять следующие операции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z319" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z319" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) привлечение займов (за исключением привлечения денег в виде займа от граждан в качестве предпринимательской деятельности) от резидентов и нерезидентов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z320" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z320" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инвестирование собственных активов в ценные бумаги и иные финансовые инструменты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z321" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z321" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оказание консультационных услуг по вопросам, связанным с деятельностью по предоставлению микрокредитов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z322" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z322" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сдачу в имущественный наем (аренду) собственного имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z446" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z446" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) реализация собственного имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z323" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z323" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществление лизинговой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z324" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z324" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) реализацию специальной литературы по вопросам деятельности микрофинансовых организаций на любых видах носителей информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z325" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z325" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществление функций платежного агента и платежного субагента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z326" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z326" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) заключение договоров страхования от имени и по поручению страховых организаций – резидентов Республики Казахстан в качестве страхового агента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z327" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z327" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществление функций агента системы электронных денег в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z328" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z328" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) факторинговые операции: приобретение прав требования платежа с покупателя товаров (работ, услуг) с принятием риска неплатежа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z329" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z329" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) форфейтинговые операции (форфетирование): оплата долгового обязательства покупателя товаров (работ, услуг) путем покупки векселя без оборота на продавца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z330" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z330" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) выдачу юридическим лицам гарантий, поручительств и иных обязательств, предусматривающих исполнение в денежной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z331" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z331" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-3. Микрофинансовая организация, осуществляющая деятельность по предоставлению микрокредитов физическим лицам под залог движимого имущества, предназначенного для личного пользования, вправе дополнительно осуществлять учет, хранение и продажу ювелирных изделий, содержащих драгоценные металлы и драгоценные камни.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-4. Микрофинансовым организациям запрещается осуществлять иную не предусмотренную настоящим Законом предпринимательскую деятельность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3198" w:id="47"/>
+    <w:bookmarkStart w:name="z3198" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-5. Микрофинансовая организация не вправе предоставлять микрокредиты гражданину Республики Казахстан со дня размещения объявления о завершении процедуры внесудебного банкротства или процедуры судебного банкротства в порядке, предусмотренном Законом Республики Казахстан "О восстановлении платежеспособности и банкротстве граждан Республики Казахстан", а также принимать от таких лиц обеспечение в виде залога, гарантии и поручительства по договорам о предоставлении микрокредита в течение пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z3199" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z3199" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования настоящего пункта не распространяются на микрокредиты, предоставляемые ломбардами под залог движимого имущества, не подлежащий государственной регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z3203" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z3203" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-6. Микрофинансовые организации вправе собирать копии документов, удостоверяющих личность нерезидентов, для целей, предусмотренных настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z21" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z21" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовая организация вправе предоставлять микрокредиты только при наличии правил предоставления микрокредитов, утвержденных ее высшим органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1. Исключен Законом РК от 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="51"/>
+    <w:bookmarkStart w:name="z22" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Исключен Законом РК от 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2337,709 +2263,709 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z333" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z333" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Микрофинансовая организация вправе предоставлять микрокредиты электронным способом в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z3204" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z3204" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-2. Физическое лицо вправе установить бесплатно добровольный отказ от получения микрокредитов либо снять его в кредитном бюро, посредством веб-портала "электронного правительства" либо объектов информатизации микрофинансовой организации, интегрированных с сервисами, размещенными на шлюзе "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z3205" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z3205" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-3. Микрофинансовой организации запрещается предоставлять микрокредиты физическому лицу при наличии информации об установлении им добровольного отказа от получения микрокредитов в его кредитном отчете, полученном микрофинансовой организацией до принятия решения о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z3382" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z3382" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данный запрет не распространяется на случаи выдачи микрокредита ломбардом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z3383" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z3383" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовой организации запрещается предоставлять потребительские микрокредиты, не обеспеченные залогом имущества, подлежащим регистрации, физическому лицу без согласия супруга (супруги), порядок получения которого и минимальный размер потребительского микрокредита, по которому необходимо согласие, определяются нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z3384" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z3384" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовой организации запрещается заключать договор о предоставлении потребительского микрокредита, не обеспеченного залогом имущества, с физическим лицом, у которого в кредитном отчете отсутствует информация о ранее полученных микрокредитах и (или) банковских займах, без его личного присутствия в микрофинансовой организации. Минимальный размер микрокредита по договору потребительского микрокредита, для заключения которого необходимо личное присутствие физического лица, определяется нормативным правовым актом уполномоченного органа, указанным в пункте 3 статьи 4 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z3385" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z3385" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях и порядке, которые предусмотрены нормативным правовым актом уполномоченного органа, указанным в пункте 3 статьи 4 настоящего Закона, микрофинансовая организация заключает договор о предоставлении потребительского микрокредита, не обеспеченного залогом имущества, с физическим лицом только после получения его согласия на заключение такого договора. В случае заключения указанного договора посредством Интернета согласие на его заключение оформляется в кредитном бюро, на веб-портале "электронного правительства" либо посредством объектов информатизации микрофинансовой организации, интегрированных с сервисами, размещенными на шлюзе "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z3434" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z3434" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требование, предусмотренное частью четвертой настоящего пункта, не распространяется на случаи заключения договора о предоставлении микрокредита, а также передачи суммы потребительского микрокредита на банковский счет продавца (поставщика) товаров, работ и услуг на цели приобретения товаров, работ и услуг, получение которых подтверждается заемщиком (покупателем).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z3435" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z3435" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовая организация осуществляет передачу денег заемщику по потребительскому микрокредиту, не обеспеченному залогом имущества, на основании договора о предоставлении микрокредита, заключенного посредством Интернета, размер которого превышает минимальный размер, определенный нормативным правовым актом уполномоченного органа, указанным в пункте 3 статьи 4 настоящего Закона, с соблюдением следующих требований:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z3436" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z3436" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не ранее чем через двадцать четыре часа с момента подписания договора либо увеличения суммы микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z3437" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z3437" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) после предоставления заемщиком по истечении срока, указанного в подпункте 1) настоящей части, согласия на получение потребительского микрокредита, оформленного в соответствии с требованиями, предусмотренными нормативным правовым актом уполномоченного органа, указанным в пункте 3 статьи 4 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z3438" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z3438" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае предоставления заемщику посредством Интернета нескольких потребительских микрокредитов, не обеспеченных залогом имущества, сумма которых в результате сложения превышает минимальный размер, определенный нормативным правовым актом уполномоченного органа, указанным в пункте 3 статьи 4 настоящего Закона, микрофинансовая организация соблюдает требование, предусмотренное подпунктом 1) части седьмой настоящего пункта, в соответствии с внутренними документами с учетом требований, установленных нормативным правовым актом уполномоченного органа, указанным в пункте 3-1 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z3391" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z3391" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования, предусмотренные частями первой, пятой и седьмой настоящего пункта, не распространяются на случаи передачи суммы потребительского микрокредита на банковский счет продавца (поставщика) товаров, работ и услуг на цели приобретения товаров, работ и услуг, получение которых подтверждается заемщиком (покупателем), и (или) кредитора на цели погашения задолженности по микрокредиту заемщика, полученному в той же микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z3392" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z3392" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае выдачи микрофинансовой организацией микрокредита без соблюдения требования, предусмотренного частью третьей настоящего пункта, микрофинансовая организация не вправе требовать от физического лица исполнения обязательств по такому микрокредиту. Не позднее трех рабочих дней со дня выявления факта выдачи микрокредита без соблюдения требования, предусмотренного частью третьей настоящего пункта, микрофинансовая организация, принимает следующие меры:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z3393" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z3393" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о списании задолженности клиента по такому микрокредиту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z3394" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z3394" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прекращает взыскание задолженности и претензионно-исковую работу по такому микрокредиту клиента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z3395" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z3395" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносит корректировки в кредитную историю клиента в кредитных бюро путем устранения записей об информации по такому микрокредиту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z3396" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z3396" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет возврат клиенту ранее удержанных (уплаченных) сумм вознаграждения и (или) неустойки по такому микрокредиту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z3397" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z3397" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Меры, предусмотренные частью десятой настоящего пункта, распространяются на случаи выдачи микрокредита без соблюдения любого из требований, предусмотренных частями первой, четвертой, пятой, седьмой и восьмой настоящего пункта, при условии получения микрофинансовой организацией процессуальных документов правоохранительных органов, указанных в части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z3213" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z3213" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-4. С момента обнаружения неправомерного доступа к информации, составляющей тайну предоставления микрокредита, ее неправомерного изменения, осуществления неправомерных действий со стороны третьих лиц либо иных незаконных (мошеннических) действий с микрокредитами физических лиц микрофинансовая организация в течение одного рабочего дня информирует об этом клиента и уполномоченный орган, в течение двух рабочих дней принимает меры для устранения неправомерных действий и в течение десяти рабочих дней принимает меры для устранения последствий таких действий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z3214" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z3214" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На основании внесенного (вынесенного) правоохранительными органами в соответствии с Уголовно-процессуальным кодексом Республики Казахстан представления о принятии мер по устранению обстоятельств, способствовавших совершению уголовного правонарушения, либо постановления о признании заемщика – физического лица потерпевшим по уголовному правонарушению, связанному с оформлением микрокредита мошенническим способом, микрофинансовая организация не позднее трех календарных дней:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z3215" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z3215" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приостанавливает взыскание задолженности и претензионно-исковую работу по такому микрокредиту клиента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z3216" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z3216" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приостанавливает начисление вознаграждения и (или) неустойки по такому микрокредиту клиента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z3217" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z3217" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовая организация не позднее десяти рабочих дней с даты получения вступившего в законную силу судебного акта, в котором установлен факт оформления микрокредита мошенническим способом без участия клиента на клиента, признанного потерпевшим по уголовному делу, микрокредита мошенническим способом вследствие незаконного получения и использования третьим лицом идентификационных средств клиента, в том числе при оформлении микрокредита путем использования удаленного управления программным обеспечением дистанционного оказания услуг микрофинансовой организации или нарушения микрофинансовой организацией порядка проведения биометрической идентификации либо установленных нормативным правовым актом уполномоченного органа требований по выявлению, фиксации и анализу фактов внутреннего и внешнего мошенничества, принимает решение о списании задолженности клиента по микрокредиту, а также меры по возврату клиенту ранее удержанных (уплаченных) сумм по такому микрокредиту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-5. Микрофинансовой организации запрещается заключать договор о предоставлении микрокредита с физическим лицом посредством Интернета без проведения его биометрической идентификации, порядок проведения которой определяется уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3398" w:id="76"/>
+    <w:bookmarkStart w:name="z3398" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае заключения микрофинансовой организацией договора о предоставлении микрокредита с физическим лицом посредством Интернета без соблюдения требования, установленного частью первой настоящего пункта, микрофинансовая организация не вправе требовать исполнения обязательств по такому микрокредиту и не позднее трех рабочих дней с даты выявления факта выдачи такого микрокредита принимает меры, предусмотренные частью десятой, с учетом требований части одиннадцатой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z3399" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z3399" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-6. Микрофинансовой организации запрещается предоставлять микрокредиты военнослужащим срочной воинской службы на период прохождения ими срочной воинской службы в Вооруженных Силах Республики Казахстан, других войсках и воинских формированиях при наличии информации о призыве такого военнослужащего на срочную воинскую службу в его кредитном отчете, полученном микрофинансовой организацией до принятия решения о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z3400" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z3400" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обмен сведениями о призванных на срочную воинскую службу военнослужащих, а также их увольнении осуществляется посредством обеспечения взаимодействия информационных систем государственных органов и кредитных бюро в порядке, определенном уполномоченным органом по согласованию с Министерством обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z3401" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z3401" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях, предусмотренных частью второй настоящего пункта, сбор, обработка и использование персональных данных осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z3402" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z3402" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае предоставления микрофинансовой организацией микрокредита военнослужащему срочной воинской службы при наличии информации о призыве такого военнослужащего на срочную воинскую службу в его кредитном отчете, полученном микрофинансовой организацией до принятия решения о предоставлении микрокредита, микрофинансовая организация не вправе требовать исполнения обязательств по такому микрокредиту и не позднее трех рабочих дней с даты выявления факта выдачи такого микрокредита принимает меры, предусмотренные частью десятой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3068,330 +2994,330 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z301" w:id="81"/>
+    <w:bookmarkStart w:name="z301" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Не допускается индексация обязательства и платежей по договору о предоставлении микрокредита, выданного в тенге, с привязкой к любому валютному эквиваленту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z334" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z334" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Микрофинансовая организация не вправе изменять условия договора о предоставлении микрокредита в одностороннем порядке, за исключением случаев их улучшения для заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z335" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z335" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Под улучшением условий договора о предоставлении микрокредита для заемщика для целей настоящего пункта понимаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z336" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z336" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изменение в сторону уменьшения или полная отмена неустойки (штрафа, пени);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z337" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z337" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изменение в сторону уменьшения ставки вознаграждения по договору о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z3219" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z3219" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отсрочка платежей по основному долгу и начисленному вознаграждению по договору о предоставлении микрокредита на период, включающий срок прохождения срочной воинской службы и 60 дней после его окончания, без начисления вознаграждения по микрокредиту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z338" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z338" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае применения микрофинансовой организацией улучшающих условий заемщик уведомляется об изменении условия договора о предоставлении микрокредита в порядке, предусмотренном в договоре о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z3220" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z3220" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заемщик вправе в течение четырнадцати календарных дней с даты получения уведомления отказаться в порядке, предусмотренном договором о предоставлении микрокредита, от примененных микрофинансовой организацией улучшающих условий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z524" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z524" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Микрофинансовая организация обязана реализовать путем проведения торгов на электронной торговой площадке по продаже банковских и микрофинансовых активов следующее имущество:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z3221" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z3221" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       залоговое имущество, ранее являвшееся обеспечением исполнения обязательств по договору о предоставлении микрокредита, перешедшее в собственность микрофинансовой организации в результате обращения на него взыскания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z3222" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z3222" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       имущество, поступившее в собственность микрофинансовой организации в результате получения микрофинансовой организацией отступного взамен исполнения обязательства по договору о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z3223" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z3223" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество, указанное в части первой настоящего пункта, должно быть реализовано микрофинансовой организацией в течение трех лет со дня его перехода в собственность микрофинансовой организации, за исключением земельного участка, находящегося в собственности микрофинансовой организации. Срок реализации земельного участка определяется с учетом особенностей, предусмотренных Земельным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z3224" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z3224" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования, установленные настоящим пунктом, не распространяются на ломбарды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z3225" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z3225" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество, указанное в части первой настоящего пункта, в случае признания торгов несостоявшимися, может быть реализовано путем проведения прямой адресной продажи в соответствии с правилами проведения торгов на электронной торговой площадке по продаже банковских и микрофинансовых активов, утвержденными нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3707,150 +3633,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 4. Договор о предоставлении микрокредита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="95"/>
+    <w:bookmarkStart w:name="z25" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Договор о предоставлении микрокредита заключается с учетом требований гражданского законодательства Республики Казахстан к письменной форме сделки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z26" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z26" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Информация по договору о предоставлении микрокредита, заключенному микрофинансовой организацией, подлежит в обязательном порядке предоставлению в кредитное бюро с государственным участием на условиях, определенных законодательством Республики Казахстан о кредитных бюро и формировании кредитных историй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z3226" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z3226" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Микрофинансовая организация не вправе предоставлять потребительский микрокредит, сумма которого не соответствует требованиям, установленным нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z3227" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z3227" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования, установленные настоящим пунктом, не распространяются на договоры о предоставлении микрокредита, заключаемые ломбардом или кредитным товариществом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z27" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z27" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нормативным правовым актом уполномоченного органа с учетом требований, установленных гражданским законодательством Республики Казахстан, утверждается порядок заключения договора о предоставлении микрокредита, в том числе требования к содержанию, оформлению договора и его первой страницы, содержащей информацию о полной стоимости микрокредита (сумме переплаты по микрокредиту, предмете микрокредита), обязательным условиям договора о предоставлении микрокредита, а также форма графика погашения микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3943,70 +3869,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z282" w:id="100"/>
+    <w:bookmarkStart w:name="z282" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. При уступке прав (требований) по договору о предоставлении микрокредита третьему лицу требования и ограничения, предъявляемые законодательством Республики Казахстан к взаимоотношениям кредитора с заемщиком в рамках договора о предоставлении микрокредита, распространяют свое действие на правоотношения заемщика с третьим лицом, которому уступлены права (требования) по договору о предоставлении микрокредита, а в случае передачи прав (требований) по договору о предоставлении микрокредита в доверительное управление сервисной компании требования и ограничения, предъявляемые законодательством Республики Казахстан к взаимоотношениям кредитора с заемщиком в рамках договора о предоставлении микрокредита, распространяют свое действие на правоотношения заемщика с сервисной компанией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение третьим лицом, которому уступлены права (требования) по договору о предоставлении микрокредита, а также сервисной компанией требований и ограничений, предъявляемых законодательством Республики Казахстан к взаимоотношениям кредитора с заемщиком в рамках договора о предоставлении микрокредита, влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4053,90 +3979,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z280" w:id="101"/>
+    <w:bookmarkStart w:name="z280" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. При изменении условий исполнения договора о предоставлении микрокредита, не связанного с осуществлением предпринимательской деятельности, обеспеченного ипотекой недвижимого имущества, являющегося жилищем и (или) земельным участком с расположенным на нем жилищем, выданного физическому лицу, или выдаче нового микрокредита в целях погашения микрокредита, не связанного с осуществлением предпринимательской деятельности, обеспеченного ипотекой недвижимого имущества, являющегося жилищем и (или) земельным участком с расположенным на нем жилищем, выданного физическому лицу, капитализация (суммирование) просроченного вознаграждения, неустойки (штрафа, пени) к сумме основного долга не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z490" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z490" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При изменении условий исполнения заключенного с физическим лицом договора о предоставлении микрокредита, не связанного с осуществлением предпринимательской деятельности и не обеспеченного ипотекой недвижимого имущества, являющегося жилищем и (или) земельным участком с расположенным на нем жилищем, или выдаче нового микрокредита в целях погашения микрокредита физического лица, не связанного с осуществлением предпринимательской деятельности и не обеспеченного ипотекой недвижимого имущества, являющегося жилищем и (или) земельным участком с расположенным на нем жилищем, начисление вознаграждения на капитализированные (суммированные) к сумме основного долга просроченное вознаграждение, неустойку (штрафы, пени) не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4352,110 +4278,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 5. Годовая эффективная ставка вознаграждения по микрокредиту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="103"/>
+    <w:bookmarkStart w:name="z41" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Размер годовой эффективной ставки вознаграждения по микрокредиту не должен превышать предельный размер, определенный совместным нормативным правовым актом уполномоченного органа и Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z43" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z43" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правила расчета годовой эффективной ставки вознаграждения по предоставляемым микрокредитам разрабатываются и утверждаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z488" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z488" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Микрофинансовая организация обязана указывать годовую эффективную ставку вознаграждения в договорах о предоставлении микрокредита, а также при распространении информации о величинах вознаграждения по микрокредитам, в том числе при ее публикации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4625,90 +4551,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 6. Обеспечение исполнения заемщиком обязательств по договору о предоставлении микрокредита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="106"/>
+    <w:bookmarkStart w:name="z46" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Исполнение обязательств заемщиком по договору о предоставлении микрокредита обеспечивается способами, предусмотренными законодательством Республики Казахстан или договором о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z242" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z242" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Сумма произведенного заемщиком платежа по договору о предоставлении микрокредита, заключенному с физическим лицом, в случае, если она недостаточна для исполнения обязательства заемщика по договору о предоставлении микрокредита, погашает задолженность заемщика в следующей очередности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) задолженность по основному долгу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4935,70 +4861,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z491" w:id="108"/>
+    <w:bookmarkStart w:name="z491" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Размер неустойки (штрафа, пени) за нарушение обязательства по возврату суммы микрокредита и (или) уплате вознаграждения по заключенному с физическим лицом договору о предоставлении микрокредита, не связанного с осуществлением предпринимательской деятельности, не может превышать в течение девяноста дней просрочки 0,5 процента от суммы просроченного платежа за каждый день просрочки, по истечении девяноста дней просрочки не может превышать 0,03 процента от суммы просроченного платежа за каждый день просрочки, но не более десяти процентов от суммы выданного микрокредита за каждый год действия договора о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5114,70 +5040,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 7. Права и обязанности микрофинансовой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="109"/>
+    <w:bookmarkStart w:name="z49" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Микрофинансовая организация вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5206,308 +5132,308 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z283" w:id="110"/>
+    <w:bookmarkStart w:name="z283" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) уступить право (требование) по договору о предоставлении микрокредита лицу, указанному в пунктах 4 и 5 статьи 9-1 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z51" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z51" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) запрашивать у заемщика (заявителя) документы и сведения, необходимые для заключения договора о предоставлении микрокредита и исполнения обязательств по нему, определенных правилами предоставления микрокредитов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z345" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z345" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) по заявлению заемщика осуществлять через банки второго уровня перевод микрокредита третьему лицу в целях оплаты за товары, работы или услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z52" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z52" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществлять иные права, установленные настоящим Законом, иными законами Республики Казахстан и договором о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z53" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z53" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовая организация обязана:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z54" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z54" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в случае изменения места нахождения либо изменения наименования письменно известить об этом уполномоченный орган, а также заемщиков (заявителей) путем опубликования соответствующей информации в двух печатных изданиях на казахском и русском языках по месту нахождения микрофинансовой организации, а также по юридическому адресу заемщика (заявителя) – физического лица и по месту нахождения заемщика (заявителя) – юридического лица либо путем письменного уведомления каждого заемщика (заявителя) в срок не позднее тридцати календарных дней с даты таких изменений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z447" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z447" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1) в случае изменения состава участников (акционеров) письменно известить уполномоченный орган об этом и о соответствии участников (акционеров) требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 настоящего Закона в срок не позднее десяти календарных дней с даты такого изменения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z55" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z55" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) разместить копию правил предоставления микрокредитов в месте, доступном для обозрения и ознакомления заемщиком (заявителем) микрофинансовой организации, в том числе на интернет-ресурсе микрофинансовой организации при его наличии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z56" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z56" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) предоставлять заявителю полную и достоверную информацию о платежах, связанных с получением, обслуживанием и погашением (возвратом) микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z57" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z57" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) предоставить заявителю до заключения договора о предоставлении микрокредита для ознакомления и выбора метода погашения микрокредита проекты графиков погашения, рассчитанных различными методами. В обязательном порядке заемщику должны быть представлены проекты графиков погашения микрокредита, рассчитанных в соответствии с методиками расчета регулярных платежей по микрокредитам, выдаваемым микрофинансовыми организациями физическим лицам, и временными базами для расчета вознаграждения по таким микрокредитам, установленнными нормативным правовым актом уполномоченного органа, с периодичностью, установленной в договоре о предоставлении микрокредита, следующими методами погашения: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       методом дифференцированных платежей, при котором погашение задолженности по микрокредиту осуществляется уменьшающимися платежами, включающими равные суммы платежей по основному долгу и начисленное за период на остаток основного долга вознаграждение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3248" w:id="120"/>
+    <w:bookmarkStart w:name="z3248" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       методом аннуитетных платежей, при котором погашение задолженности по микрокредиту осуществляется равными платежами на протяжении всего срока микрокредита, включающими увеличивающиеся платежи по основному долгу и уменьшающиеся платежи по вознаграждению, начисленному за период на остаток основного долга. Размеры первого и последнего платежей могут отличаться от других.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовой организацией могут быть предложены дополнительные проекты графиков погашения микрокредита, рассчитанных в соответствии с правилами предоставления микрокредитов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5554,384 +5480,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="121"/>
+    <w:bookmarkStart w:name="z60" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) проинформировать заемщика (заявителя) о его правах и обязанностях, связанных с получением микрокредита, а также возможных последствиях в случае невыполнения обязательств по договору о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z279" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5-1) сообщать уполномоченному органу по финансовому мониторингу сведения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="122"/>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z61" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) соблюдать тайну предоставления микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z62" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z62" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществлять классификацию активов и условных обязательств по предоставленным микрокредитам и создавать против них провизии (резервы) в соответствии с правилами, утвержденными уполномоченным органом по согласованию с государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z346" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z346" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требование, установленное настоящим подпунктом, не распространяется на ломбарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z63" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z63" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) соблюдать пруденциальные нормативы и иные обязательные к соблюдению нормы и лимиты, методику их расчетов, установленные уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z347" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z347" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) соблюдать порядок расчета и предельное значение коэффициента долговой нагрузки заемщика микрофинансовой организации, установленные нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z348" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z348" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требование, установленное настоящим подпунктом, не распространяется на ломбарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z64" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z64" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) представлять финансовую и иную отчетность в Национальный Банк Республики Казахстан в соответствии с нормативными правовыми актами Национального Банка Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z3403" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z3403" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1) представлять отчетность о выполнении пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов в Национальный Банк Республики Казахстан в соответствии с нормативными правовыми актами Национального Банка Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z65" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z65" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) устранять нарушения законодательства Республики Казахстан, выявленные уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5959,1458 +5791,1402 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z349" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1) отказывать в предоставлении микрокредита в случаях, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z3228" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-2) предоставить по договору о предоставлении микрокредита военнослужащим срочной воинской службы отсрочку платежа по основному долгу и вознаграждению на период, включающий срок прохождения срочной воинской службы и 60 дней после его окончания, без начисления вознаграждения по микрокредиту в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z3229" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обмен сведениями о призванных на срочную воинскую службу военнослужащих, а также их увольнении, наличии либо отсутствии микрокредита, предоставлении отсрочки платежа по нему осуществляется посредством обеспечения взаимодействия информационных систем государственных органов и кредитных бюро в порядке, определенном уполномоченным органом по согласованию с Министерством обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z3230" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях, предусмотренных частью второй настоящего пункта, сбор, обработка и использование персональных данных осуществляются в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z67" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) соблюдать иные требования, установленные настоящим Законом и иным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z68" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Микрофинансовая организация не вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z69" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в одностороннем порядке изменять ставки вознаграждения (за исключением случаев их снижения) и (или) способ и метод погашения микрокредита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z350" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) предоставлять микрокредит, не связанный с осуществлением предпринимательской деятельности, физическому лицу, имеющему просроченную задолженность по банковскому займу и (или) микрокредиту свыше девяноста календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z351" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требование, установленное настоящим подпунктом, не распространяется на микрокредиты, выдаваемые в целях погашения банковского займа и (или) микрокредита физического лица, не связанного с осуществлением предпринимательской деятельности, на улучшающих условиях, предусматривающих изменение в сторону уменьшения ставки вознаграждения и (или) размера периодических платежей и (или) изменение в сторону уменьшения или полную отмену неустойки (штрафа, пени), а также микрокредиты, предоставляемые ломбардами под залог движимого имущества, не подлежащий обязательной регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z352" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) устанавливать и взимать с заемщика (заявителя) любые платежи, за исключением вознаграждения и неустойки (штрафа, пени) за нарушение обязательства по возврату суммы микрокредита и (или) уплате вознаграждения по микрокредиту, не связанному с осуществлением предпринимательской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z3404" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-3) устанавливать и взимать с заемщика (заявителя) любые платежи, за исключением вознаграждения и неустойки (штрафа, пени) по микрокредиту, связанному с осуществлением предпринимательской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z70" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требовать от заемщика, являющегося физическим лицом, досрочно полностью или частично возвратившего микрофинансовой организации сумму микрокредита, неустойку (штраф, пеню) и другие платежи за досрочный возврат микрокредита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) пользоваться и распоряжаться заложенными вещами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z386" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) требовать выплаты вознаграждения, неустойки (штрафов, пени), начисленных по истечении девяноста последовательных календарных дней просрочки исполнения обязательства по погашению любого из платежей по суммам основного долга и (или) вознаграждения по микрокредиту заемщика – физического лица, не связанному с осуществлением предпринимательской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z387" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требование настоящего подпункта не распространяется на договор о предоставлении микрокредита в случае, если на дату его заключения сумма основного долга полностью обеспечивалась залогом имущества, подлежащего регистрации, и (или) залогом денег;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z388" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) требовать выплаты вознаграждения, а также неустойки (штрафов, пени), начисленных по истечении ста восьмидесяти последовательных календарных дней просрочки исполнения обязательства по погашению любого из платежей по суммам основного долга и (или) вознаграждения по микрокредиту заемщика – физического лица, обеспеченному ипотекой недвижимого имущества, не связанному с осуществлением предпринимательской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z3206" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заключать договоры, предусматривающие сотрудничество с частными судебными исполнителями для взыскания с заемщика суммы долга по договору о предоставлении микрокредита, а также заключать соглашение (договор) об условиях исполнения исполнительного документа с частным судебным исполнителем, являющимся аффилированным лицом микрофинансовой организации в соответствии с пунктом 2 статьи 12-1 Закона Республики Казахстан "О товариществах с ограниченной и дополнительной ответственностью" и (или) пунктом 1 статьи 64 Закона Республики Казахстан "Об акционерных обществах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z3207" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обращаться за совершением нотариальных действий к нотариусу, являющемуся аффилированным лицом микрофинансовой организации в соответствии с пунктом 2 статьи 12-1 Закона Республики Казахстан "О товариществах с ограниченной и дополнительной ответственностью" и (или) пунктом 1 статьи 64 Закона Республики Казахстан "Об акционерных обществах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z3208" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) увеличивать срок действия договора о предоставлении микрокредита, заключенного с физическим лицом, без его согласия и на условиях, не обеспечивающих сохранение либо улучшение условий договора о предоставлении микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 06.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 04.01.2021); от 24.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.10.2021); от 31.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2022); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Права и обязанности заявителя</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Заявитель вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z73" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ознакомиться с правилами предоставления микрокредитов, тарифами микрофинансовой организации по предоставлению микрокредитов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z74" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать полную и достоверную информацию о платежах, связанных с получением, обслуживанием и погашением (возвратом) микрокредита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z75" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отказаться от заключения договора о предоставлении микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z76" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Заявитель представляет в микрофинансовую организацию документы и сведения, определенные перечнем документов, необходимых для получения микрокредита, а также порядком ведения кредитного досье по договору о предоставлении микрокредита, необходимые для заключения договора о предоставлении микрокредита и договоров, обеспечивающих исполнение обязательств заемщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z77" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Заявитель имеет иные права и обязанности, установленные настоящим Законом и иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменением, внесенным Законом РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Права и обязанности заемщика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Заемщик имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z80" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ознакомиться с правилами предоставления микрокредитов, тарифами микрофинансовой организации по предоставлению микрокредитов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z81" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) распоряжаться полученным микрокредитом в порядке и на условиях, установленных договором о предоставлении микрокредита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z82" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) защищать свои права в порядке, установленном законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z83" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) досрочно полностью или частично возвратить микрофинансовой организации сумму микрокредита, предоставленную по договору о предоставлении микрокредита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">4-1) исключен Законом РК от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществлять иные права, установленные настоящим Законом, иными законами Республики Казахстан и договором о предоставлении микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z85" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Заемщик обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z86" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) возвратить полученный микрокредит и выплатить вознаграждение по нему в сроки и порядке, которые установлены договором о предоставлении микрокредита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z87" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять документы и сведения, запрашиваемые микрофинансовой организацией в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z88" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выполнять иные требования, установленные настоящим Законом, иным законодательством Республики Казахстан и договорами, заключенными с микрофинансовой организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 06.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...381 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...282 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 8. Права и обязанности заявителя</w:t>
-[...592 lines deleted...]
-        </w:rPr>
         <w:t>Статья 9-1. Порядок уступки прав (требований) по договору о предоставлении микрокредита</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z286" w:id="164"/>
+      <w:bookmarkStart w:name="z286" w:id="167"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 9-1 - в редакции Закона РК от 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7511,441 +7287,441 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Исключен Законом РК от 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z289" w:id="165"/>
+    <w:bookmarkStart w:name="z289" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Микрофинансовой организации запрещается производить уступку права (требования) по договору о предоставлении микрокредита, заключенному с физическим лицом и обеспеченному залогом в виде жилища, за исключением уступки права (требования) организациям, более пятидесяти процентов долей участия в уставных капиталах либо размещенных акций которых принадлежат государству, при соблюдении одного из следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение прав (требований) является одним из видов деятельности такой организации, предусмотренной законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение прав (требований) осуществляется в рамках государственных и правительственных программ или правовых актов государственных органов по поддержке физических лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z290" w:id="166"/>
+    <w:bookmarkStart w:name="z290" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Микрофинансовой организации запрещается производить уступку прав (требований) по договору о предоставлении микрокредита третьему лицу, за исключением уступки прав (требований) следующим лицам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       банку второго уровня;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коллекторскому агентству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="167"/>
+    <w:bookmarkStart w:name="z126" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микрофинансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       специальной финансовой компании, созданной в соответствии с законодательством Республики Казахстан о проектном финансировании и секьюритизации, при сделке секьюритизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="168"/>
+    <w:bookmarkStart w:name="z128" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       юридическому лицу – залогодержателю прав требования по договору о предоставлении микрокредита при выпуске микрофинансовой организацией обеспеченных облигаций или получении займов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z129" w:id="169"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z129" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       специальному фонду развития частного предпринимательства – по договору о предоставлении микрокредита, заключенному в рамках сделки по финансированию субъектов частного предпринимательства путем обусловленного размещения средств в микрофинансовых организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z130" w:id="170"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z130" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иному лицу – в отношении прав (требований) по договору о предоставлении микрокредита заемщику – физическому лицу, связанного с осуществлением предпринимательской деятельности, договору о предоставлении микрокредита заемщику – юридическому лицу в случае, если по указанным микрокредитам на дату уступки имеются признаки обесценения в соответствии с международными стандартами финансовой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z131" w:id="171"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z131" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицо, указанное в абзаце восьмом части первой настоящего пункта, передает в доверительное управление сервисной компании полученные права (требования) по договору о предоставлении микрокредита в одном из следующих случаев:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z132" w:id="172"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z132" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       права (требования) получены по договору о предоставлении микрокредита физического лица, связанного с осуществлением предпринимательской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z133" w:id="173"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z133" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       права (требования) получены по договору о предоставлении микрокредита юридического лица, размер задолженности по которому не превышает 16 500-кратный размер месячного расчетного показателя, установленного законом о республиканском бюджете на дату уступки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z134" w:id="174"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z134" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       если лицо, которому уступлены права (требования) по договору о предоставлении микрокредита, является нерезидентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z135" w:id="175"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z135" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Права (требования) по договорам о предоставлении микрокредита могут быть переданы сервисной компании при одновременном выполнении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z136" w:id="176"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z136" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) размер уставного капитала коллекторского агентства, собственного капитала родительской организации дочерней организации банка, приобретающей сомнительные и безнадежные активы родительского банка, составляет значение не ниже минимального значения, установленного нормативным правовым актом уполномоченного органа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z137" w:id="177"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z137" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление деятельности в течение трех лет с момента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z138" w:id="178"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z138" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выдачи банку или банковскому холдингу разрешения на создание банком дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z139" w:id="179"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z139" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       включения коллекторского агентства в реестр коллекторских агентств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z140" w:id="180"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z140" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) отсутствие на дату включения в реестр сервисных компаний неисполненных и (или) действующих мер надзорного реагирования или ограниченных мер воздействия, примененных уполномоченным органом, и административных взысканий за административные правонарушения, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7960,151 +7736,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и частью первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 227</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z141" w:id="181"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z141" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) отсутствие у первого руководителя сервисной компании неснятой или непогашенной судимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z142" w:id="182"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z142" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) соответствие сервисной компании требованиям, установленным уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z143" w:id="183"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z143" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования к дочерним организациям банка, приобретающим сомнительные и безнадежные активы родительского банка, и коллекторским агентствам, выступающим в качестве сервисных компаний, которым могут быть переданы в доверительное управление права (требования) по договорам о предоставлении микрокредита, устанавливаются нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z144" w:id="184"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z144" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган ведет и размещает на своем интернет-ресурсе реестр сервисных компаний, соответствующих требованиям законодательства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z145" w:id="185"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z145" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исключение сервисной компании из реестра сервисных компаний является основанием для расторжения договора доверительного управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае передачи прав (требований) по договору о предоставлении микрокредита в доверительное управление сервисной компании лицо, указанное в абзаце восьмом части первой настоящего пункта, реализует права кредитора в отношении уступленного ему права (требования) по договору о предоставлении микрокредита в рамках договора доверительного управления, заключенного с сервисной компанией, либо путем переуступки лицам, указанным в части первой настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8115,130 +7891,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае расторжения договора доверительного управления с сервисной компанией лицо, указанное в абзаце восьмом части первой настоящего пункта, обязано заключить новый договор доверительного управления с другой сервисной компанией либо переуступить права (требования) лицам, указанным в части первой настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования настоящего пункта не распространяются на случаи, предусмотренные пунктом 4 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3231" w:id="186"/>
+    <w:bookmarkStart w:name="z3231" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Уступка прав (требований) по договору о предоставлении микрокредита, по которому на дату уступки имеются признаки обесценения в соответствии с международными стандартами финансовой отчетности, осуществляется микрофинансовой организацией с соблюдением следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z3232" w:id="187"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z3232" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицо, в пользу которого уступаются права (требования) по договору о предоставлении микрокредита, определяется по результатам торгов в отношении данных прав (требований), проводимых микрофинансовой организацией на электронной торговой площадке по продаже банковских и микрофинансовых активов, за исключением уступки прав (требований) лицам, указанным в абзацах пятом, шестом и седьмом части первой пункта 5 настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z3233" w:id="188"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z3233" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уступка прав (требований) по договору о предоставлении микрокредита осуществляется с соблюдением ограничений и правил, установленных в пункте 5 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z3234" w:id="189"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z3234" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования, установленные настоящим пунктом, не распространяются на ломбарды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8285,170 +8061,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и в период приостановления данный пункт действует в следующей редакции.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3209" w:id="190"/>
+    <w:bookmarkStart w:name="z3209" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-2. Микрофинансовой организации запрещается производить уступку прав (требований) по договору о предоставлении микрокредита физического лица, не связанного с осуществлением предпринимательской деятельности, коллекторскому агентству.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z291" w:id="191"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z291" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Микрофинансовая организация не вправе уступать право (требование) по договору о предоставлении микрокредита без согласия заемщика, если иное не предусмотрено законами Республики Казахстан или договором о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z526" w:id="192"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z526" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6-1. Микрофинансовая организация не вправе уступать право (требование) по договору о предоставлении микрокредита, обеспеченного залогом имущества, лицам, указанным в части первой пункта 5 настоящей статьи, без оценки стоимости имущества, проведенной оценщиком в течение последних шести месяцев до уступки права (требования) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об оценочной деятельности в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z292" w:id="193"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z292" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Не допускается уступка прав (требований) по договору о предоставлении микрокредита в отношении одного заемщика нескольким лицам, за исключением случаев, когда данные права (требования) являются предметом сделки секьюритизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z293" w:id="194"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z293" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. При заключении договора уступки прав (требований) по договору о предоставлении микрокредита (далее – договор уступки) микрофинансовая организация обязана:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) до заключения договора уступки уведомить заемщика – физическое лицо по договору о предоставлении микрокредита, не связанного с осуществлением предпринимательской деятельности, о планируемой уступке прав (требований) кредитора по указанному договору о предоставлении микрокредита третьему лицу, а также об обработке (передаче) персональных данных заемщика в связи с такой уступкой способом, предусмотренным договором о предоставлении микрокредита, а также через объекты информатизации, предоставляющие микрофинансовой организации возможность осуществить идентификацию клиента – физического лица посредством применения идентификационных средств, предусмотренных Законом Республики Казахстан "О платежах и платежных системах" (далее – объекты информатизации);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8459,250 +8235,250 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уведомить заемщика (или его уполномоченного представителя) о состоявшемся переходе прав (требований) по договору о предоставлении микрокредита третьему лицу способом, предусмотренным договором о предоставлении микрокредита, а также через объекты информатизации в течение тридцати календарных дней со дня заключения договора уступки с указанием необходимости осуществления дальнейших платежей по договору о предоставлении микрокредита третьему лицу (наименование, место нахождения и банковские реквизиты лица, которому уступлены права (требования) по договору о предоставлении микрокредита, либо в случае передачи прав (требований) по договору о предоставлении микрокредита в доверительное управление – сервисной компании), объема переданных прав (требований) по договору о предоставлении микрокредита, размера и структуры задолженности по договору о предоставлении микрокредита (основной долг, вознаграждение, комиссии, неустойка (штраф, пеня) и других подлежащих уплате сумм;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) передать лицу, которому уступлены права (требования) по договору о предоставлении микрокредита, либо сервисной компании (в случае передачи прав (требований) по договору о предоставлении микрокредита в доверительное управление сервисной компании) следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="195"/>
+    <w:bookmarkStart w:name="z163" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       договор о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z164" w:id="196"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z164" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       договор залога и правоустанавливающие документы на предмет залога (в случае, если исполнение обязательств по договору о предоставлении микрокредита обеспечено залогом);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z165" w:id="197"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z165" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       договор поручительства или гарантии (в случае, если исполнение обязательств по договору о предоставлении микрокредита обеспечено поручительством или гарантией);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z166" w:id="198"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z166" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       расчеты задолженности заемщика на дату уступки прав (требований);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z167" w:id="199"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z167" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       претензионную переписку с заемщиком (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z168" w:id="200"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z168" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       учредительные документы заемщика – юридического лица, копию документа, удостоверяющего личность заемщика – физического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z169" w:id="201"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z169" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документы, подтверждающие погашение заемщиком задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z170" w:id="202"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z170" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документы по реализации заложенного имущества (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z171" w:id="203"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z171" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные документы в соответствии с договором уступки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z172" w:id="204"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z172" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае уступки всех прав (требований) к заемщику микрофинансовая организация передает лицу, которому уступлено право (требование) по договору о предоставлении микрокредита, все имеющиеся у нее оригиналы документов, а в случае передачи прав (требований) по договору о предоставлении микрокредита в доверительное управление сервисной компании оригиналы указанных документов передаются сервисной компании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае уступки части прав (требований) к заемщику микрофинансовая организация вправе сохранить оригиналы документов, удостоверяющих такие права (требования), и передать лицу, которому частично уступлено право (требование) по договору о предоставлении микрокредита, нотариально засвидетельствованные копии указанных документов, а в случае передачи части прав (требований) по договору о предоставлении микрокредита в доверительное управление сервисной компании нотариально засвидетельствованные копии указанных документов передаются сервисной компании.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8950,848 +8726,848 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9-2. Условия и порядок урегулирования задолженности и меры, применяемые в отношении неплатежеспособного заемщика</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z493" w:id="205"/>
+    <w:bookmarkStart w:name="z493" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При наличии просрочки исполнения обязательства по договору о предоставлении микрокредита, но не позднее десяти календарных дней с даты ее наступления микрофинансовая организация обязана уведомить заемщика способом и в сроки, предусмотренные договором о предоставлении микрокредита, а также через объекты информатизации о:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z494" w:id="206"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z494" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) возникновении просрочки по исполнению обязательства по договору о предоставлении микрокредита и необходимости внесения платежей с указанием размера просроченной задолженности на дату, указанную в уведомлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z495" w:id="207"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z495" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) праве заемщика – физического лица по договору о предоставлении микрокредита обратиться в микрофинансовую организацию с заявлением, предусмотренным пунктом 2 настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z496" w:id="208"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z496" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) последствиях невыполнения заемщиком своих обязательств по договору о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z497" w:id="209"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z497" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовая организация вправе привлечь коллекторское агентство для уведомления заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z498" w:id="210"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z498" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В течение тридцати календарных дней с даты наступления просрочки исполнения обязательства по договору о предоставлении микрокредита заемщик – физическое лицо вправе посетить микрофинансовую организацию и (или) представить в письменной форме, а также через объекты информатизации либо способом, предусмотренным договором о предоставлении микрокредита, заявление, содержащее сведения о причинах возникновения просрочки исполнения обязательства по договору о предоставлении микрокредита, доходах и других подтвержденных обстоятельствах (фактах), которые обуславливают его заявление о внесении изменений в условия договора о предоставлении микрокредита, в том числе связанных с:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z3405" w:id="211"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z3405" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изменением в сторону уменьшения ставки вознаграждения либо значения вознаграждения по договору о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z3406" w:id="212"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z3406" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) изменением в сторону уменьшения размера ежемесячного платежа не менее чем на пятьдесят процентов от платежа, установленного графиком погашения микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z500" w:id="213"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z500" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсрочкой платежа по основному долгу и (или) вознаграждению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z501" w:id="214"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z501" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) изменением метода погашения или очередности погашения задолженности, в том числе с погашением основного долга в приоритетном порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z502" w:id="215"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z502" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) изменением срока микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z503" w:id="216"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z503" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) прощением просроченного основного долга и (или) вознаграждения, отменой неустойки (штрафа, пени) по микрокредиту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z504" w:id="217"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z504" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) самостоятельной реализацией залогодателем недвижимого имущества, являющегося предметом ипотеки, в сроки, установленные соглашением сторон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z505" w:id="218"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z505" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) представлением отступного взамен исполнения обязательства по договору о предоставлении микрокредита путем передачи микрофинансовой организации заложенного имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z3408" w:id="219"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z3408" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) реализацией недвижимого имущества, являющегося предметом ипотеки, с передачей обязательства по договору о предоставлении микрокредита покупателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z3407" w:id="220"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z3407" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок рассмотрения заявления заемщика – физического лица о внесении изменений в условия договора о предоставлении микрокредита, перечень документов, прилагаемых к нему, а также порядок информирования уполномоченного органа о результатах рассмотрения заявления микрофинансовой организацией определяются нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z3258" w:id="221"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z3258" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Микрофинансовая организация в течение пятнадцати календарных дней после дня получения заявления заемщика – физического лица рассматривает предложенные изменения в условия договора о предоставлении микрокредита в порядке, определенном нормативным правовым актом уполномоченного органа, и в письменной форме, а также через объекты информатизации либо способом, предусмотренным договором о предоставлении микрокредита, сообщает заемщику – физическому лицу об одном из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z3259" w:id="222"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z3259" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) о согласии с предложенными изменениями в условия договора о предоставлении микрокредита; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z3260" w:id="223"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z3260" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) о встречном предложении по изменению условий договора о предоставлении микрокредита; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) об отказе в изменении условий договора о предоставлении микрокредита с указанием мотивированного обоснования причин такого отказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3409" w:id="224"/>
+    <w:bookmarkStart w:name="z3409" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Микрофинансовая организация принимает решение о согласии с предложенными изменениями в условия договора о предоставлении микрокредита на срок не менее трех месяцев при подаче заявления о внесении изменений в условия договора о предоставлении микрокредита, предусмотренных подпунктом 1-1) и (или) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части первой пункта 2 настоящей статьи, заемщиком – физическим лицом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z3410" w:id="225"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z3410" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) относящимся к социально уязвимым слоям населения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О жилищных отношениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z3411" w:id="226"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z3411" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пострадавшим в результате обстоятельств, послуживших основанием для введения чрезвычайного положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z3412" w:id="227"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z3412" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о согласии с предложенными изменениями в условия договора о предоставлении микрокредита, заключенного с заемщиком – физическим лицом, указанным в подпункте 1) части второй настоящего пункта, принимается при условии снижения среднемесячного дохода заемщика, рассчитанного за два месяца, предшествующие месяцу обращения заемщика с заявлением, более чем на тридцать процентов по сравнению со среднемесячным доходом заемщика, рассчитанным за двенадцать месяцев, предшествующих месяцу обращения заемщика с заявлением либо назначения адресной социальной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z767" w:id="228"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z767" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В период рассмотрения заявления заемщика – физического лица о внесении изменений в условия договора о предоставлении микрокредита микрофинансовая организация не вправе требовать досрочного погашения микрокредита. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z768" w:id="229"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z768" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Недостижение взаимоприемлемого решения между микрофинансовой организацией и заемщиком – физическим лицом в течение тридцати календарных дней с даты получения решения микрофинансовой организации, предусмотренного подпунктом 2) части первой настоящего пункта, считается отказом в изменении условий договора о предоставлении микрокредита. Данный срок может быть продлен при наличии согласия обеих сторон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z511" w:id="230"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z511" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Заемщик – физическое лицо в течение пятнадцати календарных дней с даты получения решения микрофинансовой организации, предусмотренного подпунктом 3) части первой пункта 3 настоящей статьи, или при недостижении взаимоприемлемого решения об изменении условий договора о предоставлении микрокредита в срок, предусмотренный частью пятой пункта 3 настоящей статьи, вправе обратиться к микрофинансовому омбудсману с одновременным уведомлением микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z3263" w:id="231"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z3263" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовый омбудсман рассматривает обращение заемщика – физического лица при представлении доказательств его обращения в микрофинансовую организацию и недостижения с микрофинансовой организацией взаимоприемлемого решения об изменении условий договора о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z3264" w:id="232"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z3264" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В период рассмотрения микрофинансовым омбудсманом обращения от заемщика – физического лица, относящегося к социально уязвимым слоям населения в соответствии с Законом Республики Казахстан "О жилищных отношениях", по договору о предоставлении микрокредита, обеспеченного ипотекой недвижимого имущества, являющегося жилищем, не связанного с осуществлением предпринимательской деятельности, не допускается обращение взыскания на заложенное имущество путем подачи иска в суд либо во внесудебном порядке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z516" w:id="233"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z516" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случаях неудовлетворения требования, предусмотренного подпунктом 1) части первой пункта 1 настоящей статьи, а также нереализации заемщиком – физическим лицом по договору о предоставлении микрокредита прав, предусмотренных пунктом 2 настоящей статьи, либо отсутствия согласия между заемщиком – физическим лицом и микрофинансовой организацией по изменению условий договора о предоставлении микрокредита микрофинансовая организация вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z517" w:id="234"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z517" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рассмотреть вопрос о применении мер в отношении заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z518" w:id="235"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z518" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Принятие решения о применении мер осуществляется в соответствии с правилами предоставления микрокредитов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z519" w:id="236"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z519" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) передать задолженность на досудебные взыскание и урегулирование коллекторскому агентству.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z520" w:id="237"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z520" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Передача задолженности на досудебные взыскание и урегулирование коллекторскому агентству допускается при наличии в договоре о предоставлении микрокредита права микрофинансовой организации на привлечение коллекторского агентства при допущении заемщиком просрочки исполнения обязательств по договору о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z3262" w:id="238"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z3262" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовая организация в день передачи задолженности на досудебные взыскание и урегулирование задолженности уведомляет об этом заемщика способом, предусмотренным договором о предоставлении микрокредита, а также через объекты информатизации с указанием наименования, места нахождения коллекторского агентства, телефонных номеров коллекторского агентства для контактов с должниками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z3235" w:id="239"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z3235" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) уступить с соблюдением требований, установленных в статье 9-1 настоящего Закона, права (требования) по договору о предоставлении микрокредита лицу при наличии у заемщика просрочки исполнения денежного обязательства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z3236" w:id="240"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z3236" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по договору о предоставлении микрокредита физического лица, обеспеченного ипотекой недвижимого имущества, – свыше ста восьмидесяти последовательных календарных дней;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z3237" w:id="241"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z3237" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по иным договорам о предоставлении микрокредита физического лица – свыше девяноста последовательных календарных дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9844,210 +9620,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (текст исключен).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3239" w:id="242"/>
+    <w:bookmarkStart w:name="z3239" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положения настоящего подпункта не распространяются на случаи применения в отношении заемщика – гражданина Республики Казахстан процедуры восстановления платежеспособности, внесудебного или судебного банкротства в порядке, предусмотренном Законом Республики Казахстан "О восстановлении платежеспособности и банкротстве граждан Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z521" w:id="243"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z521" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) применить меры, предусмотренные законодательством Республики Казахстан и (или) договором о предоставлении микрокредита, в том числе обратиться с иском в суд о взыскании суммы долга по договору о предоставлении микрокредита, а также обратить взыскание на заложенное имущество во внесудебном порядке, за исключением случаев, предусмотренных Законом Республики Казахстан "Об ипотеке недвижимого имущества", либо в судебном порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z522" w:id="244"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z522" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обратиться с иском в суд о признании заемщика – индивидуального предпринимателя, юридического лица банкротом в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z3240" w:id="245"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z3240" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Микрофинансовой организации запрещается получать от третьих лиц услуги по досудебным взысканию и урегулированию задолженности, а также сбору информации, связанной с задолженностью, за исключением случаев, когда такие услуги оказываются микрофинансовой организации коллекторским агентством и (или) сервисной компанией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z3241" w:id="246"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z3241" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Не допускается заключение микрофинансовой организацией договора о досудебном взыскании и урегулировании задолженности, а также сборе информации, связанной с задолженностью, с коллекторским агентством в отношении физического лица, задолженность которого обеспечена ипотекой недвижимого имущества, являющегося жилищем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z3242" w:id="247"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z3242" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В период нахождения задолженности на досудебных взыскании и урегулировании у коллекторского агентства микрофинансовая организация не вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z3243" w:id="248"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z3243" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращаться с иском в суд о взыскании задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z3244" w:id="249"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z3244" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       требовать выплаты вознаграждения за период нахождения задолженности в работе у коллекторского агентства, а также начислять в указанный период неустойку (штраф, пеню) за несвоевременное погашение основного долга и вознаграждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10163,90 +9939,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Прекращение обязательств по договору о предоставлении микрокредита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="250"/>
+    <w:bookmarkStart w:name="z90" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обязательства по договору о предоставлении микрокредита прекращаются по основаниям, предусмотренным гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z91" w:id="251"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z91" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Срок исковой давности по требованию микрофинансовых организаций к заемщикам по ненадлежащему исполнению договоров о предоставлении микрокредитов составляет пять лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10265,125 +10041,125 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="252"/>
+    <w:bookmarkStart w:name="z92" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. СОЗДАНИЕ И ДЕЯТЕЛЬНОСТЬ МИКРОФИНАНСОВЫХ ОРГАНИЗАЦИЙ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 11. Правовое положение микрофинансовой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z354" w:id="253"/>
+    <w:bookmarkStart w:name="z354" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Микрофинансовая организация (за исключением кредитного товарищества) создается в организационно-правовой форме акционерного общества или хозяйственного товарищества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z355" w:id="254"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z355" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовой организации запрещается выпускать облигации, за исключением выпуска облигаций для целей их размещения на организованном рынке ценных бумаг Республики Казахстан и (или) допуска к торгам на фондовой бирже, функционирующей на территории Международного финансового центра "Астана".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10419,187 +10195,187 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Формирование уставного капитала микрофинансовой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="255"/>
+    <w:bookmarkStart w:name="z97" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Учредители микрофинансовой организации обязаны полностью оплатить минимальный размер уставного капитала создаваемой микрофинансовой организации к моменту ее государственной регистрации (перерегистрации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z98" w:id="256"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z98" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Минимальный размер уставного капитала микрофинансовой организации устанавливается нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z99" w:id="257"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z99" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Уставный капитал микрофинансовой организации формируется исключительно деньгами в национальной валюте Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Наименование микрофинансовой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="258"/>
+    <w:bookmarkStart w:name="z101" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование микрофинансовой организации (за исключением кредитного товарищества и ломбарда) должно в обязательном порядке содержать слова "микрофинансовая организация" или аббревиатуру "МФО".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z356" w:id="259"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z356" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Наименование кредитного товарищества или ломбарда должно в обязательном порядке содержать соответственно слова "кредитное товарищество" или "ломбард".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z103" w:id="260"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z103" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Юридическое лицо, не зарегистрированное в качестве микрофинансовой организации, кредитного товарищества, ломбарда, не имеет право использовать в своем наименовании слова "микрофинансовая организация", "кредитное товарищество", "ломбард", производные от них слова или аббревиатуры, предполагающие, что оно осуществляет деятельность по предоставлению микрокредитов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10635,1112 +10411,1086 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Лицензирование микрофинансовой деятельности и требования, предъявляемые к руководящим работникам и учредителям (участникам) микрофинансовой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z390" w:id="261"/>
+    <w:bookmarkStart w:name="z390" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Юридическое лицо обращается в уполномоченный орган за получением лицензии на осуществление микрофинансовой деятельности в течение шести месяцев со дня его государственной регистрации (перерегистрации) в Государственной корпорации "Правительство для граждан" в качестве микрофинансовой организации, кредитного товарищества, ломбарда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z489" w:id="262"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z489" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Юридическое лицо, имеющее намерение осуществлять деятельность по предоставлению микрокредитов, уведомляет уполномоченный орган, уполномоченный государственный орган, осуществляющий финансовый мониторинг, о государственной регистрации (перерегистрации) в Государственной корпорации "Правительство для граждан" в качестве микрофинансовой организации, кредитного товарищества, ломбарда в течение десяти календарных дней со дня данной регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z391" w:id="263"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z391" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для получения (переоформления) лицензии на осуществление микрофинансовой деятельности, помимо документов, определенных Законом Республики Казахстан "О разрешениях и уведомлениях", микрофинансовая организация представляет в уполномоченный орган документы, подтверждающие соответствие квалификационным требованиям, предъявляемым при лицензировании микрофинансовой деятельности, в случаях, определенных правилами лицензирования микрофинансовой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z448" w:id="264"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z448" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Переоформление лицензии на осуществление микрофинансовой деятельности осуществляется в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 33 Закона Республики Казахстан "О разрешениях и уведомлениях", а также изменения места нахождения микрофинансовой организации, влекущего увеличение уставного капитала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z449" w:id="265"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z449" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При переоформлении лицензии на осуществление микрофинансовой деятельности проверка соответствия микрофинансовой организации квалификационным требованиям осуществляется в случаях, когда основание, послужившее для переоформления лицензии, влечет изменение вида микрофинансовой деятельности или организационно-правовой формы либо увеличение уставного капитала в связи с изменением места нахождения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление о переоформлении лицензии на осуществление микрофинансовой деятельности в случаях, предусмотренных частью второй настоящего пункта, подается микрофинансовой организацией в течение тридцати календарных дней с момента возникновения изменений, послуживших основанием для переоформления лицензии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="266"/>
+    <w:bookmarkStart w:name="z392" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Уполномоченный орган выдает микрофинансовой организации лицензию на осуществление микрофинансовой деятельности либо мотивированный отказ в выдаче лицензии на осуществление микрофинансовой деятельности в течение тридцати рабочих дней со дня получения полного пакета документов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z393" w:id="267"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z393" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Копия лицензии на осуществление микрофинансовой деятельности подлежит размещению в месте, доступном для обозрения клиентам микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z394" w:id="268"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z394" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Руководящими работниками микрофинансовой организации признаются первый руководитель и члены исполнительного органа (коллегиального или единоличного), члены наблюдательного совета (при наличии), члены совета директоров (при наличии), главный бухгалтер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z451" w:id="269"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z451" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководящим работником микрофинансовой организации не может являться физическое лицо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z452" w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z452" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не имеющее высшего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z453" w:id="271"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z453" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не имеющее безупречной деловой репутации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z454" w:id="272"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z454" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ранее являвшееся руководителем, членом органа управления, руководителем, членом исполнительного органа, главным бухгалтером финансовой организации, руководителем или заместителем руководителя филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиала страхового брокера-нерезидента Республики Казахстан, крупным участником – физическим лицом, руководителем крупного участника (банковского холдинга) – юридического лица финансовой организации в период не более чем за один год до принятия уполномоченным органом решения об отнесении банка, филиала банка-нерезидента Республики Казахстан к категории неплатежеспособных банков, филиалов банков-нерезидентов Республики Казахстан, лишении лицензии финансовой организации, филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиала страхового брокера-нерезидента Республики Казахстан, повлекших их ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации или признании ее банкротом в установленном законодательством Республики Казахстан порядке, либо вступления в законную силу решения суда о принудительном прекращении деятельности филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан в случаях, установленных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z455" w:id="273"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z455" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указанное требование применяется в течение пяти лет после принятия уполномоченным органом решения об отнесении банка, филиала банка-нерезидента Республики Казахстан к категории неплатежеспособных банков, филиалов банков-нерезидентов Республики Казахстан, консервации страховой (перестраховочной) организации либо принудительном выкупе ее акций, лишении лицензии финансовой организации, филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиала страхового брокера-нерезидента Республики Казахстан, повлекших их ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации или признании ее банкротом в установленном законодательством Республики Казахстан порядке, либо вступления в законную силу решения суда о принудительном прекращении деятельности филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан в случаях, установленных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z456" w:id="274"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z456" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) у которого было отозвано согласие на назначение (избрание) на должность руководящего работника в данной и (или) иной финансовой организации, данном и (или) ином филиале банка-нерезидента Республики Казахстан, филиале страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиале страхового брокера-нерезидента Республики Казахстан. Указанное требование применяется в течение последних двенадцати последовательных месяцев после принятия уполномоченным органом решения об отзыве согласия на назначение (избрание) на должность руководящего работника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z457" w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z457" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) совершившее коррупционное преступление либо подвергнутое административному взысканию до даты назначения (избрания) за совершение коррупционного правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z458" w:id="276"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z458" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ранее являвшееся руководителем, членом органа управления, руководителем, членом исполнительного органа, главным бухгалтером финансовой организации, крупным участником (крупным акционером) – физическим лицом, руководителем, членом органа управления, руководителем, членом исполнительного органа, главным бухгалтером крупного участника (крупного акционера) – юридического лица-эмитента, допустившего дефолт по выплате купонного вознаграждения по выпущенным эмиссионным ценным бумагам в течение четырех и более последовательных периодов, либо сумма задолженности которого по выплате купонного вознаграждения по выпущенным эмиссионным ценным бумагам, по которым был допущен дефолт, составляет четырехкратный и (или) более размер купонного вознаграждения, либо размер дефолта по выплате основного долга по выпущенным эмиссионным ценным бумагам составляет сумму, в десятитысячекратный раз превышающую размер месячного расчетного показателя, установленный законом о республиканском бюджете на дату выплаты. Указанное требование применяется в течение пяти лет с момента возникновения обстоятельств, предусмотренных настоящим подпунктом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z459" w:id="277"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z459" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Крупный участник микрофинансовой организации не может быть назначен (избран) на должность руководителя исполнительного органа микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z460" w:id="278"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z460" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Число членов коллегиального исполнительного органа должно составлять не менее трех человек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z461" w:id="279"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z461" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единоличный исполнительный орган состоит из одного человека.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z462" w:id="280"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z462" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требование части первой настоящего пункта не распространяется на микрофинансовую организацию, созданную в форме хозяйственного товарищества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z399" w:id="281"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z399" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Не может являться крупным участником микрофинансовой организации лицо, которое:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z400" w:id="282"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z400" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) является физическим лицом, имеющим непогашенную или неснятую судимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z401" w:id="283"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z401" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеет регистрацию, место жительства или место нахождения в офшорных зонах, перечень которых устанавливается уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z402" w:id="284"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z402" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) является юридическим лицом, учредитель (акционер, участник) либо руководящий работник которого ранее являлся первым руководителем или учредителем (участником) микрофинансовой организации в период не более чем за один год до принятия уполномоченным органом решения о лишении данной микрофинансовой организации лицензии на осуществление микрофинансовой деятельности по основаниям, предусмотренным подпунктами 1), 2), 3), 4), 5), 6), 7) и 9) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z3439" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3-1) является юридическим лицом, бенефициарный собственник которого, определенный в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения", имеет неснятую или непогашенную судимость за преступления в сфере легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z403" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ранее являлось либо является крупным участником – физическим лицом либо первым руководителем крупного участника – юридического лица и (или) руководящим работником финансовой организации, руководителем или заместителем руководителя филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиала страхового брокера-нерезидента Республики Казахстан в период не более чем за один год до принятия уполномоченным органом решения об отнесении банка, филиала банка-нерезидента Республики Казахстан к категории неплатежеспособных банков, филиалов банков-нерезидентов Республики Казахстан, лишении лицензии финансовой организации, филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан, филиала страхового брокера-нерезидента Республики Казахстан, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации или признании ее банкротом в установленном законодательством Республики Казахстан порядке, либо вступления в законную силу решения суда о принудительном прекращении деятельности филиала банка-нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан в случаях, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 14 в редакции Закона РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); с изменениями, внесенными законами РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 04.01.2021); от 24.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...204 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14-1. Создание, закрытие филиалов и представительств   микрофинансовой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z464" w:id="286"/>
+    <w:bookmarkStart w:name="z464" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Микрофинансовая организация без согласия уполномоченного органа вправе создавать свои обособленные подразделения – филиалы и представительства как на территории Республики Казахстан, так и за ее пределами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z465" w:id="287"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z465" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовая организация в течение тридцати рабочих дней с даты учетной регистрации своего филиала или представительства в Государственной корпорации "Правительство для граждан" обязана письменно уведомить уполномоченный орган об их создании с приложением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z466" w:id="288"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z466" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нотариально засвидетельствованной копии положения о филиале или представительстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z467" w:id="289"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z467" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) справки об учетной регистрации филиала (представительства);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z468" w:id="290"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z468" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нотариально засвидетельствованной копии доверенности, выданной первому руководителю филиала или представительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z3245" w:id="291"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z3245" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сведений о помещениях филиала с указанием адреса, по которому расположено помещение филиала (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z469" w:id="292"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z469" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Филиал микрофинансовой организации имеет единые с микрофинансовой организацией баланс и наименование, полностью совпадающее с наименованием микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z470" w:id="293"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z470" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Филиал микрофинансовой организации вправе иметь помещения, расположенные по нескольким адресам в пределах одной области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z471" w:id="294"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z471" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Филиал микрофинансовой организации с местом нахождения в столице и (или) городе республиканского значения вправе иметь помещения, расположенные по нескольким адресам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z472" w:id="295"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z472" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в столице и (или) городе республиканского значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z473" w:id="296"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z473" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах области, прилегающей к столице (городу республиканского значения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z474" w:id="297"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z474" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Представительство микрофинансовой организации действует от имени и по поручению микрофинансовой организации и не осуществляет микрофинансовую деятельность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z475" w:id="298"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z475" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Обязательным условием создания микрофинансовой организацией филиалов, увеличения количества дополнительных помещений действующих филиалов, в том числе находящихся по нескольким адресам, является неприменение уполномоченным органом к микрофинансовой организации в течение трех месяцев, предшествующих дате учетной регистрации филиала в Государственной корпорации "Правительство для граждан" или дате принятия соответствующим органом микрофинансовой организации решения об увеличении количества дополнительных помещений действующего филиала микрофинансовой организации, в том числе находящихся по нескольким адресам, санкции в виде приостановления действия лицензии на осуществление микрофинансовой деятельности, а также административных взысканий за административные правонарушения, предусмотренные частями первой и третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11755,151 +11505,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, частью третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 227</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z476" w:id="299"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z476" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. При внесении изменений и (или) дополнений в положения о филиале, представительстве, требующих учетной перерегистрации в Государственной корпорации "Правительство для граждан", микрофинансовая организация обязана в течение тридцати рабочих дней с даты учетной перерегистрации в Государственной корпорации "Правительство для граждан" представить в уполномоченный орган нотариально засвидетельствованную копию изменений и (или) дополнений в положения о филиале, представительстве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z477" w:id="300"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z477" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При внесении изменений и (или) дополнений в положения о филиале, представительстве, не требующих учетной перерегистрации в Государственной корпорации "Правительство для граждан", микрофинансовая организация обязана в течение тридцати рабочих дней с даты отметки Государственной корпорации "Правительство для граждан" о приеме письма микрофинансовой организации представить в уполномоченный орган копию указанного письма микрофинансовой организации, нотариально засвидетельствованные копии изменений и (или) дополнений в положения о филиале, представительстве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z478" w:id="301"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z478" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае увеличения количества дополнительных помещений филиала микрофинансовой организации или уменьшения количества помещений филиала микрофинансовой организации микрофинансовая организация обязана в течение тридцати рабочих дней с даты принятия органом микрофинансовой организации соответствующего решения представить в уполномоченный орган письменное уведомление с приложением выписки из решения органа микрофинансовой организации о принятом решении, содержащей адреса указанных помещений филиала микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z479" w:id="302"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z479" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Микрофинансовая организация в течение тридцати рабочих дней с даты снятия с учетной регистрации своего филиала и (или) представительства в Государственной корпорации "Правительство для граждан" должна письменно уведомить уполномоченный орган о прекращении их деятельности с приложением копии документа Государственной корпорации "Правительство для граждан", подтверждающего снятие с учетной регистрации филиала и (или) представительства микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z480" w:id="303"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z480" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Уполномоченный орган требует закрытия филиала либо помещения или представительства микрофинансовой организации в случае невыполнения требований пунктов 2, 3, 4, 5 и 7 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkEnd w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11993,90 +11743,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 15 в редакции Закона РК от 03.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 359-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="304"/>
+    <w:bookmarkStart w:name="z119" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Отказ в выдаче лицензии на осуществление микрофинансовой деятельности производится в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z120" w:id="305"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z120" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несоответствия представленных документов требованиям, установленным нормативным правовым актом уполномоченного органа, а также предоставления недостоверных сведений и информации, подлежащих отражению в данных документах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12105,71 +11855,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="306"/>
+    <w:bookmarkStart w:name="z122" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) если микрофинансовая организация в течение шести месяцев со дня ее государственной регистрации (перерегистрации) в Государственной корпорации "Правительство для граждан" не обратилась с заявлением о получении лицензии на осуществление микрофинансовой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z123" w:id="307"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z123" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) несоблюдения одного из требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12204,51 +11954,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, пунктами 5 и 6 статьи 14, пунктом 3 статьи 14-1 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkEnd w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12277,210 +12027,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z300" w:id="308"/>
+    <w:bookmarkStart w:name="z300" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) несоблюдения срока государственной перерегистрации, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z481" w:id="309"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z481" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) несоблюдения срока, установленного пунктом 2-1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, для подачи заявления на получение лицензии на осуществление микрофинансовой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z125" w:id="310"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z125" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае получения отказа в выдаче лицензии по основаниям, предусмотренным подпунктами 1) и 4) пункта 1 настоящей статьи, юридическое лицо, зарегистрированное в качестве микрофинансовой организации, кредитного товарищества, ломбарда, в течение тридцати рабочих дней после дня получения отказа вправе после устранения несоответствия повторно представить заявление и иные документы на получение лицензии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z404" w:id="311"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z404" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Повторно представленные заявление и иные документы рассматриваются в течение тридцати рабочих дней. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z405" w:id="312"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z405" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При отказе от права, предусмотренного частью первой настоящего пункта, а также получении отказа по основаниям, предусмотренным подпунктами 3), 6) и 7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, юридическое лицо, зарегистрированное в качестве микрофинансовой организации, кредитного товарищества, ломбарда, в течение тридцати рабочих дней после дня получения отказа обязано провести процедуру перерегистрации путем исключения из своего наименования слов "микрофинансовая организация", "кредитное товарищество", "ломбард", производных от них слов или аббревиатуры, предполагающих, что указанное юридическое лицо осуществляет деятельность по предоставлению микрокредитов, либо принять решение о реорганизации или ликвидации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkEnd w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях неосуществления юридическим лицом действий, указанных в частях первой и третьей настоящего пункта, оно подлежит принудительной реорганизации либо ликвидации в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12614,944 +12364,850 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Основания для приостановления, прекращения действия либо лишения лицензии на осуществление микрофинансовой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z406" w:id="313"/>
+    <w:bookmarkStart w:name="z406" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Действие лицензии на осуществление микрофинансовой деятельности приостанавливается на срок до шести месяцев по одному из следующих оснований:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z407" w:id="314"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z407" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осуществление деятельности с нарушением требований, предусмотренных пунктами 5 и 6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, пунктами 3, 5 и 7 статьи 14-1 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z408" w:id="315"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z408" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нарушение пруденциальных нормативов и (или) иных обязательных к соблюдению норм и лимитов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z409" w:id="316"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z409" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) неоднократное (два и более раза в течение двенадцати последовательных календарных месяцев) непредставление отчетности Национальному Банку Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z410" w:id="317"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z410" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) неоднократное (два и более раза в течение двенадцати последовательных календарных месяцев) привлечение к административной ответственности за представление недостоверной финансовой или иной отчетности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z411" w:id="318"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z411" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) невыполнение письменного предписания уполномоченного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z412" w:id="319"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z412" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) воспрепятствование проведению проверки, повлекшее невозможность ее проведения в установленные сроки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-[...114 lines deleted...]
-    <w:bookmarkStart w:name="z414" w:id="320"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z413" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) неоднократное (два и более раза в течение двенадцати последовательных календарных месяцев) нарушение требований, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z414" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) выявление недостоверных сведений и информации в документах, представленных для получения лицензии на осуществление микрофинансовой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z415" w:id="321"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z415" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Лишение лицензии на осуществление микрофинансовой деятельности производится по одному из следующих оснований:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z416" w:id="322"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z416" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) систематическое (три и более раза в течение двенадцати последовательных календарных месяцев) приостановление действия лицензии на осуществление микрофинансовой деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z417" w:id="323"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z417" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление деятельности с систематическими (три и более раза в течение двенадцати последовательных календарных месяцев) нарушениями требований законов Республики Казахстан, а также нормативных правовых актов уполномоченного органа, Национального Банка Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z418" w:id="324"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z418" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) систематическое (три и более раза в течение двенадцати последовательных календарных месяцев) невыполнение письменных предписаний уполномоченного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z419" w:id="325"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z419" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществление видов деятельности, не предусмотренных настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z420" w:id="326"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z420" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) систематическое (три и более раза в течение двенадцати последовательных календарных месяцев) привлечение к административной ответственности за представление недостоверной финансовой или иной отчетности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z421" w:id="327"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z421" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) неосуществление деятельности в течение шести последовательных календарных месяцев со дня получения лицензии на осуществление микрофинансовой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z422" w:id="328"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z422" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) вступление в законную силу решения суда о прекращении деятельности микрофинансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z423" w:id="329"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z423" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) принятие решения о добровольном прекращении своей деятельности путем реорганизации или ликвидации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z424" w:id="330"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z424" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовая организация до подачи заявления на прекращение действия лицензии на осуществление микрофинансовой деятельности должна исполнить все свои обязательства. К заявлению одновременно прилагается письмо о подтверждении исполнения всех обязательств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z425" w:id="331"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z425" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) воспрепятствование более двух раз проведению проверки, повлекшее невозможность ее проведения в установленные сроки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z426" w:id="332"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z426" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При определении целесообразности применения санкции в виде приостановления действия либо лишения лицензии на осуществление микрофинансовой деятельности учитываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z427" w:id="333"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z427" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уровень риска, характер нарушений и (или) выявленных недостатков и их последствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z428" w:id="334"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z428" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) масштаб и значительность допущенных нарушений и (или) выявленных недостатков и их последствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z429" w:id="335"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z429" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) систематичность и длительность нарушений и (или) выявленных недостатков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z430" w:id="336"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z430" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) влияние допущенных нарушений и (или) выявленных недостатков на финансовое состояние микрофинансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z431" w:id="337"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z431" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) причины, обусловившие возникновение допущенных нарушений и (или) выявленных недостатков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z432" w:id="338"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z432" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) принятие самостоятельных мер, направленных на устранение выявленных недостатков, рисков или нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z433" w:id="339"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z433" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Прекращение действия лицензии на осуществление микрофинансовой деятельности производится в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z3116" w:id="340"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z3116" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) с момента государственной перерегистрации микрофинансовой организации в банк;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z3117" w:id="341"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z3117" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Законом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z434" w:id="342"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z434" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Решение о приостановлении действия или лишении лицензии на осуществление микрофинансовой деятельности вступает в силу с даты его принятия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z435" w:id="343"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z435" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действие лицензии на осуществление микрофинансовой деятельности считается приостановленным со дня доведения такого решения до сведения микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z436" w:id="344"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z436" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация о принятом решении о приостановлении действия или лишении лицензии на осуществление микрофинансовой деятельности публикуется на интернет-ресурсе уполномоченного органа на казахском и русском языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z437" w:id="345"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z437" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Решение уполномоченного органа о приостановлении действия или лишении лицензии на осуществление микрофинансовой деятельности обжалуется в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z438" w:id="346"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z438" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обжалование решения уполномоченного органа о приостановлении действия или лишении лицензии на осуществление микрофинансовой деятельности не приостанавливает исполнения такого решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z439" w:id="347"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z439" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Приостановление действия лицензии на осуществление микрофинансовой деятельности влечет запрет на заключение микрофинансовой организацией новых договоров о предоставлении микрокредита, в том числе на продление срока действия действующих договоров о предоставлении микрокредита и их изменение, предусматривающее увеличение обязательств и ответственности микрофинансовой организации, а также обязательств и ответственности заемщика. Микрофинансовая организация, действие лицензии на осуществление микрофинансовой деятельности которой приостановлено, обязана выполнить принятые на себя обязательства по ранее заключенным договорам о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z440" w:id="348"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z440" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Микрофинансовая организация, лишенная лицензии на осуществление микрофинансовой деятельности либо действие лицензии которой было приостановлено, не вправе осуществлять микрофинансовую деятельность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z441" w:id="349"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z441" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Микрофинансовая организация обязана в течение тридцати календарных дней со дня принятия уполномоченным органом решения о лишении лицензии на осуществление микрофинансовой деятельности провести процедуру перерегистрации путем исключения из своего наименования слов "микрофинансовая организация", "кредитное товарищество", "ломбард", производных от них слов или аббревиатуры, предполагающих, что указанное юридическое лицо осуществляет деятельность по предоставлению микрокредитов, либо принять решение о реорганизации или ликвидации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkEnd w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13593,364 +13249,384 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 12.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 138-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Общие требования к операциям, проводимым микрофинансовой организацией</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3413" w:id="350"/>
+    <w:bookmarkStart w:name="z3413" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Микрофинансовая организация осуществляет микрофинансовую деятельность при наличии правил предоставления микрокредитов, содержащих следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z3414" w:id="351"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z3414" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) порядок подачи заявления на предоставление микрокредита и порядок его рассмотрения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z3415" w:id="352"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z3415" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) порядок заключения договора о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z3416" w:id="353"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z3416" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) предельные суммы и сроки предоставления микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z3417" w:id="354"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z3417" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) предельные величины ставок вознаграждения по предоставляемым микрокредитам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z3418" w:id="355"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z3418" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) порядок выплаты вознаграждения по предоставленным микрокредитам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z3419" w:id="356"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z3419" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) требования к принимаемому микрофинансовой организацией обеспечению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z3420" w:id="357"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z3420" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) правила расчета годовой эффективной ставки вознаграждения по предоставляемым микрокредитам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z3421" w:id="358"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z3421" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) методы погашения микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z3422" w:id="359"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z3422" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) порядок рассмотрения обращений клиентов, возникающих в процессе предоставления микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z3423" w:id="360"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z3423" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок рассмотрения обращения клиента не должен превышать пятнадцать рабочих дней со дня поступления обращения в микрофинансовую организацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z3424" w:id="361"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z3424" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок рассмотрения обращения может быть продлен на пятнадцать рабочих дней ввиду необходимости установления фактических обстоятельств, имеющих значение для правильного рассмотрения обращения, о чем клиент извещается в течение трех рабочих дней со дня продления срока рассмотрения обращения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z3425" w:id="362"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z3425" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) права и обязанности микрофинансовой организации и его клиента, их ответственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z3426" w:id="363"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z3426" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkEnd w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14013,90 +13689,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (текст исключен).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3427" w:id="364"/>
+    <w:bookmarkStart w:name="z3427" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) иные условия, требования и ограничения, не противоречащие законам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z3428" w:id="365"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z3428" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правила предоставления микрокредитов должны соответствовать порядку предоставления микрокредитов, раскрытия информации и рассмотрения микрофинансовыми организациями обращений клиентов, возникающих в процессе предоставления микрокредитов, определяемому нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14152,90 +13828,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Служба внутреннего контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="366"/>
+    <w:bookmarkStart w:name="z157" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Для осуществления контроля за своей финансово-хозяйственной деятельностью микрофинансовой организацией может быть образована служба внутреннего контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z158" w:id="367"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z158" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Порядок работы службы внутреннего контроля определяется законодательством Республики Казахстан, а также правилами, положением и иными документами, регулирующими внутреннюю деятельность микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkEnd w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Дополнительные виды деятельности микрофинансовых организаций</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14319,587 +13995,587 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Тайна предоставления микрокредита</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="368"/>
+    <w:bookmarkStart w:name="z193" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тайна предоставления микрокредита включает в себя сведения о заемщиках, размерах микрокредитов, об иных условиях договора о предоставлении микрокредита, относящихся к заемщику, и об операциях микрофинансовой организации (за исключением правил предоставления микрокредитов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z194" w:id="369"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z194" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не относятся к тайне предоставления микрокредита сведения о заключенных договорах о предоставлении микрокредитов микрофинансовой организацией, находящейся в процессе ликвидации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z195" w:id="370"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z195" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовые организации гарантируют тайну предоставления микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z196" w:id="371"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z196" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тайна предоставления микрокредита может быть раскрыта только заемщику, третьему лицу на основании согласия заемщика, данного в письменной форме, а также через объекты информатизации, кредитному бюро по предоставленным микрокредитам в соответствии с законами Республики Казахстан, а также лицам, указанным в пунктах 4, 5, 5-1 и 6 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z197" w:id="372"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z197" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о заемщиках, размерах микрокредитов, об иных условиях договора о предоставлении микрокредита, относящихся к заемщику, об операциях, проводимых микрофинансовой организацией, выдаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z198" w:id="373"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z198" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственным органам и должностным лицам, осуществляющим функции уголовного преследования: по находящимся в их производстве уголовным делам на основании письменного запроса, санкционированного прокурором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkEnd w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) органам национальной безопасности и Службе государственной охраны Республики Казахстан с санкции прокурора по их требованию о предоставлении информации, необходимой для предупреждения, вскрытия и пресечения разведывательных и (или) подрывных акций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3202" w:id="374"/>
+    <w:bookmarkStart w:name="z3202" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-2) уполномоченному органу по возврату активов по письменному запросу, подписанному первым руководителем либо лицом, исполняющим его обязанности, с приложением выписки из реестра, утвержденного в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О возврате государству незаконно приобретенных активов";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z199" w:id="375"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z199" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) судам: по находящимся в их производстве делам на основании определения, постановления, решения и приговора суда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z200" w:id="376"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z200" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) государственным и частным судебным исполнителям: по находящимся в их производстве делам исполнительного производства на основании санкционированного прокурором постановления судебного исполнителя, заверенного печатью органов юстиции или печатью частного судебного исполнителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z201" w:id="377"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z201" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) прокурору: на основании постановления о производстве проверки в пределах его компетенции по находящемуся у него на рассмотрении материалу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z202" w:id="378"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z202" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) органам государственных доходов исключительно в целях налогового администрирования: по вопросам, связанным с налогообложением проверяемого лица, на основании предписания, кредитными бюро по заемщику – физическому лицу, у которого возникла обязанность по представлению деклараций об активах и обязательствах, о доходах и имуществе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z203" w:id="379"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z203" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) представителям заемщика: на основании доверенности, по заемщику, являющемуся физическим лицом, на основании нотариально удостоверенной доверенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkEnd w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) уполномоченному органу в области реабилитации и банкротства: в отношении лица, по которому имеется вступившее в законную силу решение суда о признании банкротом, за период в течение пяти лет до возбуждения дела о банкротстве и (или) реабилитации с санкции прокурора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3200" w:id="380"/>
+    <w:bookmarkStart w:name="z3200" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) уполномоченному органу в сфере государственного управления по восстановлению платежеспособности и банкротства граждан Республики Казахстан: на основании запроса в отношении гражданина, подавшего заявление о применении процедур, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О восстановлении платежеспособности и банкротстве граждан Республики Казахстан", за период в течение трех лет до подачи такого запроса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z3201" w:id="381"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z3201" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) финансовому управляющему: на основании запроса в отношении гражданина, по которому возбуждено дело о применении процедуры восстановления платежеспособности или судебного банкротства с санкции прокурора. В целях подтверждения полномочий к запросу прикладывается определение суда о возбуждении дела о применении процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z204" w:id="382"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z204" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Сведения о заемщике, размере микрокредита, об иных условиях договора о предоставлении микрокредита, относящихся к заемщику, в случае смерти заемщика, помимо лиц, предусмотренных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, также выдаются на основании письменного запроса:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z205" w:id="383"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z205" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицам, указанным заемщиком в завещании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z206" w:id="384"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z206" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нотариусам: по находящимся в их производстве наследственным делам на основании запроса нотариуса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z207" w:id="385"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z207" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) иностранным консульским учреждениям: по находящимся в их производстве наследственным делам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z3265" w:id="386"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z3265" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-1. Тайна предоставления микрокредита может быть раскрыта микрофинансовому омбудсману по находящимся у него на рассмотрении обращениям заемщиков – физических лиц по урегулированию разногласий, возникающих из договора о предоставлении микрокредита, в том числе права (требования) по которому уступлены лицу, указанному в пункте 4 и части первой пункта 5 статьи 9-1 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z209" w:id="387"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z209" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Не является раскрытием тайны предоставления микрокредита:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z210" w:id="388"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z210" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставление микрофинансовыми организациями негативной информации в кредитные бюро и предоставление кредитными бюро негативной информации о субъекте кредитной истории в части просроченной задолженности свыше ста восьмидесяти календарных дней;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z211" w:id="389"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z211" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) предоставление лицами, указанными в части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14934,52 +14610,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9-1 настоящего Закона, при уступке (переуступке) прав (требований) по договору о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z296" w:id="390"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z296" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) предоставление лицами, указанными в части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14994,111 +14670,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9-1 настоящего Закона, информации по микрокредиту коллекторскому агентству в рамках договора , предметом которого является оказание услуг по досудебным взысканию и урегулированию задолженности, а также сбору информации, связанной с задолженностью заемщика, заключенного с данным коллекторским агентством, или сервисной компании в рамках договора доверительного управления в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z368" w:id="391"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z368" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обмен информацией, в том числе сведениями, составляющими тайну предоставления микрокредита, между Национальным Банком Республики Казахстан и уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z369" w:id="392"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z369" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) представление должностным лицом государственного органа или лицом, выполняющим управленческие функции в микрофинансовой организации, документов и сведений, содержащих тайну предоставления микрокредита, в качестве подтверждающих документов и материалов при направлении органу уголовного преследования сообщения об уголовном правонарушении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z3210" w:id="393"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z3210" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обмен сведениями по платежным транзакциям с признаками мошенничества, составляющими тайну предоставления микрокредита, между центром обмена данными по платежным транзакциям с признаками мошенничества, микрофинансовыми организациями, иными финансовыми организациями, платежными организациями, операторами сотовой связи, органами уголовного преследования, национальной безопасности и правоохранительными органами, Национальным Банком Республики Казахстан, уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkEnd w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15554,70 +15230,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Ведение бухгалтерского учета и составление финансовой отчетности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="394"/>
+    <w:bookmarkStart w:name="z213" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ведение бухгалтерского учета и составление финансовой отчетности микрофинансовой организацией, автоматизация ведения бухгалтерского учета осуществляются в соответствии с нормативными правовыми актами Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkEnd w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15653,267 +15329,267 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Хранение документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="395"/>
+    <w:bookmarkStart w:name="z215" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хранение документов, связанных с деятельностью микрофинансовой организации, осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkEnd w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Запрет на деятельность по предоставлению микрокредитов и рекламу, не соответствующую действительности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="396"/>
+    <w:bookmarkStart w:name="z217" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Юридические лица, не зарегистрированные в качестве микрофинансовых организаций, кредитных товариществ, ломбардов, не вправе осуществлять предпринимательскую деятельность по предоставлению микрокредитов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z218" w:id="397"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z218" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовым организациям запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z370" w:id="398"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z370" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реклама их деятельности, не соответствующая действительности на день ее опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z371" w:id="399"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z371" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реклама, связанная с предложением микрокредита на условиях, не соответствующих законодательству Республики Казахстан о микрофинансовой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z3429" w:id="400"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z3429" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Микрофинансовая организация при распространении и (или) размещении рекламы, содержащей информацию о величинах вознаграждения по микрокредиту, обязана указывать годовую эффективную ставку вознаграждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z3430" w:id="401"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z3430" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2. При распространении рекламы, содержащей информацию о величинах вознаграждения по микрокредиту, в том числе при ее публикации, годовая эффективная ставка вознаграждения указывается в цифровом выражении, в одинаковой по размеру и стилю оформления шрифтов форме с другими ставками вознаграждения. Не допускается указание годовой эффективной ставки вознаграждения шрифтом, меньше используемого, при указании иной информации в данной рекламе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z372" w:id="402"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z372" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Уполномоченный орган вправе потребовать от микрофинансовой организации внесения изменений в рекламу, не соответствующую действительности, ее прекращения и (или) публикации ее опровержения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z373" w:id="403"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z373" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае невыполнения данного требования в установленный уполномоченным органом срок уполномоченный орган вправе опубликовать информацию о несоответствии действительности сведений, содержащихся в рекламе, либо уточнить их за счет микрофинансовой организации, опубликовавшей такую рекламу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z374" w:id="404"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z374" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Юридическим лицам, не имеющим лицензию на осуществление микрофинансовой деятельности, запрещается реклама осуществляемых услуг, подпадающих под категорию микрофинансовой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkEnd w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16009,91 +15685,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Реорганизация и ликвидация микрофинансовых организаций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="405"/>
+    <w:bookmarkStart w:name="z220" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Реорганизация и ликвидация микрофинансовых организаций осуществляются в порядке, предусмотренном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z3121" w:id="406"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z3121" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Реорганизация микрофинансовой организации в форме конвертации в банк осуществляется с учетом особенностей, предусмотренных настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z3122" w:id="407"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z3122" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Под добровольной реорганизацией микрофинансовой организации в форме конвертации в банк (далее – конвертация микрофинансовой организации в банк), понимается комплекс мероприятий, направленных на изменение деятельности микрофинансовой организации в целях получения статуса банка и осуществления деятельности в соответствии с требованиями, установленными настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16108,111 +15784,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z3123" w:id="408"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z3123" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конвертации микрофинансовой организации в банк подлежат исключительно микрофинансовые организации, осуществляющие деятельность в форме акционерного общества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z3124" w:id="409"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z3124" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк, созданный в результате конвертации микрофинансовой организации в банк, является правопреемником всех ее прав (требований) и обязательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z3125" w:id="410"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z3125" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Государственная перерегистрация микрофинансовой организации в банк в рамках конвертации микрофинансовой организации в банк осуществляется Государственной корпорацией "Правительство для граждан" на основании разрешения уполномоченного органа на добровольную реорганизацию микрофинансовой организации в форме конвертации в банк и одобренного им отчета о реализации мероприятий, предусмотренных планом мероприятий по конвертации микрофинансовой организации в банк.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkEnd w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16248,111 +15924,111 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25-1. Разрешение уполномоченного органа на конвертацию микрофинансовой организации в банк</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3127" w:id="411"/>
+    <w:bookmarkStart w:name="z3127" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Конвертация микрофинансовой организации в банк осуществляется по решению общего собрания акционеров микрофинансовой организации с разрешения уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z3128" w:id="412"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z3128" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление о выдаче разрешения на конвертацию микрофинансовой организации в банк должно быть рассмотрено уполномоченным органом в течение шестидесяти пяти рабочих дней со дня подачи документов, установленных нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z3129" w:id="413"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z3129" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок выдачи разрешения на добровольную реорганизацию микрофинансовой организации в форме конвертации в банк, а также перечень документов, необходимых для выдачи разрешения уполномоченного органа на добровольную реорганизацию микрофинансовой организации в форме конвертации в банк, определяются нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z3130" w:id="414"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z3130" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган одновременно с выдачей разрешения на конвертацию микрофинансовой организации в банк выдает разрешения и согласия в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16367,172 +16043,172 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z3131" w:id="415"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z3131" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Разрешение на конвертацию микрофинансовой организации в банк имеет юридическую силу до принятия уполномоченным органом решения о выдаче банку лицензии на проведение банковских операций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z3132" w:id="416"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z3132" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Выданное разрешение на конвертацию микрофинансовой организации в банк считается отмененным в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z3133" w:id="417"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z3133" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) принятия микрофинансовой организацией решения о добровольном прекращении своей деятельности путем реорганизации в иной форме или ликвидации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z3134" w:id="418"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z3134" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принятия судом решения о прекращении деятельности микрофинансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z3135" w:id="419"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z3135" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) неполучения лицензии на проведение банковских или иных операций в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z3136" w:id="420"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z3136" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случаях, предусмотренных частью первой настоящего пункта, ранее выданные в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16547,51 +16223,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", разрешительные документы считаются отмененными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkEnd w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16627,531 +16303,531 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25-2. Основания отказа в выдаче разрешения на конвертацию микрофинансовой организации в банк</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3138" w:id="421"/>
+    <w:bookmarkStart w:name="z3138" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Отказ в выдаче разрешения на конвертацию микрофинансовой организации в банк производится по любому из следующих оснований:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z3139" w:id="422"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z3139" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) несоответствие наименования банка требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z3140" w:id="423"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z3140" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) неустойчивость финансового положения акционеров микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z3141" w:id="424"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z3141" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Под неустойчивостью финансового положения понимается наличие признаков, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 17-1 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z3142" w:id="425"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z3142" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в случаях, когда акционер-физическое лицо либо первый руководитель исполнительного органа либо органа управления акционера-юридического лица:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z3143" w:id="426"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z3143" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       имеет непогашенную или неснятую судимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z3144" w:id="427"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z3144" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       занимал должность первого руководителя органа управления, первого руководителя исполнительного органа или его заместителя, главного бухгалтера финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, в период не более чем за один год до принятия уполномоченным органом или органом финансового надзора государства, резидентом которого является финансовая организация – нерезидент Республики Казахстан решения об отнесении банка к категории неплатежеспособных банков либо принудительном выкупе его акций, о лишении лицензии финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, повлекших их ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, или признании ее банкротом в установленном законодательством Республики Казахстан или законодательством государства, резидентом которого является финансовая организация – нерезидент Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z3145" w:id="428"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z3145" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указанное требование применяется в течение пяти лет после принятия уполномоченным органом или органом финансового надзора государства, резидентом которого является финансовая организация – нерезидент Республики Казахстан решения об отнесении банка к категории неплатежеспособных банков либо принудительном выкупе его акций, о лишении лицензии финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, повлекших их ликвидацию и (или) прекращение осуществления деятельности на финансовом рынке, либо вступления в законную силу решения суда о принудительной ликвидации финансовой организации, в том числе финансовой организации – нерезидента Республики Казахстан, или признании ее банкротом в установленном законодательством Республики Казахстан или законодательством государства, резидентом которого является финансовая организация – нерезидент Республики Казахстан порядке. Для целей настоящего подпункта под финансовой организацией также понимаются филиал банка – нерезидента Республики Казахстан, филиал страховой (перестраховочной) организации – нерезидента Республики Казахстан, филиал страхового брокера – нерезидента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z3146" w:id="429"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z3146" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) несоблюдение требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z3147" w:id="430"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z3147" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) отказ в выдаче согласия уполномоченным органом на приобретение статуса крупного участника банка, банковского холдинга в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 17-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z3148" w:id="431"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z3148" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) отказ в выдаче разрешения на создание (приобретение) дочерней организации банковского холдинга в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 11-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z3149" w:id="432"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z3149" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бизнес-план банка и иные представленные заявителем документы не показывают, что:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z3150" w:id="433"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z3150" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по истечении первых трех финансовых (операционных) лет деятельность банка будет рентабельной;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z3151" w:id="434"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z3151" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       банк намерен соблюдать требования к ограничению риска и создать надлежащую структуру управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z3152" w:id="435"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z3152" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       банк обладает организационной, учетной и контрольной структурой, соответствующей планам его деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z3153" w:id="436"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z3153" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) неустранение замечаний уполномоченного органа по представленным документам в установленный им срок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z3154" w:id="437"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z3154" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) несоответствие плана мероприятий по конвертации микрофинансовой организации в банк требованиям, предусмотренным статьей 25-3 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z3155" w:id="438"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z3155" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) финансовый прогноз последствий конвертации микрофинансовой организации в банк предполагает ухудшение финансового состояния микрофинансовой организации вследствие конвертации микрофинансовой организации в банк и (или) несоблюдение пруденциальных нормативов банковским конгломератом, в состав которого войдет банк и (или) банковский холдинг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z3156" w:id="439"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z3156" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) несоблюдение микрофинансовой организацией установленных пруденциальных нормативов и (или) других обязательных к соблюдению норм и лимитов в течение последних трех месяцев, предшествующих дате подачи заявления о выдаче разрешения на конвертацию микрофинансовой организации в банк и (или) в период рассмотрения заявления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z3157" w:id="440"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z3157" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) наличие у микрофинансовой организации действующей ограниченной меры воздействия, предусмотренной подпунктом 1) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17186,52 +16862,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и частью третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 227</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях, на дату подачи заявления и в период рассмотрения документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z3158" w:id="441"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z3158" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) несоблюдение условий статьи 25-1 настоящего Закона, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17246,132 +16922,132 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z3159" w:id="442"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z3159" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уполномоченный орган обязан письменно уведомить заявителя об основаниях отказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z3160" w:id="443"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z3160" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Уполномоченный орган отзывает выданное разрешение на конвертацию микрофинансовой организации в банк в случае выявления недостоверных сведений, на основании которых было выдано разрешение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z3161" w:id="444"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z3161" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отзыве разрешения на конвертацию микрофинансовой организации в банк или добровольном возврате микрофинансовой организацией данного разрешения уполномоченный орган принимает решение об отмене ранее выданного разрешения в течение двух месяцев с даты обнаружения факта, являющегося основанием для отзыва разрешения, или подачи микрофинансовой организацией заявления о добровольном возврате разрешения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z3162" w:id="445"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z3162" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовая организация вправе добровольно возвратить выданное ей разрешение на конвертацию микрофинансовой организации в банк до истечения срока конвертации, указанного в разрешении уполномоченного органа на конвертацию микрофинансовой организации в банк.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z3163" w:id="446"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z3163" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При добровольном возврате микрофинансовой организацией разрешения на конвертацию микрофинансовой организации в банк ранее выданные разрешение на конвертацию микрофинансовой организации в банк и разрешительные документы, выданные в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17386,51 +17062,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", считаются отмененными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkEnd w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17466,210 +17142,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25-3. План мероприятий по конвертации микрофинансовой организации в банк</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3165" w:id="447"/>
+    <w:bookmarkStart w:name="z3165" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. План мероприятий по конвертации микрофинансовой организации в банк утверждается советом директоров микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z3166" w:id="448"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z3166" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. План мероприятий по конвертации микрофинансовой организации в банк должен содержать детальное описание следующих мероприятий, включая сроки их реализации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z3167" w:id="449"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z3167" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разработка типовых условий договоров о проведении банковских операций банка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z3168" w:id="450"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z3168" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) публикация объявления о конвертации в периодических печатных изданиях, распространяемых на всей территории Республики Казахстан, на казахском и русском языках, и размещение на интернет-ресурсе микрофинансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z3169" w:id="451"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z3169" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) пересмотр и изменение корпоративного управления и внутренних политик и процедур, иных внутренних документов микрофинансовой организации с учетом новых видов деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z3170" w:id="452"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z3170" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) определение руководящих работников микрофинансовой организации, ответственных за исполнение плана мероприятий по конвертации микрофинансовой организации в банк;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z3171" w:id="453"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z3171" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) проведение с клиентами работы по договорам о предоставлении микрокредита в соответствии со статьей 25-4 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z3172" w:id="454"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z3172" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) проведение всех организационно-технических мероприятий, в том числе подготовка помещений, оборудования и программного обеспечения по автоматизации ведения бухгалтерского учета и главной бухгалтерской книги, соответствующих требованиям нормативных правовых актов уполномоченного органа и Национального Банка Республики Казахстан, доработка программного обеспечения для проведения банковских и иных операций банка, подготовка проектов штатного расписания с указанием фамилий, имен и отчеств (если они указаны в документе, удостоверяющем личность) сотрудников для найма соответствующего персонала, правил осуществления банковской и иной деятельности, положения о службе внутреннего аудита, кредитном комитете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkEnd w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17698,270 +17374,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3174" w:id="455"/>
+    <w:bookmarkStart w:name="z3174" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) согласование кандидатов на должности руководящих работников банка в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z3175" w:id="456"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z3175" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) представление в уполномоченный орган отчета о реализации мероприятий, предусмотренных подпунктами 1), 2), 3), 4), 5), 6), 7) и 8) настоящего пункта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z3176" w:id="457"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z3176" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) обращение в Государственную корпорацию "Правительство для граждан" с заявлением о государственной перерегистрации микрофинансовой организации в банк;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z3177" w:id="458"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z3177" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) после государственной перерегистрации микрофинансовой организации в банк утверждение правил осуществления банковской и иной деятельности, штатного расписания с указанием фамилий, имен и отчеств (если они указаны в документе, удостоверяющем личность) сотрудников, утверждение советом директоров банка положения о службе внутреннего аудита, кредитном комитете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z3178" w:id="459"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z3178" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) обращение в уполномоченный орган с заявлением о выдаче лицензии на проведение банковских и иных операций банка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z3179" w:id="460"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z3179" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) планируемый срок конвертации микрофинансовой организации в банк, который не должен превышать срок, указанный в пункте 4 статьи 25-4 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z3180" w:id="461"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z3180" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) иные мероприятия, необходимые для конвертации микрофинансовой организации в банк.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z3181" w:id="462"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z3181" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Не позднее двух месяцев до окончания срока конвертации, указанного в разрешении уполномоченного органа, микрофинансовая организация представляет в уполномоченный орган отчет о реализации мероприятий, предусмотренных планом мероприятий по конвертации микрофинансовой организации в банк, с приложением документов, подтверждающих исполнение мероприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z3182" w:id="463"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z3182" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При наличии замечаний к отчету, указанному в пункте 3 настоящей статьи, уполномоченный орган вправе потребовать от микрофинансовой организации выполнения дополнительных мероприятий и (или) предоставления дополнительной информации и документов. Микрофинансовая организация обязана учесть замечания уполномоченного органа (выполнить требуемые дополнительные мероприятия и (или) предоставить дополнительную информацию и документы) и повторно представить в уполномоченный орган отчет о реализации мероприятий, предусмотренных планом мероприятий по конвертации микрофинансовой организации в банк, с приложением подтверждающих документов в установленный уполномоченным органом срок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z3183" w:id="464"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z3183" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уполномоченный орган одобряет или отказывает в одобрении отчета о реализации мероприятий, предусмотренных планом мероприятий по конвертации микрофинансовой организации в банк, в течение двух месяцев с даты его представления в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkEnd w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18017,170 +17693,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25-4. Деятельность микрофинансовой организации в период ее конвертации в банк</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3185" w:id="465"/>
+    <w:bookmarkStart w:name="z3185" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В период конвертации микрофинансовая организация обязана осуществить мероприятия, предусмотренные планом мероприятий по конвертации микрофинансовой организации в банк.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z3186" w:id="466"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z3186" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовая организация в течение десяти рабочих дней после получения разрешения уполномоченного органа на конвертацию микрофинансовой организации в банк:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z3187" w:id="467"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z3187" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) публикует в периодических печатных изданиях, распространяемых на всей территории Республики Казахстан, и размещает на интернет-ресурсе микрофинансовой организации (при наличии) объявление о конвертации микрофинансовой организации в банк на казахском и русском языках; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z3188" w:id="468"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z3188" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) направляет уведомление клиентам микрофинансовой организации способом, предусмотренным договором о предоставлении микрокредита, о проведении конвертации микрофинансовой организации в банк с указанием перечня планируемых к проведению банковских и иных операций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z3189" w:id="469"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z3189" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Микрофинансовой организации запрещается заключать новые договоры о предоставлении микрокредита и осуществлять иные виды деятельности, предусмотренные настоящим Законом, и изменять условия заключенных с клиентами договоров о предоставлении микрокредита, за исключением изменения условий в сторону их улучшения для заемщиков, после государственной перерегистрации в банк.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z3190" w:id="470"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z3190" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Срок конвертации микрофинансовой организации в банк не может превышать один год. Данный срок приостанавливается уполномоченным органом на срок рассмотрения отчета о реализации мероприятий, предусмотренных планом мероприятий по конвертации микрофинансовой организации в банк и устранения микрофинансовой организацией замечаний уполномоченного органа в соответствии с пунктом 4 статьи 25-3 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkEnd w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18216,190 +17892,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25-5. Государственная перерегистрация микрофинансовой организации и выдача лицензии на проведение банковских и иных операций банка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3192" w:id="471"/>
+    <w:bookmarkStart w:name="z3192" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. После одобрения уполномоченным органом отчета, указанного в пункте 3 статьи 25-3 настоящего Закона, микрофинансовая организация обязана обратиться в Государственную корпорацию "Правительство для граждан" для государственной перерегистрации микрофинансовой организации в банк.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z3193" w:id="472"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z3193" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ранее выданная лицензия на осуществление микрофинансовой деятельности прекращает свое действие с момента государственной перерегистрации микрофинансовой организации в банк.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z3194" w:id="473"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z3194" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Микрофинансовая организация обязана не позднее тридцати календарных дней до окончания срока конвертации, указанного в разрешении уполномоченного органа, обратиться в уполномоченный орган с заявлением о выдаче лицензии на проведение банковских и иных операций в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z3195" w:id="474"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z3195" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Отказ в выдаче лицензии на проведение банковских или иных операций производится в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z3196" w:id="475"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z3196" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. С момента выдачи микрофинансовой организации лицензии на проведение банковских и иных операций банка конвертация микрофинансовой организации в банк считается завершенной.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkEnd w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18418,269 +18094,269 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="476"/>
+    <w:bookmarkStart w:name="z221" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>МИКРОФИНАНСОВЫХ ОРГАНИЗАЦИЙ, КОНТРОЛЬ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>И НАДЗОР ЗА ИХ ДЕЯТЕЛЬНОСТЬЮ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkEnd w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26. Пруденциальные нормативы и иные обязательные к соблюдению нормы и лимиты, устанавливаемые для микрофинансовой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="477"/>
+    <w:bookmarkStart w:name="z223" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав пруденциальных нормативов и иных обязательных для соблюдения норм и лимитов входят:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z224" w:id="478"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z224" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) минимальный размер уставного капитала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z225" w:id="479"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z225" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) минимальный размер собственного капитала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z226" w:id="480"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z226" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) достаточность собственного капитала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z227" w:id="481"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z227" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) максимальный размер риска на одного заемщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z228" w:id="482"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z228" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) коэффициент левереджа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z3246" w:id="483"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z3246" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) коэффициент долговой нагрузки заемщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z3247" w:id="484"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z3247" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) коэффициент долга к доходу заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkEnd w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18830,90 +18506,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z231" w:id="485"/>
+    <w:bookmarkStart w:name="z231" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет лицензирование микрофинансовой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z3431" w:id="486"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z3431" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) принимает обязательные для исполнения организациями, осуществляющими микрофинансовую деятельность, нормативные правовые акты в сфере регулирования микрофинансовой деятельности в соответствии с целью и задачами, которые предусмотрены пунктами 1 и 2 статьи 2-1 настоящего Закона и законодательством Республики Казахстан. Перечень подзаконных нормативных правовых актов определяется в положении об уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkEnd w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18942,70 +18618,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2021);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z233" w:id="487"/>
+    <w:bookmarkStart w:name="z233" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) разрабатывает и утверждает пруденциальные нормативы и иные обязательные к соблюдению микрофинансовой организацией нормы и лимиты, методику их расчетов в отношении соответствующего вида микрофинансовой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkEnd w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19034,494 +18710,400 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z375" w:id="488"/>
+    <w:bookmarkStart w:name="z375" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) определяет порядок расчета и предельное значение коэффициента долговой нагрузки заемщика микрофинансовой организации (за исключением ломбарда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z376" w:id="489"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z376" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-2) определяет перечень документов, необходимых для получения микрокредита, а также порядок ведения кредитного досье по договору о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z377" w:id="490"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z377" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-3) по согласованию с Министерством внутренних дел Республики Казахстан утверждает порядок организации деятельности ломбардов, включая вопросы хранения вещей в ломбарде, установления требований по обеспечению безопасности и технической укрепленности помещений ломбардов, мер по противодействию обороту в ломбардах незаконно добытых вещей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z442" w:id="491"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z442" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-4) утверждает по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации правила лицензирования микрофинансовой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z3197" w:id="492"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z3197" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-5) утверждает по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации правила выдачи разрешения на добровольную реорганизацию микрофинансовой организации в форме конвертации в банк, а также перечень документов, необходимых для выдачи разрешения уполномоченного органа на добровольную реорганизацию микрофинансовой организации в форме конвертации в банк, формы заявления для получения разрешения, разрешения уполномоченного органа на конвертацию микрофинансовой организации в банк и формы сведений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z235" w:id="493"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z235" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) разрабатывает и утверждает по согласованию с государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, правила осуществления классификации активов и условных обязательств по предоставленным микрокредитам и создания провизии (резервов) против них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z236" w:id="494"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z236" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществляет проверку деятельности микрофинансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-[...114 lines deleted...]
-    <w:bookmarkStart w:name="z237" w:id="495"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z278" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) осуществляет контроль за соблюдением микрофинансовыми организациями требований, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z237" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) подает иск в суд о принудительной реорганизации либо ликвидации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z378" w:id="496"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z378" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микрофинансовых организаций в случае невыполнения требования, предусмотренного пунктом 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 16 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z379" w:id="497"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z379" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       юридических лиц, зарегистрированных в качестве микрофинансовых организаций, кредитных товариществ, ломбардов, не обратившихся за получением лицензии на осуществление микрофинансовой деятельности в течение срока, установленного пунктом 1 статьи 14 настоящего Закона, а также не выполнивших требования, предусмотренные частями первой и третьей пункта 2 статьи 15 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z482" w:id="498"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z482" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       юридических лиц, зарегистрированных в качестве микрофинансовых организаций, кредитных товариществ, ломбардов до 2021 года, не обратившихся за получением лицензии на осуществление микрофинансовой деятельности в течение срока, установленного пунктом 2-1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z380" w:id="499"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z380" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       юридических лиц, осуществляющих деятельность по предоставлению займов (за исключением лиц, зарегистрированных в качестве кредитных товариществ, ломбардов, а также микрофинансовых организаций, получивших лицензию на осуществление микрофинансовой деятельности), не прошедших государственную регистрацию (перерегистрацию) в качестве микрофинансовой организации в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z381" w:id="500"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z381" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       микрокредитных организаций, не прошедших государственную перерегистрацию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z238" w:id="501"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z238" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkEnd w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19663,142 +19245,162 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 28. Меры воздействия, применяемые к микрофинансовой организации, и основания их применения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="502"/>
+    <w:bookmarkStart w:name="z239" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченным органом применяются меры воздействия, установленные настоящей статьей, при нарушении микрофинансовой организацией пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, выявлении неправомерных действий или бездействия должностных лиц и работников микрофинансовой организации, несоблюдении требований законов Республики Казахстан и нормативных правовых актов уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkEnd w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Под мерами воздействия понимаются ограниченные меры воздействия и санкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z240" w:id="503"/>
+    <w:bookmarkStart w:name="z240" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В качестве ограниченных мер воздействия уполномоченный орган имеет право применить к микрофинансовой организации следующие ограниченные меры:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkEnd w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дать обязательное для исполнения письменное предписание;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19955,190 +19557,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключение письменного соглашения необходимо в случаях, когда в деятельности микрофинансовой организации намечено финансовое ухудшение, требующее принятия эффективных скоординированных мер по его улучшению. В письменном соглашении указываются действия и сроки их исполнения, которые предстоит предпринять органу управления и (или) исполнительному органу микрофинансовой организации по устранению недостатков, улучшению финансового состояния. Подписав письменное соглашение, микрофинансовая организация принимает на себя обязательства по выполнению его условий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Письменное соглашение подлежит обязательному подписанию со стороны микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="504"/>
+    <w:bookmarkStart w:name="z249" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Микрофинансовая организация обязана уведомить уполномоченный орган об исполнении мер, указанных в письменном предписании и письменном соглашении, в сроки, предусмотренные данными документами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z250" w:id="505"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z250" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок, установленный для устранения нарушения, будет превышать один месяц, микрофинансовая организация ежемесячно до двадцатого числа месяца уведомляет уполномоченный орган об исполнении мероприятий по устранению имеющихся недостатков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z251" w:id="506"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z251" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Применение одной ограниченной меры воздействия не исключает применения других ограниченных мер воздействия в случаях, предусмотренных законами Республики Казахстан, не приостанавливает и не прекращает действия ранее принятых мер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z252" w:id="507"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z252" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Уполномоченный орган применяет к микрофинансовой организации санкцию в виде приостановления действия либо лишения лицензии на осуществление микрофинансовой деятельности по основаниям, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z253" w:id="508"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z253" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Решение уполномоченного органа о применении к микрофинансовой организации мер воздействия, предусмотренных настоящей статьей, может быть обжаловано в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z241" w:id="509"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z241" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В случае отсутствия возможности устранения нарушения в сроки, установленные в плане мероприятий, письменном соглашении либо письменном предписании, по независящим от микрофинансовой организации причинам, срок исполнения плана мероприятий, письменного соглашения либо письменного предписания может быть продлен уполномоченным органом в порядке, установленном нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkEnd w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20274,148 +19876,148 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Проверка деятельности микрофинансовой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z255" w:id="510"/>
+    <w:bookmarkStart w:name="z255" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Проверка деятельности микрофинансовой организации осуществляется уполномоченным органом самостоятельно либо с привлечением других государственных органов и (или) организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z256" w:id="511"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z256" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовая организация обязана оказывать содействие проверяющему органу по вопросам, указанным в задании уполномоченного органа на проверку, а также обеспечивать возможность опроса любых должностных лиц и работников и доступ к любым источникам необходимой для выполнения проверки информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z257" w:id="512"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z257" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Работникам уполномоченного органа запрещается разглашение либо передача третьим лицам сведений, полученных в ходе проверки деятельности микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z258" w:id="513"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z258" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Лица, осуществляющие проверку, несут ответственность за разглашение сведений, полученных в ходе проверки деятельности микрофинансовой организации, составляющих охраняемую законом тайну, в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z3372" w:id="514"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z3372" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4-1. Микрофинансовый омбудсман</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkEnd w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 4-1 в соответствии с Законом РК от 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20427,830 +20029,830 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29-1. Микрофинансовый омбудсман, его статус, порядок избрания и досрочное прекращение его полномочий. Совет представителей микрофинансового омбудсмана, его компетенция</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3266" w:id="515"/>
+    <w:bookmarkStart w:name="z3266" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Микрофинансовым омбудсманом является независимое в своей деятельности физическое лицо, осуществляющее урегулирование разногласий, возникающих из договора о предоставлении микрокредита, заключенного между микрофинансовой организацией и физическим лицом по его обращению, с целью достижения согласия об удовлетворении прав и охраняемых законом интересов физического лица и микрофинансовой организации, а также в случаях, предусмотренных пунктом 2 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z3267" w:id="516"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z3267" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовый омбудсман руководствуется в своей деятельности следующими принципами:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z3268" w:id="517"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z3268" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) равноправие сторон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z3269" w:id="518"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z3269" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) беспристрастность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z3270" w:id="519"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z3270" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) соблюдение тайны предоставления микрокредита и иной охраняемой законом тайны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z3271" w:id="520"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z3271" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) соблюдение прав и уважение охраняемых законом интересов сторон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z3272" w:id="521"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z3272" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) прозрачность процедуры принятия и обоснованность решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z3273" w:id="522"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z3273" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовым омбудсманом осуществляется урегулирование разногласий, возникающих между заемщиком, являющимся физическим лицом, и лицом, которому уступлено право (требование) по заключенному с таким заемщиком договору о предоставлении микрокредита, на основании обращения заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z3274" w:id="523"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z3274" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицо, которому уступлено право (требование) по договору о предоставлении микрокредита, обязано взаимодействовать с микрофинансовым омбудсманом и предоставлять любую запрашиваемую микрофинансовым омбудсманом информацию и сведения, связанные с микрокредитом, при обращении заемщика, обязательства которого по договору о предоставлении микрокредита им были приобретены.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z3275" w:id="524"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z3275" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Избрание микрофинансового омбудсмана осуществляется советом представителей из числа кандидатов, согласованных уполномоченным органом на соответствие требованиям, установленным пунктом 1 статьи 29-2 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z3276" w:id="525"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z3276" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Совет представителей формируется по одному представителю от:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z3277" w:id="526"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z3277" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ассоциации (союза) общественных объединений потребителей и (или) республиканского общественного объединения потребителей, зарегистрированных в органах юстиции и осуществляющих деятельность, направленную на реализацию и защиту прав потребителей финансовых услуг, при их наличии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z3278" w:id="527"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z3278" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ассоциации финансовых организаций (союза), зарегистрированных в органах юстиции и осуществляющих деятельность, направленную на представление и защиту общих интересов организаций, осуществляющих микрофинансовую деятельность, коллекторских агентств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z3279" w:id="528"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z3279" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уполномоченного органа и Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z3280" w:id="529"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z3280" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ассоциации (союзы), указанные в подпункте 2) части первой настоящего пункта, в течение тридцати календарных дней с даты регистрации в органах юстиции обязаны войти в состав совета представителей микрофинансового омбудсмана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z3281" w:id="530"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z3281" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Микрофинансовый омбудсман избирается сроком на три года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z3282" w:id="531"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z3282" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок избрания, досрочного прекращения и осуществления деятельности микрофинансового омбудсмана определяется настоящим Законом и нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z3283" w:id="532"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z3283" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Компетенция совета представителей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z3284" w:id="533"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z3284" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предложение кандидатур для избрания на должность микрофинансового омбудсмана, определение порядка голосования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z3285" w:id="534"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z3285" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) утверждение структуры и штата (офиса микрофинансового омбудсмана);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z3286" w:id="535"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z3286" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) определение порядка финансирования деятельности микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z3287" w:id="536"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z3287" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) утверждение внутренних правил микрофинансового омбудсмана по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z3288" w:id="537"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z3288" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) предоставление рекомендаций микрофинансовому омбудсману по совершенствованию его деятельности по итогам анализа жалоб заемщиков – физических лиц на действия (бездействие) микрофинансового омбудсмана, проведенного уполномоченным органом, и рассмотрения отчетов микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z3289" w:id="538"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z3289" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) рассмотрение ходатайства члена (членов) совета представителей о досрочном прекращении полномочий микрофинансового омбудсмана по основаниям, предусмотренным пунктом 7 настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z3290" w:id="539"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z3290" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) утверждение порядка учета, рассмотрения, принятия и исполнения решений микрофинансового омбудсмана по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z3291" w:id="540"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z3291" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) иные вопросы, связанные с осуществлением деятельности микрофинансового омбудсмана, в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z3292" w:id="541"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z3292" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Заседание совета представителей признается правомочным, а условия кворума соблюденными, если присутствующие на нем члены совета представителей обладают в совокупности пятьюдесятью и более процентами от общего числа голосов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z3293" w:id="542"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z3293" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовый омбудсман избирается большинством голосов членов совета представителей, присутствовавших на заседании совета. Каждый член совета представителей при голосовании имеет один голос. При равенстве голосов голос представителя уполномоченного органа является решающим.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z3294" w:id="543"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z3294" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Голосование по вопросу избрания микрофинансового омбудсмана осуществляется тайным способом. Бюллетень для голосования должен содержать следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z3295" w:id="544"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z3295" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) кандидата, рекомендованного для избрания на должность микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z3296" w:id="545"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z3296" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) информацию, подтверждающую соответствие кандидата требованиям, установленным пунктом 1 статьи 29-2 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z3297" w:id="546"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z3297" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сведения о занятии должности кандидата в микрофинансовой организации и (или) коллекторском агентстве, уполномоченном органе, Национальном Банке Республики Казахстан, о наличии признаков аффилированности к микрофинансовой организации и (или) коллекторскому агентству, о работающих близких родственниках, супруге и (или) свойственниках в должности руководителя уполномоченного органа, Национального Банка Республики Казахстан или их заместителей, а также руководителя структурного подразделения уполномоченного органа, Национального Банка Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z3298" w:id="547"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z3298" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) варианты голосования по вопросу, выраженные словами "за" или "против".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z3299" w:id="548"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z3299" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Досрочное прекращение полномочий микрофинансового омбудсмана осуществляется советом представителей микрофинансового омбудсмана по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z3300" w:id="549"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z3300" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выявление несоответствия микрофинансового омбудсмана требованиям, установленным пунктом 1 статьи 29-2 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z3301" w:id="550"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z3301" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) занятие любой должности в микрофинансовой организации, коллекторском агентстве, уполномоченном органе, Национальном Банке Республики Казахстан, наличие признаков аффилированности микрофинансового омбудсмана с микрофинансовой организацией и (или) коллекторским агентством, занятие близкими родственниками, супругом (супругой) и (или) свойственниками должности руководителя уполномоченного органа, Национального Банка Республики Казахстан или их заместителей, а также руководителя структурного подразделения уполномоченного органа, Национального Банка Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z3302" w:id="551"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z3302" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) неоднократное (три и более раза в течение двенадцати последовательных календарных месяцев) нарушение требований настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z3303" w:id="552"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z3303" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Досрочное прекращение полномочий микрофинансового омбудсмана по его инициативе осуществляется на основании письменного уведомления совета представителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z3304" w:id="553"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z3304" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Письменное уведомление представляется совету представителей не менее чем за месяц до прекращения полномочий в порядке, установленном внутренними правилами микрофинансового омбудсмана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkEnd w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21306,230 +20908,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29-2. Требования к микрофинансовому омбудсману</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3306" w:id="554"/>
+    <w:bookmarkStart w:name="z3306" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Не может быть рекомендовано для избрания микрофинансовым омбудсманом лицо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z3307" w:id="555"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z3307" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не имеющее высшего экономического и (или) юридического образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z3308" w:id="556"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z3308" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не имеющее безупречной деловой репутации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z3309" w:id="557"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z3309" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) имеющее стаж работы в сфере предоставления финансовых услуг и (или) регулирования финансовых услуг менее пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z3310" w:id="558"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z3310" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ранее являвшееся руководящим работником финансовой организации в период не более чем за один год до принятия уполномоченным органом решения об отнесении банка к категории неплатежеспособных банков, принудительном выкупе акций банка, лишении лицензии финансовой организации, а также принудительной ликвидации финансовой организации или признании ее банкротом в порядке, установленном законодательством Республики Казахстан. Данное требование применяется в течение трех лет после принятия уполномоченным органом решения об отнесении банка к категории неплатежеспособных банков, принудительном выкупе акций банка, лишении лицензии финансовой организации, а также принудительной ликвидации финансовой организации или признании ее банкротом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z3311" w:id="559"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z3311" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) признанное судом в установленном законом Республики Казахстан порядке недееспособным или ограниченно дееспособным;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z3432" w:id="560"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z3432" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) состоящее на динамическом наблюдении с психическими поведенческими расстройствами (заболеваниями), в том числе вызванными употреблением психоактивных веществ, в организациях службы охраны психического здоровья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z3433" w:id="561"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z3433" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) не владеющее государственным языком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z3313" w:id="562"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z3313" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовый омбудсман не вправе занимать любую из должностей в микрофинансовой организации и (или) коллекторском агентстве, иметь близких родственников, супруга (супругу) и (или) свойственников, работающих в должности руководителя уполномоченного органа, Национального Банка Республики Казахстан или их заместителей, а также руководителя структурного подразделения уполномоченного органа, Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkEnd w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21585,1167 +21187,1167 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29-3. Порядок принятия решений микрофинансовым омбудсманом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3315" w:id="563"/>
+    <w:bookmarkStart w:name="z3315" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Решение принимается микрофинансовым омбудсманом единолично и в письменной форме доводится до сведения сторон, участвующих в споре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z3316" w:id="564"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z3316" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При принятии решений микрофинансовый омбудсман руководствуется законодательством Республики Казахстан и условиями заключенных договоров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z3317" w:id="565"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z3317" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Микрофинансовый омбудсман не рассматривает обращения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z3318" w:id="566"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z3318" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) принятые к рассмотрению судом и (или) по которым имеется судебный акт, вступивший в законную силу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z3319" w:id="567"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z3319" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по которым обращающееся лицо не представило письменное доказательство его обращения в микрофинансовую организацию лицу, которому уступлено право (требование) по договору о предоставлении микрокредита, с целью урегулирования возникшей ситуации в рамках договора о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z3320" w:id="568"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z3320" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) направленные повторно при отсутствии новых обстоятельств дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z3321" w:id="569"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z3321" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Решение микрофинансового омбудсмана обязательно для микрофинансовой организации, лица, которому уступлено право (требование) по заключенному с заемщиком – физическим лицом договору о предоставлении микрокредита, в случае принятия его заемщиком – физическим лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z3322" w:id="570"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z3322" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рассмотрение обращений физических лиц и принятие решений в случаях, предусмотренных пунктами 1 и 2 статьи 29-1 настоящего Закона, осуществляются микрофинансовым омбудсманом безвозмездно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z3323" w:id="571"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z3323" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результаты рассмотрения обращения оформляются протоколом, подписываемым заинтересованными сторонами или их представителями, с доведением его до сведения физического лица и микрофинансовой организации, лица, которому уступлено право (требование) по заключенному с заемщиком договору о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z3324" w:id="572"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z3324" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Протокол должен содержать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z3325" w:id="573"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z3325" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дату и место его подписания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z3326" w:id="574"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z3326" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z3327" w:id="575"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z3327" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность), контактный номер телефона заявителя – физического лица, наименование микрофинансовой организации, лица, которому уступлено право (требование) по заключенному с заемщиком – физическим лицом договору о предоставлении микрокредита, их адреса и реквизиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z3328" w:id="576"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z3328" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) предмет спора или заявленное требование физического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z3329" w:id="577"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z3329" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обстоятельства дела, установленные микрофинансовым омбудсманом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z3330" w:id="578"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z3330" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) решение микрофинансового омбудсмана о полном либо частичном удовлетворении или об отказе в удовлетворении заявления заявителя – физического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z3331" w:id="579"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z3331" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) срок исполнения решения микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z3332" w:id="580"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z3332" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) срок информирования микрофинансовой организацией, лицом, которому уступлено право (требование) по заключенному с заемщиком – физическим лицом договору о предоставлении микрокредита, о результатах исполнения решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z3333" w:id="581"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z3333" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. По обращениям заемщиков – физических лиц, касающимся изменения условий исполнения обязательств по договорам о предоставлении микрокредита микрофинансовый омбудсман содействует в достижении сторонами взаимоприемлемого решения и принятии согласованного сторонами решения об изменении условий исполнения обязательств по договору о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z3334" w:id="582"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z3334" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае несогласия с решением микрофинансового омбудсмана заинтересованная сторона вправе обратиться в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z3335" w:id="583"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z3335" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случае неисполнения микрофинансовой организацией, лицом, которому уступлено право (требование) по заключенному с заемщиком договору о предоставлении микрокредита, решения микрофинансового омбудсмана в установленный им срок микрофинансовый омбудсман обязан не позднее пяти рабочих дней информировать об этом уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z3336" w:id="584"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z3336" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок исполнения микрофинансовой организацией, лицом, которому уступлено право (требование) по заключенному с заемщиком договору о предоставлении микрокредита, решения микрофинансового омбудсмана составляет тридцать календарных дней, если иной срок не установлен по соглашению сторон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkEnd w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29-4. Деятельность микрофинансового омбудсмана</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3338" w:id="585"/>
+    <w:bookmarkStart w:name="z3338" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Деятельность микрофинансового омбудсмана, в том числе порядок и сроки рассмотрения обращений по разрешению споров и принятия решений, осуществляется на основании внутренних правил микрофинансового омбудсмана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z3339" w:id="586"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z3339" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В целях надлежащего исполнения возложенных функций деятельность микрофинансового омбудсмана финансируется за счет обязательных взносов микрофинансовых организаций, коллекторских агентств, которым уступлено право (требование) по заключенному с заемщиком договору о предоставлении микрокредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z3340" w:id="587"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z3340" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае неуплаты, несвоевременной уплаты либо уплаты обязательных взносов в неполном объеме, микрофинансовый омбудсман в течение семи рабочих дней обязан уведомить уполномоченный орган о ненадлежащем исполнении микрофинансовой организацией, коллекторским агентством, которому уступлено право (требование) по заключенному с заемщиком договору о предоставлении микрокредита, своих обязательств, предусмотренных частью первой настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z3341" w:id="588"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z3341" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Микрофинансовый омбудсман по согласованию с советом представителей образует офис с организационной структурой и штатом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z3342" w:id="589"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z3342" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Внутренние правила микрофинансового омбудсмана должны определять:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z3343" w:id="590"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z3343" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) структуру, задачи и полномочия ревизионной комиссии и других постоянно действующих органов (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z3344" w:id="591"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z3344" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) права, обязанности и ответственность микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z3345" w:id="592"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z3345" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) порядок разрешения споров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z3346" w:id="593"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z3346" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) иные вопросы, связанные с осуществлением деятельности микрофинансового омбудсмана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z3347" w:id="594"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z3347" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Микрофинансовый омбудсман обязан соблюдать конфиденциальность в отношении информации, полученной в ходе разрешения споров, и не разглашать ее третьим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z3348" w:id="595"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z3348" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовый омбудсман несет ответственность, установленную законами Республики Казахстан, за разглашение сведений, полученных в ходе осуществления им своей деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z3349" w:id="596"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z3349" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае нарушения микрофинансовым омбудсманом требований, предусмотренных частью первой настоящего пункта, совет представителей вправе рассмотреть вопрос о досрочном прекращении полномочий микрофинансового омбудсмана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z3350" w:id="597"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z3350" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. На интернет-ресурсе микрофинансового омбудсмана размещается следующая информация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z3351" w:id="598"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z3351" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) полное наименование, адрес (место нахождения), номера телефонов, режим работы офиса, в том числе подразделений и представительств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z3352" w:id="599"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z3352" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сведения об избрании микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z3353" w:id="600"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z3353" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) перечень ассоциаций (союзов), входящих в состав совета представителей микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z3354" w:id="601"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z3354" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сведения о видах услуг, предоставляемых микрофинансовым омбудсманом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z3355" w:id="602"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z3355" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) порядок учета, рассмотрения, принятия и исполнения решений микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z3356" w:id="603"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z3356" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ежемесячная информация об итогах работы микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z3357" w:id="604"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z3357" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) годовые отчеты об итогах деятельности микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z3358" w:id="605"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z3358" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) раздел для потребителей финансовых услуг с публикацией информационных и разъяснительных материалов и материалов судебной практики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z3359" w:id="606"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z3359" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) перечень соглашений и меморандумов, заключенных с участниками микрофинансового рынка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z3360" w:id="607"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z3360" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае изменения места нахождения микрофинансовый омбудсман обязан известить об этом потребителей финансовых услуг посредством опубликования объявления в двух периодических печатных изданиях, распространяемых на всей территории Республики Казахстан, на казахском и русском языках не позднее месячного срока и на интернет-ресурсе микрофинансового омбудсмана в течение десяти рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z3361" w:id="608"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z3361" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Микрофинансовый омбудсман по решению совета представителей должен обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z3362" w:id="609"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z3362" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) применение специализированного программного обеспечения по автоматизации учета и обработке обращений заемщиков – физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z3363" w:id="610"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z3363" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) внедрение колл-центра либо горячей линии в офисе микрофинансового омбудсмана для оказания консультационных услуг заемщикам – физическим лицам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z3364" w:id="611"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z3364" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оперативное получение кредитного отчета заемщика – физического лица в информационной базе кредитного бюро на основании договора в целях урегулирования разногласий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z3365" w:id="612"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z3365" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам анализа обращений заемщиков – физических лиц микрофинансовый омбудсман вправе направить в уполномоченный орган рекомендации по совершенствованию законодательства Республики Казахстан о микрофинансовой деятельности, а также деятельности микрофинансовых организаций и (или) коллекторских агентств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z3366" w:id="613"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z3366" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Уполномоченный орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z3367" w:id="614"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z3367" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет согласование внутренних правил микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z3368" w:id="615"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z3368" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) рассматривает жалобы заемщиков – физических лиц на действия (бездействие) микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z3369" w:id="616"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z3369" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) направляет совету представителей рекомендации о деятельности микрофинансового омбудсмана в случаях выявления в действиях (бездействии) микрофинансового омбудсмана нарушений прав потребителей финансовых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z3370" w:id="617"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z3370" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет иные функции, связанные с деятельностью микрофинансового омбудсмана, в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkEnd w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22784,117 +22386,117 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="618"/>
+    <w:bookmarkStart w:name="z259" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkEnd w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30. Ответственность за нарушение законодательства Республики Казахстан о микрофинансовой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="619"/>
+    <w:bookmarkStart w:name="z261" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан о микрофинансовой деятельности влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkEnd w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22930,170 +22532,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 31. Переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z263" w:id="620"/>
+    <w:bookmarkStart w:name="z263" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Микрокредитные организации, за исключением некоммерческих микрокредитных организаций, в срок до 1 января 2016 года подлежат государственной перерегистрации в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z264" w:id="621"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z264" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае несоблюдения требования, установленного настоящим пунктом, микрокредитные организации подлежат принудительной реорганизации либо ликвидации в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z265" w:id="622"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z265" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Некоммерческие микрокредитные организации в срок до 1 января 2016 года подлежат реорганизации либо ликвидации в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z483" w:id="623"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z483" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Микрофинансовые организации, созданные до 1 января 2021 года и не подавшие до 1 марта 2021 года в уполномоченный орган заявления на получение лицензии на осуществление микрофинансовой деятельности, подлежат реорганизации либо ликвидации в соответствии с законами Республики Казахстан, за исключением кредитных товариществ, которые вправе подать заявление на получение лицензии на осуществление микрофинансовой деятельности до 1 июня 2021 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z484" w:id="624"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z484" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2. Ни одно лицо самостоятельно или совместно с другим (другими) лицом (лицами) не может (не могут) прямо или косвенно владеть и (или) пользоваться, и (или) распоряжаться долями участия в уставных капиталах либо размещенными акциями микрофинансовых организаций, если оно является юридическим лицом, учредитель (акционер, участник) либо руководящий работник которого ранее являлся первым руководителем или учредителем (участником) микрофинансовой организации в период не более чем за один год до принятия уполномоченным органом решения об исключении из реестра микрофинансовых организаций, за исключением случая, когда указанные организации были исключены из реестра микрофинансовых организаций в связи с принятием ими решения о добровольном прекращении своей деятельности путем реорганизации или ликвидации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z485" w:id="625"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z485" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-3. Микрофинансовые организации до подачи заявления на получение лицензии на осуществление микрофинансовой деятельности обязаны закрыть помещения филиалов, расположение которых не соответствует требованиям пункта 3 статьи 14-1 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkEnd w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23405,90 +23007,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 31-1. Уведомление об утверждении финансовых продуктов микрофинансовой организацией</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z486" w:id="626"/>
+    <w:bookmarkStart w:name="z486" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микрофинансовая организация уведомляет уполномоченный орган об утверждении финансовых продуктов органом микрофинансовой организации, уполномоченным на утверждение финансовых продуктов, в течение десяти рабочих дней со дня их утверждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z487" w:id="627"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z487" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень финансовых продуктов, об утверждении которых микрофинансовая организация уведомляет уполномоченный орган, порядок уведомления уполномоченного органа об утверждении финансовых продуктов микрофинансовой организацией, а также перечень документов, прилагаемых к уведомлению, и сведений по утвержденным финансовым продуктам, указываемым в уведомлении, определяются нормативными правовыми актами уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkEnd w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23584,51 +23186,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 32. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="628"/>
+    <w:bookmarkStart w:name="z273" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23643,91 +23245,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 настоящего Закона, которые вводятся в действие с 1 января 2016 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z274" w:id="629"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z274" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 6 марта 2003 года "О микрокредитных организациях" (Ведомости Парламента Республики Казахстан, 2003 г., № 4, ст. 23; 2006 г., № 11, ст. 55; № 23, ст. 140; 2010 г., № 7, ст. 28; 2011 г., № 3, ст. 32).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkEnd w:id="635"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>