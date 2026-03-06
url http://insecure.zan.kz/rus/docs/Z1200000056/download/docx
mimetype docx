--- v1 (2025-11-26)
+++ v2 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7bc8fa4" w14:textId="7bc8fa4">
+    <w:p w14:paraId="c87e1c7" w14:textId="c87e1c7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -235,50 +235,126 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "электронного правительства", "объектов информатизации", "информационных систем", "объекты информатизации" предусматриваются заменить соответственно словами "цифрового правительства", "цифровых объектов", "цифровых систем", "цифровые объекты" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Порядок введения в действие настоящего Закона см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст. 32</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -18770,637 +18846,825 @@
         <w:t>
       4-2) определяет перечень документов, необходимых для получения микрокредита, а также порядок ведения кредитного досье по договору о предоставлении микрокредита;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="494"/>
     <w:bookmarkStart w:name="z377" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-3) по согласованию с Министерством внутренних дел Республики Казахстан утверждает порядок организации деятельности ломбардов, включая вопросы хранения вещей в ломбарде, установления требований по обеспечению безопасности и технической укрепленности помещений ломбардов, мер по противодействию обороту в ломбардах незаконно добытых вещей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z442" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4-4) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-4) утверждает по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации правила лицензирования микрофинансовой деятельности;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4-5) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-5) утверждает по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации правила выдачи разрешения на добровольную реорганизацию микрофинансовой организации в форме конвертации в банк, а также перечень документов, необходимых для выдачи разрешения уполномоченного органа на добровольную реорганизацию микрофинансовой организации в форме конвертации в банк, формы заявления для получения разрешения, разрешения уполномоченного органа на конвертацию микрофинансовой организации в банк и формы сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z235" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) разрабатывает и утверждает по согласованию с государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, правила осуществления классификации активов и условных обязательств по предоставленным микрокредитам и создания провизии (резервов) против них;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z3197" w:id="497"/>
-[...15 lines deleted...]
-      4-5) утверждает по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации правила выдачи разрешения на добровольную реорганизацию микрофинансовой организации в форме конвертации в банк, а также перечень документов, необходимых для выдачи разрешения уполномоченного органа на добровольную реорганизацию микрофинансовой организации в форме конвертации в банк, формы заявления для получения разрешения, разрешения уполномоченного органа на конвертацию микрофинансовой организации в банк и формы сведений;</w:t>
+    <w:bookmarkStart w:name="z236" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет проверку деятельности микрофинансовой организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z235" w:id="498"/>
-[...15 lines deleted...]
-      5) разрабатывает и утверждает по согласованию с государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, правила осуществления классификации активов и условных обязательств по предоставленным микрокредитам и создания провизии (резервов) против них;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) осуществляет контроль за соблюдением микрофинансовыми организациями требований, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z236" w:id="499"/>
-[...15 lines deleted...]
-      6) осуществляет проверку деятельности микрофинансовой организации;</w:t>
+    <w:bookmarkStart w:name="z237" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) подает иск в суд о принудительной реорганизации либо ликвидации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z278" w:id="500"/>
-[...15 lines deleted...]
-      6-1) осуществляет контроль за соблюдением микрофинансовыми организациями требований, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
+    <w:bookmarkStart w:name="z378" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микрофинансовых организаций в случае невыполнения требования, предусмотренного пунктом 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 настоящего Закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z237" w:id="501"/>
-[...15 lines deleted...]
-      7) подает иск в суд о принудительной реорганизации либо ликвидации:</w:t>
+    <w:bookmarkStart w:name="z379" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      юридических лиц, зарегистрированных в качестве микрофинансовых организаций, кредитных товариществ, ломбардов, не обратившихся за получением лицензии на осуществление микрофинансовой деятельности в течение срока, установленного пунктом 1 статьи 14 настоящего Закона, а также не выполнивших требования, предусмотренные частями первой и третьей пункта 2 статьи 15 настоящего Закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z378" w:id="502"/>
-[...49 lines deleted...]
-    <w:bookmarkStart w:name="z482" w:id="504"/>
+    <w:bookmarkStart w:name="z482" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       юридических лиц, зарегистрированных в качестве микрофинансовых организаций, кредитных товариществ, ломбардов до 2021 года, не обратившихся за получением лицензии на осуществление микрофинансовой деятельности в течение срока, установленного пунктом 2-1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z380" w:id="505"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z380" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       юридических лиц, осуществляющих деятельность по предоставлению займов (за исключением лиц, зарегистрированных в качестве кредитных товариществ, ломбардов, а также микрофинансовых организаций, получивших лицензию на осуществление микрофинансовой деятельности), не прошедших государственную регистрацию (перерегистрацию) в качестве микрофинансовой организации в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z381" w:id="506"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z381" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       микрокредитных организаций, не прошедших государственную перерегистрацию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 настоящего Закона;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z238" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 27 с изменениями, внесенными законами РК от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28. Меры воздействия, применяемые к микрофинансовой организации, и основания их применения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченным органом применяются меры воздействия, установленные настоящей статьей, при нарушении микрофинансовой организацией пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, выявлении неправомерных действий или бездействия должностных лиц и работников микрофинансовой организации, несоблюдении требований законов Республики Казахстан и нормативных правовых актов уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z238" w:id="507"/>
-[...15 lines deleted...]
-      8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под мерами воздействия понимаются ограниченные меры воздействия и санкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z240" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В качестве ограниченных мер воздействия уполномоченный орган имеет право применить к микрофинансовой организации следующие ограниченные меры:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="507"/>
-    <w:p>
-[...295 lines deleted...]
-    <w:bookmarkEnd w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дать обязательное для исполнения письменное предписание;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19557,467 +19821,467 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключение письменного соглашения необходимо в случаях, когда в деятельности микрофинансовой организации намечено финансовое ухудшение, требующее принятия эффективных скоординированных мер по его улучшению. В письменном соглашении указываются действия и сроки их исполнения, которые предстоит предпринять органу управления и (или) исполнительному органу микрофинансовой организации по устранению недостатков, улучшению финансового состояния. Подписав письменное соглашение, микрофинансовая организация принимает на себя обязательства по выполнению его условий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Письменное соглашение подлежит обязательному подписанию со стороны микрофинансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="510"/>
+    <w:bookmarkStart w:name="z249" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Микрофинансовая организация обязана уведомить уполномоченный орган об исполнении мер, указанных в письменном предписании и письменном соглашении, в сроки, предусмотренные данными документами.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z250" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если срок, установленный для устранения нарушения, будет превышать один месяц, микрофинансовая организация ежемесячно до двадцатого числа месяца уведомляет уполномоченный орган об исполнении мероприятий по устранению имеющихся недостатков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z251" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Применение одной ограниченной меры воздействия не исключает применения других ограниченных мер воздействия в случаях, предусмотренных законами Республики Казахстан, не приостанавливает и не прекращает действия ранее принятых мер.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z250" w:id="511"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z252" w:id="513"/>
+    <w:bookmarkStart w:name="z252" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Уполномоченный орган применяет к микрофинансовой организации санкцию в виде приостановления действия либо лишения лицензии на осуществление микрофинансовой деятельности по основаниям, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z253" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Решение уполномоченного органа о применении к микрофинансовой организации мер воздействия, предусмотренных настоящей статьей, может быть обжаловано в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z241" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В случае отсутствия возможности устранения нарушения в сроки, установленные в плане мероприятий, письменном соглашении либо письменном предписании, по независящим от микрофинансовой организации причинам, срок исполнения плана мероприятий, письменного соглашения либо письменного предписания может быть продлен уполномоченным органом в порядке, установленном нормативным правовым актом уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z253" w:id="514"/>
-[...15 lines deleted...]
-      5. Решение уполномоченного органа о применении к микрофинансовой организации мер воздействия, предусмотренных настоящей статьей, может быть обжаловано в порядке, установленном законами Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 28 с изменениями, внесенными законами РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 06.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 29. Проверка деятельности микрофинансовой организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z255" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Проверка деятельности микрофинансовой организации осуществляется уполномоченным органом самостоятельно либо с привлечением других государственных органов и (или) организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z241" w:id="515"/>
-[...15 lines deleted...]
-      6. В случае отсутствия возможности устранения нарушения в сроки, установленные в плане мероприятий, письменном соглашении либо письменном предписании, по независящим от микрофинансовой организации причинам, срок исполнения плана мероприятий, письменного соглашения либо письменного предписания может быть продлен уполномоченным органом в порядке, установленном нормативным правовым актом уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z256" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Микрофинансовая организация обязана оказывать содействие проверяющему органу по вопросам, указанным в задании уполномоченного органа на проверку, а также обеспечивать возможность опроса любых должностных лиц и работников и доступ к любым источникам необходимой для выполнения проверки информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z257" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Работникам уполномоченного органа запрещается разглашение либо передача третьим лицам сведений, полученных в ходе проверки деятельности микрофинансовой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z258" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Лица, осуществляющие проверку, несут ответственность за разглашение сведений, полученных в ходе проверки деятельности микрофинансовой организации, составляющих охраняемую законом тайну, в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z3372" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...160 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...60 lines deleted...]
-      3. Работникам уполномоченного органа запрещается разглашение либо передача третьим лицам сведений, полученных в ходе проверки деятельности микрофинансовой организации.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4-1. Микрофинансовый омбудсман</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z258" w:id="519"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 4-1 в соответствии с Законом РК от 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20029,856 +20293,1135 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29-1. Микрофинансовый омбудсман, его статус, порядок избрания и досрочное прекращение его полномочий. Совет представителей микрофинансового омбудсмана, его компетенция</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3266" w:id="521"/>
+    <w:bookmarkStart w:name="z3266" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Микрофинансовым омбудсманом является независимое в своей деятельности физическое лицо, осуществляющее урегулирование разногласий, возникающих из договора о предоставлении микрокредита, заключенного между микрофинансовой организацией и физическим лицом по его обращению, с целью достижения согласия об удовлетворении прав и охраняемых законом интересов физического лица и микрофинансовой организации, а также в случаях, предусмотренных пунктом 2 настоящей статьи.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z3267" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микрофинансовый омбудсман руководствуется в своей деятельности следующими принципами:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z3268" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) равноправие сторон;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z3267" w:id="522"/>
-[...15 lines deleted...]
-      Микрофинансовый омбудсман руководствуется в своей деятельности следующими принципами:</w:t>
+    <w:bookmarkStart w:name="z3269" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) беспристрастность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z3268" w:id="523"/>
-[...15 lines deleted...]
-      1) равноправие сторон;</w:t>
+    <w:bookmarkStart w:name="z3270" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соблюдение тайны предоставления микрокредита и иной охраняемой законом тайны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z3269" w:id="524"/>
-[...15 lines deleted...]
-      2) беспристрастность;</w:t>
+    <w:bookmarkStart w:name="z3271" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) соблюдение прав и уважение охраняемых законом интересов сторон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z3270" w:id="525"/>
-[...15 lines deleted...]
-      3) соблюдение тайны предоставления микрокредита и иной охраняемой законом тайны;</w:t>
+    <w:bookmarkStart w:name="z3272" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) прозрачность процедуры принятия и обоснованность решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z3271" w:id="526"/>
-[...15 lines deleted...]
-      4) соблюдение прав и уважение охраняемых законом интересов сторон;</w:t>
+    <w:bookmarkStart w:name="z3273" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Микрофинансовым омбудсманом осуществляется урегулирование разногласий, возникающих между заемщиком, являющимся физическим лицом, и лицом, которому уступлено право (требование) по заключенному с таким заемщиком договору о предоставлении микрокредита, на основании обращения заемщика.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z3272" w:id="527"/>
-[...15 lines deleted...]
-      5) прозрачность процедуры принятия и обоснованность решения.</w:t>
+    <w:bookmarkStart w:name="z3274" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицо, которому уступлено право (требование) по договору о предоставлении микрокредита, обязано взаимодействовать с микрофинансовым омбудсманом и предоставлять любую запрашиваемую микрофинансовым омбудсманом информацию и сведения, связанные с микрокредитом, при обращении заемщика, обязательства которого по договору о предоставлении микрокредита им были приобретены.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z3273" w:id="528"/>
-[...15 lines deleted...]
-      2. Микрофинансовым омбудсманом осуществляется урегулирование разногласий, возникающих между заемщиком, являющимся физическим лицом, и лицом, которому уступлено право (требование) по заключенному с таким заемщиком договору о предоставлении микрокредита, на основании обращения заемщика.</w:t>
+    <w:bookmarkStart w:name="z3275" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Избрание микрофинансового омбудсмана осуществляется советом представителей из числа кандидатов, согласованных уполномоченным органом на соответствие требованиям, установленным пунктом 1 статьи 29-2 настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z3274" w:id="529"/>
-[...15 lines deleted...]
-      Лицо, которому уступлено право (требование) по договору о предоставлении микрокредита, обязано взаимодействовать с микрофинансовым омбудсманом и предоставлять любую запрашиваемую микрофинансовым омбудсманом информацию и сведения, связанные с микрокредитом, при обращении заемщика, обязательства которого по договору о предоставлении микрокредита им были приобретены.</w:t>
+    <w:bookmarkStart w:name="z3276" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Совет представителей формируется по одному представителю от:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z3275" w:id="530"/>
-[...15 lines deleted...]
-      3. Избрание микрофинансового омбудсмана осуществляется советом представителей из числа кандидатов, согласованных уполномоченным органом на соответствие требованиям, установленным пунктом 1 статьи 29-2 настоящего Закона.</w:t>
+    <w:bookmarkStart w:name="z3277" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ассоциации (союза) общественных объединений потребителей и (или) республиканского общественного объединения потребителей, зарегистрированных в органах юстиции и осуществляющих деятельность, направленную на реализацию и защиту прав потребителей финансовых услуг, при их наличии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z3276" w:id="531"/>
-[...15 lines deleted...]
-      Совет представителей формируется по одному представителю от:</w:t>
+    <w:bookmarkStart w:name="z3278" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ассоциации финансовых организаций (союза), зарегистрированных в органах юстиции и осуществляющих деятельность, направленную на представление и защиту общих интересов организаций, осуществляющих микрофинансовую деятельность, коллекторских агентств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z3277" w:id="532"/>
-[...15 lines deleted...]
-      1) ассоциации (союза) общественных объединений потребителей и (или) республиканского общественного объединения потребителей, зарегистрированных в органах юстиции и осуществляющих деятельность, направленную на реализацию и защиту прав потребителей финансовых услуг, при их наличии;</w:t>
+    <w:bookmarkStart w:name="z3279" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уполномоченного органа и Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z3278" w:id="533"/>
-[...15 lines deleted...]
-      2) ассоциации финансовых организаций (союза), зарегистрированных в органах юстиции и осуществляющих деятельность, направленную на представление и защиту общих интересов организаций, осуществляющих микрофинансовую деятельность, коллекторских агентств;</w:t>
+    <w:bookmarkStart w:name="z3280" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ассоциации (союзы), указанные в подпункте 2) части первой настоящего пункта, в течение тридцати календарных дней с даты регистрации в органах юстиции обязаны войти в состав совета представителей микрофинансового омбудсмана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z3279" w:id="534"/>
-[...15 lines deleted...]
-      3) уполномоченного органа и Национального Банка Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z3281" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Микрофинансовый омбудсман избирается сроком на три года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z3280" w:id="535"/>
-[...15 lines deleted...]
-      Ассоциации (союзы), указанные в подпункте 2) части первой настоящего пункта, в течение тридцати календарных дней с даты регистрации в органах юстиции обязаны войти в состав совета представителей микрофинансового омбудсмана.</w:t>
+    <w:bookmarkStart w:name="z3282" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок избрания, досрочного прекращения и осуществления деятельности микрофинансового омбудсмана определяется настоящим Законом и нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z3281" w:id="536"/>
-[...15 lines deleted...]
-      4. Микрофинансовый омбудсман избирается сроком на три года.</w:t>
+    <w:bookmarkStart w:name="z3283" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Компетенция совета представителей:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z3282" w:id="537"/>
-[...15 lines deleted...]
-      Порядок избрания, досрочного прекращения и осуществления деятельности микрофинансового омбудсмана определяется настоящим Законом и нормативным правовым актом уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z3284" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предложение кандидатур для избрания на должность микрофинансового омбудсмана, определение порядка голосования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z3283" w:id="538"/>
-[...15 lines deleted...]
-      5. Компетенция совета представителей:</w:t>
+    <w:bookmarkStart w:name="z3285" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждение структуры и штата (офиса микрофинансового омбудсмана);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z3284" w:id="539"/>
-[...15 lines deleted...]
-      1) предложение кандидатур для избрания на должность микрофинансового омбудсмана, определение порядка голосования;</w:t>
+    <w:bookmarkStart w:name="z3286" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определение порядка финансирования деятельности микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z3285" w:id="540"/>
-[...15 lines deleted...]
-      2) утверждение структуры и штата (офиса микрофинансового омбудсмана);</w:t>
+    <w:bookmarkStart w:name="z3287" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждение внутренних правил микрофинансового омбудсмана по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z3286" w:id="541"/>
-[...15 lines deleted...]
-      3) определение порядка финансирования деятельности микрофинансового омбудсмана;</w:t>
+    <w:bookmarkStart w:name="z3288" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предоставление рекомендаций микрофинансовому омбудсману по совершенствованию его деятельности по итогам анализа жалоб заемщиков – физических лиц на действия (бездействие) микрофинансового омбудсмана, проведенного уполномоченным органом, и рассмотрения отчетов микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z3287" w:id="542"/>
-[...15 lines deleted...]
-      4) утверждение внутренних правил микрофинансового омбудсмана по согласованию с уполномоченным органом;</w:t>
+    <w:bookmarkStart w:name="z3289" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) рассмотрение ходатайства члена (членов) совета представителей о досрочном прекращении полномочий микрофинансового омбудсмана по основаниям, предусмотренным пунктом 7 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z3288" w:id="543"/>
-[...15 lines deleted...]
-      5) предоставление рекомендаций микрофинансовому омбудсману по совершенствованию его деятельности по итогам анализа жалоб заемщиков – физических лиц на действия (бездействие) микрофинансового омбудсмана, проведенного уполномоченным органом, и рассмотрения отчетов микрофинансового омбудсмана;</w:t>
+    <w:bookmarkStart w:name="z3290" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждение порядка учета, рассмотрения, принятия и исполнения решений микрофинансового омбудсмана по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z3289" w:id="544"/>
-[...15 lines deleted...]
-      6) рассмотрение ходатайства члена (членов) совета представителей о досрочном прекращении полномочий микрофинансового омбудсмана по основаниям, предусмотренным пунктом 7 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z3291" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) иные вопросы, связанные с осуществлением деятельности микрофинансового омбудсмана, в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z3290" w:id="545"/>
-[...15 lines deleted...]
-      7) утверждение порядка учета, рассмотрения, принятия и исполнения решений микрофинансового омбудсмана по согласованию с уполномоченным органом;</w:t>
+    <w:bookmarkStart w:name="z3292" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Заседание совета представителей признается правомочным, а условия кворума соблюденными, если присутствующие на нем члены совета представителей обладают в совокупности пятьюдесятью и более процентами от общего числа голосов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z3291" w:id="546"/>
-[...15 lines deleted...]
-      8) иные вопросы, связанные с осуществлением деятельности микрофинансового омбудсмана, в соответствии с настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z3293" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микрофинансовый омбудсман избирается большинством голосов членов совета представителей, присутствовавших на заседании совета. Каждый член совета представителей при голосовании имеет один голос. При равенстве голосов голос представителя уполномоченного органа является решающим.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z3292" w:id="547"/>
-[...15 lines deleted...]
-      6. Заседание совета представителей признается правомочным, а условия кворума соблюденными, если присутствующие на нем члены совета представителей обладают в совокупности пятьюдесятью и более процентами от общего числа голосов.</w:t>
+    <w:bookmarkStart w:name="z3294" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Голосование по вопросу избрания микрофинансового омбудсмана осуществляется тайным способом. Бюллетень для голосования должен содержать следующую информацию:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z3293" w:id="548"/>
-[...15 lines deleted...]
-      Микрофинансовый омбудсман избирается большинством голосов членов совета представителей, присутствовавших на заседании совета. Каждый член совета представителей при голосовании имеет один голос. При равенстве голосов голос представителя уполномоченного органа является решающим.</w:t>
+    <w:bookmarkStart w:name="z3295" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) кандидата, рекомендованного для избрания на должность микрофинансового омбудсмана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z3294" w:id="549"/>
-[...15 lines deleted...]
-      Голосование по вопросу избрания микрофинансового омбудсмана осуществляется тайным способом. Бюллетень для голосования должен содержать следующую информацию:</w:t>
+    <w:bookmarkStart w:name="z3296" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информацию, подтверждающую соответствие кандидата требованиям, установленным пунктом 1 статьи 29-2 настоящего Закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z3295" w:id="550"/>
-[...15 lines deleted...]
-      1) фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) кандидата, рекомендованного для избрания на должность микрофинансового омбудсмана;</w:t>
+    <w:bookmarkStart w:name="z3297" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения о занятии должности кандидата в микрофинансовой организации и (или) коллекторском агентстве, уполномоченном органе, Национальном Банке Республики Казахстан, о наличии признаков аффилированности к микрофинансовой организации и (или) коллекторскому агентству, о работающих близких родственниках, супруге и (или) свойственниках в должности руководителя уполномоченного органа, Национального Банка Республики Казахстан или их заместителей, а также руководителя структурного подразделения уполномоченного органа, Национального Банка Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z3296" w:id="551"/>
-[...15 lines deleted...]
-      2) информацию, подтверждающую соответствие кандидата требованиям, установленным пунктом 1 статьи 29-2 настоящего Закона;</w:t>
+    <w:bookmarkStart w:name="z3298" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) варианты голосования по вопросу, выраженные словами "за" или "против".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z3297" w:id="552"/>
-[...15 lines deleted...]
-      3) сведения о занятии должности кандидата в микрофинансовой организации и (или) коллекторском агентстве, уполномоченном органе, Национальном Банке Республики Казахстан, о наличии признаков аффилированности к микрофинансовой организации и (или) коллекторскому агентству, о работающих близких родственниках, супруге и (или) свойственниках в должности руководителя уполномоченного органа, Национального Банка Республики Казахстан или их заместителей, а также руководителя структурного подразделения уполномоченного органа, Национального Банка Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z3299" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Досрочное прекращение полномочий микрофинансового омбудсмана осуществляется советом представителей микрофинансового омбудсмана по следующим основаниям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z3298" w:id="553"/>
-[...15 lines deleted...]
-      4) варианты голосования по вопросу, выраженные словами "за" или "против".</w:t>
+    <w:bookmarkStart w:name="z3300" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выявление несоответствия микрофинансового омбудсмана требованиям, установленным пунктом 1 статьи 29-2 настоящего Закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z3299" w:id="554"/>
-[...15 lines deleted...]
-      7. Досрочное прекращение полномочий микрофинансового омбудсмана осуществляется советом представителей микрофинансового омбудсмана по следующим основаниям:</w:t>
+    <w:bookmarkStart w:name="z3301" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) занятие любой должности в микрофинансовой организации, коллекторском агентстве, уполномоченном органе, Национальном Банке Республики Казахстан, наличие признаков аффилированности микрофинансового омбудсмана с микрофинансовой организацией и (или) коллекторским агентством, занятие близкими родственниками, супругом (супругой) и (или) свойственниками должности руководителя уполномоченного органа, Национального Банка Республики Казахстан или их заместителей, а также руководителя структурного подразделения уполномоченного органа, Национального Банка Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z3300" w:id="555"/>
-[...15 lines deleted...]
-      1) выявление несоответствия микрофинансового омбудсмана требованиям, установленным пунктом 1 статьи 29-2 настоящего Закона;</w:t>
+    <w:bookmarkStart w:name="z3302" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) неоднократное (три и более раза в течение двенадцати последовательных календарных месяцев) нарушение требований настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z3301" w:id="556"/>
-[...15 lines deleted...]
-      2) занятие любой должности в микрофинансовой организации, коллекторском агентстве, уполномоченном органе, Национальном Банке Республики Казахстан, наличие признаков аффилированности микрофинансового омбудсмана с микрофинансовой организацией и (или) коллекторским агентством, занятие близкими родственниками, супругом (супругой) и (или) свойственниками должности руководителя уполномоченного органа, Национального Банка Республики Казахстан или их заместителей, а также руководителя структурного подразделения уполномоченного органа, Национального Банка Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z3303" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Досрочное прекращение полномочий микрофинансового омбудсмана по его инициативе осуществляется на основании письменного уведомления совета представителей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z3302" w:id="557"/>
-[...15 lines deleted...]
-      3) неоднократное (три и более раза в течение двенадцати последовательных календарных месяцев) нарушение требований настоящего Закона.</w:t>
+    <w:bookmarkStart w:name="z3304" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Письменное уведомление представляется совету представителей не менее чем за месяц до прекращения полномочий в порядке, установленном внутренними правилами микрофинансового омбудсмана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z3303" w:id="558"/>
-[...15 lines deleted...]
-      Досрочное прекращение полномочий микрофинансового омбудсмана по его инициативе осуществляется на основании письменного уведомления совета представителей.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 29-1 с изменением, внесенным Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 29-2. Требования к микрофинансовому омбудсману</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3306" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Не может быть рекомендовано для избрания микрофинансовым омбудсманом лицо:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z3304" w:id="559"/>
-[...15 lines deleted...]
-      Письменное уведомление представляется совету представителей не менее чем за месяц до прекращения полномочий в порядке, установленном внутренними правилами микрофинансового омбудсмана.</w:t>
+    <w:bookmarkStart w:name="z3307" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не имеющее высшего экономического и (или) юридического образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z3308" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не имеющее безупречной деловой репутации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z3309" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) имеющее стаж работы в сфере предоставления финансовых услуг и (или) регулирования финансовых услуг менее пяти лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z3310" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ранее являвшееся руководящим работником финансовой организации в период не более чем за один год до принятия уполномоченным органом решения об отнесении банка к категории неплатежеспособных банков, принудительном выкупе акций банка, лишении лицензии финансовой организации, а также принудительной ликвидации финансовой организации или признании ее банкротом в порядке, установленном законодательством Республики Казахстан. Данное требование применяется в течение трех лет после принятия уполномоченным органом решения об отнесении банка к категории неплатежеспособных банков, принудительном выкупе акций банка, лишении лицензии финансовой организации, а также принудительной ликвидации финансовой организации или признании ее банкротом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z3311" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) признанное судом в установленном законом Республики Казахстан порядке недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z3432" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) состоящее на динамическом наблюдении с психическими поведенческими расстройствами (заболеваниями), в том числе вызванными употреблением психоактивных веществ, в организациях службы охраны психического здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z3433" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) не владеющее государственным языком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z3313" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Микрофинансовый омбудсман не вправе занимать любую из должностей в микрофинансовой организации и (или) коллекторском агентстве, иметь близких родственников, супруга (супругу) и (или) свойственников, работающих в должности руководителя уполномоченного органа, Национального Банка Республики Казахстан или их заместителей, а также руководителя структурного подразделения уполномоченного органа, Национального Банка Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 29-1 с изменением, внесенным Законом РК от 30.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 29-2 с изменением, внесенным Законом РК от 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 205-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -20905,259 +21448,1196 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 29-2. Требования к микрофинансовому омбудсману</w:t>
-[...158 lines deleted...]
-      7) не владеющее государственным языком.</w:t>
+        <w:t>Статья 29-3. Порядок принятия решений микрофинансовым омбудсманом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3315" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Решение принимается микрофинансовым омбудсманом единолично и в письменной форме доводится до сведения сторон, участвующих в споре.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z3313" w:id="568"/>
-[...15 lines deleted...]
-      2. Микрофинансовый омбудсман не вправе занимать любую из должностей в микрофинансовой организации и (или) коллекторском агентстве, иметь близких родственников, супруга (супругу) и (или) свойственников, работающих в должности руководителя уполномоченного органа, Национального Банка Республики Казахстан или их заместителей, а также руководителя структурного подразделения уполномоченного органа, Национального Банка Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z3316" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При принятии решений микрофинансовый омбудсман руководствуется законодательством Республики Казахстан и условиями заключенных договоров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z3317" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Микрофинансовый омбудсман не рассматривает обращения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z3318" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принятые к рассмотрению судом и (или) по которым имеется судебный акт, вступивший в законную силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z3319" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по которым обращающееся лицо не представило письменное доказательство его обращения в микрофинансовую организацию лицу, которому уступлено право (требование) по договору о предоставлении микрокредита, с целью урегулирования возникшей ситуации в рамках договора о предоставлении микрокредита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z3320" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направленные повторно при отсутствии новых обстоятельств дела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z3321" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Решение микрофинансового омбудсмана обязательно для микрофинансовой организации, лица, которому уступлено право (требование) по заключенному с заемщиком – физическим лицом договору о предоставлении микрокредита, в случае принятия его заемщиком – физическим лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z3322" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рассмотрение обращений физических лиц и принятие решений в случаях, предусмотренных пунктами 1 и 2 статьи 29-1 настоящего Закона, осуществляются микрофинансовым омбудсманом безвозмездно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z3323" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты рассмотрения обращения оформляются протоколом, подписываемым заинтересованными сторонами или их представителями, с доведением его до сведения физического лица и микрофинансовой организации, лица, которому уступлено право (требование) по заключенному с заемщиком договору о предоставлении микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z3324" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол должен содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z3325" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дату и место его подписания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z3326" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) микрофинансового омбудсмана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z3327" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность), контактный номер телефона заявителя – физического лица, наименование микрофинансовой организации, лица, которому уступлено право (требование) по заключенному с заемщиком – физическим лицом договору о предоставлении микрокредита, их адреса и реквизиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z3328" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предмет спора или заявленное требование физического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z3329" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обстоятельства дела, установленные микрофинансовым омбудсманом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z3330" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) решение микрофинансового омбудсмана о полном либо частичном удовлетворении или об отказе в удовлетворении заявления заявителя – физического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z3331" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) срок исполнения решения микрофинансового омбудсмана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z3332" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) срок информирования микрофинансовой организацией, лицом, которому уступлено право (требование) по заключенному с заемщиком – физическим лицом договору о предоставлении микрокредита, о результатах исполнения решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z3333" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. По обращениям заемщиков – физических лиц, касающимся изменения условий исполнения обязательств по договорам о предоставлении микрокредита микрофинансовый омбудсман содействует в достижении сторонами взаимоприемлемого решения и принятии согласованного сторонами решения об изменении условий исполнения обязательств по договору о предоставлении микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z3334" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с решением микрофинансового омбудсмана заинтересованная сторона вправе обратиться в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z3335" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае неисполнения микрофинансовой организацией, лицом, которому уступлено право (требование) по заключенному с заемщиком договору о предоставлении микрокредита, решения микрофинансового омбудсмана в установленный им срок микрофинансовый омбудсман обязан не позднее пяти рабочих дней информировать об этом уполномоченный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z3336" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок исполнения микрофинансовой организацией, лицом, которому уступлено право (требование) по заключенному с заемщиком договору о предоставлении микрокредита, решения микрофинансового омбудсмана составляет тридцать календарных дней, если иной срок не установлен по соглашению сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 29-4. Деятельность микрофинансового омбудсмана</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3338" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Деятельность микрофинансового омбудсмана, в том числе порядок и сроки рассмотрения обращений по разрешению споров и принятия решений, осуществляется на основании внутренних правил микрофинансового омбудсмана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z3339" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В целях надлежащего исполнения возложенных функций деятельность микрофинансового омбудсмана финансируется за счет обязательных взносов микрофинансовых организаций, коллекторских агентств, которым уступлено право (требование) по заключенному с заемщиком договору о предоставлении микрокредита.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z3340" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае неуплаты, несвоевременной уплаты либо уплаты обязательных взносов в неполном объеме, микрофинансовый омбудсман в течение семи рабочих дней обязан уведомить уполномоченный орган о ненадлежащем исполнении микрофинансовой организацией, коллекторским агентством, которому уступлено право (требование) по заключенному с заемщиком договору о предоставлении микрокредита, своих обязательств, предусмотренных частью первой настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z3341" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Микрофинансовый омбудсман по согласованию с советом представителей образует офис с организационной структурой и штатом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z3342" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Внутренние правила микрофинансового омбудсмана должны определять:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z3343" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) структуру, задачи и полномочия ревизионной комиссии и других постоянно действующих органов (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z3344" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) права, обязанности и ответственность микрофинансового омбудсмана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z3345" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядок разрешения споров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z3346" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иные вопросы, связанные с осуществлением деятельности микрофинансового омбудсмана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z3347" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Микрофинансовый омбудсман обязан соблюдать конфиденциальность в отношении информации, полученной в ходе разрешения споров, и не разглашать ее третьим лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z3348" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микрофинансовый омбудсман несет ответственность, установленную законами Республики Казахстан, за разглашение сведений, полученных в ходе осуществления им своей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z3349" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае нарушения микрофинансовым омбудсманом требований, предусмотренных частью первой настоящего пункта, совет представителей вправе рассмотреть вопрос о досрочном прекращении полномочий микрофинансового омбудсмана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z3350" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. На интернет-ресурсе микрофинансового омбудсмана размещается следующая информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z3351" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) полное наименование, адрес (место нахождения), номера телефонов, режим работы офиса, в том числе подразделений и представительств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z3352" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения об избрании микрофинансового омбудсмана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z3353" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) перечень ассоциаций (союзов), входящих в состав совета представителей микрофинансового омбудсмана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z3354" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о видах услуг, предоставляемых микрофинансовым омбудсманом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z3355" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) порядок учета, рассмотрения, принятия и исполнения решений микрофинансового омбудсмана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z3356" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ежемесячная информация об итогах работы микрофинансового омбудсмана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z3357" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) годовые отчеты об итогах деятельности микрофинансового омбудсмана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z3358" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) раздел для потребителей финансовых услуг с публикацией информационных и разъяснительных материалов и материалов судебной практики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z3359" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) перечень соглашений и меморандумов, заключенных с участниками микрофинансового рынка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z3360" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае изменения места нахождения микрофинансовый омбудсман обязан известить об этом потребителей финансовых услуг посредством опубликования объявления в двух периодических печатных изданиях, распространяемых на всей территории Республики Казахстан, на казахском и русском языках не позднее месячного срока и на интернет-ресурсе микрофинансового омбудсмана в течение десяти рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z3361" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Микрофинансовый омбудсман по решению совета представителей должен обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z3362" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) применение специализированного программного обеспечения по автоматизации учета и обработке обращений заемщиков – физических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z3363" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) внедрение колл-центра либо горячей линии в офисе микрофинансового омбудсмана для оказания консультационных услуг заемщикам – физическим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z3364" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оперативное получение кредитного отчета заемщика – физического лица в информационной базе кредитного бюро на основании договора в целях урегулирования разногласий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z3365" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам анализа обращений заемщиков – физических лиц микрофинансовый омбудсман вправе направить в уполномоченный орган рекомендации по совершенствованию законодательства Республики Казахстан о микрофинансовой деятельности, а также деятельности микрофинансовых организаций и (или) коллекторских агентств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z3366" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Уполномоченный орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z3367" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет согласование внутренних правил микрофинансового омбудсмана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z3368" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рассматривает жалобы заемщиков – физических лиц на действия (бездействие) микрофинансового омбудсмана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z3369" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направляет совету представителей рекомендации о деятельности микрофинансового омбудсмана в случаях выявления в действиях (бездействии) микрофинансового омбудсмана нарушений прав потребителей финансовых услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z3370" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет иные функции, связанные с деятельностью микрофинансового омбудсмана, в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 29-2 с изменением, внесенным Законом РК от 30.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 29-4 с изменением, внесенным Законом РК от 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 205-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -21170,1210 +22650,777 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z259" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...449 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...640 lines deleted...]
-      3) направляет совету представителей рекомендации о деятельности микрофинансового омбудсмана в случаях выявления в действиях (бездействии) микрофинансового омбудсмана нарушений прав потребителей финансовых услуг;</w:t>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z3370" w:id="623"/>
-[...15 lines deleted...]
-      4) осуществляет иные функции, связанные с деятельностью микрофинансового омбудсмана, в соответствии с настоящим Законом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 30. Ответственность за нарушение законодательства Республики Казахстан о микрофинансовой деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z261" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан о микрофинансовой деятельности влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 29-4 с изменением, внесенным Законом РК от 30.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 30 в редакции Закона РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 31. Переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z263" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Микрокредитные организации, за исключением некоммерческих микрокредитных организаций, в срок до 1 января 2016 года подлежат государственной перерегистрации в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z264" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несоблюдения требования, установленного настоящим пунктом, микрокредитные организации подлежат принудительной реорганизации либо ликвидации в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z265" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Некоммерческие микрокредитные организации в срок до 1 января 2016 года подлежат реорганизации либо ликвидации в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z483" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Микрофинансовые организации, созданные до 1 января 2021 года и не подавшие до 1 марта 2021 года в уполномоченный орган заявления на получение лицензии на осуществление микрофинансовой деятельности, подлежат реорганизации либо ликвидации в соответствии с законами Республики Казахстан, за исключением кредитных товариществ, которые вправе подать заявление на получение лицензии на осуществление микрофинансовой деятельности до 1 июня 2021 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z484" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2. Ни одно лицо самостоятельно или совместно с другим (другими) лицом (лицами) не может (не могут) прямо или косвенно владеть и (или) пользоваться, и (или) распоряжаться долями участия в уставных капиталах либо размещенными акциями микрофинансовых организаций, если оно является юридическим лицом, учредитель (акционер, участник) либо руководящий работник которого ранее являлся первым руководителем или учредителем (участником) микрофинансовой организации в период не более чем за один год до принятия уполномоченным органом решения об исключении из реестра микрофинансовых организаций, за исключением случая, когда указанные организации были исключены из реестра микрофинансовых организаций в связи с принятием ими решения о добровольном прекращении своей деятельности путем реорганизации или ликвидации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z485" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-3. Микрофинансовые организации до подачи заявления на получение лицензии на осуществление микрофинансовой деятельности обязаны закрыть помещения филиалов, расположение которых не соответствует требованиям пункта 3 статьи 14-1 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Исключен Законом РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Исключен Законом РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен Законом РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен Законом РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 31 с изменениями, внесенными законами РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 24.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 31-1. Уведомление об утверждении финансовых продуктов микрофинансовой организацией</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z486" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микрофинансовая организация уведомляет уполномоченный орган об утверждении финансовых продуктов органом микрофинансовой организации, уполномоченным на утверждение финансовых продуктов, в течение десяти рабочих дней со дня их утверждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z487" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень финансовых продуктов, об утверждении которых микрофинансовая организация уведомляет уполномоченный орган, порядок уведомления уполномоченного органа об утверждении финансовых продуктов микрофинансовой организацией, а также перечень документов, прилагаемых к уведомлению, и сведений по утвержденным финансовым продуктам, указываемым в уведомлении, определяются нормативными правовыми актами уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 31-1 в соответствии с Законом РК от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); в редакции Закона РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); с изменением, внесенным Законом РК от 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 205-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -22386,851 +23433,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="624"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...780 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 32. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="634"/>
+    <w:bookmarkStart w:name="z273" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23245,91 +23509,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 настоящего Закона, которые вводятся в действие с 1 января 2016 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z274" w:id="635"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z274" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 6 марта 2003 года "О микрокредитных организациях" (Ведомости Парламента Республики Казахстан, 2003 г., № 4, ст. 23; 2006 г., № 11, ст. 55; № 23, ст. 140; 2010 г., № 7, ст. 28; 2011 г., № 3, ст. 32).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkEnd w:id="633"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -23523,55 +23787,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>