--- v0 (2025-11-13)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="793b56b" w14:textId="793b56b">
+    <w:p w14:paraId="c9e6325" w14:textId="c9e6325">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4884,448 +4884,374 @@
         <w:t>
       1. Религиозные объединения вправе осуществлять благотворительность и учреждать благотворительные организации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:bookmarkStart w:name="z103" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При осуществлении благотворительности не допускается использование материальной зависимости (нужды) граждан Республики Казахстан, иностранцев и лиц без гражданства в целях вовлечения в религиозную деятельность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z210" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Религиозные объединения, обращающиеся за добровольными пожертвованиями, обязаны соблюдать требования, установленные законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 16.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Международные связи и контакты верующих и религиозных объединений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Граждане Республики Казахстан, иностранцы, лица без гражданства и религиозные объединения вправе устанавливать и поддерживать международные связи и личные контакты, включая выезды за границу для паломничества, участия в собраниях и других религиозных мероприятиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z106" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Религиозные объединения могут направлять граждан Республики Казахстан за границу для обучения в духовных (религиозных) организациях образования и принимать иностранцев, лиц без гражданства для обучения в духовных (религиозных) организациях образования на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z107" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. СОЗДАНИЕ, ГОСУДАРСТВЕННАЯ РЕГИСТРАЦИЯ, РЕОРГАНИЗАЦИЯ,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...116 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...49 lines deleted...]
-        <w:jc w:val="left"/>
+        </w:rPr>
+        <w:t>ЛИКВИДАЦИЯ РЕЛИГИОЗНЫХ ОБЪЕДИНЕНИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...27 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Статус религиозных объединений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="134"/>
+    <w:bookmarkStart w:name="z109" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В Республике Казахстан могут создаваться и действовать религиозные объединения со статусом: местные, региональные и республиканские.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z110" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z110" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Местным религиозным объединением признается религиозное объединение, образованное по инициативе не менее пятидесяти граждан Республики Казахстан, действующее в пределах одной области, города республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z111" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z111" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Региональным религиозным объединением признается религиозное объединение, созданное по инициативе не менее двух местных религиозных объединений, с общей численностью не менее пятисот граждан Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Региональные религиозные объединения создаются и осуществляют свою деятельность в пределах территории деятельности местных религиозных объединений, инициировавших создание региональных религиозных объединений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="137"/>
+    <w:bookmarkStart w:name="z113" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканским религиозным объединением признается религиозное объединение, образованное по инициативе не менее пяти тысяч граждан Республики Казахстан, представляющих все области, города республиканского значения и столицу, численностью не менее трехсот граждан Республики Казахстан в каждом из них, а также имеющее свои структурные подразделения (филиалы и представительства) на всей территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5361,684 +5287,684 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Создание религиозных объединений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="138"/>
+    <w:bookmarkStart w:name="z115" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Религиозное объединение создается по инициативе граждан Республики Казахстан, достигших восемнадцатилетнего возраста, созывающих учредительное собрание (съезд, конференцию), на котором принимаются решения о создании религиозного объединения, его наименовании, уставе и формируются его руководящие органы. Граждане принимают личное участие в учредительном собрании (съезде, конференции) по собственному желанию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z116" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z116" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Религиозное объединение должно иметь следующие признаки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z117" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z117" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) единое вероучение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z118" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z118" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) совершение религиозных обрядов, церемоний и проповедей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z119" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z119" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) религиозное воспитание своих участников (членов) и религиозных последователей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z120" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z120" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) духовная направленность деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z121" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z121" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканские религиозные объединения и региональные религиозные объединения в соответствии со своими уставами вправе создавать в форме учреждений духовные (религиозные) организации образования, реализующие профессиональные учебные программы подготовки священнослужителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z122" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z122" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Создание и деятельность юридических лиц, занимающихся религиозной деятельностью, в иной организационно-правовой форме, кроме как религиозное объединение, не допускаются, за исключением духовных (религиозных) организаций образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z123" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z123" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Создание организационных структур религиозных объединений в государственных органах, организациях и учреждениях, организациях образования и здравоохранения не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Наименование религиозного объединения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="147"/>
+    <w:bookmarkStart w:name="z125" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование религиозного объединения должно содержать вероисповедную принадлежность и статус.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z126" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z126" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Полное и сокращенное наименование и его символика не должны полностью или в существенной части дублировать государственные символы Республики Казахстан и других государств, наименование и символику государственных органов Республики Казахстан, религиозных объединений, зарегистрированных в Республике Казахстан, а также религиозных объединений, запрещенных и (или) ликвидированных в связи с нарушением законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Государственная регистрация религиозных объединений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="149"/>
+    <w:bookmarkStart w:name="z128" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Религиозное объединение приобретает правоспособность юридического лица с момента его государственной регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z129" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z129" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственная регистрация республиканских религиозных объединений и региональных религиозных объединений осуществляется Министерством юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z130" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z130" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственная регистрация местных религиозных объединений, учетная регистрация филиалов и представительств осуществляются территориальными органами юстиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z131" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z131" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для регистрации в регистрирующий орган в двухмесячный срок с момента принятия решения о создании религиозного объединения подается заявление. К заявлению прилагаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z132" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z132" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) устав религиозного объединения, подписанный руководителем религиозного объединения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z133" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z133" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) протокол учредительного собрания (съезда, конференции);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z134" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z134" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) список граждан-инициаторов создаваемого религиозного объединения на электронном и бумажном носителях по форме, установленной регистрирующим органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z135" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z135" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) документ, подтверждающий место нахождения религиозного объединения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z136" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z136" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) печатные религиозные материалы, раскрывающие историю возникновения и основы вероучения и содержащие сведения о соответствующей ему религиозной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z137" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z137" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) квитанция или иной документ, подтверждающие уплату в бюджет регистрационного сбора за государственную регистрацию юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z138" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z138" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) решение об избрании руководителя религиозного объединения либо в случае назначения руководителя иностранным религиозным центром документ, подтверждающий согласование с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z139" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z139" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При регистрации регионального религиозного объединения дополнительно представляются список участников каждого из местных религиозных объединений, инициирующих создание региональных религиозных объединений, по форме, установленной регистрирующим органом, а также нотариально удостоверенные копии уставов их местных религиозных объединений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z140" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z140" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. До истечения года со дня регистрации республиканские религиозные объединения для подтверждения статуса обязаны представить в орган, осуществляющий регистрацию, копии документов, подтверждающих прохождение учетной регистрации их структурными подразделениями (филиалами и представительствами) в территориальных органах юстиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z141" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z141" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В случае невыполнения требований пункта 5 настоящей статьи республиканское религиозное объединение подлежит реорганизации или ликвидации в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z142" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z142" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Государственная регистрация религиозных объединений и учетная регистрация их филиалов и представительств, перерегистрация, отказ в регистрации религиозных объединений осуществляются в порядке и сроки, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственной регистрации юридических лиц и учетной регистрации филиалов и представительств", с учетом особенностей, предусмотренных настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z143" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z143" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Срок государственной регистрации (перерегистрации) прерывается для проведения религиоведческой экспертизы и проверки списка граждан-инициаторов создания религиозного объединения на предмет соответствия требованиям настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z144" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z144" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Регистрирующий орган не позднее трех рабочих дней со дня принятия решения о перерыве срока государственной регистрации (перерегистрации) направляет в уполномоченный орган копии документов, необходимых для организации проведения религиоведческой экспертизы, и в местные исполнительные органы областей, городов республиканского значения и столицы копии списков граждан-инициаторов создания  религиозного объединения для проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z145" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z145" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. По результатам проверки представленных документов на соответствие законодательству, проведенной религиоведческой экспертизы, проверки списка граждан-инициаторов создания религиозного объединения принимается решение о государственной регистрации или об отказе в государственной регистрации религиозного объединения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6104,387 +6030,387 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Устав религиозного объединения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="167"/>
+    <w:bookmarkStart w:name="z147" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Религиозное объединение осуществляет свою деятельность на основании устава, который должен содержать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z148" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z148" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование, предмет и цели деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z149" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z149" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) место нахождения и территорию, в пределах которой оно осуществляет свою деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z150" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z150" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) структуру, порядок формирования и компетенцию органов управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z151" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z151" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) права и обязанности участников (членов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z152" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z152" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) вероисповедную принадлежность, основы вероучения и сведения о соответствующей ему религиозной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z153" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z153" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) условия и порядок приема в члены религиозного объединения и выхода из него;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z154" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z154" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) источники формирования имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z155" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z155" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) порядок внесения изменений и дополнений в учредительные документы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z156" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z156" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) условия реорганизации и прекращения деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z157" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z157" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) порядок использования имущества в случае ликвидации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z158" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z158" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) сведения о филиалах и представительствах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z159" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z159" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В уставе религиозного объединения могут содержаться и иные положения, относящиеся к его деятельности и не противоречащие законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z160" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z160" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения об основах вероучения и религиозной деятельности должны содержать основные религиозные идеи, формы деятельности религиозного объединения, особенности отношения к браку и семье, образованию, здоровью участников (членов) данного религиозного объединения и других лиц, отношение к реализации конституционных прав и обязанностей его участников (членов) и служителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Отказ в регистрации религиозного объединения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="181"/>
+    <w:bookmarkStart w:name="z162" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Отказ в государственной регистрации религиозного объединения, учетной регистрации его структурного подразделения (филиала и представительства) производится в соответствии с законами Республики Казахстан, а также в случаях, когда содержащиеся в учредительных и иных представленных документах сведения недостоверны и (или) создаваемое объединение не признано в качестве религиозного объединения на основании результатов религиоведческой экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z163" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z163" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Отказ в регистрации может быть обжалован в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6520,648 +6446,648 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Реорганизация и ликвидация религиозного объединения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="183"/>
+    <w:bookmarkStart w:name="z165" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Реорганизация религиозных объединений может осуществляться в соответствии с законами Республики Казахстан путем слияния, присоединения, разделения, преобразования и выделения по решению органа, уполномоченного учредительными документами религиозного объединения, либо по решению суда. Религиозное объединение может быть преобразовано только в другое религиозное объединение или в частное учреждение. Образованные в результате реорганизации религиозных объединений организации могут быть зарегистрированы в качестве религиозных объединений в случае соответствия требованиям настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z166" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z166" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Приостановление деятельности и ликвидация религиозного объединения производятся в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Государство и иностранные религиозные объединения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="185"/>
+    <w:bookmarkStart w:name="z168" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Не допускается осуществление деятельности руководителем религиозного объединения, назначенным иностранным религиозным центром без согласования с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z169" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z169" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для согласования кандидата на должность руководителя религиозного объединения иностранный религиозный центр представляет в уполномоченный орган следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z170" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z170" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ходатайство, содержащее сведения о кандидате, его предыдущей деятельности в иностранном религиозном центре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z171" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z171" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) решение о назначении кандидата руководителем религиозного объединения, действующего на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z172" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z172" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копию паспорта или удостоверения личности кандидата на должность руководителя религиозного объединения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z173" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z173" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Документы представляются с нотариально засвидетельствованной в Республике Казахстан верностью перевода на казахский и русский языки и нотариально засвидетельствованной в Республике Казахстан подлинностью подписи переводчика, осуществлявшего перевод.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z174" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z174" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Документы, указанные в пункте 2 настоящей статьи, рассматриваются уполномоченным органом в течение тридцати календарных дней с даты их представления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z175" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z175" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уполномоченный орган отказывает в согласовании назначения иностранным религиозным центром руководителя религиозного объединения в Республике Казахстан, если его деятельность может создать угрозу конституционному строю, общественному порядку, правам и свободам человека, здоровью и нравственности населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z176" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z176" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. ИМУЩЕСТВЕННЫЕ ПРАВООТНОШЕНИЯ РЕЛИГИОЗНЫХ ОБЪЕДИНЕНИЙ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Собственность религиозных объединений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="194"/>
+    <w:bookmarkStart w:name="z178" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Религиозные объединения имеют право собственности на имущество, приобретенное или созданное ими за счет собственных средств, пожертвованное гражданами Республики Казахстан, иностранцами и лицами без гражданства, организациями или приобретенное по другим основаниям, не противоречащим законам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z179" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z179" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Собственностью религиозных объединений являются недвижимое и движимое имущество, находящееся на праве собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z180" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z180" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В собственности религиозных объединений может быть также имущество, находящееся за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z181" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z181" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Религиозные объединения вправе обращаться за добровольными финансовыми и другими пожертвованиями и получать их.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z182" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z182" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Право собственности религиозных объединений охраняется законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Пользование имуществом, являющимся собственностью государства, организаций и физических лиц</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="199"/>
+    <w:bookmarkStart w:name="z184" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Религиозные объединения вправе использовать здания, территорию и имущество, предоставляемое им на договорных началах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z185" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z185" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Памятники истории и культуры, имеющие религиозное назначение, могут предоставляться в пользование религиозным объединениям в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Распоряжение имуществом ликвидированного религиозного объединения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="201"/>
+    <w:bookmarkStart w:name="z187" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При ликвидации или прекращении деятельности религиозного объединения распоряжение находившимся в его собственности имуществом осуществляется в соответствии с его уставом и законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z188" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z188" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При отсутствии правопреемников имущество переходит в собственность государства в соответствии с законодательством Республики Казахстан о государственном имуществе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z189" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z189" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Ответственность за нарушение законодательства Республики Казахстан о религиозной деятельности и религиозных объединениях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="204"/>
+    <w:bookmarkStart w:name="z191" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан о религиозной деятельности и религиозных объединениях влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="205"/>
+    <w:bookmarkStart w:name="z193" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Религиозные объединения обязаны в течение одного года со дня введения в действие настоящего Закона внести соответствующие изменения в свои учредительные документы в соответствии с требованиями настоящего Закона. Одновременно в регистрирующий орган представляются документы, подтверждающие статус религиозного объединения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z194" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z194" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Юридические лица, занимающиеся удовлетворением религиозных интересов и потребностей и созданные до введения в действие настоящего Закона в иной организационно-правовой форме, кроме как религиозное объединение, обязаны в течение одного года со дня введения в действие настоящего Закона внести соответствующие изменения в свои учредительные документы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z195" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z195" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. По истечении указанного срока юридические лица, не приведшие свои учредительные документы в соответствие с требованиями настоящего Закона, ликвидируются в судебном порядке по обращению местных исполнительных органов областей, городов республиканского  значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7227,110 +7153,110 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="208"/>
+    <w:bookmarkStart w:name="z197" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z198" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z198" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 15 января 1992 года "О свободе вероисповедания и религиозных объединениях" (Ведомости Верховного Совета Республики Казахстан, 1992 г., № 4, ст. 84; 1995 г., № 20, ст. 120, 121; Ведомости Парламента Республики Казахстан, 1997 г., № 13-14, ст. 205; 2004 г., № 23, ст. 142; 2005 г., № 5, ст. 5; № 13, ст. 53; 2007 г., № 9, ст. 67; 2011 г., № 11, ст. 102).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>