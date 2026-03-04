--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fcad06d" w14:textId="fcad06d">
+    <w:p w14:paraId="f7c5ec5" w14:textId="f7c5ec5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,8311 +100,10032 @@
         </w:rPr>
         <w:t>О медиации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон Республики Казахстан от 28 января 2011 года № 401-IV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Порядок введения в действие настоящего Закона РК см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 28</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящий Закон регулирует общественные отношения в сфере организации медиации в Республике Казахстан, определяет ее принципы и процедуру проведения, а также статус медиатора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 1. Сфера применения медиации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Сферой применения медиации являются споры (конфликты), возникающие из гражданских, трудовых, семейных, административных правоотношений и иных общественных отношений с участием физических и (или) юридических лиц, административных органов, должностных лиц, а также рассматриваемые в ходе производства по делам об административных правонарушениях, в ходе уголовного судопроизводства по делам об уголовных проступках, преступлениях небольшой и средней тяжести, а также тяжких преступлениях в случаях, предусмотренных частью второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 68</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовного кодекса Республики Казахстан, если иное не установлено законами Республики Казахстан, и отношения, возникающие при исполнении исполнительного производства.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Процедура медиации не применяется к спорам (конфликтам), возникающим из отношений, указанных в пункте 1 настоящей статьи, в случае, если такие споры (конфликты) затрагивают или могут затронуть интересы третьих лиц, не участвующих в процедуре медиации, и лиц, признанных судом недееспособными либо ограниченно дееспособными, и иных случаях, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Процедура медиации к спорам (конфликтам) с участием физических и (или) юридических лиц, когда одной из сторон является государственный орган, применяется в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Процедура медиации не применяется по уголовным делам о коррупционных преступлениях и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иным преступлениям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> против интересов государственной службы и государственного управления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Вниманию пользователей!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); законами РК от 15.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 292-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) соглашение об урегулировании спора (конфликта) - письменное соглашение сторон, достигнутое ими в результате медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) медиатор – независимое физическое лицо, привлекаемое сторонами для проведения медиации на профессиональной основе или общественных началах в соответствии с требованиями настоящего Закона;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) ассоциация (союз) медиаторов - организация, создаваемая в целях координации деятельности организаций медиаторов, а также для защиты их прав и законных интересов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-1) участники медиации – медиатор и стороны медиации, лица, которые по договоренности сторон медиации привлечены к процедуре медиации, в том числе представители, переводчики, эксперты, специалисты и другие лица;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) организации медиаторов - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>некоммерческие организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, создаваемые для объединения медиаторов на добровольной основе для достижения ими общих целей по развитию медиации, не противоречащих законодательству Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) медиация - процедура урегулирования спора (конфликта) между сторонами при содействии медиатора (медиаторов) в целях достижения ими взаимоприемлемого решения, реализуемая по добровольному согласию сторон;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-1) приглашение к процедуре медиации – деятельность медиатора и (или) одной из сторон спора (конфликта) до подписания договора о медиации по приглашению другой стороны к процедуре медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сфере медиации (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий реализацию государственной политики и государственное регулирование деятельности в сфере медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) стороны медиации – физические и юридические лица или группы лиц, административные органы, должностные лица, участвующие в процедуре медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>договор о медиации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - письменное соглашение сторон, заключаемое с медиатором в целях разрешения спора (конфликта) до начала медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
-[...9 lines deleted...]
-        <w:t>ОГЛАВЛЕНИЕ</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) Исключен Законом РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 2 с изменениями, внесенными Законом РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Основные цели и задачи настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Основными целями настоящего Закона являются: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) создание условий для разрешения спора (конфликта) с соблюдением прав и законных интересов граждан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) снижение уровня конфликтности сторон.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Основными задачами настоящего Закона являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) обеспечение сторонам возможности урегулирования спора (конфликта) путем медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) обеспечение сторонам медиации содействия в достижении варианта разрешения спора (конфликта), устраивающего стороны медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание РЦПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 3 - в редакции Закона РК от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Принципы проведения медиации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Медиация проводится на основе принципов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) добровольности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) равноправия сторон медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) независимости и беспристрастности медиатора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) недопустимости вмешательства в процедуру медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) конфиденциальности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Настоящий Закон регулирует общественные отношения в сфере организации медиации в Республике Казахстан, определяет ее принципы и процедуру проведения, а также статус медиатора.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Добровольность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Условием участия в процедуре медиации является взаимное добровольное волеизъявление сторон, выраженное в договоре о медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Стороны медиации вправе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отказаться</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от медиации на любой ее стадии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. В ходе медиации стороны вправе по своему усмотрению распоряжаться своими материальными и процессуальными правами, увеличить или уменьшить размер требований или отказаться от спора (конфликта).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Стороны свободны в выборе вопросов для обсуждения вариантов взаимоприемлемого соглашения как предусмотренного законом, так и не предусмотренного законом, не нарушающего права и охраняемые законом интересы сторон и третьих лиц.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными Законом РК от 31.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Равноправие сторон медиации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стороны медиации пользуются равными правами при выборе медиатора, процедуры медиации, своей позиции в ней, способах и средствах ее отстаивания, при получении информации, в оценке приемлемости условий соглашения об урегулировании конфликта и несут равные обязанности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Независимость и беспристрастность медиатора. Недопустимость вмешательства в процедуру медиации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. При проведении медиации медиатор независим от сторон, административных органов, иных юридических, должностных и физических лиц. Медиатор самостоятелен в выборе средств и методов медиации, допустимость которых определяется настоящим Законом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Медиатор должен быть беспристрастным, проводить медиацию в интересах обеих сторон и обеспечивать сторонам равное участие в процедуре медиации. При наличии обстоятельств, препятствующих беспристрастности медиатора, он должен отказаться от проведения медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Не допускается вмешательство в деятельность медиатора при проведении медиации со стороны лиц, указанных в пункте 1 настоящей статьи, кроме случаев, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменением, внесенным Законом РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Конфиденциальность</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Участники медиации не вправе разглашать сведения, ставшие известными им в ходе медиации, без письменного разрешения стороны медиации, предоставившей эту информацию.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Медиатор не может быть допрошен в качестве свидетеля о сведениях, ставших ему известными в ходе медиации, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Разглашение участником медиации сведений, ставших ему известными в ходе медиации, без разрешения стороны медиации, предоставившей эту информацию, влечет ответственность, установленную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8-1. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирует и реализует государственную политику в сфере медиации в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) координирует деятельность организаций медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен Законом РК от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) Закона РК от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) Закона РК от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) обеспечивает функционирование и развитие системы медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) обеспечивает информирование населения об организациях медиаторов, о механизмах, об основаниях и условиях применения медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) ведет реестр организаций медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) разрабатывает и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правила избрания общественного медиатора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) разрабатывает и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правила ведения реестра общественных медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) ведет реестр судей в отставке, осуществляющих деятельность медиатора на профессиональной основе;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-1) разрабатывает и утверждает нормативные правовые акты в сфере медиации в соответствии с целями, задачами настоящего Закона и законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена статьей 8-1, в соответствии с Законом РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. ПРАВОВОЕ ПОЛОЖЕНИЕ МЕДИАТОРОВ И ОРГАНИЗАЦИЙ,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ОБЕСПЕЧИВАЮЩИХ ПРОВЕДЕНИЕ МЕДИАЦИИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 1. Сфера применения медиации</w:t>
+        <w:t>Статья 9. Требования, предъявляемые к медиаторам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Медиатором может быть независимое, беспристрастное, не заинтересованное в исходе дела физическое лицо, выбранное по взаимному согласию сторон медиации, включенное в реестр медиаторов и давшее согласие на выполнение функции медиатора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Деятельность медиатора может осуществляться как на профессиональной основе (профессиональный медиатор), так и на общественных началах (общественный медиатор).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Осуществлять деятельность медиатора на общественных началах могут:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) лица, достигшие сорокалетнего возраста и состоящие в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реестре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общественных медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) судьи при проведении примирительных процедур в суде в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданским процессуальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Административным процедурно-процессуальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Осуществлять деятельность медиатора на профессиональной основе могут:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) лица, имеющие высшее образование, достигшие двадцатипятилетнего возраста, имеющие документ (сертификат), подтверждающий прохождение обучения по программе подготовки медиаторов, утверждаемой в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определяемом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом в сфере медиации, и состоящие в реестре профессиональных медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) судьи в отставке, состоящие в реестре судей в отставке, осуществляющих деятельность медиатора на профессиональной основе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Деятельность медиатора не является предпринимательской деятельностью.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Лица, осуществляющие деятельность медиатора, вправе также осуществлять любую иную деятельность, не запрещенную законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Медиатором не может быть лицо:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) уполномоченное на выполнение государственных функций и приравненное к нему;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) признанное судом в установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в отношении которого осуществляется уголовное преследование;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) имеющее не погашенную или не снятую в установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке судимость.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Соглашением сторон медиации могут быть установлены дополнительные требования к медиатору.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными Конституционным Законом РК от 03.07.2013 </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve">); от 29.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 31.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 20.12.021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>Статья 2. Основные понятия, используемые в настоящем Законе</w:t>
+        <w:t>Статья 10. Права и обязанности медиатора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
-[...218 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Медиатор вправе:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в ходе медиации проводить встречи как со всеми сторонами одновременно, так и с каждой из сторон в отдельности и получать от сторон информацию о самом споре (конфликте) в объеме, необходимом и достаточном для проведения медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информировать общественность об осуществлении своей деятельности (количестве, продолжительности, результативности) с соблюдением принципа конфиденциальности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отказаться от проведения медиации, если, по его мнению, дальнейшие усилия в процессе ее проведения не приведут к разрешению спора (конфликта) между сторонами, либо прекратить медиацию с согласия сторон, закрепленного в письменной форме.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Медиатор обязан:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при проведении медиации действовать только с согласия сторон медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) до начала медиации разъяснить сторонам медиации ее цели и принципы, порядок проведения, права и обязанности сторон и медиатора, порядок и правовые последствия заключения соглашения об урегулировании спора (конфликта) в порядке медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) содействовать сторонам в последовательном обмене документами, сведениями и сообщениями по обсуждаемым вопросам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) проинформировать стороны медиации о своем профессиональном опыте и компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) прекратить медиацию в случае противоречия между личными интересами медиатора и его обязанностями, которое может повлиять на его беспристрастность и независимость при проведении медиации, а также при наличии других обстоятельств, исключающих его участие или требующих прекращения его участия в медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) регулярно повышать свой профессиональный уровень по программе подготовки медиаторов по правилам, определяемым Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Медиатор не вправе оказывать какой-либо стороне юридическую, консультационную или иную помощь.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Медиатор имеет также другие права и обязанности, а также несет ответственность, предусмотренную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve">      Сноска. Статья 2 с изменениями, внесенными Законом РК от 20.12.021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 10 – в редакции Закона РК от 20.12.021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 3. Основные цели и задачи настоящего Закона</w:t>
+        <w:t>Статья 11. Права и обязанности сторон медиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z344" w:id="17"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Стороны медиации вправе:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) добровольно выбирать медиатора (медиаторов);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) отказаться от медиатора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в любой момент медиации отказаться от участия в ней;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) участвовать в проведении медиации лично или через представителей, полномочия которых основаны на доверенности, оформленной в установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) при неисполнении или ненадлежащем исполнении соглашения об урегулировании спора (конфликта) обратиться в суд или орган, ведущий уголовный процесс, в производстве которого находится дело, в связи с которым осуществлялась медиация, в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Стороны медиации обязаны исполнять соглашение об урегулировании спора (конфликта) в порядке и в сроки, предусмотренные этим соглашением.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-1. Стороны медиации в случае необходимости правильного разрешения спора (конфликта) имеют право приглашать экспертов, специалистов, а также переводчиков.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Стороны медиации имеют также другие права и несут другие обязанности, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 3 - в редакции Закона РК от 10.01.2025 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменением, внесенным Законом РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 4. Принципы проведения медиации</w:t>
+        <w:t>Статья 12. Отвод медиатора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="23"/>
-[...215 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 12 исключена Законом РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>Статья 6. Равноправие сторон медиации</w:t>
+        <w:t>Статья 13. Организации медиаторов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
-[...95 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Организацией медиаторов признается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>саморегулируемая организация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, созданная медиаторами на добровольной основе в целях обеспечения материальных, организационно-правовых и иных условий оказания медиаторами услуг по проведению медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 7 с изменением, внесенным Законом РК от 20.12.021 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Исключен Законом РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Организация медиаторов осуществляет следующие функции:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) ведет реестр профессиональных медиаторов – членов организации медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) разрабатывает и утверждает условия членства медиаторов, осуществляющих деятельность на профессиональной основе;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) организует информационное и методическое обеспечение членов организации медиаторов в сфере осуществления деятельности медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) представляет интересы членов организации медиаторов в их отношениях с государственными органами, а также с международными организациями медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) обеспечивает соблюдение членами организации медиаторов требований настоящего Закона и иных нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) устанавливает и применяет меры воздействия в отношении членов организации медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) организует профессиональную подготовку и повышение квалификации медиаторов с выдачей документа (сертификата), подтверждающего прохождение обучения по программе подготовки медиаторов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. В целях координации своей деятельности, разработки и унификации стандартов (правил) профессиональной деятельности медиаторов, порядка (регламента) проведения медиации, порядка выплаты сторонами медиации вознаграждения медиаторам организации медиаторов вправе объединяться в ассоциацию (союз).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Вступление в организацию медиаторов или ассоциацию (союз) медиаторов осуществляется на добровольной основе. При этом взимание вступительных взносов организацией медиаторов или ассоциацией (союзом) медиаторов не допускается.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Ассоциация (союз) медиаторов вправе разрабатывать и утверждать Кодекс профессиональной этики медиаторов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными Законом РК от 20.12.021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 8. Конфиденциальность</w:t>
-[...76 lines deleted...]
-        <w:t>Статья 8-1. Компетенция уполномоченного органа</w:t>
+        <w:t>Статья 14. Ведение организацией медиаторов реестра профессиональных медиаторов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Исключено Законом РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Для включения в реестр профессиональных медиаторов медиаторам необходимо представить в организацию медиаторов копию удостоверения личности (нотариально засвидетельствованную копию в случае непредставления оригинала удостоверения личности для сверки), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>медицинские</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>справки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из медицинских организаций, оказывающих наркологическую помощь, и психоневрологической организации, выданные по месту жительства претендента, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>справку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об отсутствии судимости, копии диплома о высшем образовании и документа (сертификата), подтверждающего прохождение специальной подготовки по медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Реестр профессиональных медиаторов содержит:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) фамилию, имя и отчество (при его наличии) медиатора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) юридический адрес медиатора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) контактные данные медиатора (почтовый адрес или адрес электронной почты либо номер телефона или телефакса);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) сведения об области медиации, в которой медиатор специализируется;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) сведения о языке, на котором медиатор способен осуществлять медиацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) сведения о наличии документа (сертификата), подтверждающего прохождение обучения по программе подготовки медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) сведения о приостановлении деятельности медиатора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Медиаторы включаются организацией медиаторов в реестр профессиональных медиаторов в уведомительном порядке в течение десяти дней со дня получения соответствующего заявления при условии соответствия требованиям пункта 3 настоящей статьи и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае невключения медиатора в реестр профессиональных медиаторов организация медиаторов обязана в течение десяти дней со дня получения соответствующего заявления дать мотивированный ответ в письменном виде о причинах отказа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен Законом РК от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 292-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Реестр профессиональных медиаторов должен быть размещен на интернет-ресурсе организации медиаторов на казахском и русском языках и обновляться по мере включения в него медиаторов. Организации медиаторов вправе опубликовывать реестр профессиональных медиаторов в периодических печатных изданиях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 пункта 6 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В целях информирования потребителя о наличии действующих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъектов досудебного урегулирования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребительских споров организация профессиональных медиаторов по мере обновления реестра направляет информацию о медиаторах (фамилию, имя и отчество (если оно указано в документе, удостоверяющем личность) медиатора, юридический адрес, контактные данные медиатора (почтовый адрес или адрес электронной почты либо номер телефона или телефакса), сведения об области медиации, в которой медиатор специализируется, сведения о языке, на котором медиатор способен осуществлять медиацию) в Единую информационную систему защиты прав потребителей.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. В случае нарушения медиатором требований настоящего Закона стороны, участвующие в процедуре медиации, вправе обратиться с соответствующим заявлением в организацию медиаторов. При подтверждении нарушения организация медиаторов приостанавливает деятельность медиатора с указанием об этом в реестре профессиональных медиаторов сроком на шесть месяцев.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Решение организации медиаторов об отказе во включении, исключении из списка профессиональных медиаторов, о приостановлении деятельности медиатора может быть обжаловано в суд.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 292-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Уполномоченный орган:</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Проведение медиации общественными медиаторами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="40"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Медиацию могут проводить общественные медиаторы, избираемые собранием (сходом) местного сообщества, имеющие большой жизненный опыт, авторитет и безупречную репутацию, в соответствии с порядком, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определяемым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Протокол собрания (схода) местного сообщества об избрании членов местного сообщества в качестве медиаторов на общественных началах в течение десяти рабочих дней направляется акиму города областного значения, района в городе, города районного значения, поселка, села, сельского округа для включения в реестр общественных медиаторов с представлением сведений в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 15 – в редакции Закона РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...553 lines deleted...]
-      1) лица, достигшие сорокалетнего возраста и состоящие в реестре общественных медиаторов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Ведение акимом города областного значения, района в городе, города районного значения, поселка, села, сельского округа реестра общественных медиаторов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок статьи 16 в редакции Конституционного Закона РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Реестр общественных медиаторов, осуществляющих медиацию на общественных началах на соответствующей административно-территориальной единице, ведет аким города областного значения, района в городе, города районного значения, поселка, села, сельского округа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Медиаторы, осуществляющие медиацию на общественных началах, обязаны обратиться к акиму города областного значения, района в городе, города районного значения, поселка, села, сельского округа для включения в реестр общественных медиаторов в соответствии с правилами, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определяемыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Реестр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общественных медиаторов содержит:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) фамилию, имя и отчество (если оно указано в документе, удостоверяющем личность) медиатора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) юридический адрес медиатора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) контактные данные медиатора (почтовый адрес или адрес электронной почты либо номер телефона или телефакса);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) сведения об области медиации, в которой медиатор специализируется;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) сведения о языке, на котором медиатор способен осуществлять медиацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) сведения о приостановлении деятельности медиатора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Медиаторы включаются акимом города областного значения, района в городе, города районного значения, поселка, села, сельского округа в реестр общественных медиаторов в уведомительном порядке в течение десяти календарных дней со дня получения соответствующего заявления при условии соответствия требованиям </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае невключения медиатора в реестр общественных медиаторов аким города областного значения, района в городе, города районного значения, поселка, села, сельского округа обязан в течение десяти календарных дней со дня получения соответствующего заявления дать мотивированный ответ в письменном виде о причинах отказа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Реестр общественных медиаторов должен быть размещен на интернет-ресурсе акима города областного значения, района в городе, города районного значения, поселка, села, сельского округа на казахском и русском языках либо в доступных для общественности местах и обновляться по мере включения в него общественных медиаторов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аким города областного значения, района в городе, города районного значения, поселка, села, сельского округа вправе опубликовывать реестр общественных медиаторов в периодических печатных изданиях, распространяемых на соответствующей административно-территориальной единице.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 – в редакции Закона РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 3. ПРОВЕДЕНИЕ МЕДИАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      4. Осуществлять деятельность медиатора на профессиональной основе могут:</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Порядок и способы проведения медиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Медиация по взаимному согласию сторон и медиатора может проводиться:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) в виде индивидуальных и (или) совместных встреч сторон с медиатором;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) посредством индивидуальных и (или) совместных телефонных бесед сторон с медиатором;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в виде индивидуальных и (или) совместных бесед сторон с медиатором посредством видео-конференц-связи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) посредством обмена электронными сообщениями между сторонами и медиатором;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1) лица, имеющие высшее образование, достигшие двадцатипятилетнего возраста, имеющие документ (сертификат), подтверждающий прохождение обучения по программе подготовки медиаторов, утверждаемой в порядке, определяемом уполномоченным органом в сфере медиации, и состоящие в реестре профессиональных медиаторов;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 5) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иными способами с использованием информационно-коммуникационных технологий, не противоречащими требованиям настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. С согласия сторон может применяться порядок (регламент) проведения медиации, утвержденный организациями медиаторов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 – в редакции Закона РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2) судьи в отставке, состоящие в реестре судей в отставке, осуществляющих деятельность медиатора на профессиональной основе.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Место и время проведения медиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="55"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Стороны могут по своему усмотрению договориться о месте проведения медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. С согласия сторон медиатор определяет дату и время проведения медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Участники медиации могут участвовать в процедуре медиации путем использования технических средств связи по инициативе и с согласия сторон.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стороны медиации вправе удостоверить соглашение об урегулировании спора (конфликта) посредством электронной цифровой подписи.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 31.10.2015 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 20.12.021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменением, внесенным Законом РК от 20.12.021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84-VII</w:t>
-      </w:r>
-[...18 lines deleted...]
-        <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 10. Права и обязанности медиатора</w:t>
+        <w:t>Статья 19. Язык проведения медиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стороны могут по своему усмотрению договориться о языке или языках, которые будут использоваться в ходе проведения медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1. Медиатор вправе:</w:t>
-[...18 lines deleted...]
-      1) в ходе медиации проводить встречи как со всеми сторонами одновременно, так и с каждой из сторон в отдельности и получать от сторон информацию о самом споре (конфликте) в объеме, необходимом и достаточном для проведения медиации;</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Условия проведения медиации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Проведение медиации осуществляется по взаимному </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>согласию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сторон и при заключении между ними договора о медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Медиация при урегулировании споров, возникающих из гражданских, трудовых, семейных, административных правоотношений и иных общественных отношений с участием физических и (или) юридических лиц, может быть применена как до обращения в суд, так и после начала судебного разбирательства.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Судьи и должностные лица органов, осуществляющих уголовное преследование, не вправе в какой-либо форме принуждать стороны к медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Предложение стороне обратиться к медиации может быть сделано по просьбе другой стороны, судом или органом уголовного преследования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Проведение медиации начинается со дня заключения сторонами медиации договора о медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Если одна из сторон направила в письменной форме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об обращении к медиации и в течение десяти календарных дней со дня его направления или в течение иного указанного в предложении разумного срока не получила согласие другой стороны на применение медиации, такое предложение считается отклоненным.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Для проведения медиации стороны по взаимному согласию выбирают одного или нескольких медиаторов. В случае, если в ходе гражданского или уголовного судопроизводства стороны по взаимному согласию решили выбрать другого (других) медиатора (медиаторов), они обязаны уведомить об этом суд либо орган уголовного преследования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Организация медиаторов может рекомендовать кандидатуру медиатора (медиаторов), если стороны направили в указанную организацию соответствующее обращение.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Сроки проведения медиации определяются договором о медиации с учетом требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 23 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 24 настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Если медиация осуществляется вне рамок гражданского, административного либо уголовного процесса, медиатор и стороны должны принимать все возможные меры для того, чтобы указанная процедура была прекращена в срок не более тридцати календарных дней. В исключительных случаях в связи со сложностью разрешаемого спора (конфликта), с необходимостью получения дополнительной информации или документов срок проведения медиации может быть увеличен по договоренности сторон медиации и при согласии медиатора, но не более чем на тридцать календарных дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) информировать общественность об осуществлении своей деятельности (количестве, продолжительности, результативности) с соблюдением принципа конфиденциальности;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными законами РК от 31.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Форма и содержание договора о медиации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. В случае взаимного согласия сторон о разрешении спора (конфликта) путем медиации составляется договор о медиации, оформленный в письменном виде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Медиатор и стороны могут обменяться подписанными цифровыми копиями договора о медиации посредством электронной почты с последующим представлением оригиналов по запросу одной из сторон или медиатора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Существенными условиями договора о медиации являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) дата и место заключения договора о медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) наименование сторон спора (конфликта), фамилии и инициалы, должности их представителей с указанием полномочий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) предмет спора (конфликта);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) сведения о медиаторе (медиаторах), который (которые) выбран (выбраны) сторонами медиации, об организации медиаторов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) условия, порядок и размер расходов, связанных с проведением медиации, а в случае осуществления медиации на профессиональной основе – выплаты вознаграждения медиатору (медиаторам) за проведение медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) язык проведения медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) обязательство сторон о конфиденциальности проведения медиации и последствия неисполнения такого обязательства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) основания и объем ответственности медиатора (медиаторов), участвующего (участвующих) в урегулировании спора (конфликта) сторон медиации, за действия (бездействие), повлекшие ущерб (убытки) для сторон медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) реквизиты сторон (данные, удостоверяющие личность, место жительства, контактные телефоны);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) срок проведения медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) порядок проведения медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) права и обязанности участников медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) порядок и основания для прекращения медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) иные условия, определенные медиатором (медиаторами) и сторонами медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) отказаться от проведения медиации, если, по его мнению, дальнейшие усилия в процессе ее проведения не приведут к разрешению спора (конфликта) между сторонами, либо прекратить медиацию с согласия сторон, закрепленного в письменной форме.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 – в редакции Закона РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Расходы, связанные с проведением медиации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Расходы, связанные с проведением медиации, включают:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) вознаграждение медиатора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) расходы, понесенные медиатором в связи с проведением медиации, в том числе расходы на оплату проезда к месту рассмотрения спора, проживание и питание.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Профессиональные медиаторы осуществляют медиацию как на платной, так и на бесплатной основе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Размер вознаграждения профессионального медиатора (медиаторов) определяется по соглашению сторон с медиатором (медиаторами) до начала медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Если иное не установлено соглашением сторон, расходы, связанные с проведением медиации, уплачиваются сторонами совместно в равных долях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Если медиатор отказывается от проведения медиации в силу обстоятельств, препятствующих его беспристрастности, он обязан возвратить выплаченные ему сторонами денежные суммы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Деятельность общественных медиаторов проводится на безвозмездной основе. Указанным медиаторам возмещаются расходы, понесенные ими в связи с проведением медиации, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 21 настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Медиатор обязан:</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменением, внесенным Законом РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Особенности медиации в сфере гражданских, трудовых, семейных, административных правоотношений и иных общественных отношений с участием физических и (или) юридических лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок статьи 23 – в редакции Закона РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Медиация при урегулировании споров (конфликтов), возникающих из гражданских, трудовых, семейных, административных правоотношений и иных общественных отношений с участием физических и (или) юридических лиц, административных органов, должностных лиц, должна быть завершена не позднее тридцати календарных дней со дня заключения договора о медиации. В случае необходимости по взаимному решению сторон срок проведения медиации может быть продлен до тридцати календарных дней, но не более шестидесяти календарных дней в совокупности. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Медиация при урегулировании споров (конфликтов), вытекающих из гражданских, трудовых, семейных, административных правоотношений и иных общественных отношений с участием физических и (или) юридических лиц, административных органов, должностных лиц, находящихся на рассмотрении суда, должна быть завершена не позднее тридцати календарных дней со дня заключения договора о медиации. В случае необходимости срок проведения медиации может быть продлен сторонами до тридцати календарных дней, но не более шестидесяти календарных дней в совокупности с последующим направлением ими суду совместного письменного уведомления.     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Договор о медиации по урегулированию споров (конфликтов), вытекающих из гражданских, трудовых, семейных административных правоотношений и иных общественных отношений с участием физических и (или) юридических лиц, административных органов, должностных лиц, находящихся на рассмотрении суда, в том числе по материалам на стадии исполнительного производства, является основанием для приостановления производства по делу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. При прекращении медиации, проводимой в рамках гражданского или административного процесса, стороны обязаны незамедлительно направить суду, в производстве которого находится дело:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) в случае подписания соглашения об урегулировании спора - указанное соглашение;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) в иных случаях - письменное уведомление о прекращении медиации с указанием оснований, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) при проведении медиации действовать только с согласия сторон медиации;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 17.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 565-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2012); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2) до начала медиации разъяснить сторонам медиации ее цели и принципы, порядок проведения, права и обязанности сторон и медиатора, порядок и правовые последствия заключения соглашения об урегулировании спора (конфликта) в порядке медиации;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Особенности медиации, проводимой в ходе уголовного судопроизводства и по делам об административных правонарушениях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="64"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок статьи 24 – в редакции Закона РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Заключение сторонами договора о медиации не приостанавливает производство по уголовному делу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Факт участия в медиации не может служить доказательством признания вины участником судопроизводства, являющимся стороной медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Если при проведении медиации одна из сторон является несовершеннолетним, участие педагога или психолога, или законных представителей несовершеннолетнего обязательно.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Медиация в ходе уголовного судопроизводства и по делам об административных правонарушениях должна быть осуществлена в установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан сроки досудебного и судебного производства или производства по делам об административных правонарушениях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Отказ от подписания соглашения об урегулировании конфликта не может ухудшить положение участника судопроизводства, являющегося стороной медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. При прекращении медиации, проводимой в рамках уголовного процесса и по делам об административных правонарушениях, стороны обязаны незамедлительно направить органу, ведущему уголовный процесс или дело об административном правонарушении, в производстве которого находится уголовное дело или дело об административном правонарушении:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) в случае подписания соглашения об урегулировании конфликта - указанное соглашение;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в иных случаях - письменное уведомление о прекращении медиации с указанием оснований, предусмотренных статьей 26 настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 10 – в редакции Закона РК от 20.12.021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); Законом РК от 20.12.021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 11. Права и обязанности сторон медиации</w:t>
+        <w:t>Статья 25. Особенности медиации в сфере семейных отношений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="70"/>
-[...178 lines deleted...]
-    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Посредством медиации могут разрешаться разногласия между супругами относительно продолжения брака, осуществления родительских прав, установления места жительства детей, вклада родителей в содержание детей, а также любые другие разногласия, возникающие в семейных отношениях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. При проведении медиации медиатор должен учитывать законные интересы ребенка.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Если в ходе медиации устанавливаются факты, которые подвергают или могут подвергнуть опасности нормальный рост и развитие ребенка или наносят ущерб его здоровью и законным интересам, медиатор обязан обратиться в орган, осуществляющий полномочия по защите прав ребенка.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 11 с изменением, внесенным Законом РК от 20.12.021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменением, внесенным Законом РК от 20.12.021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 12. Отвод медиатора</w:t>
+        <w:t>Статья 25-1. Особенности медиации на стадии исполнения судебного акта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="79"/>
-[...75 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Договор о медиации, представленный судебному исполнителю, приостанавливает исполнительное производство на срок не более тридцати календарных дней. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Соглашение об урегулировании спора (конфликта), заключенное на стадии исполнения судебного акта, представляется сторонами на утверждение в суд первой инстанции по месту исполнения судебного акта или в суд, вынесший указанный судебный акт.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Исполнительное производство прекращается в случае заключения сторонами соглашения об урегулировании спора (конфликта) на стадии исполнения судебного акта и представления его судебному исполнителю.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...291 lines deleted...]
-        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными Законом РК от 20.12.021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 25-1, в соответствии с Законом РК от 20.12.021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 14. Ведение организацией медиаторов реестра профессиональных медиаторов</w:t>
+        <w:t>Статья 26. Прекращение медиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="92"/>
-[...258 lines deleted...]
-    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Медиация прекращается в случаях:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) подписания сторонами соглашения об урегулировании спора (конфликта) – со дня подписания такого соглашения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) установления медиатором обстоятельств, исключающих возможность разрешения спора (конфликта) путем медиации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) письменного отказа стороны (сторон) от медиации – со дня подписания стороной (сторонами) письменного отказа;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) письменного отказа одной из сторон от продолжения медиации – с момента уведомления доступными средствами связи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) истечения срока проведения медиации – со дня его истечения с учетом положений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статей 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. В случаях, указанных в подпунктах 3), 4) и 5) пункта 1 настоящей статьи, медиатор по требованию стороны (сторон) выдает уведомление о прекращении процедуры медиации с указанием причины прекращения процедуры медиации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...231 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 20.12.021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Заголовок статьи 26 – в редакции Закона РК от 20.12.021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 15. Проведение медиации общественными медиаторами</w:t>
+        <w:t>Статья 27. Соглашение об урегулировании спора (конфликта)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="108"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Соглашение об урегулировании спора (конфликта), достигнутое сторонами медиации при проведении медиации, заключается в письменной форме и подписывается сторонами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Соглашение об урегулировании спора (конфликта) также имеет законную силу, если стороны обменялись подписанными цифровыми копиями соглашения посредством электронной почты без дальнейшего представления оригиналов друг другу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Соглашение об урегулировании спора (конфликта) должно содержать данные о дате и месте заключения, сторонах медиации, их представителях, предмете спора (конфликта), медиаторе (медиаторах), а также согласованные сторонами обязательства, способы и сроки их исполнения и последствия их неисполнения или ненадлежащего исполнения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Соглашение об урегулировании спора (конфликта) должно быть подписано медиатором (медиаторами).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Соглашение об урегулировании спора (конфликта) подлежит исполнению сторонами медиации добровольно в порядке и сроки, предусмотренные этим соглашением.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Соглашение об урегулировании спора (конфликта), заключенное до рассмотрения дела в суде, представляет собой сделку, направленную на установление, изменение или прекращение прав и обязанностей сторон. В случае неисполнения или ненадлежащего исполнения такого соглашения сторона медиации, нарушившая соглашение, несет ответственность в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Соглашение об урегулировании спора (конфликта), достигнутое сторонами при проведении медиации в ходе гражданского или административного процесса, незамедлительно направляется судье, в производстве которого находится дело. Соглашение об урегулировании спора (конфликта) утверждается судом в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданским процессуальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Административным процедурно-процессуальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При этом уплаченная государственная пошлина подлежит возврату плательщику в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Соглашение об урегулировании спора (конфликта), достигнутое сторонами при проведении медиации в ходе уголовного процесса, представляет собой соглашение об урегулировании спора (конфликта) путем заглаживания причиненного потерпевшему вреда и примирения лица, совершившего уголовное правонарушение, с потерпевшим.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Медиация по делам об административных правонарушениях представляет собой соглашение об урегулировании спора (конфликта) путем примирения сторон.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Указанное соглашение незамедлительно направляется органу, ведущему уголовный процесс, в производстве которого находится уголовное дело, и в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уголовно-процессуальным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, является обстоятельством, исключающим либо позволяющим не осуществлять уголовное преследование.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-1. Соглашение об урегулировании спора (конфликта) о разделе имущества или залоге имущества является основанием для государственной регистрации прав на недвижимое имущество и (или) регистрации залога движимого имущества в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Соглашение об урегулировании конфликта вступает в силу в день его подписания сторонами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. В случае уклонения от исполнения соглашения об урегулировании спора (конфликта) заинтересованная сторона вправе обратиться в суд в соответствии с правилами, установленными процессуальным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 15 – в редакции Закона РК от 20.12.021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 27 с изменениями, внесенными законами РК от 17.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 565-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2012); от 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 31.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 20.12.021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 16. Ведение акимом города областного значения, района в городе, города районного значения, поселка, села, сельского округа реестра общественных медиаторов</w:t>
+        <w:t>Статья 27-1. Особенности медиации, проводимой в ходе административного судопроизводства</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. При рассмотрении в административном судопроизводстве споров (конфликтов) медиация допускается только при наличии у ответчика административного усмотрения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Возможность медиации по таким делам допускается в случаях, когда такая возможность не запрещена </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан или не противоречит существу соответствующего публично-правового отношения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 27-1, в соответствии с Закона РК от 20.12.021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="110"/>
-[...278 lines deleted...]
-    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящий Закон вводится в действие по истечении шести месяцев после его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="123"/>
-[...3232 lines deleted...]
-    <w:bookmarkEnd w:id="215"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Президент</w:t>
+              <w:t>Президент</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Республики Казахстан</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Н. Назарбаев</w:t>
+              <w:t>Н. Назарбаев</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>