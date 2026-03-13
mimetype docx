--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8032ac7" w14:textId="8032ac7">
+    <w:p w14:paraId="63df869" w14:textId="63df869">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,6575 +100,8021 @@
         </w:rPr>
         <w:t>О внешней разведке</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон Республики Казахстан от 22 мая 2010 года № 277-IV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оглавление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Порядок введения в действие настоящего Закона РК см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.22</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящий Закон определяет статус, компетенцию и организацию деятельности субъектов внешней разведки Республики Казахстан и участников разведывательного сообщества Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула с изменениями, внесенными Законом РК от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 1.Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) разведывательная информация - информация, полученная и (или) используемая для обеспечения национальной безопасности Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) разведывательное мероприятие – гласные и негласные действия, осуществляемые субъектами внешней разведки для решения разведывательных задач;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-2) разведывательное сообщество Республики Казахстан – совокупность государственных органов и организаций Республики Казахстан, призванных обеспечить руководство страны разведывательной информацией и аналитическими оценками, а также участвующих в пределах установленной компетенции в мероприятиях, способствующих усилению разведывательных возможностей субъектов внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) внешняя разведка Республики Казахстан - система гласных и негласных разведывательных, организационных и управленческих мер, осуществляемых в соответствии с законодательством на территории Республики Казахстан и за ее пределами для обеспечения национальной безопасности Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сфере внешней разведки (далее – орган внешней разведки) – Комитет национальной безопасности Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) разведывательная деятельность субъектов внешней разведки - деятельность по добыванию, обработке и использованию разведывательной информации, а также содействию реализации мер, осуществляемых государством в интересах обеспечения национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Вниманию пользователей!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Субъекты внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. К субъектам внешней разведки относятся:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орган внешней разведки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органы военной разведки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства обороны Республики Казахстан в пределах полномочий, предусмотренных подпунктом 3) статьи 6 настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Субъекты внешней разведки в пределах полномочий, установленных законодательством Республики Казахстан, призваны обеспечивать национальную безопасность Республики Казахстан путем ведения разведывательной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
-[...9 lines deleted...]
-        <w:t>Оглавление</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 2 в редакции Закона РК от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Законодательство Республики Казахстан о внешней разведке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Законодательство Республики Казахстан о внешней разведке основывается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>актов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t>      Примечание РЦПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3-1. Цели разведывательной деятельности субъектов внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Целями разведывательной деятельности субъектов внешней разведки являются защита национальных интересов Республики Казахстан от внешних угроз путем обеспечения разведывательной информацией руководства страны и государственных органов, а также создание условий для продвижения национальных интересов Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Порядок введения в действие настоящего Закона РК см. </w:t>
-[...9 lines deleted...]
-        <w:t>ст.22</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена статьей 3-1 в соответствии с Законом РК от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Настоящий Закон определяет статус, компетенцию и организацию деятельности субъектов внешней разведки Республики Казахстан и участников разведывательного сообщества Республики Казахстан.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Задачи разведывательной деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Задачами разведывательной деятельности субъектов внешней разведки являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) обеспечение Президента Республики Казахстан, Правительства и государственных органов Республики Казахстан разведывательной информацией и аналитическими оценками, необходимыми для принятия решений в политической, финансово-экономической, военно-политической, научно-технической, гуманитарной, экологической и иных областях, затрагивающих национальные интересы Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) участие в разработке и реализации государственной политики в области национальной безопасности Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) содействие экономическому развитию и научно-техническому прогрессу страны и военно-техническому обеспечению безопасности Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) добывание разведывательной информации и реализация мер, направленных на недопущение реального и потенциального ущерба национальным интересам и безопасности Республики Казахстан со стороны специальных служб и организаций иностранных государств, террористических и экстремистских организаций, преступных сообществ (преступных организаций), а также отдельных лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) иные задачи, определяемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Принципы деятельности субъектов внешней разведки</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Деятельность субъектов внешней разведки строится на принципах:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) законности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) соблюдения прав и свобод человека и гражданина;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) единоначалия;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) сочетания гласных и негласных методов и средств.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+        <w:t xml:space="preserve"> Глава 2. ОРГАНИЗАЦИЯ ДЕЯТЕЛЬНОСТИ СУБЪЕКТОВ ВНЕШНЕЙ РАЗВЕДКИ И РАЗВЕДЫВАТЕЛЬНОГО СООБЩЕСТВА РЕСПУБЛИКИ КАЗАХСТАН</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Статья 1.Основные понятия, используемые в настоящем Законе</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок главы 2 с изменениями, внесенными Законом РК от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Сферы деятельности субъектов внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Разведывательная деятельность в пределах своих полномочий осуществляется:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) органом внешней разведки:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в политической, финансово-экономической, научно-технической, гуманитарной, военно-политической, экологической и иных областях, затрагивающих национальные интересы Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в сфере шифрованной, засекреченной, кодированной и иных видов специальной связи с использованием шифровальных и радиотехнических средств и методов на территории Республики Казахстан и за ее пределами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в сфере обеспечения безопасности загранучреждений Республики Казахстан, их персонала;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в сфере противодействия разведывательной и иной направленной на насильственное изменение конституционного строя, нанесение ущерба безопасности Республики Казахстан деятельности специальных служб и организаций иностранных государств, преступных сообществ (преступных организаций) и отдельных лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в сфере противодействия экстремизму и террористической деятельности, а также в области пограничной политики и оперативного обеспечения охраны Государственной границы Республики Казахстан, территориальных вод и континентального шельфа Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В настоящем Законе используются следующие основные понятия:</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) исключен Законом РК от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) органами военной разведки Министерства обороны Республики Казахстан:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в военной, военно-политической, военно-экономической и военно-технической сферах, в сферах противодействия террористическим и экстремистским организациям, шифрованной, засекреченной и иных видов специальной связи с использованием радиоэлектронных средств и методов и в других сферах, затрагивающих интересы военной составляющей национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 16.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 23.04.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 185-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 375-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с даты вступления в силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конвенции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о правовом статусе Каспийского моря, совершенной 12.08.2018).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Полномочия Президента Республики Казахстан в области внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Президент Республики Казахстан:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) определяет основные направления и приоритеты разведывательной деятельности субъектов внешней разведки Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) образует, реорганизует и упраздняет орган внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) поручает Администрации Президента и Правительству Республики Казахстан рассмотрение вопросов по координации и взаимодействию субъектов внешней разведки с другими государственными органами и совершенствованию разведывательной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) назначает на должность и освобождает от должности руководителя органа внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) утверждает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, а также структуру и общую штатную численность органа внешней разведки по представлению его руководителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) назначает на должность и освобождает от должности заместителей руководителя органа внешней разведки по представлению его руководителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) утверждает перечень должностей органа внешней разведки, замещаемых лицами высшего офицерского и начальствующего состава;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-1) утверждает перечень должностей органа внешней разведки, которым присваиваются специальные звания;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-2) определяет перечень участников разведывательного сообщества Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) контролирует деятельность органа внешней разведки, назначает проверяющие органы, определяет их цели, задачи и полномочия, устанавливает формы контроля и порядок его осуществления;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) в определенные им порядке и сроки заслушивает отчет руководителя органа внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) осуществляет иные полномочия в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) разведывательная информация - информация, полученная и (или) используемая для обеспечения национальной безопасности Республики Казахстан;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 379-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Компетенция субъектов внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К компетенции субъектов внешней разведки относятся:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) добывание, накопление, анализ, систематизация и обобщение разведывательной информации, подготовка на ее основе предложений, оценок и прогнозов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) осуществление разведывательной деятельности на территории Республики Казахстан и за ее пределами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) установление на безвозмездной либо платной основе негласного сотрудничества с лицами, давшими согласие оказывать конфиденциальное содействие;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) реализация мер по зашифровке военнослужащих, сотрудников и работников субъектов внешней разведки, организации их деятельности, в том числе с использованием в этих целях иной ведомственной принадлежности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) реализация мер по зашифровке лиц, оказывающих конфиденциальное содействие субъектам внешней разведки, ведомственной принадлежности подразделений, организаций, помещений и транспортных средств субъектов внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) получение необходимой для решения задач разведывательной деятельности информации от государственных органов и организаций независимо от форм собственности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) обеспечение безопасности субъектов внешней разведки посредством защиты своих сил, средств и информации от противоправных действий и угроз;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) обеспечение собственной безопасности в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) осуществление радиотехнической и радиоэлектронной разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) в пределах своих полномочий участие в обеспечении безопасности загранучреждений Республики Казахстан и их персонала. Порядок организации обеспечения безопасности загранучреждений Республики Казахстан и, их персонала определяется совместным нормативным правовым актом субъектов внешней разведки и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченного органа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сфере внешней политики.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Организация и осуществление физической защиты загранучреждений Республики Казахстан регламентируются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О Государственной границе Республики Казахстан";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) обеспечение защиты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных секретов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в загранучреждениях Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) использование собственной защищенной системы связи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 13) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) использование информационных систем и электронных информационных ресурсов государственных органов и организаций независимо от форм собственности в соответствии с законами Республики Казахстан, а также информационных систем иностранных государств и международных организаций на основе международных договоров Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) осуществление общих и специальных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оперативно-розыскных мероприятий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) выполнение иных полномочий, определяемых </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 16.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Компетенция органа внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К компетенции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органа внешней разведки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, кроме положений, предусмотренных статьей 8 настоящего Закона, также относятся:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) предоставление разведывательной информации Президенту, Парламенту и Правительству Республики Казахстан, государственным органам и государственным организациям Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) содействие реализации политики руководства государства в политической, военно-политической, финансово-экономической, научно-технической, гуманитарной, экологической и иных областях, затрагивающих национальные интересы Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) внесение предложений Президенту и Правительству Республики Казахстан по совершенствованию внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) координация разведывательной деятельности субъектов внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-1) обеспечение взаимодействия государственных органов и организаций Республики Казахстан в рамках деятельности разведывательного сообщества Республики Казахстан, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 12-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) Исключен Законом РК от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) Исключен Законом РК от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) разработка стратегии и тактики осуществляемой разведывательной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) разработка и утверждение нормативных правовых актов по вопросам разведывательной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) взаимодействие с другими силами обеспечения национальной безопасности Республики Казахстан, а также с государственными органами и организациями Республики Казахстан. Порядок взаимодействия органа внешней разведки с заинтересованными государственными органами Республики Казахстан определяется совместными нормативными правовыми актами, а с организациями Республики Казахстан независимо от форм собственности устанавливается соглашением;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-1) осуществление разведывательных мероприятий в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) установление, поддержание и развитие контактов, заключение соглашений о сотрудничестве со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными правоохранительными организациями на основе международных договоров Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) Исключен Законом РК от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) задержание лиц, совершивших правонарушения на его объектах, с последующей их передачей в правоохранительные органы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) организация и обеспечение защиты сведений, составляющих государственные секреты, осуществление информационной безопасности, физической и инженерно-технической защиты своих объектов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) оснащение загранучреждений Республики Казахстан специальными видами связи, разработка и осуществление инженерно-технической защиты, мероприятий по предотвращению утечки по техническим каналам сведений, составляющих государственные секреты;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) разработка, организация и проведение мероприятий по обеспечению мобилизационной готовности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) отбор, проведение специальной проверки граждан Республики Казахстан для принятия решения о приеме на службу или работу в органе внешней разведки, оформление (переоформление) на зачисленных в кадры сотрудников и работников допуска к информации, составляющей государственные секреты, подготовка, переподготовка и повышение квалификации кадров в учебных заведениях и научно-исследовательских учреждениях Республики Казахстан, а также в учебных заведениях других государств, в том числе и специальных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) проведение научных исследований в области разведывательной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) организация научно-методического обеспечения, создание в соответствии с основными направлениями своей деятельности экспертных групп с привлечением научных работников и специалистов различных областей знаний, работающих в других государственных органах, организациях и учреждениях;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19) Исключен Законом РК от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) использование документов, иных методов и средств, зашифровывающих ведомственную принадлежность подразделений, объектов, помещений, транспортных средств, сотрудников и работников, лиц, оказывающих конфиденциальное содействие;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-1) в целях зашифровки личности сотрудников и лиц, оказывающих конфиденциальное содействие органу внешней разведки, ведомственной принадлежности подразделений, объектов, помещений и транспортных средств изготовление и оформление для использования за пределами Республики Казахстан документов других государственных органов, а также организаций независимо от форм собственности, порядок изготовления и (или) оформления которых определяется руководителем органа внешней разведки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-2) принятие необходимых мер по обеспечению конспирации при осуществлении разведывательной и иной оперативно-розыскной деятельности, при реализации материалов, отражающих результаты этой деятельности, а также недопущению рассекречивания источников информации путем распорядительной деятельности руководителя органа внешней разведки или уполномоченного им должностного лица, обеспечивающей ограничение доступа к материалам оперативно-служебной деятельности до их обличения в гласную форму, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21) Исключен Законом РК от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22) Исключен Законом РК от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23) осуществление допуска физических и юридических лиц после их изучения и проверки к работам по охране и обслуживанию своих объектов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24) применение оружия, специальных средств и физической силы для обеспечения охраны своих объектов и помещений в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25) Исключен Законом РК от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26) участие в решении вопросов о приеме в гражданство Республики Казахстан и предоставлении политического убежища;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27) Исключен Законом РК от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28) выполнение иных полномочий, определяемых законами и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 16.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 16.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 185-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016); от 28.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двух месяцев после дня его первого официального опубликования); от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9-1. Компетенция органов военной разведки Министерства обороны Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      К компетенции органов военной разведки Министерства обороны Республики Казахстан, кроме положений, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, относятся положения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, за исключением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктов 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 9-1 в соответствии с Законом РК от 16.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); в редакции Закона РК от 28.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двух месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Общие условия осуществления разведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. В процессе разведывательной деятельности субъекты внешней разведки используют гласные и негласные методы и средства в соответствии с нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Методы и средства разведывательной деятельности не должны причинять вред жизни и здоровью людей и наносить ущерб окружающей среде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Не подлежит разглашению информация о частной жизни, личной и семейной тайне или имеющая отношение к коммерческой, банковской или иной тайне, охраняемой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ставшая известной субъектам внешней разведки в процессе осуществления разведывательной деятельности, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Хранение сведений о разведывательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В целях обеспечения национальной безопасности сведения в области разведывательной деятельности органа внешней разведки хранятся исключительно в специальном государственном архиве органа внешней разведки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Взаимодействие субъектов внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Субъекты внешней разведки при решении возложенных на них задач взаимодействуют между собой, с силами обеспечения национальной безопасности и государственными органами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Должностные лица государственных органов, организаций независимо от форм собственности в пределах своей компетенции обязаны оказывать содействие субъектам внешней разведки в осуществлении разведывательной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 пункта 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае необходимости зашифровки сведений о сотрудниках органа внешней разведки в государственных информационных системах государственные органы, являющиеся их владельцами, принимают необходимые меры по обработке соответствующих электронных информационных ресурсов в порядке, определяемом Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Порядок взаимодействия субъектов внешней разведки между собой устанавливается их совместными нормативными правовыми актами, разработанными на основе законодательства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменением, внесенным Законом РК от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z273" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 12-1. Общие условия организации деятельности разведывательного сообщества Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Обеспечение согласованности действий государственных органов и организаций Республики Казахстан в рамках деятельности разведывательного сообщества Республики Казахстан осуществляется </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Советом Безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Участники разведывательного сообщества Республики Казахстан, не являющиеся субъектами внешней разведки, наделяются полномочиями по осуществлению мониторинга, анализа, оценки и прогнозирования внешних угроз национальной безопасности, участию в выработке мер по их нейтрализации, оказанию содействия субъектам внешней разведки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Взаимодействие участников разведывательного сообщества Республики Казахстан осуществляется по:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организационному; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оперативному; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аналитическому; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">методическому; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техническому;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">программно-аппаратному и иным направлениям, а также посредством взаимного обмена информацией и согласованных действий для реализации общих задач и целей. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Для обеспечения эффективного взаимодействия государственных органов и организаций Республики Казахстан в рамках деятельности разведывательного сообщества Республики Казахстан их уполномоченные представители прикомандировываются и (или) направляются в орган внешней разведки. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок прикомандирования и (или) направления уполномоченных представителей государственного органа или организации Республики Казахстан в орган внешней разведки, а также осуществления их деятельности определяется первым руководителем органа внешней разведки и первым руководителем другого участника разведывательного сообщества Республики Казахстан в совместном нормативном правовом акте. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Первые руководители участников разведывательного сообщества Республики Казахстан для реализации решений, принятых в рамках деятельности разведывательного сообщества Республики Казахстан, могут издавать соответствующие правовые акты.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 12-1 в соответствии с Законом РК от 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Кадры субъектов внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Кадры органа внешней разведки составляют сотрудники и работники.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Сотрудники органа внешней разведки являются представителями государственной власти и находятся под защитой государства.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Сотрудники и военнослужащие субъектов внешней разведки, арестованные или взятые в заложники при исполнении обязанностей за пределами Республики Казахстан, а также интернированные в нейтральные страны, сохраняют статус сотрудников и военнослужащих. Руководители субъектов внешней разведки и других уполномоченных государственных органов обязаны принять меры по защите прав указанных сотрудников и военнослужащих в соответствии с нормами международного права.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Сотрудники и военнослужащие субъектов внешней разведки для достижения целей разведывательной деятельности могут занимать должности и прикомандировываться в государственные органы и организации независимо от форм собственности без раскрытия их ведомственной принадлежности и с оставлением на воинской службе, службе в специальных государственных органах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные лица указанных органов и организаций несут предусмотренную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан ответственность за разглашение ставшими им известными сведений о принадлежности сотрудников и военнослужащих к субъектам внешней разведки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Сотрудники и военнослужащие субъектов внешней разведки состоят в кадрах, действующем резерве и запасе. Сотрудники и военнослужащие субъектов внешней разведки имеют право на ношение, хранение оружия и специальных средств в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель органа внешней разведки отдельным категориям сотрудников засчитывает в выслугу лет стаж их трудовой деятельности до зачисления на службу в органе внешней разведки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Время выполнения сотрудниками органа внешней разведки заданий в специальных службах иностранных государств и иных зарубежных организациях, преступных группах подлежит зачету в выслугу лет в льготном исчислении для назначения пенсионных выплат, присвоения специального звания и исчисления должностного оклада в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определяемом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 в редакции закона РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 16.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Правовое положение сотрудников органа внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законные требования сотрудников органа внешней разведки обязательны для исполнения гражданами, должностными лицами и организациями. Невыполнение законных требований сотрудников органа внешней разведки, оскорбление, сопротивление, угроза насилием или посягательство на их жизнь, здоровье, честь и достоинство, имущество, другие действия, препятствующие выполнению возложенных на них обязанностей, а также посягательство на жизнь, здоровье, честь, достоинство и имущество членов их семей, близких родственников (родителей, детей, усыновителей, усыновленных, полнородных и неполнородных братьев и сестер, дедушек, бабушек, внуков) в связи с исполнением сотрудниками органа внешней разведки служебных обязанностей и служебного долга влекут установленную законами Республики Казахстан ответственность.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ущерб, причиненный имуществу сотрудника органа внешней разведки, а также ущерб, причиненный здоровью и имуществу членов семьи и близких родственников (родителей, детей, усыновителей, усыновленных, полнородных и неполнородных братьев и сестер, дедушек, бабушек, внуков) сотрудника органа внешней разведки в связи с выполнением им служебных обязанностей, возмещается в полном объеме из бюджетных средств. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Порядок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возмещения ущерба определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 в редакции закона РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Права сотрудников органа внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сотрудникам органа внешней разведки предоставляется право ношения, хранения и применения оружия и специальных средств. Они также вправе применять физическую силу, в том числе боевые приемы борьбы. Порядок применения оружия, специальных средств и физической силы определяется настоящим Законом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 в редакции закона РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Условия и пределы применения физической силы, специальных средств, оружия и боевой техники</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Сотрудники органа внешней разведки обязаны проходить специальную подготовку, периодическую проверку на пригодность к действиям в условиях, связанных с применением физической силы, специальных средств и оружия. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. В случаях необходимой обороны и крайней необходимости или при задержании лица, совершившего преступление, сотрудник органа внешней разведки при отсутствии у него необходимых специальных средств или оружия вправе использовать любые подручные средства, а также по основаниям и в порядке, которые установлены настоящим законом, применять иное не состоящее на вооружении оружие.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Сотрудник органа внешней разведки не несет ответственности за моральный, материальный и физический вред, причиненный в связи с применением в предусмотренных законами случаях физической силы, специальных средств, оружия и боевой техники, если защита соответствует характеру и опасности посягательства на охраняемых лиц, других граждан, охраняемые объекты или самого сотрудника органа внешней разведки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Применение физической силы, специальных средств, оружия и боевой техники сотрудниками органа внешней разведки с превышением полномочий влечет за собой ответственность, установленную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. В зоне проведения антитеррористической операции сотрудники органа внешней разведки, участвующие в антитеррористической операции, имеют право применять в отношении террористов физическую силу, боевую и иную технику, оружие и специальные средства, в том числе служебных животных, без предупреждений и ограничений, предусмотренных настоящим законом и иными законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 в редакции закона РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16-1. Применение физической силы сотрудниками органа внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сотрудники органа внешней разведки имеют право применять физическую силу, в том числе боевые приемы борьбы, для пресечения уголовных и административных правонарушений, посягающих на жизнь, здоровье, права, свободы, личное достоинство, собственность и охраняемые интересы граждан и государства, задержания лиц, совершивших общественно опасные деяния, с учетом характера правонарушений и конкретных ситуаций, преодоления противодействия законным требованиям, если ненасильственные способы не обеспечивают выполнения возложенных обязанностей на орган внешней разведки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Сотрудник органа внешней разведки имеет право применять физическую силу во всех случаях, когда настоящим законом разрешено применение специальных средств или оружия.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 16-1 в соответствии с Законом РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными Законом РК от 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16-2. Применение специальных средств сотрудниками органа внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Сотрудники органа внешней разведки имеют право применять специальные средства, имеющиеся на вооружении, в следующих случаях:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) для отражения нападения на граждан и охраняемых лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) для отражения нападения на здания, сооружения, помещения, другие объекты и транспортные средства, охраняемые органом внешней разведки, а равно для освобождения этих объектов и средств в случае их захвата;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) для выявления и пресечения преступлений;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) для разоружения лиц, незаконно имеющих при себе оружие, боеприпасы, взрывчатые, ядовитые и радиоактивные вещества;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) для отражения нападения на сотрудников органа внешней разведки, членов их семей либо других лиц, привлеченных к обеспечению охранных мероприятий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) для задержания правонарушителей, лиц, оказывающих сопротивление или умышленно препятствующих сотрудникам органа внешней разведки или правоохранительных органов в осуществлении возложенных на них служебных обязанностей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) при конвоировании и охране задержанных, заключенных под стражу лиц, а также осужденных, подозреваемых и обвиняемых, если имеются достаточные основания полагать, что они могут совершить побег или причинить вред окружающим или собственному здоровью, а также в отношении лиц, препятствующих сотрудникам органа внешней разведки в осуществлении возложенных на них законом обязанностей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) для освобождения заложников, пресечения массовых беспорядков, групповых действий, посягающих на жизнь, здоровье, права, свободы, личное достоинство и собственность граждан, охраняемых лиц и объектов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) для остановки транспортного средства, водитель которого не выполнил требование сотрудника органа внешней разведки остановиться, если другими способами невозможно предотвратить реальную угрозу для охраняемых лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) в случаях необходимой обороны и крайней необходимости.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Запрещается применять специальные средства в сторону охраняемого лица, а также в отношении женщин с видимыми признаками беременности, лиц с явными признаками инвалидности и малолетних, кроме случаев совершения ими нападения на сотрудников органа внешней разведки, граждан и охраняемых лиц, угрожающего их жизни и здоровью, группового нападения либо оказания вооруженного сопротивления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Перечень специальных средств, используемых органом внешней разведки, утверждается Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 16-2 в соответствии с Законом РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16-3. Применение оружия и использование боевой техники сотрудниками органа внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Сотрудники органа внешней разведки имеют право применять оружие и боевую технику как крайнюю меру в следующих случаях:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) для отражения нападения на граждан, охраняемых лиц, а также лиц, защита и охрана которых поручена сотрудникам органа внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) для отражения нападения на здания, сооружения, помещения и другие объекты и транспортные средства, охраняемые органом внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) для отражения нападения на сотрудников органа внешней разведки, членов их семей, других лиц, привлеченных этим органом к обеспечению охранных мероприятий, а также для пресечения попытки завладения оружием, транспортным средством, специальной и боевой техникой органа внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) для защиты граждан от преступного посягательства, а также освобождения заложников, захваченных охраняемых объектов, сооружений и специальных грузов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) для задержания лиц, застигнутых при совершении преступления либо непосредственно после его совершения, оказывающих вооруженное сопротивление, а также вооруженного лица, отказывающегося выполнить законное требование о сдаче находящихся при нем оружия, боеприпасов, взрывчатых, ядовитых и радиоактивных веществ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) для нейтрализации и задержания лиц, совокупность внешних признаков и действий которых свидетельствует о наличии реальной угрозы жизни и здоровью других граждан, охраняемых лиц и сотрудников органа внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) для пресечения побега из мест содержания под стражей подозреваемых и обвиняемых в совершении преступлений или побега из-под конвоя лиц, задержанных по подозрению в совершении преступления, лиц, в отношении которых применена мера пресечения в виде заключения под стражу, осужденных к лишению свободы, а также для пресечения попытки насильственного освобождения указанных лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) для остановки транспортного средства, если водитель создает реальную опасность жизни и здоровью охраняемых лиц и отказывается остановиться на требование сотрудника органа внешней разведки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) для защиты от нападения животных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) для подачи сигнала тревоги или вызова помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) в случаях необходимой обороны и крайней необходимости.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Запрещается применять оружие в сторону охраняемых лиц, а также в отношении женщин, лиц с явными признаками инвалидности и несовершеннолетних, за исключением случаев наличия реальной угрозы здоровью и жизни граждан, сотрудников органа внешней разведки, а также совершения ими вооруженного нападения, оказания ими вооруженного сопротивления, группового нападения, захвата заложников, объектов, транспортных средств, в том числе воздушных судов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Во всех случаях применения оружия сотрудники органа внешней разведки обязаны принять необходимые меры для обеспечения безопасности окружающих граждан и оказания неотложной медицинской помощи пострадавшим, доложить непосредственному начальнику о применении оружия.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. О каждом случае применения оружия, специальных средств, физической силы, повлекшем гибель людей или иные тяжкие последствия, в течение двадцати четырех часов информируется прокурор.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Перечень видов оружия, боевой техники и боевых комплектов боеприпасов, состоящих на вооружении органа внешней разведки, утверждается Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 16-3 в соответствии с Законом РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Ответственность сотрудников органа внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За неисполнение или ненадлежащее исполнение сотрудниками органа внешней разведки своих служебных обязанностей и за противоправные действия они несут ответственность в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 в редакции Закона РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Лица, оказывающие конфиденциальное содействие субъектам внешней разведки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Для достижения целей разведывательной деятельности субъекты внешней разведки устанавливают на безвозмездной либо платной основе отношения негласного сотрудничества с совершеннолетними дееспособными лицами, давшими согласие оказывать им конфиденциальное содействие. Порядок взаимоотношений с указанными лицами устанавливается в соответствии с нормативными правовыми актами субъектов внешней разведки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. В целях обеспечения безопасности лиц, оказывающих (оказывавших) конфиденциальное содействие субъектам внешней разведки, и членов их семей субъекты внешней разведки реализуют мероприятия по их защите в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Защита лиц, оказывающих (оказавших) конфиденциальное содействие субъектам внешней разведки, может осуществляться иными государственными органами в порядке взаимодействия с субъектами внешней разведки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      1-1) разведывательное мероприятие – гласные и негласные действия, осуществляемые субъектами внешней разведки для решения разведывательных задач;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Финансирование, материально-техническое обеспечение органа внешней разведки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z298" w:id="4"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Финансирование, материально-техническое обеспечение деятельности органа внешней разведки осуществляются за счет бюджетных средств.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 2. Субъекты внешней разведки</w:t>
+        <w:t>Статья 20. Ведомственный контроль за деятельностью субъектов внешней разведки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z287" w:id="8"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Организация и осуществление ведомственного контроля за деятельностью субъектов внешней разведки возлагаются на руководителей соответствующих государственных органов.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 3. Законодательство Республики Казахстан о внешней разведке</w:t>
+        <w:t>Статья 21. Прокурорский надзор за деятельностью субъектов внешней разведки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="12"/>
-[...95 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Высший надзор за соблюдением законности в сфере внешней разведки на территории Республики Казахстан осуществляют Генеральный Прокурор Республики Казахстан и уполномоченные им прокуроры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень уполномоченных прокуроров устанавливается приказом Генерального Прокурора Республики Казахстан по согласованию с первым руководителем субъекта внешней разведки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о лицах, оказывающих (оказывавших) субъектам внешней разведки Республики Казахстан конфиденциальное содействие, в предмет прокурорского надзора не входят.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена статьей 3-1 в соответствии с Законом РК от 23.12.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 4. Задачи разведывательной деятельности</w:t>
-[...569 lines deleted...]
-      в военной, военно-политической, военно-экономической и военно-технической сферах, в сферах противодействия террористическим и экстремистским организациям, шифрованной, засекреченной и иных видов специальной связи с использованием радиоэлектронных средств и методов и в других сферах, затрагивающих интересы военной составляющей национальной безопасности Республики Казахстан.</w:t>
+        <w:t>Статья 22. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...182 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
-[...4894 lines deleted...]
-    <w:bookmarkEnd w:id="164"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -6722,64 +8168,53 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Президент</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -6813,50 +8248,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Н. Назарбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7236,31 +8692,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>