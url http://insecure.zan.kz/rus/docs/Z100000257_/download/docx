--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fe94e0f" w14:textId="fe94e0f">
+    <w:p w14:paraId="8f8915b" w14:textId="8f8915b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,277 +100,310 @@
         </w:rPr>
         <w:t>О государственной статистике</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон Республики Казахстан от 19 марта 2010 года № 257-IV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Вниманию пользователей!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оглавление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание РЦПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Порядок введения в действие настоящего Закона РК см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.28</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Порядок введения в действие настоящего Закона РК см. </w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Cноска. По всему тексту внесено изменение на казахском языке, текст на русском языке не изменяется, в соответствии с Законом РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Cноска. По всему тексту внесено изменение на казахском языке, текст на русском языке не изменяется, в соответствии с Законом РК от 05.07.2024 </w:t>
-[...27 lines deleted...]
-      </w:pPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "информационная система", "информационным системам", "информационной системе", "информационно-коммуникационных технологий", "объектов информатизации "электронного правительства"", "веб-портала "электронного правительства" предусматриваются заменить соответственно словами "цифровая система", "цифровым системам", "цифровой системе", "цифровых технологий", "цифровых объектов "цифрового правительства", "веб-портала "цифрового правительства" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон регулирует общественные отношения, возникающие в процессе государственной статистической деятельности, а также при определении качества административных данных, и направлен на удовлетворение потребности общества, государства и международного сообщества в официальной статистической информации.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Cноска. Преамбула с изменением, внесенным Законом РК от 05.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -391,466 +424,859 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1) исключен Законом РК от 05.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1) специально созданная комиссия – комиссия, созданная для решения организационных и инструктивных вопросов, связанных с подготовкой и проведением национальной переписи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-2) сельскохозяйственная перепись – статистическое наблюдение, включающее в себя процесс сбора, обработки данных о структуре и состоянии сельского хозяйства, анализа и распространения официальной статистической информации;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1-1) специально созданная комиссия – комиссия, созданная для решения организационных и инструктивных вопросов, связанных с подготовкой и проведением национальной переписи;</w:t>
-[...29 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) административные источники - центральные и местные исполнительные органы, акимы поселка, села, сельского округа, Национальный Банк Республики Казахстан и иные государственные органы, осуществляющие сбор учетных или иных данных в процессе реализации стратегических, регулятивных, реализационных или контрольных функций в соответствии с законодательством Республики Казахстан, за исключением статистической деятельности;</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) административные данные – индивидуальные количественные (измеряемые с помощью чисел) и (или) качественные (выстроенные по определенному принципу и (или) признаку) данные по физическому или юридическому лицу и данные похозяйственного учета, формируемые административными источниками, за исключением первичных статистических и альтернативных данных;</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1) график представления административных данных – документ, содержащий сведения об административных источниках, представляющих административные данные в уполномоченный орган в области государственной статистики, о периодичности и сроках представления административных данных;</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-2) регистрация цен – мониторинг цен на основе общегосударственных статистических наблюдений о ценах (тарифах) на товары и услуги, административных и альтернативных данных;</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 3) предусматривается дополнить частью второй в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>график представления административных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – документ, содержащий сведения об административных источниках, представляющих административные данные в уполномоченный орган в области государственной статистики, о периодичности и сроках представления административных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-2) регистрация цен – мониторинг цен на основе общегосударственных статистических наблюдений о ценах (тарифах) на товары и услуги, административных и альтернативных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-3) альтернативные данные – данные, не являющиеся первичными статистическими или административными данными;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-4) первичные статистические данные – данные, полученные или зарегистрированные в статистических формах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) ведомственное статистическое наблюдение - статистическое наблюдение, проводимое государственными органами и Национальным Банком Республики Казахстан, за исключением уполномоченного органа в области государственной статистики, уполномоченными на проведение статистических работ в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>планом статистических работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-3) альтернативные данные – данные, не являющиеся первичными статистическими или административными данными;</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-4) первичные статистические данные – данные, полученные или зарегистрированные в статистических формах;</w:t>
-[...29 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 4-1) предусматривается исключить Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) продукт данных – продукт, формируемый на основе обработки альтернативных данных;</w:t>
       </w:r>
-    </w:p>
-[...126 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-2) контролер данных – специалист в области информационно-коммуникационных технологий субъекта государственной монополии в области государственной статистики, привлекаемый при проведении государственного контроля в отношении административных источников для оценки качества административных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-3) качество данных – характеристика, показывающая степень пригодности данных к использованию в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) общегосударственное статистическое наблюдение - статистическое наблюдение, проводимое уполномоченным органом в области государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>интервьюер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – лицо, осуществляющее опрос респондентов и домашних хозяйств при проведении общегосударственных статистических наблюдений и национальных переписей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) государственная статистика - производство официальной статистической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в области государственной статистики (далее - уполномоченный орган) - государственный орган, осуществляющий руководство, а также межотраслевую координацию в области государственной статистики, определяющий качество административных данных в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -869,2496 +1295,3042 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) пользователь - лицо, обращающееся за получением официальной статистической информации и (или) пользующееся ею;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) официальная статистическая информация - статистическая информация, формируемая органами государственной статистики в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>планом статистических работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и при проведении национальной переписи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) график распространения официальной статистической информации - документ, обеспечивающий пользователей сведениями о статистических показателях, формируемых органами государственной статистики в соответствии с планом статистических работ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) респондент - физическое или юридическое лицо и его</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      структурные и обособленные подразделения, представляющие данные по</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объекту статистического наблюдения в соответствии со статистической</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      методологией;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>график представления респондентами первичных статистических данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - документ, содержащий сведения о круге респондентов, наименованиях статистических наблюдений, периодичности и сроках представления респондентами первичных статистических данных и государственном органе, ответственном за сбор первичных статистических данных; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) статистическая информация - агрегированные данные, полученные в процессе обработки первичных статистических данных и (или) административных, и (или) альтернативных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) статистическая методология - совокупность утвержденных в установленном порядке научно обоснованных приемов, способов и методов, используемых в статистической деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) статистическое наблюдение - научно организованный сбор первичных статистических данных по объекту статистического наблюдения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) объект статистического наблюдения - социально-экономический объект и (или) явление либо их совокупность, о которых должны быть собраны количественные и (или) качественные характеристики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) план статистических работ – план проведения общегосударственных и ведомственных статистических наблюдений, за исключением национальных переписей, определяющий сроки сбора первичных статистических данных, представления административных и альтернативных данных, а также сроки формирования официальной статистической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) статистическая деятельность - процесс, включающий планирование данной деятельности, разработку статистической методологии, проведение статистического наблюдения, обработку, анализ, защиту и хранение первичных статистических, административных и альтернативных данных, формирование и распространение статистической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19) статистическая форма - формуляр статистического документа (бланк, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>форма отчетности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, вопросник, анкета, переписной лист и другие формуляры) на бумажном или электронном носителе, предназначенный для получения или регистрации в установленном порядке первичных статистических данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) исключен Законом РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21) статистический регистр - систематизированный перечень единиц объекта статистического наблюдения с их количественными и (или) качественными характеристиками;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-1) аналитическая информация – информация, полученная в ходе анализа первичных статистических и (или) административных, и (или) альтернативных данных, в том числе на основе инновационных методов обработки и анализа первичных статистических и (или) административных, и (или) альтернативных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-2) компьютеризированная система телефонного опроса – информационная система, позволяющая проводить общегосударственные статистические наблюдения посредством опроса респондентов по телефону;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-3) национальная справочная информация – совокупность классификаторов, каталогов, справочников, номенклатур и другой технико-экономической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) национальная перепись – специально организованное статистическое наблюдение, включающее в себя перепись населения и сельскохозяйственную перепись, проводимое уполномоченным органом вне плана статистических работ по решению Правительства Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23) домашнее хозяйство - экономический субъект, состоящий из одного или более физических лиц, проживающих совместно, объединяющих полностью или частично свои доходы и имущество и совместно потребляющих товары и услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-1) перепись населения – статистическое наблюдение, включающее в себя процесс сбора, обработки демографических, экономических и социальных данных, характеризующих респондентов по состоянию на определенный момент времени, анализа и распространения официальной статистической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24) похозяйственный учет – процесс формирования административных данных по домашним хозяйствам и крестьянским и (или) фермерским хозяйствам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) пользователь - лицо, обращающееся за получением официальной статистической информации и (или) пользующееся ею;</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) официальная статистическая информация - статистическая информация, формируемая органами государственной статистики в соответствии с планом статистических работ и при проведении национальной переписи;</w:t>
-[...58 lines deleted...]
-      структурные и обособленные подразделения, представляющие данные по</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан в области государственной статистики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Законодательство Республики Казахстан в области государственной статистики основывается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и состоит из настоящего Закона и иных нормативных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правовых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актов Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые предусмотрены в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Сфера действия настоящего Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Настоящий Закон действует на территории Республики Казахстан и распространяется на отношения, связанные с процессом производства и распространения статистической информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Отношения в области правовой статистики и ведения специальных учетов регулируются настоящим Законом с учетом особенностей, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственной правовой статистике и специальных учетах".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      объекту статистического наблюдения в соответствии со статистической</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 3 с изменениями, внесенными законами РК от 30.06.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2010); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      методологией;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Органы государственной статистики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="21"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К органам государственной статистики относятся:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) государственные органы и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Национальный Банк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, проводящие ведомственные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статистические наблюдения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) формирующие официальную статистическую информацию в соответствии с планом статистических работ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Принципы государственной статистики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Основными принципами государственной статистики являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) согласованность и сопоставимость государственной статистики с общепринятыми международными стандартами, классификациями и методами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) профессиональная независимость и самостоятельность при осуществлении статистической деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) обеспечение равного доступа пользователей к официальной статистической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) конфиденциальность и использование первичных статистических данных исключительно для статистических целей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) использование всех видов источников информации с учетом качества, своевременности, затрат и нагрузки на респондентов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) достоверность, научная обоснованность, своевременность предоставления и общедоступность официальной статистической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) обеспечение сохранности и безопасности статистической информации, первичных статистических, административных и альтернативных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...16 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменением, внесенным Законом РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...288 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Государственная политика в области государственной статистики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Государственная политика Республики Казахстан в области государственной статистики направлена на создание, функционирование, развитие и совершенствование государственной статистики.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Государственная политика в области государственной статистики основывается на принципах государственной статистики.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Центральные и местные исполнительные органы принимают участие в реализации государственной политики в области государственной статистики в пределах их компетенции, определенной настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Центральные и местные исполнительные органы используют в своей деятельности официальную статистическую информацию со ссылкой на источник, собирают и используют иную информацию по какому-либо социально-экономическому объекту или явлению только при отсутствии возможности получения официальной статистической информации по нему.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 2. Законодательство Республики Казахстан в области государственной статистики</w:t>
+        <w:t>Статья 7. Цель и задачи в области государственной статистики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="37"/>
-[...168 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Целью государственной статистики является обеспечение пользователей официальной статистической информацией.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Достижение цели в области государственной статистики реализуется посредством решения следующих задач:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) формирование статистической методологии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) осуществление статистической деятельности с соблюдением принципов государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) удовлетворение потребности общества, государства и международного сообщества в официальной статистической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) определение качества административных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 3 с изменениями, внесенными законами РК от 30.06.2010 </w:t>
-[...29 lines deleted...]
-        <w:t>№ 239-V</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 7 - в редакции Закона РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Обеспечение гарантий конфиденциальности и защиты представляемых данных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Первичные статистические данные являются конфиденциальными и используются органами государственной статистики исключительно в целях </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>производства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статистической информации, за исключением сведений, указанных в пункте 4 настоящей статьи. Конфиденциальность первичных статистических данных органами государственной статистики обеспечивается при их сборе, обработке и хранении.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Использование первичных статистических данных государственными органами и Национальным Банком Республики Казахстан в отношении респондента, в том числе при осуществлении ими контрольных и надзорных функций, не допускается.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Не допускается вмешательство центральных и местных исполнительных органов и иных лиц в деятельность респондентов по формированию первичных статистических данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Не являются конфиденциальными следующие сведения, содержащиеся в базах данных, формируемых уполномоченным органом:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) фамилия, имя, отчество (при его наличии) индивидуального предпринимателя или наименование юридического лица;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) вид экономической деятельности по общему классификатору видов экономической деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен Законом РК от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-1) код по классификатору секторов экономики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-2) код по классификатору форм и видов собственности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) бизнес-идентификационный номер;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) код по классификатору административно-территориальных объектов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) код по классификатору размерности юридических лиц, филиалов и представительств, а также субъектов индивидуального предпринимательства по численности работников;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) информация о респондентах, относящаяся в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предпринимательским кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан к общедоступной.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Статистическая информация и базы данных, позволяющие прямо или косвенно установить респондента или определить первичные статистические данные о нем, являются конфиденциальными и могут распространяться только при наличии согласия респондента, за исключением сведений, указанных в частях второй и третьей настоящего пункта и в пункте 4 настоящей статьи.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По запросу уполномоченного органа в области внешнеторговой деятельности и регулирования торговой деятельности сведения представляются для целей проводимых расследований в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о специальных защитных, антидемпинговых и компенсационных мерах по отношению к третьим странам и регулировании торговой деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По запросу уполномоченного органа в области регулирования торговой деятельности сведения представляются для целей применения таможенно-тарифного и нетарифного регулирования внешнеторговой деятельности в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о регулировании торговой деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Представленные сведения, указанные в частях второй и третьей настоящего пункта, могут передаваться уполномоченным органом в области внешнеторговой деятельности и регулирования торговой деятельности в Евразийскую экономическую комиссию, компетентным органам государств – членов Евразийского экономического союза, иностранных государств, союза иностранных государств в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о специальных защитных, антидемпинговых и компенсационных мерах по отношению к третьим странам и регулировании торговой деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Допускается представление и использование в научной и научно-технической деятельности баз данных в деидентифицированном виде в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>установленном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом, по согласованию с Комитетом национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-1. Допускается представление сведений, не являющихся конфиденциальными в соответствии с пунктом 4 настоящей статьи.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Порядок предоставления статистической информации, содержащей государственные секреты, определяется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о государственных секретах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 24.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 08.06.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 317-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати календарных дней после дня его первого официального опубликования); от 29.10.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 397-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 4. Органы государственной статистики</w:t>
-[...556 lines deleted...]
-      4) определение качества административных данных.</w:t>
+        <w:t>Статья 9. Международное сотрудничество в области государственной статистики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 9 исключена Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ В</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ОБЛАСТИ ГОСУДАРСТВЕННОЙ СТАТИСТИКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 8. Обеспечение гарантий конфиденциальности и защиты представляемых данных</w:t>
+        <w:t>Статья 10. Компетенция Президента Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...119 lines deleted...]
-    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...442 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Президент Республики Казахстан определяет основные направления государственной политики в области государственной статистики и осуществляет другие полномочия в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 9. Международное сотрудничество в области государственной статистики</w:t>
+        <w:t>Статья 11. Компетенция Правительства Республики Казахстан в области государственной статистики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="84"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...138 lines deleted...]
-      </w:pPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правительство Республики Казахстан в области государственной статистики:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) разрабатывает основные направления государственной политики в области государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) принимает решение о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> национальной переписи.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья 11 - в редакции Закона РК от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3394,8490 +4366,10057 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Компетенция уполномоченного органа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координирует деятельность центральных и местных исполнительных органов и Национального Банка Республики Казахстан при формировании государственной политики в области государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирует и реализует государственную политику в области государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> план мероприятий по проведению национальной переписи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определяет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядок и сроки проведения национальных переписей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) разрабатывает и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативные правовые акты в области государственной статистики в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статистическую методологию на основе научных методов и подходов, в том числе методики, по общегосударственным статистическим наблюдениям;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) организует и проводит общегосударственные статистические наблюдения, в том числе регистрацию цен, в соответствии с планом статистических работ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-1) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-2) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расчет численности интервьюеров и стоимости их услуг при проведении общегосударственных статистических наблюдений и национальных переписей по договору возмездного оказания услуг в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-2) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-1) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) исключен Законом РК от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-1) получает контактные данные по респондентам от операторов связи в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определенном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-2) получает на безвозмездной основе от государственных органов, относящихся к органам государственной статистики, за исключением Национального Банка Республики Казахстан, первичные статистические и административные данные, необходимые для производства официальной статистической информации, формируемой уполномоченным органом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-3) на основании запроса получает на безвозмездной основе от Национального Банка Республики Казахстан первичные статистические данные в обезличенном виде, собираемые в целях формирования статистики внешнего сектора;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-4) заключает соглашения с собственниками или владельцами альтернативных данных, не относящимися к административным источникам, о представлении альтернативных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16) получает на возмездной и безвозмездной основе необходимые первичные статистические данные от домашних хозяйств об их доходах и расходах в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определенном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) при производстве статистической информации для подтверждения достоверности первичных статистических данных требует от респондентов дополнительную информацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) при выявлении искажений респондентами первичных статистических данных требует от респондентов внесения исправлений в статистические формы, содержащие первичные статистические данные;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-1) пересматривает опубликованную официальную статистическую информацию для статистических целей в случае изменения статистической методологии и на основании обновленной, подтвержденной документально информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) использует административные данные, альтернативные данные для производства официальной статистической информации и актуализации статистических регистров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19-1) представляет административные данные, учтенные в книге похозяйственного учета, органам государственных доходов для осуществления налогового администрирования и (или) контроля в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-2) получает и использует на безвозмездной основе данные от соответствующих уполномоченных государственных органов, организаций, сформированные при осуществлении государственных заказов и государственно-частного партнерства, в том числе данные дистанционного зондирования Земли, при осуществлении статистической деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) исключен Законом РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21) обеспечивает накопление, ведение и актуализацию информационных статистических баз данных о социально-экономическом положении республики и ее регионов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23) проводит анализ соответствия статистической деятельности государственных органов и Национального Банка Республики Казахстан, относящихся к органам государственной статистики, требованиям, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>типовой методикой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> описания процесса производства статистической информации государственными органами, а также запрашивает необходимые для проведения анализа документы (информацию);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-1) согласовывает структуру, содержание национальной справочной информации и их изменения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-2) согласовывает формирование и изменение национальных регистров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24) осуществляет государственный контроль в области государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24-1) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25) исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) осуществляет иные функции, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 в редакции Закона РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 29.10.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 31.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12-1. Государственный контроль в области государственной статистики в отношении административных источников</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Государственный контроль в области государственной статистики в отношении административных источников осуществляется в форме дистанционного контроля, периодической и внеплановой проверки в соответствии с настоящей статьей.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Государственный контроль в области государственной статистики в отношении административных источников проводится с целью выявления:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) недостоверности административных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) непредставления административных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) несогласованных форм, предназначенных для сбора административных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) несогласованных методик расчета показателей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) несоответствия качества данных требованиям по управлению данными;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) несогласованных элементов национальной справочной информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Государственный контроль в области государственной статистики в отношении административных источников осуществляется:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) по центральным государственным органам, их ведомствам, Национальному Банку Республики Казахстан – ведомством уполномоченного органа;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) по местным государственным органам, территориальным подразделениям центральных государственных органов и их ведомствам, акимам поселков, сел, сельских округов – территориальными подразделениями ведомства уполномоченного органа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Дистанционный контроль проводится на постоянной основе без посещения административного источника путем мониторинга, анализа, оценки качества и сопоставления административных данных, полученных ведомством уполномоченного органа и его территориальными подразделениями из официальных источников.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. При выявлении нарушений в действиях (бездействии) административного источника оформляется и направляется заключение об устранении нарушений, выявленных по результатам дистанционного контроля, в срок не позднее десяти рабочих дней со дня выявления нарушений, в котором указываются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) номер, дата и место составления заключения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) наименование государственного органа;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), должность лица, уполномоченного на проведение дистанционного контроля;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) сведения о контролерах данных, а также о специалистах, консультантах, экспертах государственных органов и их подведомственных организаций, привлеченных для проведения дистанционного контроля;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) наименование административного источника, его место нахождения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) проверяемый период;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) выявленные нарушения и требования об их устранении с указанием срока исполнения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) подпись должностного лица, проводившего дистанционный контроль.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заключение об устранении нарушений, выявленных по результатам дистанционного контроля, считается надлежащим образом доставленным в случаях направления его по электронному документообороту или по электронному адресу, полученному из официальных источников (интернет-ресурс административного источника), либо с использованием иных средств связи, обеспечивающих фиксацию получения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Заключение об устранении нарушений, выявленных по результатам дистанционного контроля, исполняется административным источником в течение пятнадцати рабочих дней со дня, следующего за днем его получения, с обязательным представлением в ведомство уполномоченного органа или его территориальное подразделение материалов, доказывающих факт устранения нарушений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. При неисполнении в установленный срок заключения об устранении нарушений, выявленных по результатам дистанционного контроля, указанных в подпунктах 1) и 2) пункта 2 настоящей статьи, возбуждается административное производство в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Неисполнение в установленный срок заключения об устранении нарушений, выявленных по результатам дистанционного контроля, указанных в подпунктах 3), 4), 5) и 6) пункта 2 настоящей статьи, а также отрицательные результаты предыдущих проверок, проведенных в соответствии с настоящей статьей, являются основаниями для включения административного источника в полугодовой план проведения периодических проверок.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Периодическая проверка проводится с посещением административного источника на основании полугодовых планов проведения периодической проверки, которые утверждаются первым руководителем ведомства уполномоченного органа не позднее 10 декабря года, предшествующего году проверки, и до 10 июня текущего календарного года и размещаются на его интернет-ресурсе не позднее 20 декабря года, предшествующего году проверок, и до 20 июня текущего календарного года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Полугодовые планы проведения периодической проверки включают:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) номер и дату утверждения плана;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) наименование государственного органа;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) наименование административного источника;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) место нахождения административного источника;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) предмет проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) сроки проведения проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) подпись лица, уполномоченного подписывать полугодовой план.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Внесение изменений и дополнений в полугодовые планы проведения периодической проверки осуществляется в случаях ликвидации, реорганизации, изменения наименования административного источника, возникновения чрезвычайной ситуации природного, техногенного и социального характера, введения режима чрезвычайного положения, возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, а также радиационных аварий и связанных с ними ограничений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Измененные полугодовые планы проведения периодических проверок размещаются на интернет-ресурсе ведомства уполномоченного органа с отметкой об изменениях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Внеплановая проверка проводится с посещением административного источника на основании:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) требования прокурора, материалов, поступивших из правоохранительных органов, а также других государственных органов, органов местного самоуправления по конкретным фактам нарушения законодательства Республики Казахстан в области государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) сообщений или заявлений физических или юридических лиц по конкретным фактам нарушения законодательства Республики Казахстан в области государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) сообщений в средствах массовой информации по конкретным фактам нарушения законодательства Республики Казахстан в области государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) поручений органа уголовного преследования по основаниям, предусмотренным Уголовно-процессуальным кодексом Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Внеплановые проверки не проводятся в случаях анонимных обращений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Ведомство уполномоченного органа и его территориальные подразделения обязаны уведомить административный источник о начале проведения периодической проверки не менее чем за трое суток, о начале проведения внеплановой проверки не менее чем за сутки до ее начала с указанием предмета проведения проверки по электронному документообороту или электронному адресу, полученному из официальных источников (интернет-ресурс административного источника), либо с использованием иных средств связи, обеспечивающих фиксацию получения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Должностные лица ведомства уполномоченного органа и его территориальных подразделений, прибывшие на проверку к административному источнику, обязаны предъявить акт о назначении проверки, служебное удостоверение либо идентификационную карту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Началом срока проверки считается день вручения административному источнику </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>акта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о назначении проверки, в котором указываются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) номер и дата акта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) наименование государственного органа;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица (лиц), уполномоченного (уполномоченных) на проведение проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) сведения о контролерах данных, а также о специалистах, консультантах, экспертах государственных органов и их подведомственных организаций, привлекаемых для проведения проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) наименование административного источника, его место нахождения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) предмет назначенной проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) вид проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) срок проведения проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) основания проведения проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) проверяемый период;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) права и обязанности административного источника, предусмотренные настоящей статьей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) подпись лица, уполномоченного подписывать акт;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) подпись руководителя или лица, исполняющего обязанности руководителя административного источника, о получении или об отказе в получении акта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уполномоченный орган:</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о назначении, приостановлении, возобновлении, прекращении и продлении проверок подписываются руководством ведомства уполномоченного органа или первым руководителем территориального подразделения ведомства уполномоченного органа и вручаются руководителю или лицу, исполняющему обязанности руководителя административного источника, для его ознакомления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Течение срока проверок приостанавливается на срок действия чрезвычайной ситуации природного, техногенного и социального характера, введения режима чрезвычайного положения, возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, а также радиационных аварий и связанных с ними ограничений, а также в случаях осуществления административных производств и процедур, препятствующих проведению проверок.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Течение срока проверок возобновляется в течение десяти рабочих дней со дня прекращения действия чрезвычайной ситуации природного, техногенного и социального характера, введения режима чрезвычайного положения, возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, а также радиационных аварий и связанных с ними ограничений, а также прекращения административных производств и процедур, препятствующих проведению проверок.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Течение срока проверок прекращается в случаях ликвидации административного источника.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки проведения проверок устанавливаются с учетом объема предстоящих работ, а также поставленных задач и не должны превышать тридцать рабочих дней с продлением на срок не более пятнадцати рабочих дней. Срок проведения проверок может быть продлен только один раз.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Продление сроков проведения проверок оформляется дополнительным актом о продлении сроков проверки с уведомлением административного источника, в котором указываются дата и номер предыдущего акта о назначении проверки и причины продления. Уведомление о продлении срока проверки вручается административному источнику должностным лицом ведомства уполномоченного органа или его территориального подразделения за один рабочий день до продления с уведомлением о вручении.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. По результатам проверок должностным лицом ведомства уполномоченного органа или его территориального подразделения составляется </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заключение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о результатах проверки, в котором указываются: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) номер, дата и место составления заключения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) наименование государственного органа;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) дата и номер акта о назначении проверки (дополнительного акта о продлении срока при его наличии);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) фамилии, имена, отчества (если они указаны в документах, удостоверяющих личность) и должности лиц, проводивших проверку;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) сведения о контролерах данных, а также о специалистах, консультантах, экспертах государственных органов и их подведомственных организаций, привлеченных для проведения проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) наименование административного источника, его место нахождения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) вид проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) срок и период проведения проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) предмет проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) сведения о результатах проверки, в том числе о выявленных нарушениях, их характере;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) требования об устранении выявленных нарушений с указанием срока исполнения требований;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) подписи должностных лиц, проводивших проверку;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) сведения об ознакомлении или отказе в ознакомлении с заключением руководителя или лица, исполняющего обязанности руководителя административного источника, а также лиц, присутствовавших при проведении проверки, их подписи или запись об отказе от подписи.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Первый экземпляр заключения о результатах проверки сдается в электронной форме в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр на бумажном носителе под роспись вручается руководителю или лицу, исполняющему обязанности руководителя административного источника, для ознакомления, третий экземпляр остается у ведомства уполномоченного органа или его территориального подразделения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Завершением срока проверок считается день вручения административному источнику заключения о результатах проверки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Нарушения, выявленные по результатам проверки, устраняются административным источником в течение пятнадцати рабочих дней со дня, следующего за днем завершения проверки, с обязательным представлением в ведомство уполномоченного органа или его территориальное подразделение, составившее заключение материалов, доказывающих факт устранения нарушений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае отсутствия нарушений при проведении проверки в заключении о результатах проверки производится соответствующая запись.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. В случае наличия замечаний и (или) возражений по результатам проверок или дистанционного контроля административный источник излагает их в письменном виде и направляет посредством электронного документооборота в ведомство уполномоченного органа или его территориальное подразделение, составившее заключение, в течение пяти рабочих дней со дня завершения проверки. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ведомство уполномоченного органа или его территориальное подразделение рассматривает замечания и (или) возражения административного источника к заключению в течение пятнадцати рабочих дней со дня их поступления и дает мотивированный ответ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Требования об устранении выявленных нарушений, указанные в заключении об устранении нарушений, выявленных по результатам дистанционного контроля, а также в заключении о результатах проверки, являются обязательными для исполнения административным источником.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. При неисполнении заключения о результатах проверки возбуждается административное производство в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Должностные лица ведомства уполномоченного органа и его территориальных подразделений при проведении государственного контроля в отношении административных источников имеют право:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) беспрепятственного доступа на территорию и в помещения административного источника с соблюдением установленных требований пропускного и внутриобъектового режима;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) получать административные данные, а также документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к результатам проверок и при необходимости использовать их в проведении дистанционного контроля; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) получать доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки с соблюдением требований, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о государственных секретах и иной охраняемой законом Республики Казахстан тайне;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) привлекать контролеров данных, а также иных специалистов, консультантов, экспертов государственных органов и их подведомственных организаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) осуществлять аудио-, фото- и видеосъемку;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) фиксировать на видеосъемку факты отказа выполнения обязательств административного источника, предусмотренных настоящей статьей.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Должностные лица ведомства уполномоченного органа и его территориальных подразделений при осуществлении государственного контроля в отношении административных источников обязаны:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) соблюдать законодательство Республики Казахстан, права и законные интересы административных источников;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) проводить дистанционный контроль и проверки на основании и в строгом соответствии с порядком, установленным настоящей статьей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) не препятствовать установленному режиму работы административного источника в период проведения проверок;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) не препятствовать руководителю или лицу, исполняющему обязанности руководителя административного источника, присутствовать при проведении проверок, давать разъяснения по вопросам, относящимся к предмету проверок;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) предоставлять административному источнику необходимую информацию, относящуюся к предмету проверок;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) вручить административному источнику заключение о результатах проверки или заключение об устранении нарушений, выявленных по результатам дистанционного контроля;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) обеспечить сохранность и конфиденциальность документов и сведений, полученных в результате проведения дистанционного контроля и проверок;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) своевременно и в полной мере исполнять предоставленные в соответствии с законами Республики Казахстан полномочия по предупреждению, выявлению и пресечению нарушений требований, установленных законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Административные источники при проведении государственного контроля в отношении их вправе:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) не представлять административные данные, а также документы и сведения, если они не относятся к предмету проводимого дистанционного контроля и проверок;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) по выявленным в результате дистанционного контроля и проверок нарушениям в случае необходимости дополнительных временных и (или) финансовых затрат не позднее пяти рабочих дней обратиться в ведомство уполномоченного органа или его территориальное подразделение с обоснованным заявлением о продлении сроков устранения нарушений;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) обжаловать результаты дистанционного контроля и проверок, а также действия (бездействие) должностных лиц ведомства уполномоченного органа или его территориального подразделения в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) фиксировать процесс осуществления проверок, а также отдельные действия должностного лица, проводимые им в рамках проверок, с помощью средств аудио- и видеотехники, не создавая препятствий деятельности должностного лица.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. Административные источники при проведении государственного контроля в отношении их обязаны:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) обеспечить беспрепятственный доступ должностных лиц ведомства уполномоченного органа и его территориальных подразделений на территорию и в помещения административного источника;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) представлять должностным лицам ведомства уполномоченного органа и его территориальных подразделений административные данные, а также документы (сведения) на бумажных и (или) электронных носителях либо их копии для приобщения их к результатам государственного контроля;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) с соблюдением требований по охране либо иной охраняемой законом Республики Казахстан тайны доступ к автоматизированным базам данных (информационным системам) в соответствии с предметом проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) делать отметки в акте о назначении проверки, заключении о результатах проверки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) не допускать внесения изменений и дополнений в проверяемые документы в период проведения проверок, если иное не предусмотрено законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) находиться по месту нахождения административного источника в назначенные сроки проверки, указанные в уведомлении о начале проведения проверки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 2 дополнена статьей 12-1 в соответствии с Законом РК от 29.10.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); в редакции Закона РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12-2. Государственный контроль в области государственной статистики в отношении респондентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Государственный контроль в области государственной статистики в отношении респондентов осуществляется соответствующими органами государственной статистики без посещения респондентов в соответствии с настоящим Законом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Государственный контроль без посещения респондентов осуществляется в виде выявления непредставления респондентами первичных статистических данных в сроки, указанные в графике представления респондентами первичных статистических данных, а также представления ими недостоверных первичных статистических данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Государственный контроль без посещения респондента проводится в сроки, установленные в статистической форме путем анализа:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) статистических форм, представляемых респондентами в соответствии с требованиями законодательства Республики Казахстан в области государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) информации, полученной по запросу территориальных подразделений уполномоченного органа в области государственной статистики, в пределах своей компетенции – при производстве официальной статистической информации для подтверждения достоверности первичных статистических данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. При выявлении представления респондентами недостоверных первичных статистических данных органы государственной статистики, за исключением Национального Банка Республики Казахстан, извещают респондента по контактным данным, указанным респондентом в ранее представленных статистических формах (абонентский номер сотовой связи, электронный адрес), о необходимости внесения исправлений в статистические формы, содержащие первичные статистические данные, путем повторного представления статистической формы либо предоставления дополнительной информации, подтверждающей достоверность представленных первичных статистических данных, в течение одного рабочего дня.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При наличии достаточных оснований, указывающих на представление респондентами недостоверных первичных статистических данных, органы государственной статистики возбуждают производство по делу об административном правонарушении в соответствии с законодательством Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. При выявлении непредставления респондентами первичных статистических данных в сроки, указанные в графике представления респондентами первичных статистических данных, органы государственной статистики возбуждают производство по делу об административном правонарушении и требуют от респондента представления соответствующих статистических форм с первичными статистическими данными путем направления сообщения по контактным данным, указанным респондентом в ранее представленных статистических формах, или на контактные данные, полученные из официальных источников (абонентский номер сотовой связи, электронный адрес).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) координирует деятельность центральных и местных исполнительных органов и Национального Банка Республики Казахстан при формировании государственной политики в области государственной статистики;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 12-2 в соответствии с Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции Закона РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...63 lines deleted...]
-      3) разрабатывает и утверждает нормативные правовые акты в области государственной статистики в пределах своей компетенции;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Компетенция государственных органов и Национального Банка Республики Казахстан, относящихся к органам государственной статистики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Органы государственной статистики, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) статьи 4 настоящего Закона:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) реализуют государственную политику в области государственной статистики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) разрабатывают, формируют и утверждают по согласованию с уполномоченным органом статистическую методологию в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определенном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждают</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по согласованию с уполномоченным органом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статистические формы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для проведения ведомственных статистических наблюдений и инструкции по их заполнению;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) проводят ведомственные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статистические наблюдения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и формируют официальную статистическую информацию в соответствии с планом статистических работ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) в случае выявления искажений, ошибок, погрешностей при </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>производстве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статистической информации для подтверждения достоверности первичных статистических данных требуют от респондентов дополнительную информацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) получают на безвозмездной основе от респондентов первичные статистические данные при проведении ведомственных статистических наблюдений;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-1) пересматривают опубликованную официальную статистическую информацию для статистических целей в случае изменения статистической методологии и на основании обновленной, подтвержденной документально информации в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определенном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-2) получают на основании запроса обезличенные первичные статистические данные от уполномоченного органа для использования исключительно в статистических целях без передачи третьим лицам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) осуществляют иные функции, предусмотренные настоящим Законом, иными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4) исключен Законом РК от 19.04.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 223-VII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 05.11.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Уполномоченный орган</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...45 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 14 исключена Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Обеспечение независимости уполномоченного органа</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6-1) исключен Законом РК от 19.04.2023 </w:t>
+        <w:t xml:space="preserve">Сноска. Статья 15 исключена Законом РК от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Права и обязанности административных источников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Административные источники имеют право получать официальную статистическую информацию в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Акимы поселка, села, сельского округа обязаны вести похозяйственный учет в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом статистической методологией, организовывать ведение регистрационных записей по форме, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом, и обеспечивать достоверность данных похозяйственного учета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Административные источники обязаны:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) применять национальную справочную информацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по согласованию с уполномоченным органом формы, предназначенные для сбора административных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> методики расчета показателей на основе научных методов и подходов по согласованию с уполномоченным органом и публиковать их на своих интернет-ресурсах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-2) пересматривать опубликованную статистическую информацию, формируемую административными источниками, в случае изменения методики и на основании обновленной, подтвержденной документально информации публиковать истории изменений;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>представлять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в уполномоченный орган </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>административные данные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на безвозмездной основе в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>порядке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и сроки, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>установленные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) обеспечивать качество административных данных в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требованиями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по управлению данными.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Национальный Банк Республики Казахстан представляет уполномоченному органу административные данные, за исключением сведений, составляющих банковскую тайну.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...533 lines deleted...]
-        <w:t xml:space="preserve">13) исключен Законом РК от 14.07.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); законами РК от 05.07.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 236-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 122-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2018); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 05.11.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
-[...384 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
-      </w:r>
-[...296 lines deleted...]
-        <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      26) осуществляет иные функции, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Права и обязанности респондентов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Респонденты имеют право:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) на получение официальной статистической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) требовать от органов государственной статистики соблюдения конфиденциальности первичных статистических данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) получать от уполномоченного органа разъяснения по порядку заполнения статистических форм;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-1) представлять первичные статистические данные одним из следующих способов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в электронном виде в порядке, определенном законодательством Республики Казахстан;  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на бумажном носителе;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">посредством компьютеризированной системы телефонного опроса; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>при проведении личного опроса интервьюером;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) получать на безвозмездной основе статистическую форму и (или) программное обеспечение, необходимые для представления первичных статистических данных в электронном виде;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) пользоваться государственными услугами, оказываемыми уполномоченным органом, в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) на иные права, предусмотренные законодательством Республики Казахстан в области государственной статистики.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Респонденты обязаны:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) представлять достоверные первичные статистические данные по утвержденным статистическим формам при проведении статистических наблюдений в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определенном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом, согласно графику представления респондентами первичных статистических данных и статистической методологии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1) на основании размещенного на официальном интернет-ресурсе уполномоченного органа уведомления о продлении срока и переносе срока представления респондентами первичных статистических данных при наличии подтверждения возникновения в информационной системе в последний день срока представления статистических форм технических неполадок, повлекших непредставление респондентами первичных статистических данных, представлять статистические формы на следующий рабочий день после устранения технических неполадок;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) выполнять требования органов государственной статистики, предусмотренные настоящим Законом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 12 в редакции Закона РК от 29.09.2014 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными законами РК от 05.11.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Права пользователей</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пользователи имеют право:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) одновременного и равного доступа к официальной статистической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) использования официальной статистической информации в собственных целях со ссылкой на источник.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменением, внесенным Законом РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. СТАТИСТИЧЕСКАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Планирование статистической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Статистическая деятельность осуществляется на основе утвержденного уполномоченным органом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>плана статистических работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Во исполнение плана статистических работ уполномоченным органом утверждаются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>график</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представления респондентами первичных статистических данных, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>график</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представления административных данных и график распространения официальной статистической информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. План статистических работ, график представления респондентами первичных статистических данных, график представления административных данных и график распространения официальной статистической информации формируются уполномоченным органом на три календарных года с учетом предложений государственных органов и Национального Банка Республики Казахстан, а также на основании итогов анализа статистической деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственные органы и Национальный Банк Республики Казахстан представляют предложения в уполномоченный орган в срок до 1 апреля года утверждения плана статистических работ с внесением изменений и дополнений в него не более одного раза в год.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Уполномоченный орган обеспечивает формирование плана статистических работ, графика представления респондентами первичных статистических данных, графика представления административных данных и графика распространения официальной статистической информации в срок до 1 июля года утверждения плана статистических работ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 29.10.2015</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 192-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 31.12.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 14.07.2022 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.12.2022 </w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 12-1. Государственный контроль в области государственной статистики в отношении административных источников</w:t>
+        <w:t>Статья 20. Статистическое наблюдение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1078" w:id="110"/>
-[...1158 lines deleted...]
-    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Статистические наблюдения проводятся органами государственной статистики в соответствии со статистической методологией по статистическим формам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Вмешательство центральных и местных исполнительных органов и их должностных лиц и органов местного самоуправления, физических и (или) юридических лиц, их объединений при проведении статистических наблюдений не допускается.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Национальные переписи</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Необходимость проведения национальных переписей определяется Правительством Республики Казахстан по предложению уполномоченного органа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Национальные переписи проводятся уполномоченным органом вне плана статистических работ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. При </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> национальных переписей координация деятельности центральных и местных исполнительных органов может быть возложена Правительством Республики Казахстан как на уполномоченный орган, так и на специально созданную комиссию.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Сведения, полученные в ходе национальных переписей, относятся к первичным статистическим данным и не должны быть использованы в целях причинения имущественного и морального вреда физическому или юридическому лицу, затруднения реализации их прав и свобод.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Первичные статистические данные при проведении национальных переписей представляются респондентами в обязательном порядке на безвозмездной основе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Статистическая методология</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 22 исключена Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Акты о назначении, приостановлении, возобновлении, прекращении и продлении проверок подписываются руководством ведомства уполномоченного органа или первым руководителем территориального подразделения ведомства уполномоченного органа и вручаются руководителю или лицу, исполняющему обязанности руководителя административного источника, для его ознакомления.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Национальная справочная информация и статистические регистры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1136" w:id="168"/>
-[...1098 lines deleted...]
-    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок в редакции Закона РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. При эксплуатации объектов информатизации "электронного правительства" применяется национальная справочная информация.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Элементы национальной справочной информации разрабатываются и утверждаются уполномоченными государственными органами по согласованию с уполномоченным органом в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определенном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Для формирования статистической информации уполномоченный орган осуществляет ведение следующих статистических регистров:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) статистический бизнес-регистр, включающий в себя информацию о зарегистрированных на территории Республики Казахстан индивидуальных предпринимателях и юридических лицах, их обособленных подразделениях;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) статистический регистр населения, содержащий информацию о физических лицах, проживающих на территории Республики Казахстан, а также о гражданах Республики Казахстан, временно находящихся за ее пределами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) сельскохозяйственный статистический регистр, включающий в себя информацию по субъектам, производящим сельскохозяйственную продукцию в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) статистический регистр жилищного фонда, включающий в себя информацию о жилищах всех форм собственности Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Статистические регистры ведутся только в статистических целях и не могут быть использованы для официального подтверждения свойств и (или) количественных характеристик объектов статистического наблюдения, содержащихся в регистрах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Сноска. Глава 2 дополнена статьей 12-1 в соответствии с Законом РК от 29.10.2015</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Актуализация данных статистических регистров производится на основе первичных статистических и (или) административных данных, и (или) альтернативных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 23 с изменениями, внесенными законами РК от 29.10.2015</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 376-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); в редакции Закона РК от 06.04.2024 </w:t>
-[...26 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 115-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 12-2. Государственный контроль в области государственной статистики в отношении респондентов</w:t>
+        <w:t>Статья 23-1. Государственная монополия в области государственной статистики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1191" w:id="223"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. К государственной монополии в области государственной статистики относятся следующие виды деятельности:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) сбор, обработка первичных статистических данных, представленных территориальными подразделениями ведомства уполномоченного органа и респондентами, полученных при общегосударственных статистических наблюдениях и национальных переписях, а также обработка полученных административных данных и (или) альтернативных данных и их хранение в период обработки в электронной форме при формировании официальной статистической и аналитической информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) формирование, сопровождение и актуализация информационно-статистических систем, баз данных и их платформ, статистических регистров, интернет-ресурсов уполномоченного органа;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) формирование статистических публикаций и распространение официальной статистической информации, подлежащей распространению уполномоченным органом в соответствии с графиком распространения статистической информации, а также информации об итогах национальной переписи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) формирование статистической и аналитической информации, не предусмотренной графиком распространения официальной статистической информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Указанные в пункте 1 настоящей статьи виды деятельности осуществляются республиканским государственным предприятием на праве хозяйственного ведения, созданным по решению Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Цены на товары (работы, услуги), производимые и (или) реализуемые субъектом государственной монополии, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>устанавливаются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом по согласованию с антимонопольным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 12-2 в соответствии с Законом РК от 24.05.2018 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 23-1 в соответствии с Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 13. Компетенция государственных органов и Национального Банка Республики Казахстан, относящихся к органам государственной статистики</w:t>
+        <w:t>Статья 24. Источники формирования статистической информации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При формировании статистической информации в качестве источника служат:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) первичные статистические данные;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) административные данные;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) статистическая информация государственных органов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) статистическая информация органов статистики других государств и международных организаций.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) альтернативные данные.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Формирование статистической информации осуществляется в соответствии со статистической методологией.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Альтернативные данные представляются их собственниками или владельцами в соответствии с заключенными соглашениями о представлении альтернативных данных в уполномоченный орган на безвозмездной основе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными Законами РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Обработка и хранение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Первичные статистические данные, полученные при проведении статистических наблюдений, и (или) административные данные, и (или) альтернативные данные обрабатываются в соответствии со статистической методологией и с соблюдением принципов государственной статистики.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Бумажные носители, содержащие первичные статистические или административные, или альтернативные данные, подлежат обязательному переводу на электронные носители и хранятся не менее года с момента распространения официальной статистической информации, сформированной на основании указанных данных. Электронные носители, содержащие первичные статистические или административные, или альтернативные данные, хранятся не менее пятидесяти лет.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными Законом РК от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 26. Распространение статистической информации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Официальная статистическая информация подлежит распространению в соответствии с графиком распространения официальной статистической информации в объемах, предусмотренных планом статистических работ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1. Официальная статистическая информация при проведении национальной переписи распространяется по итогам ее завершения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Органы государственной статистики обеспечивают пользователям равные права на одновременный доступ к качественной официальной статистической информации, в том числе в формате машиночитаемых данных и статистической методологии, путем их размещения на интернет-ресурсах органов государственной статистики и интернет-портале открытых данных веб-портала "электронного правительства".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Статистическая и аналитическая информация, не предусмотренная графиком распространения официальной статистической информации и требующая дополнительных затрат на ее разработку, предоставляется на возмездной основе в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определенном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На основании разовых запросов государственных органов в целях осуществления ими полномочий в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан возможно предоставление на безвозмездной основе статистической информации, не предусмотренной графиком распространения официальной статистической информации и разработанной на основании первичных статистических данных, представляемых респондентами в соответствии с графиком представления респондентами первичных статистических данных, с соблюдением требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>установленном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Распространение статистической информации обеспечивается с соблюдением норм законодательства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4-1 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4-1. Распространение продукта данных обеспечивается его собственником или владельцем. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Собственник или владелец продукта данных, представляемого в уполномоченный орган, включается в реестр поставщиков продуктов данных в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определенном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Статистическая информация, формируемая по административным данным, распространяется государственными органами самостоятельно.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 26 с изменениями, внесенными Законом РК от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...25 lines deleted...]
-        <w:t>) статьи 4 настоящего Закона:</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Ответственность за нарушение законодательства Республики Казахстан в области государственной статистики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-[...175 lines deleted...]
-    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Нарушение законодательства Республики Казахстан в области государственной статистики влечет ответственность, установленную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Работники органов государственной статистики несут ответственность за утрату, продажу, передачу и иное незаконное разглашение первичных статистических данных, статистической информации и (или) баз данных, позволяющих идентифицировать респондента, в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Вред, причиненный физическому или юридическому лицу в результате утраты, разглашения работниками органов государственной статистики или их должностными лицами первичных статистических данных либо статистической информации и (или) баз данных, позволяющих идентифицировать респондента, подлежит возмещению в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 05.11.2018 </w:t>
-[...575 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); законами РК от 05.07.2014</w:t>
+        <w:t>      Сноска. Статья 27 с изменением, внесенным Законом РК от 05.07.2014</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 236-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 29.09.2014 </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 17. Права и обязанности респондентов</w:t>
+        <w:t>Статья 28. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="252"/>
-[...318 lines deleted...]
-    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Признать утратившим силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 7 мая 1997 года "О государственной статистике" (Ведомости Парламента Республики Казахстан, 1997 г., № 9, ст. 91; 2001 г., № 4, ст. 23; 2002 г., № 1, ст. 3; № 17, ст. 155; 2004 г., № 23, ст. 142; № 24, ст. 143; 2007 г., № 4, ст. 33; 2009 г., № 18, ст. 84; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 30 декабря 2009 года "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам обязательного и взаимного страхования, налогообложения", опубликованный в газетах "Егемен Қазақстан" и "Казахстанская правда" 9 февраля 2010 г.).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="268"/>
-[...2533 lines deleted...]
-    <w:bookmarkEnd w:id="329"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -11895,64 +14434,53 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Президент</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -11996,94 +14524,115 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>