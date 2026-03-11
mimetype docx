--- v0 (2025-12-30)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d35dcf1" w14:textId="d35dcf1">
+    <w:p w14:paraId="9a4332e" w14:textId="9a4332e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4334,244 +4334,548 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Лицензирование деятельности в сфере товарных бирж</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z391" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лицензирование деятельности товарных бирж, клиринговых центров товарных бирж и брокеров осуществляется в порядке, установленном законодательством Республики Казахстан о разрешениях и уведомлениях, с учетом положений настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z392" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Антимонопольный орган вправе приостановить действие лицензии товарной биржи, брокера, клирингового центра товарной биржи на срок от одного до шести месяцев в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z393" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) систематического (два и более раза в течение двенадцати последовательных календарных месяцев) нарушения требований, предусмотренных законодательством Республики Казахстан о товарных биржах, и (или) неустранения нарушений, указанных в предписании антимонопольного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z394" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствия квалификационным требованиям к деятельности товарных бирж, брокеров, клиринговых центров товарных бирж;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z395" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) неосуществления товарной биржей, брокером, клиринговым центром товарной биржи лицензионной деятельности в течение шести последовательных календарных месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z396" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществления деятельности, запрещенной настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z397" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) отказа в предоставлении документов и информации, истребованных антимонопольным органом в пределах его компетенции в связи с проверкой деятельности товарной биржи, брокера, клирингового центра товарной биржи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z398" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) установления факта предоставления недостоверной информации в документах, явившихся основанием для выдачи лицензии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z399" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) систематического (два и более раза в течение двенадцати последовательных календарных месяцев) нарушения требований, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z400" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В решении о приостановлении действия лицензии должны быть указаны причины и срок приостановления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z401" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Действие лицензии считается приостановленным c даты вынесения решения о приостановлении с обязательным уведомлением товарной биржи, брокера, клирингового центра товарной биржи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z402" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приостановление действия лицензии влечет запрет на осуществление деятельности на период приостановления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z403" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Возобновление действия лицензии в случае его приостановления осуществляется антимонопольным органом в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 45 Закона Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z404" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Лишение (отзыв) лицензии товарной биржи, брокера, клирингового центра товарной биржи осуществляется в судебном порядке по одному из следующих оснований:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z405" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) неустранение причин приостановления действия лицензии товарной биржи, брокера, клирингового центра товарной биржи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z406" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) неоднократное (два раза в течение последних двенадцати месяцев) приостановление действия лицензии товарной биржи, брокера, клирингового центра товарной биржи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z407" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие в отношении товарной биржи, брокера, клирингового центра товарной биржи вступившего в законную силу решения суда о запрещении или прекращении деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z408" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о лишении (отзыве) лицензии публикуется на интернет-ресурсе антимонопольного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 - в редакции Закона РК от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...96 lines deleted...]
-          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Товарная биржа и ее задачи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 - в редакции Закона РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4583,128 +4887,128 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 6. Товарная биржа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="71"/>
+    <w:bookmarkStart w:name="z53" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Товарной биржей является юридическое лицо, созданное в организационно-правовой форме акционерного общества, осуществляющее организационное и техническое обеспечение торгов путем их непосредственного проведения с использованием электронной торговой системы товарной биржи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z336" w:id="72"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z336" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Биржевые торги социально значимыми биржевыми товарами осуществляют товарные биржи, определенные Правительством Республики Казахстан на основании конкурса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Товарная биржа обеспечивает проведение торгов по установленным правилам биржевой торговли. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="73"/>
+    <w:bookmarkStart w:name="z54" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Наименование товарной биржи должно содержать слова "товарная биржа". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4753,90 +5057,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="74"/>
+    <w:bookmarkStart w:name="z216" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Минимальный размер уставного капитала товарной биржи составляет не менее двух миллиардов тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z351" w:id="75"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z351" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом не менее одного миллиарда тенге вносится деньгами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4972,150 +5276,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 6-1. Задачи товарной биржи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="76"/>
+    <w:bookmarkStart w:name="z306" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основными задачами товарной биржи являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z307" w:id="77"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z307" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) создание торгового механизма, имеющего максимально прозрачную систему заключения биржевых сделок по установленным правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z308" w:id="78"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z308" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) развитие организованного рынка товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z309" w:id="79"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z309" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) содействие в развитии конкуренции на товарных рынках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z310" w:id="80"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z310" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) содействие в обеспечении прозрачности и понятности установления цен на биржевые товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5151,147 +5455,147 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 7. Устав товарной биржи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="81"/>
+    <w:bookmarkStart w:name="z57" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Устав товарной биржи утверждается в порядке, предусмотренном законодательством Республики Казахстан об акционерных обществах. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z58" w:id="82"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z58" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Устав товарной биржи помимо сведений, определенных законодательством Республики Казахстан, должен содержать указание на специализацию товарной биржи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Разрешение споров на товарной бирже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="83"/>
+    <w:bookmarkStart w:name="z60" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Для решения споров, связанных с заключением биржевых сделок, товарная биржа создает в течение тридцати календарных дней после государственной регистрации в Государственной корпорации "Правительство для граждан" постоянно действующий биржевой арбитраж. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z61" w:id="84"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z61" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Деятельность биржевого арбитража регулируется законодательством Республики Казахстан об арбитраже.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5347,187 +5651,187 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Классификация товарных бирж</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="85"/>
+    <w:bookmarkStart w:name="z63" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По специализации товарные биржи могут быть: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z64" w:id="86"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z64" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) универсальные, принимающие к биржевым торгам различные виды товаров; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z65" w:id="87"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z65" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) специализированные, обслуживающие обращение определенного вида товара. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Правила биржевой торговли</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="88"/>
+    <w:bookmarkStart w:name="z67" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Правила биржевой торговли определяют порядок деятельности участников биржевой торговли при совершении биржевых сделок с биржевыми товарами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z74" w:id="89"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z74" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правила биржевой торговли включают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z75" w:id="90"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z75" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) условия и порядок аккредитации брокеров, дилеров и маркет-мейкеров, приостановления и прекращения их аккредитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6199,152 +6503,152 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 11. Члены товарной биржи</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z77" w:id="91"/>
+      <w:bookmarkStart w:name="z77" w:id="109"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Исключен Законом РК от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Исключен Законом РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="92"/>
+    <w:bookmarkStart w:name="z203" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Членами товарной биржи не могут быть лица, прямо или косвенно владеющие десятью и более процентами голосующих акций такой товарной биржи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6440,90 +6744,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Работники товарной биржи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="93"/>
+    <w:bookmarkStart w:name="z80" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Работниками товарной биржи являются физические лица, состоящие в трудовых отношениях с товарной биржей и непосредственно выполняющие работу по трудовому договору в соответствии с трудовым законодательством Республики Казахстан. Работнику товарной биржи запрещается одновременно состоять в трудовых отношениях с членами товарной биржи, иными товарными биржами и членами иных товарных бирж.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z81" w:id="94"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z81" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Работникам товарной биржи запрещается участвовать в биржевых сделках, а также использовать коммерческую информацию в собственных интересах. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6562,125 +6866,125 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="95"/>
+    <w:bookmarkStart w:name="z82" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. ДЕЯТЕЛЬНОСТЬ ТОВАРНОЙ БИРЖИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Деятельность товарной биржи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="96"/>
+    <w:bookmarkStart w:name="z84" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Основным видом деятельности товарной биржи являются организация и проведение биржевых торгов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z85" w:id="97"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z85" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Товарная биржа осуществляет следующие функции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) организацию и проведение биржевых торгов; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6745,110 +7049,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-3) проведение аккредитации членов товарной биржи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-4) контроль за соответствием аккредитованных членов товарной биржи требованиям, установленным правилами биржевой торговли, соблюдением ими требований указанных правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="98"/>
+    <w:bookmarkStart w:name="z311" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-5) регистрацию клиентов в качестве участников биржевых торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z86" w:id="99"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z86" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) организацию и осуществление расчетов по биржевым сделкам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z87" w:id="100"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z87" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) фиксирование биржевой цены на товар в результате проведенных торгов на товарной бирже; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6877,250 +7181,250 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="101"/>
+    <w:bookmarkStart w:name="z152" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) организацию экспертизы качества биржевого товара, реализуемого через биржевые торги, по требованию участника биржевой торговли; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z153" w:id="102"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z153" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) оказание организационных, консультационных, информационных, методических услуг, связанных с биржевой торговлей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z154" w:id="103"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z154" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) проведение аналитических исследований рынка биржевых товаров; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z155" w:id="104"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z155" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) выпуск печатной продукции, относящейся к информации о биржевой деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z156" w:id="105"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z156" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) организацию учебных курсов по обучению и повышению квалификации участников биржевой торговли; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z159" w:id="106"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z159" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) эксплуатацию электронной торговой системы товарной биржи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z160" w:id="107"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z160" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) развитие международных биржевых торгов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z89" w:id="108"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z89" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Товарная биржа не вправе совмещать свою деятельность с брокерской, дилерской, маркет-мейкерской и депозитарной деятельностью, а также с деятельностью по управлению ценными бумагами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z90" w:id="109"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z90" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Товарная биржа вправе заключать от своего имени соглашения о сотрудничестве с иностранцами и юридическими лицами, созданными в соответствии с законодательством другого государства в пределах прав, предоставленных ей настоящим Законом и иными законодательными актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z312" w:id="110"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z312" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Товарные биржи и участники биржевой торговли обязаны соответствовать минимальному порогу финансовой устойчивости.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7251,70 +7555,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13-2. Права и обязанности товарной биржи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="111"/>
+    <w:bookmarkStart w:name="z218" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Товарная биржа имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7369,108 +7673,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проводить биржевые торги фьючерсами, опционами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществлять иные права, предусмотренные законодательством Республики Казахстан о товарных биржах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="112"/>
+    <w:bookmarkStart w:name="z219" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Товарная биржа обязана:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соблюдать обязательные требования к электронной торговой системе товарных бирж;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z313" w:id="113"/>
+    <w:bookmarkStart w:name="z313" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) соблюдать правила биржевой торговли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иметь собственный интернет-ресурс;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7517,70 +7821,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При изменении наименования, места нахождения, а также смене руководителя и (или) изменении состава сотрудников членов товарной биржи товарная биржа обновляет перечень в течение трех рабочих дней с момента поступления в товарную биржу информации от членов товарной биржи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не разглашать коммерческую тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z352" w:id="114"/>
+    <w:bookmarkStart w:name="z352" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) хранить сведения о сделках, заключаемых на товарной бирже, а также результаты биржевых торгов на собственном интернет-ресурсе на протяжении всего периода действия лицензии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) размещать результаты биржевых торгов на собственном интернет-ресурсе не позднее рабочего дня, следующего за торговым днем.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7853,130 +8157,130 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Доходы товарной биржи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="115"/>
+    <w:bookmarkStart w:name="z92" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Доходы товарной биржи формируются за счет вступительных и ежегодных взносов членов товарной биржи, платежей за пользование имуществом биржи, регистрацию и оформление биржевых сделок и за счет других поступлений, не запрещенных законодательством. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z93" w:id="116"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z93" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Товарная биржа имеет право устанавливать: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z94" w:id="117"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z94" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) размеры и порядок внесения взносов членами товарной биржи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z95" w:id="118"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z95" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) размер платежей за участие в торгах в соответствии с правилами биржевой торговли; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8019,110 +8323,110 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="119"/>
+    <w:bookmarkStart w:name="z96" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) минимальные и максимальные пределы уровней цен на конкретный биржевой товар в рамках одного торгового дня исходя из цен, сложившихся в результате предыдущих торгов, для приостановления торгов в целях предотвращения спекулятивных действий. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z97" w:id="120"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z97" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Товарной бирже запрещается устанавливать размеры вознаграждения, взимаемого брокерами за посредничество в биржевых сделках. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z98" w:id="121"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z98" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Размеры платежей, взимаемых с участников биржевой торговли, определяются внутренними документами товарной биржи и должны быть доступны для ознакомления участникам биржевой торговли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8178,91 +8482,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Биржевая сделка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="122"/>
+    <w:bookmarkStart w:name="z100" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Биржевой сделкой признается сделка, предметом которой является имущество, допущенное к обращению на бирже, и которая заключается на бирже участниками биржевой торговли проводимых ею торгов в соответствии с законодательством Республики Казахстан о товарных биржах и правилами биржевой торговли. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z101" w:id="123"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z101" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сделки, совершенные на товарной бирже, но не соответствующие требованиям, предусмотренным пунктом 1 настоящей статьи, не являются биржевыми. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z102" w:id="124"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z102" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сделки с биржевыми товарами, включенными в перечень биржевых товаров, совершенные в нарушение требований, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8277,249 +8581,249 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 настоящей статьи, вне товарных бирж, признаются недействительными по иску заинтересованных лиц, антимонопольного органа либо прокурора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z103" w:id="125"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z103" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Биржевые сделки не могут совершаться от имени и за счет товарной биржи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z248" w:id="126"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z248" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Перечень биржевых товаров содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z249" w:id="127"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z249" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) краткие наименования биржевых товаров, допущенных к биржевой торговле, и их коды в соответствии с Единой товарной номенклатурой внешнеэкономической деятельности Евразийского экономического союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z250" w:id="128"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z250" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по отдельным биржевым товарам – минимальный размер поставочной партии, при равенстве или превышении которого их реализация подлежит осуществлению только на товарной бирже;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) по отдельным биржевым товарам – минимальную долю, подлежащую обязательной реализации через товарные биржи, а также категории субъектов, на которых распространяется такая обязанность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z353" w:id="129"/>
+    <w:bookmarkStart w:name="z353" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок включения товаров в перечень биржевых товаров определяется уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z354" w:id="130"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z354" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Товарным биржам запрещается организация биржевых торгов товарами, не включенными в перечни биржевых товаров и социально значимых биржевых товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z316" w:id="131"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z316" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Расчеты по заключенным на биржевых торгах сделкам с биржевыми товарами осуществляются в национальной валюте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z355" w:id="132"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z355" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мониторинг торгов биржевыми товарами, подлежащими обязательной реализации через товарные биржи, проводится государственными органами, осуществляющими руководство в соответствующих отраслях (сферах) государственного управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z356" w:id="133"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z356" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сведения о сделках, заключенных на товарной бирже, являются общедоступными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8673,70 +8977,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок с изменением, внесенным Законом РК от 30.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="134"/>
+    <w:bookmarkStart w:name="z210" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Биржевые торги проводятся в режиме двойного встречного аукциона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8819,150 +9123,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="135"/>
+    <w:bookmarkStart w:name="z232" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Биржевые торги проводятся с учетом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z233" w:id="136"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z233" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) конфиденциальности информации об участниках биржевой торговли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z234" w:id="137"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z234" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) запрета на заключение кросс-сделок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z235" w:id="138"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z235" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) формирования цены на биржевой товар, по которой заключается биржевая сделка, в процессе конкурирования предложений покупателей, продавцов и определения ее как наилучшей цены для покупателя (минимальная цена от продавцов) или как наилучшей цены для продавца (максимальная цена от покупателей);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z236" w:id="139"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z236" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) внесения биржевого обеспечения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9230,267 +9534,267 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Виды биржевых сделок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="140"/>
+    <w:bookmarkStart w:name="z105" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На товарной бирже совершаются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z106" w:id="141"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z106" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) сделки с взаимной передачей прав и обязанностей в отношении спот-товара, включая сделки, взаимосвязанные с международными деловыми операциями; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z107" w:id="142"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z107" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) фьючерсные сделки; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z108" w:id="143"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z108" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) опционные сделки; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z109" w:id="144"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z109" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) сделки с взаимной передачей прав и обязанностей в отношении складских документов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16-1. Фонды товарной биржи и клирингового центра товарной биржи по обеспечению исполнения биржевых сделок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="145"/>
+    <w:bookmarkStart w:name="z215" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях обеспечения исполнения заключенных на бирже сделок товарная биржа создает резервный фонд, а клиринговый центр товарной биржи создает гарантийный фонд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z357" w:id="146"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z357" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Минимальный размер резервного фонда товарной биржи составляет не менее двадцатитысячекратного размера месячного расчетного показателя, установленного на соответствующий финансовый год законом Республики Казахстан о республиканском бюджете.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z358" w:id="147"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z358" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Минимальный размер взноса в гарантийный фонд устанавливается клиринговым центром товарной биржи по согласованию с товарной биржей в зависимости от торговых секций, доступом к которым обладает соответствующий член товарной биржи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z359" w:id="148"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z359" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Товарные биржи, осуществляющие торговлю социально значимыми биржевыми товарами, в течение одного года с даты начала торговли такими товарами обеспечивают увеличение размера резервного фонда не менее чем до стотысячекратного размера месячного расчетного показателя, установленного на соответствующий финансовый год законом Республики Казахстан о республиканском бюджете.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z360" w:id="149"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z360" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правила формирования и использования резервного и гарантийного фондов утверждаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9546,857 +9850,801 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Клиринговая деятельность по биржевым сделкам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="150"/>
+    <w:bookmarkStart w:name="z111" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Клиринговую деятельность по биржевым сделкам осуществляет клиринговый центр товарной биржи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z112" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Клиринговым центром товарной биржи является юридическое лицо, имеющее лицензию на право занятия клиринговой деятельностью, с которым товарная биржа заключила договор о клиринговом обслуживании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z361" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиринговые центры вправе осуществлять клиринговое обслуживание одной или нескольких товарных бирж, электронных торговых площадок, а также внебиржевых сделок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z362" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрещается клиринговое обслуживание товарной биржи несколькими клиринговыми центрами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2. Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">3. Исключен Законом РК от 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Деятельность клирингового центра товарной биржи по биржевым сделкам должна осуществляться на территории Республики Казахстан в соответствии с законодательством Республики Казахстан о товарных биржах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z115" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Для осуществления своей деятельности клиринговый центр товарной биржи обязан иметь аппаратно-программный комплекс, обеспечивающий автоматизацию процесса клиринговой деятельности, включая автоматизированный контроль допуска участников биржевой торговли к биржевым торгам в зависимости от суммы внесенного ими биржевого обеспечения, соответствующий требованиям, установленным уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z217" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В зависимости от биржевых сделок, по которым осуществляется клиринговая деятельность, клиринговые центры товарной биржи выполняют следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляют сбор и обработку информации по заключенным биржевым сделкам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводят учет и подтверждение условий заключенных биржевых сделок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляют зачет взаимных требований и обязательств сторон, участвующих в расчетах, осуществляемых в результате совершения биржевых сделок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принимают и ведут учет биржевого обеспечения участников биржевых торгов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) определяют требования и (или) обязательства сторон по биржевым сделкам, организуют по ним расчеты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оказывают поддержку в исполнении биржевых сделок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Порядок осуществления клиринговой деятельности по биржевым сделкам определяется уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-1. Исключен Законом РК от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (текст исключен).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z361" w:id="151"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z364" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2. Для клирингового обслуживания биржевых сделок клиринговый центр товарной биржи открывает каждому участнику биржевых торгов торговые счета с раздельными регистрами по учету биржевого обеспечения и денег, внесенных для оплаты товара по биржевой сделке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z365" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деньги участников биржевых торгов подлежат хранению на отдельном банковском счете клирингового центра товарной биржи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z366" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиринговый центр товарной биржи ведет раздельный учет денег брокера и его клиентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z367" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиринговый центр товарной биржи ведет учет заблокированного биржевого обеспечения по каждой совершенной сделке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z117" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Требования настоящей статьи не распространяются на клиринговую деятельность по фьючерсным и опционным сделкам, порядок осуществления которой регулируется законодательством Республики Казахстан о рынке ценных бумаг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">3. Исключен Законом РК от 02.04.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 17 в редакции Закона РК от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 364-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 02.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 241-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="153"/>
-[...520 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Биржевая цена</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="162"/>
+    <w:bookmarkStart w:name="z120" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Биржевая цена на товар складывается в результате котировки биржевых товаров. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z121" w:id="163"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z121" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Товарные биржи размещают котировки на биржевые товары на собственном интернет-ресурсе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10432,230 +10680,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18-1. Реестр недобросовестных участников биржевых торгов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z369" w:id="164"/>
+    <w:bookmarkStart w:name="z369" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Реестр недобросовестных участников биржевых торгов представляет собой перечень:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z370" w:id="165"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z370" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) покупателей, предоставивших недостоверную информацию по предъявляемым требованиям и (или) документам, влияющим на ценовое предложение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z371" w:id="166"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z371" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) продавцов и покупателей, не исполнивших свои обязательства по подписанию договоров по заключенным биржевым сделкам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z372" w:id="167"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z372" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) продавцов и покупателей, не исполнивших либо ненадлежащим образом исполнивших свои обязательства по заключенным с ними договорам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z373" w:id="168"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z373" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Формирование и ведение реестра недобросовестных участников биржевых торгов осуществляются антимонопольным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z374" w:id="169"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z374" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Срок нахождения в реестре составляет двадцать четыре месяца со дня принятия антимонопольным органом решения о признании их недобросовестными участниками биржевых торгов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z375" w:id="170"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z375" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о внесении участника в реестр недобросовестных участников биржевых торгов может быть обжаловано им в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z376" w:id="171"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z376" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Продавцы или покупатели, включенные в реестр недобросовестных участников биржевых торгов, не допускаются к участию в биржевых торгах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z377" w:id="172"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z377" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения, содержащиеся в реестре недобросовестных участников биржевых торгов, исключаются из указанного реестра не позднее одного рабочего дня со дня окончания срока, установленного частью первой пункта 3 настоящей статьи, а также в случае отмены решения антимонопольного органа о признании участника недобросовестным участником биржевых торгов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10674,68 +10922,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="173"/>
+    <w:bookmarkStart w:name="z122" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Деятельность брокеров, дилеров и маркет-мейкеров. Коммерческая тайна на товарной бирже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 5 - в редакции Закона РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10785,556 +11033,508 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 19 с изменением, внесенным Законом РК от 30.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="174"/>
+    <w:bookmarkStart w:name="z124" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Деятельность брокера, дилера, маркет-мейкера на товарной бирже осуществляется на основании аккредитации в товарной бирже.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъект рынка, занимающий доминирующее или монопольное положение на соответствующем товарном рынке, участвует в биржевых торгах в качестве дилера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z319" w:id="175"/>
+    <w:bookmarkStart w:name="z319" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Товарная биржа принимает решение об аннулировании аккредитации на товарной бирже в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z320" w:id="176"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z320" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) неосуществления деятельности дилера, маркет-мейкера в течение двенадцати последовательных календарных месяцев со дня аккредитации на товарной бирже;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z321" w:id="177"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z321" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принятия решения о добровольном прекращении осуществления деятельности брокера, дилера, маркет-мейкера в соответствии с законодательством Республики Казахстан на товарной бирже;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z409" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) приостановления действия лицензии, лишения (отзыва) лицензии брокера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...88 lines deleted...]
-    <w:bookmarkStart w:name="z378" w:id="178"/>
+    </w:p>
+    <w:bookmarkStart w:name="z378" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Членам товарной биржи запрещается использовать технологии автоматизированной ускоренной обработки и подачи данных и внешние программно-технические системы, скорость обращений от которых к электронной торговой системе товарной биржи составляет два и более обращения в секунду, для выставления заявок и заключения сделок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z379" w:id="179"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z379" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сделки, заключенные с использованием подобных технологий, признаются ничтожными и подлежат аннулированию товарной биржей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z380" w:id="180"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z380" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Автоматизированные программно-технические средства сбора, подготовки заявок к вводу и направления их в электронную торговую систему товарной биржи, а также получения и обработки информации из торговой системы, работающей в режиме, обеспечивающем контроль со стороны членов товарной биржи за всеми действиями, совершаемыми с ее использованием, в обязательном порядке сертифицируются решением товарной биржи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z381" w:id="181"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z381" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сделки, заключенные участниками торгов c использованием подобных программно-технических средств, не сертифицированных товарной биржей, признаются ничтожными и подлежат аннулированию товарной биржей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z382" w:id="182"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z382" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Биржевые товары по аннулированным товарной биржей сделкам повторно выставляются на торги в рамках следующей и (или) дополнительной торговой сессии с соблюдением требований настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z125" w:id="183"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z125" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Брокер, дилер и маркет-мейкер обязаны соблюдать требования, установленные настоящим Законом, иными законодательными актами Республики Казахстан, нормативными правовыми актами уполномоченного органа, внутренними документами товарной биржи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z390" w:id="184"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z390" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Брокером и дилером не может быть лицо, не имеющее безупречной деловой репутации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z126" w:id="185"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z126" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Отношения между брокером и его клиентами возникают на основании договора об оказании брокерских услуг, к которому применяются нормы гражданского законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Физическое лицо, которое прямо или косвенно владеет минимальной долей участия в уставном капитале юридического лица, а также осуществляет единоличное управление на основании имеющихся у него гражданско-правовых отношений, не может быть руководителем и (или) учредителем (соучредителем) двух и более брокеров и (или) дилеров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z383" w:id="186"/>
+    <w:bookmarkStart w:name="z383" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Взаимодействие товарной биржи и маркет-мейкера осуществляется на основании соглашения, а также внутренних документов товарной биржи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z384" w:id="187"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z384" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Маркет-мейкер участвует в биржевых торгах и осуществляет поддержание цен, спроса, предложения или объема биржевых торгов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z385" w:id="188"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z385" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Маркет-мейкер должен иметь непрерывный опыт участия в биржевых торгах в качестве дилера не менее трех лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z386" w:id="189"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z386" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Деятельность маркет-мейкера осуществляется только на биржевых торгах срочными контрактами, базовым активом которых являются биржевые товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z387" w:id="190"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z387" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Условия и ограничения деятельности маркет-мейкеров устанавливаются правилами биржевой торговли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11396,51 +11596,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 19.05.2025 </w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025); от 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -11470,330 +11690,330 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19-1. Деятельность саморегулируемой организации и членство (участие) в саморегулируемой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z255" w:id="191"/>
+    <w:bookmarkStart w:name="z255" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Саморегулируемая организация осуществляет свою деятельность в соответствии с настоящим Законом, Законом Республики Казахстан "О саморегулировании", уставом, стандартом и правилами саморегулируемой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z256" w:id="192"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z256" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Членство (участие) в саморегулируемой организации осуществляется на добровольной основе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z257" w:id="193"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z257" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Членами (участниками) саморегулируемой организации являются брокеры, дилеры и маркет-мейкеры. Брокеры, дилеры и маркет-мейкеры могут быть членами (участниками) только одной саморегулируемой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z258" w:id="194"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z258" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Условия и порядок приема в члены (участники) и прекращения членства (участия) в саморегулируемой организации определяются уставом, стандартом и правилами саморегулируемой организации, а также законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z259" w:id="195"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z259" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение об отказе в приеме в члены (участники), исключении из членов (участников) саморегулируемой организации может быть обжаловано в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z260" w:id="196"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z260" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Саморегулируемая организация обязана размещать перечень членов (участников) саморегулируемой организации на собственном интернет-ресурсе. Перечень должен содержать информацию о наименовании, фамилии, имени и отчестве (если оно указано в документе, удостоверяющем личность) руководителя и сотрудников членов (участников).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z261" w:id="197"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z261" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При смене руководителя и (или) изменении состава сотрудников членов (участников) саморегулируемая организация обновляет перечень в течение трех рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z262" w:id="198"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z262" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Контроль саморегулируемой организации за деятельностью своих членов (участников) осуществляется в порядке и на основаниях, которые установлены Законом Республики Казахстан "О саморегулировании".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z263" w:id="199"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z263" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом порядок организации и проведения проверок членов (участников) саморегулируемой организации определяется правилами саморегулируемой организации, согласованными с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z264" w:id="200"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z264" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Членство (участие) в саморегулируемой организации прекращается по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z265" w:id="201"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z265" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по заявлению брокера, дилера и маркет-мейкера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z266" w:id="202"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z266" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случае неоднократного нарушения членом (участником) настоящего Закона, правил биржевой торговли, устава, стандартов и правил саморегулируемой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z267" w:id="203"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z267" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены (участники) саморегулируемой организации, членство (участие) которых прекращено по отрицательным мотивам, а также руководители и сотрудники, нарушившие настоящий Закон, не могут принимать участие в биржевой торговле сроком не менее двух лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z268" w:id="204"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z268" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Исключение из реестра саморегулируемых организаций осуществляется в порядке и на основаниях, которые установлены законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11869,90 +12089,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Совершение сделок брокером и дилером</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="205"/>
+    <w:bookmarkStart w:name="z269" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Совершение биржевых сделок осуществляется брокером в соответствии с приказом клиента, дилером – в своих интересах и за свой счет. Виды приказов клиентов, их содержание и оформление устанавливаются внутренними документами товарной биржи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z270" w:id="206"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z270" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Исполнение приказа клиента осуществляется брокером с соблюдением условий совершения сделки, указанных в данном приказе. Если при совершении сделки возникнет необходимость изменения условий сделки, брокер обязан согласовать свои действия с клиентом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11988,230 +12208,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Взаимодействие брокера и дилера на товарной бирже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="207"/>
+    <w:bookmarkStart w:name="z132" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Товарная биржа в пределах своих полномочий регламентирует взаимоотношения брокеров и их клиентов, применяет меры к нарушителям биржевой торговли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z163" w:id="208"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z163" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Товарная биржа разрабатывает и утверждает для брокеров и дилеров типовые стандарты по предупреждению коррупции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z164" w:id="209"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z164" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Брокеры и дилеры при осуществлении своей деятельности утверждают стандарты по предупреждению коррупции и принимают соответствующие меры, в том числе по минимизации причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z165" w:id="210"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z165" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При взаимодействии с клиентами и (или) их представителями, и (или) третьими лицами, аффилированными с клиентами, брокеру запрещается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z166" w:id="211"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z166" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оказывать прямое или косвенное давление на клиентов в целях изменения их рыночного поведения при совершении биржевой сделки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z167" w:id="212"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z167" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) с целью намеренного завышения (занижения) ценовых заявок на биржевых торгах заключать договоры (подавать, отзывать заявки), не предполагающие их исполнение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z168" w:id="213"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z168" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заключать соглашения (вступать в переговоры) между двумя и более клиентами по вопросам установления либо поддержания цен, влияющих на ценообразование реализуемых биржевых товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z169" w:id="214"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z169" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) оказывать предпочтение какому-либо выборному клиенту, влекущее причинение другому клиенту имущественного и иного вреда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z170" w:id="215"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z170" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) использовать аффилированность с другими брокерами и (или) дилерами для участия в биржевых торгах, которые направлены на снижение конкурентности биржевых торгов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12322,90 +12542,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Требования к внутренним документам брокеров и дилеров и ведению учета совершаемых биржевых сделок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="216"/>
+    <w:bookmarkStart w:name="z134" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внутренние документы товарной биржи для брокеров и дилеров должны содержать условия обеспечения сохранности сведений, составляющих коммерческую тайну на товарной бирже, не допускающие их использования в интересах участников биржевой торговли, их представителей или третьих лиц. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z135" w:id="217"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z135" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Брокеры обязаны вести учет совершаемых биржевых сделок отдельно по каждому клиенту и хранить сведения об этих сделках в течение пяти лет со дня совершения сделки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12441,146 +12661,146 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Коммерческая тайна на товарной бирже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="218"/>
+    <w:bookmarkStart w:name="z137" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Коммерческая тайна включает: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) сведения о зарегистрированных участниках биржевой торговли; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) сведения о сделках, заключаемых на товарной бирже. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="219"/>
+    <w:bookmarkStart w:name="z138" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Маркет-мейкеры, брокеры, дилеры и работники товарной биржи обязаны не допускать действий (бездействия), которые могут повлечь нарушение естественного ценообразования и дестабилизацию товарного рынка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z139" w:id="220"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z139" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Лицом, располагающим информацией, составляющей коммерческую тайну, является лицо, которое в силу своего служебного положения имеет возможность доступа к указанной информации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12636,290 +12856,290 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Представление сведений о деятельности товарных бирж, составляющих коммерческую тайну</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="221"/>
+    <w:bookmarkStart w:name="z141" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Сведения, составляющие коммерческую тайну на товарной бирже, не подлежат разглашению, за исключением случаев, установленных пунктами 2 и 3 настоящей статьи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z142" w:id="222"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z142" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сведения, составляющие коммерческую тайну, могут быть представлены участнику биржевой торговли в отношении его прав либо его представителю на основании доверенности, оформленной в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z143" w:id="223"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z143" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сведения, составляющие коммерческую тайну на товарной бирже, должны быть представлены: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z144" w:id="224"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z144" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) органам дознания и предварительного следствия: по находящимся в их производстве уголовным делам с санкции прокурора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z238" w:id="225"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z238" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1) органам национальной безопасности и Службе государственной охраны Республики Казахстан с санкции прокурора по их требованию о предоставлении информации, необходимой для предупреждения, вскрытия и пресечения разведывательных и (или) подрывных акций; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z145" w:id="226"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z145" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) судам: по находящимся в их производстве делам на основании определения, постановления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z146" w:id="227"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z146" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) прокурору: на основании постановления о производстве проверки в пределах его компетенции по находящемуся у него на рассмотрении материалу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z147" w:id="228"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z147" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) государственным и частным судебным исполнителям: по находящимся в их производстве делам исполнительного производства на основании постановления судебного исполнителя, заверенного печатью органа юстиции или печатью частного судебного исполнителя и санкционированного прокурором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z148" w:id="229"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z148" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уполномоченному органу: по запросу в рамках его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z287" w:id="230"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z287" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) органам государственных доходов в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z161" w:id="231"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z161" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) уполномоченному органу по финансовому мониторингу: в целях и порядке, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z239" w:id="232"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z239" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) антимонопольному органу: в целях и порядке, предусмотренных Предпринимательским кодексом Республики Казахстан, а также по запросу в рамках его компетенции, предусмотренной настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13138,126 +13358,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="233"/>
+    <w:bookmarkStart w:name="z149" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ГОСУДАРСТВЕННЫЙ КОНТРОЛЬ В СФЕРЕ ТОВАРНЫХ БИРЖ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Государственный контроль за соблюдением законодательства Республики Казахстан о товарных биржах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z271" w:id="234"/>
+    <w:bookmarkStart w:name="z271" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль за соблюдением законодательства Республики Казахстан о товарных биржах осуществляется в форме проверки на соответствие квалификационным требованиям по выданным лицензиям, внеплановой проверки, профилактического контроля с посещением субъекта (объекта) контроля, а также профилактического контроля без посещения субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z388" w:id="235"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z388" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Государственный контроль за соблюдением товарными биржами, брокерами, клиринговыми центрами товарных бирж законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма осуществляется в форме внеплановой проверки, профилактического контроля с посещением субъекта (объекта) контроля, а также профилактического контроля без посещения субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z272" w:id="236"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z272" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственный контроль за деятельностью саморегулируемых организаций осуществляется в форме внеплановой проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13272,91 +13492,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан либо профилактического контроля без посещения субъекта (объекта) контроля в соответствии с Предпринимательским </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z273" w:id="237"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z273" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Внеплановая проверка и профилактический контроль с посещением субъекта (объекта) контроля осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z274" w:id="238"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z274" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Профилактический контроль без посещения субъекта (объекта) контроля осуществляется в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13432,51 +13652,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26. Порядок проведения проверок деятельности товарных бирж</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="239"/>
+    <w:bookmarkStart w:name="z158" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 26 исключена Законом РК от 17.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13491,308 +13711,308 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Порядок проведения профилактического контроля без посещения субъекта (объекта) контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z275" w:id="240"/>
+    <w:bookmarkStart w:name="z275" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Профилактический контроль без посещения субъекта (объекта) контроля осуществляется антимонопольным органом путем сопоставления сведений, полученных из различных источников информации, по их деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z276" w:id="241"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z276" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на них.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z277" w:id="242"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z277" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Профилактический контроль без посещения субъекта (объекта) контроля проводится путем анализа отчета, представляемого субъектами контроля, а также других сведений о деятельности субъекта контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z278" w:id="243"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z278" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае выявления нарушений по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъекта контроля в сфере товарных бирж органом контроля оформляется и направляется рекомендация в срок не позднее десяти рабочих дней со дня выявления нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z279" w:id="244"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z279" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z280" w:id="245"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z280" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нарочно – с даты отметки в рекомендации о получении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z281" w:id="246"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z281" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) почтой – заказным письмом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z282" w:id="247"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z282" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электронным способом – с даты отправки на электронный адрес субъекта контроля, указанный в письме при запросе антимонопольного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z283" w:id="248"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z283" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z284" w:id="249"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z284" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в антимонопольный орган, направивший рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем вручения рекомендации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z285" w:id="250"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z285" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z286" w:id="251"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z286" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Профилактический контроль без посещения субъекта (объекта) контроля проводится не чаще одного раза в квартал.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13848,70 +14068,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 28. Предписания антимонопольного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z298" w:id="252"/>
+    <w:bookmarkStart w:name="z298" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Предписания антимонопольного органа исполняются товарными биржами в срок, предусмотренный предписаниями, но не менее пятнадцати и не позднее тридцати календарных дней со дня их получения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13950,239 +14170,239 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="253"/>
+    <w:bookmarkStart w:name="z186" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Ответственность за нарушение законодательства Республики Казахстан о товарных биржах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="254"/>
+    <w:bookmarkStart w:name="z188" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нарушение законодательства Республики Казахстан о товарных биржах влечет ответственность в соответствии с законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30. Переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="255"/>
+    <w:bookmarkStart w:name="z190" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Товарные биржи, созданные до введения в действие настоящего Закона, обязаны в срок до 1 января 2010 года привести свою деятельность в соответствие с настоящим Законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z191" w:id="256"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z191" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Невыполнение требования пункта 1 настоящей статьи является основанием для предъявления в суд уполномоченным органом требования о ликвидации юридического лица. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 31. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="257"/>
+    <w:bookmarkStart w:name="z193" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Закон вводится в действие по истечении шести месяцев после его первого официального опубликования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z194" w:id="258"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z194" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 7 апреля 1995 года "О товарных биржах" (Ведомости Верховного Совета Республики Казахстан, 1995 г., № 3-4, ст. 26; Ведомости Парламента Республики Казахстан, 1997 г., № 11, ст. 143; 2003 г., № 15, ст. 139; 2004 г., № 23, ст. 142). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="278"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -14376,55 +14596,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>