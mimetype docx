--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="59102d7" w14:textId="59102d7">
+    <w:p w14:paraId="9d4604a" w14:textId="9d4604a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1211,156 +1211,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 366-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...104 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1437,78 +1331,164 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       градостроительный регламент территории столицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z166" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      правила управления санитарно-защитной зеленой зоной столицы и ограниченного режима деятельности на ее территории;</w:t>
+      правила управления лесопарковой зоной столицы и ограниченного режима деятельности на ее территории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z130" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нормативы регистрации по месту жительства и месту временного пребывания (проживания) на территории столицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 3) предусматривается дополнить абзацем девятым в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) согласовывает проекты договоров об отчуждении земельного участка или иного недвижимого имущества в связи с изъятием земельного участка для государственных нужд.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1664,51 +1644,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.07.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026); от 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2656,424 +2676,320 @@
         <w:t>
       19-10) разрабатывает и утверждает правила обеспечения возвратности денег собственниками квартир, нежилых помещений, парковочных мест, кладовок, связанных с ремонтом и заменой лифтов, капитальным ремонтом общего имущества объекта кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z118" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-11) организует работу жилищной инспекции по осуществлению государственного контроля в отношении субъектов контроля в пределах границ населенных пунктов на объектах социальной инфраструктуры в сферах управления жилищным фондом, газа и газоснабжения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="41"/>
+    <w:bookmarkStart w:name="z173" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-12) организует работу жилищной инспекции по осуществлению государственного контроля и надзора в отношении субъектов контроля и надзора в пределах границ населенных пунктов на объектах социальной инфраструктуры в области промышленной безопасности за соблюдением требований безопасной эксплуатации опасных технических устройств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z119" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-13) определяет городского оператора системы жизнеобеспечения жителей столицы со стопроцентным участием государства в уставном капитале;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z129" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z129" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-14) вправе при наличии средств местного бюджета осуществлять организацию и финансирование мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика и соблюдение дизайн-кода столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z131" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z131" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-15) определяет юридическое лицо со стопроцентным участием государства в уставном капитале по уборке и санитарной очистке в столице специальных трасс и прилегающих к ним отдельных участков автомобильных дорог, улиц и улично-дорожной сети;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) координирует деятельность медицинских организаций, оказывающих медицинские услуги на территории столицы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21) реализует политику в области развития и функционирования объектов внутренней торговли и бытового обслуживания; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22) осуществляет меры по обеспечению единства и сохранности объектов городского хозяйства, элементов благоустройства и развитию города; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23) исключен Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24) по согласованию с заинтересованными государственными органами определяет схемы и порядок движения транзитного автомобильного транспорта; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z64" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25) организует платные автостоянки (автопарковки); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26) утверждает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z121" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z121" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перечень улиц столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3084,310 +3000,310 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       правила организации автостоянок (автопарковок, паркингов) и определения их категорий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       правила пользования коммунальными платными автопарковками (паркингами);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="52"/>
+    <w:bookmarkStart w:name="z127" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по согласованию с уполномоченным государственным органом в области транспорта правила перевозки пассажиров и багажа автомобильным транспортом в столице;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z128" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z128" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по согласованию с заинтересованными центральными уполномоченными государственными органами правила предоставления физическими и юридическими лицами торговых, развлекательных, гостиничных, медицинских и иных услуг на территории столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) осуществляет принудительное отчуждение земельных участков и (или) иного недвижимого имущества в связи с изъятием земельного участка для государственных нужд в порядке, установленном Земельным кодексом Республики Казахстан и Законом Республики Казахстан "О государственном имуществе";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z77" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z77" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27-1) принимает решение о создании, реорганизации, ликвидации государственного предприятия на праве хозяйственного ведения в сфере обеспечения принудительного изъятия земельных участков для государственных нужд, их освобождения от зданий (строений, сооружений), а также координирует его деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) предъявляет иски в суд о принудительном изъятии земельных участков, не используемых по назначению на территории столицы, о принудительном отчуждении земельного участка или иного недвижимого имущества в связи с изъятием земельного участка для государственных нужд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) обеспечивает проведение путевых работ на судоходном участке реки Есиль в пределах административно-территориальной границы столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) разрабатывает и утверждает тарифную политику, применяемую на общественном транспорте столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) разрабатывает и утверждает правила передачи в управление объектов транспортной инфраструктуры столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) определяет компанию, осуществляющую функции управления объектами транспортной инфраструктуры столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z132" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z132" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-1) определяет юридическое лицо со стопроцентным участием государства в уставном капитале, отвечающее за организацию дорожного движения, управление парковочным пространством в столице (далее – центр организации дорожного движения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) осуществляет мероприятия по передаче в управление объектов транспортной инфраструктуры столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) разрабатывает и утверждает Правила внедрения и эксплуатации автоматизированных систем управления дорожным движением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) разрабатывает и утверждает Правила управления и эксплуатации транспортной инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3416,778 +3332,820 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="65"/>
+    <w:bookmarkStart w:name="z107" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) разрабатывает правила регулирования миграционных процессов на территории столицы в соответствии с типовыми правилами регулирования миграционных процессов в областях, городах республиканского значения и столице, утверждаемыми уполномоченным органом по вопросам миграции населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z108" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z108" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) разрабатывает градостроительный регламент территории столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z109" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z109" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) согласовывает проекты государственных нормативов (государственные нормативные документы) в области архитектурной, градостроительной и строительной деятельности, применяемых на территории столицы и пригородной зоны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) разрабатывает схемы градостроительного освоения территории столицы, разрабатываемые в реализацию генерального плана столицы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) обеспечивает координацию деятельности управляющих компаний специальных экономических зон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="68"/>
+    <w:bookmarkStart w:name="z136" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) разрабатывает и утверждает правила установки летних площадок, объектов общественного питания, объектов сферы услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z168" w:id="70"/>
-[...15 lines deleted...]
-      44) разрабатывает правила управления санитарно-защитной зеленой зоной столицы и ограниченного режима деятельности на ее территории;</w:t>
+    <w:bookmarkStart w:name="z167" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) определяет юридическое лицо со стопроцентным участием государства в уставном капитале для содержания и развития лесопарковой зоны столицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z168" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) разрабатывает правила управления лесопарковой зоной столицы и ограниченного режима деятельности на ее территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z133" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) разрабатывает нормативы регистрации по месту жительства и месту временного пребывания (проживания) на территории столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z134" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) предоставляет земельные участки в соответствии с подпунктом 4-1) пункта 2 статьи 16 Земельного кодекса Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z135" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) координирует деятельность по созданию и развитию национального ремесленничества столицы и ее инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В подпункты 43), 44) предусматриваются изменения Законом РК от 26.06.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Статью 9 предусматривается дополнить подпунктом 48) в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 01.03.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 414-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.05.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 362-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 366-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 243-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 284-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 05.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 221-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023); от 21.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 22.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026); от 26.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
-[...481 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.07.2025 </w:t>
+        <w:t xml:space="preserve"> в действие с 01.01.2026); от 15.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4275,250 +4233,250 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок с изменениями, внесенными Законом РК от 27.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 291-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="74"/>
+    <w:bookmarkStart w:name="z79" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация, оказывающая содействие социально-экономическому развитию столицы, развитию делового туризма, а также подготовке столицы к международной выставке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z80" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z80" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет выработку и внесение на рассмотрение акимата столицы предложений по проведению мероприятий, направленных на продвижение бренда столицы, и реализацию данных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z81" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z81" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оказывает услуги акимату столицы по продвижению бренда столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z82" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z82" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет привлечение инвестиций и реализацию проектов в рамках развития туристской дестинации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z83" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z83" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет развитие промышленно-инновационной деятельности в области возобновляемых источников энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z84" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z84" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) продвигает мероприятия, способствующие развитию делового туризма в столице;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z85" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z85" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) предоставляет необходимую информацию о столице местным и зарубежным туристам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z86" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z86" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет поиск, изучение, привлечение и внедрение инновационных решений в области туризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z87" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z87" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) вносит предложения по развитию туристского потенциала столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z88" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z88" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет иную деятельность, определяемую акиматом столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4614,230 +4572,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9-2. Государственное предприятие на праве хозяйственного ведения в сфере обеспечения принудительного изъятия земельных участков для государственных нужд, их освобождения от зданий (строений, сооружений)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkStart w:name="z90" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное предприятие на праве хозяйственного ведения в сфере обеспечения принудительного изъятия земельных участков для государственных нужд, их освобождения от зданий (строений, сооружений) в соответствии с Законом Республики Казахстан "О государственном имуществе":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z91" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивает уведомление собственников или негосударственных землепользователей о начале принудительного отчуждения земельного участка или иного недвижимого имущества в связи с изъятием земельного участка для государственных нужд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z92" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечивает определение рыночной стоимости земельного участка или иного недвижимого имущества, отчуждаемого в связи с изъятием земельного участка для государственных нужд, определяет размер возмещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z93" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивает подготовку сметной стоимости освобождения изымаемых земельных участков от зданий (строений, сооружений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z94" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечивает проведение переговоров, согласительных процедур с собственниками изымаемого имущества или негосударственными землепользователями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z95" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) представляет интересы акимата столицы в судах по вопросам принудительного изъятия земельных участков или иного имущества для государственных нужд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z96" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечивает за счет бюджетных средств выплату возмещения стоимости земельного участка или иного недвижимого имущества в связи с изъятием земельного участка для государственных нужд и убытков, подлежащих возмещению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z97" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) обеспечивает освобождение земельных участков от зданий (строений, сооружений).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z98" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Местный исполнительный орган столицы приобретает услуги и работы в сфере обеспечения принудительного изъятия земельных участков для государственных нужд, их освобождения от зданий (строений, сооружений) у государственного предприятия, определенного в пункте 1 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4873,490 +4831,490 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9-3. Центр организации дорожного движения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="93"/>
+    <w:bookmarkStart w:name="z138" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Центр организации дорожного движения осуществляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z139" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z139" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организацию и управление уличными, перехватывающими и коммунальными автомобильными стоянками (парковками, паркингами), специальными (охраняемыми) помещениями, площадками и стоянками, парковочными пространствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z140" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z140" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мониторинг использования паркингов и парковок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z141" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z141" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организацию деятельности, связанной с доставлением (эвакуацией) транспортных средств, задержанных в соответствии с Кодексом Республики Казахстан об административных правонарушениях, на специальные площадки и стоянки, их временным хранением, оплатой стоимости доставления (эвакуации) и хранения, возвратом транспортных средств при совершении административных правонарушений, брошенного или бесхозяйного транспортного средства, транспортных средств, признанных вещественными доказательствами, а также транспортных средств, на которые наложен арест в специальных (охраняемых) помещениях, площадках и стоянках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z142" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z142" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) управление светофорами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z143" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z143" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) разработку проектов и схем организации дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z144" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z144" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) анализ, прогноз и управление транспортными потоками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z145" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z145" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организацию функционирования интеллектуальных транспортных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z146" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z146" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) управление объектами транспортной инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z147" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z147" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) организацию мероприятий по организации дорожного движения и территориально-транспортному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z148" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z148" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) подготовку отчетов по вопросам обеспечения безопасности дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z149" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z149" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) выработку рекомендаций по обеспечению безопасности дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z150" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z150" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) разработку и реализацию мероприятий по организации дорожного движения на дорогах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z151" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z151" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) разработку рекомендаций в раздел по территориально-транспортному планированию и организации дорожного движения градостроительной документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z152" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z152" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) участие в мониторинге потерь от дорожно-транспортных происшествий и бюджетных затрат на обеспечение безопасности дорожного движения, а также эффективности принимаемых мер на снижение уровня аварийности на дорогах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z153" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z153" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) выполнение мер по снижению транспортной нагрузки на населенные пункты путем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z154" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z154" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разработки комплексных схем организации дорожного движения и программ комплексного развития транспортной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z155" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z155" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информационного обеспечения дорожного движения в городах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z156" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z156" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) организацию движения грузового тяжеловесного и крупногабаритного транспорта, в том числе администрирование его движения по улично-дорожной сети;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z157" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z157" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) согласование схем транспортного обслуживания массовых культурных, спортивных и иных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z158" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z158" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) согласование маршрутов и параметров движения общественного транспорта и расположения остановочных пунктов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z159" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z159" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Доставка (эвакуация), хранение транспортных средств, указанных в подпункте 3) пункта 1 настоящей статьи, осуществляются центром организации дорожного движения на платной основе в соответствии с правилами организации дорожного движения в городах Астане, Алматы в части, не урегулированной правилами дорожного движения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5704,70 +5662,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Архитектурная, градостроительная и строительная деятельность в столице</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="115"/>
+    <w:bookmarkStart w:name="z24" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. На территории столицы архитектурная, градостроительная и строительная деятельность должна осуществляться в соответствии с генеральным планом столицы, градостроительной и архитектурно-строительной документацией, государственными нормативами (государственными нормативными документами), требованиями к единому архитектурному облику, дизайн-коду столицы и в соответствии с законодательством Республики Казахстан об архитектурной, градостроительной и строительной деятельности в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5796,70 +5754,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="116"/>
+    <w:bookmarkStart w:name="z26" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Для рассмотрения и координации вопросов застройки территории столицы аким столицы создает градостроительный совет столицы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Градостроительный совет столицы возглавляет аким столицы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5942,70 +5900,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осуществляет иные функции в соответствии с положением о градостроительном совете. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность заседания градостроительного совета определяется акимом столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="117"/>
+    <w:bookmarkStart w:name="z101" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В целях придания единого архитектурного облика и обеспечения соблюдения дизайн-кода столицы местный исполнительный орган столицы проводит технические обследования многоквартирных жилых домов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На основании актов технических обследований местный исполнительный орган столицы определяет перечень многоквартирных жилых домов, подлежащих ремонту, направленному на придание единого архитектурного облика и обеспечение соблюдения дизайн-кода столицы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6142,186 +6100,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объединение собственников имущества многоквартирного жилого дома, субъект управления объектом кондоминиума при выборе собственниками квартир, нежилых помещений формы управления объектом кондоминиума в виде непосредственного совместного управления на основании протокола собрания собственников квартир, нежилых помещений многоквартирного жилого дома обращаются в местный исполнительный орган столицы за полной компенсацией собственникам квартир, нежилых помещений затрат, связанных с ремонтом многоквартирных жилых домов, направленным на придание единого архитектурного облика и обеспечение соблюдения дизайн-кода столицы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оплата подрядной организации за выполненный объем работ осуществляется уполномоченной организацией за счет средств, полученных от местного исполнительного органа столицы и предназначенных для полной компенсации собственниками квартир, нежилых помещений затрат, связанных с ремонтом многоквартирных жилых домов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="118"/>
+    <w:bookmarkStart w:name="z102" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Для придания единого архитектурного облика и обеспечения соблюдения дизайн-кода столицы уполномоченная организация наделена следующими полномочиями:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z103" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z103" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация ремонта многоквартирных жилых домов, направленного на придание единого архитектурного облика и обеспечения соблюдения дизайн-кода столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z104" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z104" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заключение договоров с:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объединением собственников имущества многоквартирного жилого дома, субъектом управления объектом кондоминиума при выборе собственниками квартир, нежилых помещений формы управления объектом кондоминиума в виде непосредственного совместного управления;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подрядной организацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="121"/>
+    <w:bookmarkStart w:name="z105" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оплата выполненных работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z106" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z106" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мониторинг и контроль выполняемых работ подрядными организациями в отношении общего имущества объекта кондоминиума.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6459,461 +6417,393 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>      Примечание ИЗПИ!</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12-1. Единый архитектурный облик и дизайн-код столицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Требования к единому архитектурному облику и дизайн-коду столицы распространяются на объекты дизайн-кода, к которым в том числе относятся здания и сооружения, инженерные и транспортные коммуникации, нестационарные объекты, объекты инфраструктуры столицы, их комплексы в жилых, общественных, промышленных, рекреационных и других функциональных зонах столицы, объекты незавершенного строительства, улично-дорожная сеть, а также объекты внешнего оформления, освещения и иллюминации, объекты рекламы, вывески и указатели.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z162" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Организация, градостроительное планирование развития и застройки территории столицы осуществляются с учетом требований к единому архитектурному облику и дизайн-коду столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z163" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Строительство, расширение, модернизация, техническое перевооружение, реконструкция, реставрация, ремонт, консервация и постутилизация, временное или постоянное размещение объектов дизайн-кода, а также организация данных видов работ, инженерная подготовка территории, благоустройство, озеленение и внешнее оформление осуществляются в соответствии с требованиями к единому архитектурному облику и дизайн-коду столицы в порядке, предусмотренном правилами администрирования дизайн-кода столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z164" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Оценку соблюдения требований к единому архитектурному облику и дизайн-коду столицы осуществляет организация, ответственная за формирование и администрирование дизайн-кода столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z165" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При организации городской инфраструктуры должна обеспечиваться доступная среда, выражающаяся в надлежащем состоянии дорожно-транспортной и социальной инфраструктуры столицы, обеспечивающей комфортный доступ к ней всех категорий граждан, включая участников дорожного движения, лиц с инвалидностью, несовершеннолетних и пенсионеров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 12-1 в соответствии с Законом от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12-2. Особенности режима лесопарковой зоны столицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Под лесопарковой зоной столицы признаются земли в пределах территории столицы, предназначенные и выполняющие защитные, оздоровительные и рекреационные функции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z171" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Решение об установлении и изменении границ лесопарковой зоны столицы принимается Правительством Республики Казахстан по представлению местного исполнительного органа столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z172" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. На землях лесопарковой зоны столицы запрещаются осуществление любой деятельности, отрицательно влияющей на состояние и восстановление экологической системы, растений, животных и других организмов, в том числе выпас и прогон сельскохозяйственных животных, складирование мусора, нарушение почвенного покрова, охота, незаконный отлов, изъятие и умерщвление животных, нарушение среды и условий их обитания, иная деятельность, которая может повлечь изменение ее естественного облика или нарушение устойчивости экологических систем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 12-2 в соответствии с Законом РК от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.10.2025); в редакции Закона РК от 26.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
-      </w:r>
-[...336 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.10.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7597,55 +7487,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>