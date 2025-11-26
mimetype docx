--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="131bafe" w14:textId="131bafe">
+    <w:p w14:paraId="5b975ed" w14:textId="5b975ed">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8229,522 +8229,370 @@
       4) рассматривать запросы по применению международных и национальных стандартов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заключить соглашения о взаимодействии с одной или несколькими организациями по сертификации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) требовать соблюдения бухгалтерскими организациями и профессиональными бухгалтерами, осуществляющими предпринимательскую деятельность в сфере бухгалтерского учета, являющимися ее членами, Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сообщать уполномоченному органу по финансовому мониторингу сведения о нарушении бухгалтерскими организациями и профессиональными бухгалтерами, осуществляющими предпринимательскую деятельность в сфере бухгалтерского учета, являющимися ее членами, Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Организация по сертификации обязана:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать законодательство Республики Казахстан о бухгалтерском учете и финансовой отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять в уполномоченный орган отчетность о своей деятельности в установленном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предоставлять информацию о принятых мерах по полному устранению нарушений и недостатков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проводить экзамены по экзаменационным модулям, соответствующим законодательству Республики Казахстан о бухгалтерском учете и финансовой отчетности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...30 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 28.12.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 12.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 393-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219-VIII</w:t>
-      </w:r>
-[...414 lines deleted...]
-        <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>