--- v1 (2025-11-26)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b975ed" w14:textId="5b975ed">
+    <w:p w14:paraId="b779593" w14:textId="b779593">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,78 +100,73 @@
         </w:rPr>
         <w:t>О бухгалтерском учете и финансовой отчетности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон Республики Казахстан от 28 февраля 2007 года N 234.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      В редакции от: 19.06.2024</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Вниманию пользователей!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
@@ -186,70 +181,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>оглавление</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Настоящий Закон регулирует систему бухгалтерского учета и финансовой отчетности в Республике Казахстан, устанавливает принципы, основные качественные характеристики и правила ведения бухгалтерского учета и составления финансовой отчетности. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...16 lines deleted...]
-      Настоящий Закон регулирует систему бухгалтерского учета и финансовой отчетности в Республике Казахстан, устанавливает принципы, основные качественные характеристики и правила ведения бухгалтерского учета и составления финансовой отчетности. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -267,430 +258,849 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Основные понятия, используемые в настоящем Законе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...376 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для целей настоящего Закона используются следующие основные понятия: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аккредитация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – признание уполномоченным органом правомочий профессиональных организаций бухгалтеров и организаций по профессиональной сертификации бухгалтеров, предусмотренных настоящим Законом, подтвержденных свидетельством по форме, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>первичные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учетные документы (далее - первичные документы) - документальное свидетельство как на бумажном, так и на электронном носителе факта совершения операции или события и права на ее совершение, на основании которого ведется бухгалтерский учет; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) аккредитованная организация по профессиональной сертификации бухгалтеров (далее – организация по сертификации) – юридическое лицо, осуществляющее сертификацию кандидатов в профессиональные бухгалтеры, аккредитованное в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аккредитации профессиональных организаций, организаций по сертификации (далее – правила аккредитации);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) аккредитованная профессиональная организация бухгалтеров (далее – профессиональная организация) – некоммерческая организация, являющаяся объединением бухгалтеров и (или) бухгалтерских организаций, аккредитованная в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аккредитации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>регистры бухгалтерского учета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - формы для обобщения, систематизации и накопления информации, содержащейся в принятых к учету первичных документах, для ее отражения в системе бухгалтерского учета и финансовой отчетности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) бухгалтерская организация - организация, предоставляющая услуги в сфере бухгалтерского учета, являющаяся членом профессиональной организации; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-1) дочерняя организация – организация, которая в соответствии с международными стандартами признается как подконтрольная основной организации и представляет финансовую отчетность основной организации для составления консолидированной финансовой отчетности по международным стандартам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) организации публичного интереса – финансовые организации (за исключением юридических лиц, осуществляющих деятельность исключительно через обменные пункты на основании лицензии Национального Банка Республики Казахстан на обменные операции с наличной иностранной валютой, кредитных товариществ и ломбардов, созданных в форме хозяйственного товарищества, а также микрофинансовых организаций, созданных в форме хозяйственного товарищества, не предоставляющих беззалоговые микрокредиты, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 3-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан "О микрофинансовой деятельности), фонды целевого капитала, акционерные общества (за исключением некоммерческих), организации-недропользователи (кроме организаций, добывающих общераспространенные полезные ископаемые), хлебоприемные предприятия, застройщики в сфере долевого участия в жилищном строительстве, уполномоченные компании, осуществляющие деятельность в соответствии с законодательством Республики Казахстан о долевом участии в жилищном строительстве, государственные предприятия, основанные на праве хозяйственного ведения, субъекты государственной монополии, специального права, а также организации, в уставных капиталах которых имеется доля участия государства, и дочерние, зависимые и иные юридические лица, являющиеся аффилированными с ними в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) профессиональный бухгалтер – физическое лицо, имеющее сертификат профессионального бухгалтера, являющееся членом профессиональной организации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-1) Кодекс этики профессиональных бухгалтеров (далее – Кодекс этики) – свод этических правил поведения профессиональных бухгалтеров, бухгалтерских и профессиональных организаций при осуществлении ими профессиональной деятельности, выпущенный Международной федерацией бухгалтеров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) сертификат профессионального бухгалтера (далее - сертификат) - документ, выданный организацией по сертификации, удостоверяющий профессиональную квалификацию бухгалтера;  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 10) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>депозитарий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> финансовой отчетности (далее – депозитарий) – электронная база данных, содержащая годовую финансовую отчетность и аудиторские отчеты, ежегодно сдаваемые организациями, списки аффилированных лиц акционерных обществ, а также информацию о корпоративных событиях акционерных обществ, с открытым для пользователей доступом;  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандарт финансовой отчетности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - документ, устанавливающий принципы и методы ведения бухгалтерского учета и составления финансовой отчетности;  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) национальные стандарты финансовой отчетности (далее - национальные стандарты) - стандарты финансовой отчетности, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом;  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) международные стандарты финансовой отчетности (далее – международные стандарты) и международный стандарт финансовой отчетности для организаций малого и среднего бизнеса (далее – международный стандарт для малого и среднего бизнеса) – стандарты финансовой отчетности, выпущенные Фондом по международным стандартам финансовой отчетности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-1) основная организация – организация, которая в соответствии с международными стандартами признается как контролирующая одну и более дочерние организации и представляет консолидированную финансовую отчетность по международным стандартам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - центральный государственный орган, осуществляющий регулирование деятельности в сфере бухгалтерского учета и финансовой отчетности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 28.12.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1040,8480 +1450,9484 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сфера действия настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Действие настоящего Закона распространяется на: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       индивидуальных предпринимателей; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      юридические лица, филиалы, представительства и постоянные учреждения иностранных юридических лиц, зарегистрированные на территории Республики Казахстан в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан (далее - организации).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Индивидуальные предприниматели вправе не осуществлять ведение бухгалтерского учета (кроме составления и хранения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>первичных документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) и составление финансовой отчетности при соответствии одновременно следующим условиям:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) применяют в соответствии с налоговым законодательством Республики Казахстан специальный налоговый режим на основе упрощенной декларации, и доход за календарный год у которых не превышает 135000-кратный размер месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год и действующего на 1 января соответствующего финансового года;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не состоят на регистрационном учете по налогу на добавленную стоимость;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не являются субъектами естественных монополий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При несоответствии одному из условий, указанных в настоящем пункте, индивидуальный предприниматель обязан осуществлять ведение бухгалтерского учета и составление финансовой отчетности с месяца, следующего за месяцем, в котором возникло такое несоответствие.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный предприниматель, соответствующий условиям, указанным в настоящем пункте, и самостоятельно принявший решение о ведении бухгалтерского учета и финансовой отчетности, вправе осуществлять ведение такого учета с месяца, следующего за месяцем, в котором принято такое решение.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Субъекты малого предпринимательства, а также юридические лица, осуществляющие деятельность исключительно через обменные пункты на основании лицензии Национального Банка Республики Казахстан на обменные операции с наличной иностранной валютой, осуществляют составление финансовой отчетности в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>национальным стандартом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, если иное не предусмотрено настоящей статьей.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Субъекты среднего предпринимательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, а также государственные предприятия, основанные на праве оперативного управления (казенные предприятия), составляют финансовую отчетность в соответствии с международным стандартом для малого и среднего бизнеса, если иное не предусмотрено настоящей статьей.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-2. Субъекты малого и среднего предпринимательства, являющиеся организациями, осуществляющими микрофинансовую деятельность, не относящиеся к организациям публичного интереса, осуществляют ведение бухгалтерского учета и составление финансовой отчетности в соответствии с международным стандартом для малого и среднего бизнеса и нормативными правовыми актами Национального Банка Республики Казахстан по вопросам бухгалтерского учета и финансовой отчетности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Субъекты крупного предпринимательства и организации публичного интереса обязаны составлять финансовую отчетность в соответствии с международными стандартами. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Финансовые организации (за исключением организаций, осуществляющих микрофинансовую деятельность, являющихся субъектами малого и среднего предпринимательства, не относящихся к организациям публичного интереса) осуществляют ведение бухгалтерского учета и составление финансовой отчетности в соответствии c международными стандартами и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нормативными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правовыми актами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Национального Банка Республики Казахстан по вопросам бухгалтерского учета и финансовой отчетности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специальные финансовые компании и исламские специальные финансовые компании осуществляют ведение бухгалтерского учета и составление финансовой отчетности в соответствии c международными стандартами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Филиалы банков – нерезидентов Республики Казахстан, филиалы страховых (перестраховочных) организаций – нерезидентов Республики Казахстан, филиалы страховых брокеров – нерезидентов Республики Казахстан осуществляют ведение бухгалтерского учета и составление отчетности по данным бухгалтерского учета в соответствии c международными стандартами и нормативными правовыми актами Национального Банка Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. По решению руководящих органов, утвердивших учетную политику:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организации, указанные в пункте 3 настоящей статьи, вправе составлять финансовую отчетность в соответствии с международными стандартами или международным стандартом для малого и среднего бизнеса;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) организации, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктах 3-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи, вправе составлять финансовую отчетность в соответствии с международными стандартами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 2 с изменениями, внесенными законами РК от 10.12.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 101-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2009); от 21.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 467-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2012); от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 28.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2022); от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законодательство Республики Казахстан о бухгалтерском учете и финансовой отчетности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Законодательство Республики Казахстан о бухгалтерском учете и финансовой отчетности основывается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и состоит из настоящего Закона и иных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нормативных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правовых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>актов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      юридические лица, филиалы, представительства и постоянные учреждения иностранных юридических лиц, зарегистрированные на территории Республики Казахстан в соответствии с законодательством Республики Казахстан (далее - организации).</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. СИСТЕМА БУХГАЛТЕРСКОГО УЧЕТА И ФИНАНСОВОЙ ОТЧЕТНОСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2. Индивидуальные предприниматели вправе не осуществлять ведение бухгалтерского учета (кроме составления и хранения первичных документов) и составление финансовой отчетности при соответствии одновременно следующим условиям:</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель бухгалтерского учета и финансовой отчетности </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve">      Целью бухгалтерского учета и финансовой отчетности является обеспечение заинтересованных лиц полной и достоверной информацией о финансовом положении, результатах деятельности и изменениях в финансовом положении индивидуальных предпринимателей и организаций. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4-1. Задача регулирования в сфере бухгалтерского учета и финансовой отчетности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Задачей регулирования в сфере бухгалтерского учета и финансовой отчетности является установление правовой основы для обеспечения достоверной информацией заинтересованных лиц.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) применяют в соответствии с налоговым законодательством Республики Казахстан специальные налоговые режимы для субъектов малого бизнеса;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 4-1 в соответствии с Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принципы и основные качественные характеристики бухгалтерского учета и финансовой отчетности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Принципами ведения бухгалтерского учета и составления финансовой отчетности являются начисление и непрерывность. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Основными качественными характеристиками финансовой отчетности являются понятность, уместность, надежность и сопоставимость. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) не состоят на регистрационном учете по налогу на добавленную стоимость;</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Система бухгалтерского учета </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Бухгалтерский учет представляет собой упорядоченную систему сбора, регистрации и обобщения информации об операциях и событиях индивидуальных предпринимателей и организаций, регламентированную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о бухгалтерском учете и финансовой отчетности, а также </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учетной политикой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Учетная политика представляет собой конкретные принципы, основы, положения, правила и практику, принятые к применению индивидуальным предпринимателем или организацией для ведения бухгалтерского учета и составления финансовой отчетности в соответствии с требованиями законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности, международными или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>национальными стандартами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, международным стандартом для малого и среднего бизнеса и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>типовым планом счетов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бухгалтерского учета, исходя из их потребностей и особенностей деятельности. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Операции и события отражаются в системе бухгалтерского учета, при этом должны обеспечиваться: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) адекватное подкрепление бухгалтерских записей оригиналами первичных документов и отражение в бухгалтерских записях всех операций и событий; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) не являются субъектами естественных монополий.</w:t>
+      2) хронологическая и своевременная регистрация операций и событий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) приведение в соответствие синтетического (итогового) учета с аналитическим (детальным).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Операции и события отражаются на синтетических счетах способом двойной записи на основании плана счетов бухгалтерского учета организаций, соответствующего типовому плану счетов бухгалтерского учета, утвержденному уполномоченным органом и (или) Национальным Банком Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Порядок ведения аналитического учета операций и событий устанавливается индивидуальным предпринимателем или должностными лицами юридического лица (далее - руководство), которые в соответствии с законодательными актами Республики Казахстан и учредительными документами осуществляют текущее руководство и ведение дел, исходя из потребностей индивидуального предпринимателя или организации. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Индивидуальные предприниматели и организации обеспечивают ведение бухгалтерского учета и составление финансовой отчетности на государственном и (или) русском языках. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 05.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бухгалтерская документация</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При несоответствии одному из условий, указанных в настоящем пункте, индивидуальный предприниматель обязан осуществлять ведение бухгалтерского учета и составление финансовой отчетности с месяца, следующего за месяцем, в котором возникло такое несоответствие.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      До 1 января 2013 года по тексту статьи 7 Закона Республики Казахстан "О бухгалтерском учете и финансовой отчетности" слова "идентификационный номер" считать словами "регистрационный номер налогоплательщика" в соответствии с Законом РК от 05.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Бухгалтерская документация включает в себя первичные документы, регистры бухгалтерского учета, финансовую отчетность и учетную политику. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бухгалтерские записи производятся на основании первичных документов. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Формы или требования к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>первичным документам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, применяемым для оформления операций или событий, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждаются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом и (или) Национальным Банком Республики Казахстан в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Первичные документы как на бумажных, так и на электронных носителях, формы которых или требования к которым не утверждены в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи, индивидуальные предприниматели и организации разрабатывают самостоятельно либо применяют формы или требования, утвержденные в соответствии с законодательством Республики Казахстан, или применяют к учету формы, представленные физическими лицами – нерезидентами или юридическими лицами – нерезидентами, не зарегистрированными на территории Республики Казахстан, которые должны содержать следующие обязательные реквизиты:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование документа (формы);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дату составления;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование организации или фамилию и инициалы индивидуального предпринимателя, от имени которых составлен документ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) содержание операции или события;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) единицы измерения операции или события (в количественном и стоимостном выражении);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование должностей, фамилии, инициалы и подписи лиц, ответственных за совершение операции (подтверждение события) и правильность ее (его) оформления;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) идентификационный номер.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. В зависимости от характера операции или события, требований нормативных правовых актов Республики Казахстан и способа обработки учетной информации, если это не противоречит законодательству Республики Казахстан, в первичные документы могут быть включены дополнительные реквизиты.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Первичные документы должны быть составлены в момент совершения операции или события либо непосредственно после их окончания.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Информация, содержащаяся в принятых к учету первичных документах, накапливается и систематизируется в регистрах бухгалтерского учета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Данные регистров бухгалтерского учета в сгруппированном виде переносятся в финансовую отчетность. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. При составлении первичных документов и регистров бухгалтерского учета на электронных носителях индивидуальные предприниматели и организации должны изготовить копии таких документов на бумажных носителях для других участников операций, а также по требованию государственных органов, которым такое право требования предоставлено в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Внесение исправлений в кассовые и банковские первичные документы не допускается. В остальные первичные документы исправления могут вноситься лишь по согласованию с участниками операций, что должно быть подтверждено подписями тех же лиц, которые подписали документы с указанием даты внесения исправлений. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 05.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении одного года со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Индивидуальный предприниматель, соответствующий условиям, указанным в настоящем пункте, и самостоятельно принявший решение о ведении бухгалтерского учета и финансовой отчетности, вправе осуществлять ведение такого учета с месяца, следующего за месяцем, в котором принято такое решение.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Организация бухгалтерского учета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Руководство или индивидуальный предприниматель: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) согласовывает и (или) утверждает учетную политику; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      3. Субъекты малого предпринимательства, а также юридические лица, осуществляющие деятельность исключительно через обменные пункты на основании лицензии Национального Банка Республики Казахстан на обменные операции с наличной иностранной валютой, осуществляют составление финансовой отчетности в соответствии с национальным стандартом, если иное не предусмотрено настоящей статьей.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+      2) обеспечивает организацию бухгалтерского учета, в том числе наличие утвержденных внутренних документов, регламентирующих порядок отражения в бухгалтерском учете всех совершаемых организацией операций.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Руководство или индивидуальный предприниматель может в зависимости от объема учетной работы: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) учредить бухгалтерскую службу как структурное подразделение, возглавляемое главным бухгалтером; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ввести в штат должность главного бухгалтера; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) передать на договорной основе ведение бухгалтерского учета и составление финансовой отчетности бухгалтерской или аудиторской организации или профессиональному бухгалтеру; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1. Субъекты среднего предпринимательства, а также государственные предприятия, основанные на праве оперативного управления (казенные предприятия), составляют финансовую отчетность в соответствии с международным стандартом для малого и среднего бизнеса, если иное не предусмотрено настоящей статьей.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+      4) вести бухгалтерский учет лично.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-2. Субъекты малого и среднего предпринимательства, являющиеся организациями, осуществляющими микрофинансовую деятельность, не относящиеся к организациям публичного интереса, осуществляют ведение бухгалтерского учета и составление финансовой отчетности в соответствии с международным стандартом для малого и среднего бизнеса и нормативными правовыми актами Национального Банка Республики Казахстан по вопросам бухгалтерского учета и финансовой отчетности.</w:t>
-[...28 lines deleted...]
-      </w:pPr>
+      На ведомства Национального Банка Республики Казахстан и государственные исламские специальные финансовые компании действие подпунктов 1), 2), 3) и 4) настоящего пункта не распространяются.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Финансовые организации (за исключением организаций, осуществляющих микрофинансовую деятельность, являющихся субъектами малого и среднего предпринимательства, не относящихся к организациям публичного интереса) осуществляют ведение бухгалтерского учета и составление финансовой отчетности в соответствии c международными стандартами и нормативными правовыми актами Национального Банка Республики Казахстан по вопросам бухгалтерского учета и финансовой отчетности.</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+      Ведение бухгалтерского учета и составление финансовой отчетности государственных исламских специальных финансовых компаний осуществляет центральный уполномоченный орган по исполнению бюджета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На организации публичного интереса, филиалы банков – нерезидентов Республики Казахстан, филиалы страховых (перестраховочных) организаций – нерезидентов Республики Казахстан, филиалы страховых брокеров – нерезидентов Республики Казахстан действие подпунктов 3) и 4) настоящего пункта не распространяется. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При передаче на договорной основе ведения бухгалтерского учета и составления финансовой отчетности должны соблюдаться требования, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Специальные финансовые компании и исламские специальные финансовые компании осуществляют ведение бухгалтерского учета и составление финансовой отчетности в соответствии c международными стандартами.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 05.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 16.12.2020); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Филиалы банков – нерезидентов Республики Казахстан, филиалы страховых (перестраховочных) организаций – нерезидентов Республики Казахстан, филиалы страховых брокеров – нерезидентов Республики Казахстан осуществляют ведение бухгалтерского учета и составление отчетности по данным бухгалтерского учета в соответствии c международными стандартами и нормативными правовыми актами Национального Банка Республики Казахстан.</w:t>
-[...38 lines deleted...]
-      1) организации, указанные в пункте 3 настоящей статьи, вправе составлять финансовую отчетность в соответствии с международными стандартами или международным стандартом для малого и среднего бизнеса;</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> настоящей статьи, вправе составлять финансовую отчетность в соответствии с международными стандартами.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель бухгалтерской службы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Руководителем бухгалтерской службы (далее - главный бухгалтер) является главный бухгалтер или другое должностное лицо, обеспечивающее ведение бухгалтерского учета, составление и представление финансовой отчетности, формирование учетной политики. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На должность главного бухгалтера организации публичного интереса, филиала банка – нерезидента Республики Казахстан, филиала страховой (перестраховочной) организации – нерезидента Республики Казахстан, филиала страхового брокера – нерезидента Республики Казахстан назначается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>профессиональный бухгалтер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 2 с изменениями, внесенными законами РК от 10.12.2008 </w:t>
-[...119 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 03.07.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменением, внесенным Законом РК от 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 3</w:t>
+        <w:t>Статья 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Законодательство Республики Казахстан о бухгалтерском учете и финансовой отчетности </w:t>
+        <w:t xml:space="preserve">Право подписи бухгалтерских документов </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Руководство или индивидуальный предприниматель определяет лиц, имеющих право подписи бухгалтерских документов. При этом может быть установлена иерархия права подписи в зависимости от занимаемой лицом должности, размеров денежных сумм, сферы действия и сущности операции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Индивидуальные предприниматели или организации, использующие электронные подписи, должны установить надлежащие меры предосторожности и контроля, касающиеся права использования и доступа к электронным подписям, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      1. Законодательство Республики Казахстан о бухгалтерском учете и финансовой отчетности основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хранение бухгалтерской документации </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="27"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">Цель бухгалтерского учета и финансовой отчетности </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Индивидуальные предприниматели и организации обязаны хранить первичные документы, регистры бухгалтерского учета на бумажных и (или) электронных носителях, финансовую отчетность, учетную политику, программы электронной обработки учетных данных в течение периода, установленного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Целью бухгалтерского учета и финансовой отчетности является обеспечение заинтересованных лиц полной и достоверной информацией о финансовом положении, результатах деятельности и изменениях в финансовом положении индивидуальных предпринимателей и организаций. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тайна бухгалтерской информации </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Содержание первичных документов и регистров бухгалтерского учета является информацией, составляющей коммерческую тайну, доступ к которой предоставляется лишь лицам, которые имеют разрешение руководства или индивидуального предпринимателя, а также должностным лицам государственных органов в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Лица, имеющие доступ к указанным документам, обязаны не разглашать содержащуюся в них информацию без согласия их владельца и не имеют права использовать ее в личных интересах. Лица, имеющие доступ к информации, составляющей коммерческую тайну, несут ответственность за ее разглашение в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ФИНАНСОВАЯ ОТЧЕТНОСТЬ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Элементы финансовой отчетности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Элементами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> финансовой отчетности, связанными с оценкой финансового положения, являются активы, обязательства и капитал. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Активы - ресурсы, контролируемые индивидуальным предпринимателем или организацией в результате прошлых событий, от которых ожидается получение будущих экономических выгод. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Обязательство - существующая обязанность индивидуального предпринимателя или организации, возникающая из прошлых событий, урегулирование которой приведет к выбытию ресурсов, содержащих экономические выгоды. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Капитал - доля в активах индивидуального предпринимателя или организации, остающаяся после вычета всех обязательств. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Элементами, непосредственно связанными с измерениями результатов деятельности в отчете о прибылях и убытках, являются доходы и расходы. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Доходы - увеличение экономических выгод в течение отчетного периода в форме притока или прироста активов или уменьшения обязательств, которые приводят к увеличению капитала, отличному от увеличения, связанного с взносами лиц, участвующих в капитале. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расходы - уменьшение экономических выгод в течение отчетного периода в форме оттока или уменьшения активов или возникновения обязательств, которые приводят к уменьшению капитала, отличному от уменьшения, связанного с распределением лицам, участвующим в капитале.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 4-1. Задача регулирования в сфере бухгалтерского учета и финансовой отчетности</w:t>
+        <w:t>Статья 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценка и учет элементов финансовой отчетности </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="29"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Оценка элементов финансовой отчетности - определение денежных сумм, по которым данные элементы признаются и фиксируются в бухгалтерском учете и финансовой отчетности. Методы и порядок применения оценок устанавливаются в соответствии с международными стандартами, международным стандартом для малого и среднего бизнеса и требованиями законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Методы учета и порядок признания элементов финансовой отчетности устанавливаются в соответствии с международными стандартами, международным стандартом для малого и среднего бизнеса и требованиями законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 4-1 в соответствии с Законом РК от 01.07.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными Законом РК от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 5</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Статья 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принципы и основные качественные характеристики бухгалтерского учета и финансовой отчетности </w:t>
+        <w:t xml:space="preserve">Финансовая отчетность </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...67 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Финансовая отчетность представляет собой информацию о финансовом положении, результатах деятельности и изменениях в финансовом положении индивидуального предпринимателя или организации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Финансовая отчетность, за исключением отчетности государственных учреждений, включает в себя: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) бухгалтерский баланс; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) отчет о прибылях и убытках; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) отчет о движении денежных средств; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) отчет об изменениях в капитале; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) пояснительную записку. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Порядок составления финансовой отчетности и дополнительные требования к ней устанавливаются в соответствии с международными стандартами, международным стандартом для малого и среднего бизнеса и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требованиями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о бухгалтерском учете и финансовой отчетности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Объем, формы и порядок составления финансовой отчетности государственных учреждений, за исключением Национального Банка Республики Казахстан и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, устанавливаются бюджетным законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Финансовая отчетность подписывается руководством и главным бухгалтером организации, индивидуальным предпринимателем.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Бухгалтерский учет представляет собой упорядоченную систему сбора, регистрации и обобщения информации об операциях и событиях индивидуальных предпринимателей и организаций, регламентированную законодательством Республики Казахстан о бухгалтерском учете и финансовой отчетности, а также учетной политикой.</w:t>
-[...58 lines deleted...]
-      1) адекватное подкрепление бухгалтерских записей оригиналами первичных документов и отражение в бухгалтерских записях всех операций и событий; </w:t>
+      Финансовая отчетность организации, в которой бухгалтерский учет ведется бухгалтерской организацией или профессиональным бухгалтером, подписывается руководством, а также руководителем бухгалтерской организации или профессиональным бухгалтером.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансовая отчетность организации публичного интереса подписывается руководством и главным бухгалтером, являющимся профессиональным бухгалтером.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 04.12.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Международные стандарты финансовой отчетности и Кодекс этики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Составление финансовой отчетности осуществляется организациями в соответствии с международными стандартами и международным стандартом для малого и среднего бизнеса.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Международные стандарты и международный стандарт для малого и среднего бизнеса могут быть опубликованы на государственном языке и, при необходимости, на русском языке организацией, имеющей письменное разрешение на их официальный перевод и (или) публикацию в Республике Казахстан от Фонда международных стандартов финансовой отчетности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Профессиональные бухгалтеры, бухгалтерские и профессиональные организации обязаны осуществлять свою деятельность в соответствии с Кодексом этики. Кодекс этики может быть опубликован на государственном языке и, при необходимости, на русском языке организацией, имеющей письменное разрешение на его официальный перевод и (или) публикацию в Республике Казахстан от Международной федерации бухгалтеров.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) хронологическая и своевременная регистрация операций и событий;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 в редакции Закона РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      3) приведение в соответствие синтетического (итогового) учета с аналитическим (детальным).</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Консолидированная финансовая отчетность </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="35"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Организации, имеющие дочерние организации, кроме финансовой отчетности по деятельности основной организации, обязаны составлять и представлять консолидированную финансовую отчетность в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о бухгалтерском учете и финансовой отчетности. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 7</w:t>
+        <w:t>Статья 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Бухгалтерская документация</w:t>
+        <w:t xml:space="preserve">Отчетный период </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Отчетным периодом является период, за который организацией представляется финансовая отчетность. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетным периодом для годовой финансовой отчетности является календарный год, начиная с 1 января по 31 декабря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Первый отчетный год для вновь созданной организации начинается с момента ее государственной регистрации по 31 декабря того же года. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными Законом РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Представление финансовой отчетности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Организации представляют финансовую отчетность: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) учредителям (участникам) в соответствии с учредительными документами; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченному органу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в области государственной статистики по месту государственной регистрации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) органам государственного контроля и надзора Республики Казахстан в соответствии с их компетенцией;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) своей основной организации, по отношению к которой они являются дочерними, в порядке, определяемом основной организацией, включая перечень, формы и сроки. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Финансовая отчетность представляется в национальной валюте Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Организации, за исключением организаций, на которые распространяются требования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи, представляют годовые финансовые отчеты не позднее 30 апреля года, следующего за отчетным.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-1. Финансовые организации (за исключением юридических лиц, осуществляющих деятельность исключительно через обменные пункты на основании лицензии Национального Банка Республики Казахстан на обменные операции с наличной иностранной валютой, и юридических лиц, исключительной деятельностью которых является инкассация банкнот, монет и ценностей) представляют годовые финансовые отчеты в сроки, установленные Национальным Банком Республики Казахстан по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. В пределах срока, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, учредители (участники) вправе определять сроки представления промежуточной финансовой отчетности и устанавливать иную периодичность, но не реже одного раза в год.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1. Для обеспечения прозрачности и достоверности данных, включаемых в консолидированную финансовую отчетность, основная организация вправе определять порядок применения дочерними организациями единой учетной политики, инвентаризации имущества дочерних организаций и другие вопросы, связанные с прозрачностью и достоверностью данных финансовой отчетности дочерних организаций.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Представление консолидированной финансовой отчетности производится в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 4-1 настоящей статьи.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен Законом РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. По решению Правительства Республики Казахстан создается депозитарий для организаций публичного интереса, которые обязаны сдавать в него финансовую отчетность в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определенном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание РЦПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными законами РК от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 28.12.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 539-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.11.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 57-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 19-1. Представление отчетности по данным бухгалтерского учета филиалами банков – нерезидентов Республики Казахстан, филиалами страховых (перестраховочных) организаций – нерезидентов Республики Казахстан, филиалами страховых брокеров – нерезидентов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Филиалы банков – нерезидентов Республики Казахстан, филиалы страховых (перестраховочных) организаций – нерезидентов Республики Казахстан, филиалы страховых брокеров – нерезидентов Республики Казахстан представляют отчетность по данным бухгалтерского учета в сроки, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нормативными правовыми актами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Национального Банка Республики Казахстан по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 19-1 в соответствии с Законом РК от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. РЕГУЛИРОВАНИЕ СИСТЕМЫ БУХГАЛТЕРСКОГО УЧЕТА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>И ФИНАНСОВОЙ ОТЧЕТНОСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственное регулирование системы бухгалтерского учета и финансовой отчетности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Государственное регулирование системы бухгалтерского учета и финансовой отчетности в Республике Казахстан осуществляется Президентом Республики Казахстан, Правительством Республики Казахстан и уполномоченным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1. Правительство Республики Казахстан выполняет функции, возложенные на него Конституцией, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Государственное регулирование системы бухгалтерского учета и финансовой отчетности в государственных учреждениях, кроме Национального Банка Республики Казахстан и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, устанавливается бюджетным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Государственное регулирование системы бухгалтерского учета и финансовой отчетности в Национальном Банке Республики Казахстан и его ведомствах осуществляется Советом директоров Национального Банка Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственное регулирование системы бухгалтерского учета и финансовой отчетности в уполномоченном органе по регулированию, контролю и надзору финансового рынка и финансовых организаций осуществляется уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций посредством разработки и утверждения по согласованию с Национальным Банком Республики Казахстан:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) порядка ведения бухгалтерского учета в уполномоченном органе по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) типового плана счетов бухгалтерского учета и форм финансовой отчетности уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Государственное регулирование системы бухгалтерского учета и финансовой отчетности в финансовых организациях, филиалах банков-нерезидентов Республики Казахстан, филиалах страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, филиалах страховых брокеров-нерезидентов Республики Казахстан, Банке Развития Казахстана осуществляется Национальным Банком Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирует и реализует государственную политику в сфере бухгалтерского учета и финансовой отчетности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает и утверждает нормативные правовые акты Республики Казахстан в сфере бухгалтерского учета и финансовой отчетности в соответствии с целью и задачей настоящего Закона и законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) Исключен Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) Исключен Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) обеспечивает с учетом предложений консультативного органа в случае наличия противоречий законодательства Республики Казахстан по вопросам бухгалтерского учета и финансовой отчетности требованиям международных стандартов, международного стандарта для малого и среднего бизнеса внесение соответствующих изменений в законодательство Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) Исключен Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) исключен Законом РК от 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) исключен Законом РК от 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) рассматривает предложения консультативного органа о разработке проектов нормативных правовых актов Республики Казахстан по вопросам бухгалтерского учета и финансовой отчетности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) проводит аккредитацию профессиональных организаций, организаций по сертификации; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) разрабатывает и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правила аккредитации профессиональных организаций, организаций по сертификации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правила проведения сертификации кандидатов в профессиональные бухгалтера;";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалификационные требования, предъявляемые к кандидатам в профессиональные бухгалтеры, с учетом рекомендаций консультативного органа; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правила повышения квалификации профессиональных бухгалтеров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) выносит предупреждение профессиональным организациям, организациям по сертификации в случае фактов несоблюдения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аккредитации; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) принимает решение о лишении свидетельства об аккредитации профессиональной организации, организации по сертификации; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15) Исключен Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16) публикует в периодических печатных изданиях, распространяемых на всей территории Республики Казахстан, получивших в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>установленном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке право официального опубликования нормативных правовых актов, на государственном и русском языках перечень профессиональных организаций, организаций по сертификации; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17) Исключен Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18) исключен Законом РК от 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18-1) Исключен Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19) согласовывает форму сертификата; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) осуществляет государственный контроль в области бухгалтерского учета и финансовой отчетности и за деятельностью профессиональных организаций и организаций по сертификации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21) исключен Законом РК от 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Национальный Банк Республики Казахстан:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) разрабатывает и утверждает стандарты финансовой отчетности для финансовых организаций по вопросам, не урегулированным международными стандартами, а также методические рекомендации к ним;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) для достижения целей и задач, установленных настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан, разрабатывает и утверждает нормативные правовые акты Республики Казахстан по вопросам бухгалтерского учета и финансовой отчетности для финансовых организаций, филиалов банков – нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций – нерезидентов Республики Казахстан, филиалов страховых брокеров – нерезидентов Республики Казахстан и Банка Развития Казахстана, а также правовые акты по вопросам бухгалтерского учета и финансовой отчетности для дочерних организаций Национального Банка Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) осуществляет контроль за соблюдением юридическими лицами, осуществляющими деятельность исключительно через обменные пункты на основании лицензии Национального Банка Республики Казахстан на обменные операции с наличной иностранной валютой, требований законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности и международных стандартов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) осуществляет иные функции, предусмотренные настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-1. Уполномоченный орган совместно с Национальным Банком Республики Казахстан утверждает порядок определения рыночного курса обмена валюты.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Контроль за соблюдением финансовыми организациями (за исключением юридических лиц, осуществляющих деятельность исключительно через обменные пункты на основании лицензии Национального Банка Республики Казахстан на обменные операции с наличной иностранной валютой, и юридических лиц, исключительной деятельностью которых является инкассация банкнот, монет и ценностей), филиалами банков-нерезидентов Республики Казахстан, филиалами страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, филиалами страховых брокеров-нерезидентов Республики Казахстан требований законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности осуществляется уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными законами РК от 04.12.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 28.12.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 539-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.11.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 57-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 97-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2024); от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 107-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...35 lines deleted...]
-        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20-1. Государственный контроль в области бухгалтерского учета и финансовой отчетности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...87 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Государственный контроль в области бухгалтерского учета и финансовой отчетности осуществляется в форме проверки, проводимой на соответствие квалификационным или разрешительным требованиям по выданным разрешениям, требованиям по направленным уведомлениям в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях", и профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Проверки, проводимые на соответствие квалификационным или разрешительным требованиям по выданным разрешениям, требованиям по направленным уведомлениям в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях", и профилактический контроль с посещением субъекта (объекта) контроля осуществляются в соответствии с Предпринимательским </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) наименование документа (формы);</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20-1 - в редакции Закона РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Негосударственное регулирование системы бухгалтерского учета и финансовой отчетности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Консультативный орган создается в форме консультативно-совещательного органа, состав которого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом по согласованию с Национальным Банком Республики Казахстан, и действует на основе положения о нем. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. В состав консультативного органа входят представители государственных органов, некоммерческих организаций, субъектов частного предпринимательства, организаций с долей участия государства, государственных предприятий. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Консультативный орган вправе: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) вносить уполномоченному органу предложения по совершенствованию законодательства Республики Казахстан по вопросам бухгалтерского учета и финансовой отчетности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) вносить уполномоченному органу предложения по пересмотру и разработке методических рекомендаций по применению стандартов финансовой отчетности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) участвовать в разработке национальных стандартов и методических рекомендаций к ним; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществлять взаимодействие с международными организациями в области бухгалтерского учета и финансовой отчетности. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Консультативный орган обязан: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) проводить анализ на наличие противоречий законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности требованиям международных стандартов, международного стандарта для малого и среднего бизнеса и вносить соответствующие предложения уполномоченному органу; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) участвовать в разработке нормативных правовых актов Республики Казахстан по вопросам бухгалтерского учета и финансовой отчетности. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Профессиональная организация должна отвечать следующим разрешительным требованиям:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) дату составления;</w:t>
+      1) наличие в составе профессиональной организации не менее трехсот профессиональных бухгалтеров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) наличие системы повышения квалификации своих членов; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) соответствие правилам аккредитации. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Структура и рабочие органы профессиональной организации определяются ее уставом и должны соответствовать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аккредитации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Руководителем профессиональной организации не должно быть лицо, имеющее неснятую или непогашенную судимость.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель профессиональной организации избирается на срок не более четырех лет и не может быть переизбран на два срока подряд.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Профессиональная организация вправе: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осуществлять в отношении своих членов предусмотренные ее уставом и не противоречащие настоящему Закону функции; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) участвовать в разработке национальных стандартов и методических рекомендаций к ним; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) участвовать в разработке нормативных правовых актов Республики Казахстан по вопросам бухгалтерского учета и финансовой отчетности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) анализировать, обобщать и распространять позитивный опыт работы в сфере бухгалтерского учета и финансовой отчетности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) участвовать в рассмотрении материалов по аккредитации организаций по сертификации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Профессиональная организация обязана: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать законодательство Республики Казахстан о бухгалтерском учете и финансовой отчетности и Кодекс этики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) делегировать членов профессиональной организации в состав консультативного органа в количестве, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аккредитации, и обеспечивать их полноценную работу; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) представлять в уполномоченный орган отчетность о своей деятельности в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>установленном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> им порядке; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рассматривать запросы по применению международных и национальных стандартов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заключить соглашения о взаимодействии с одной или несколькими организациями по сертификации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) требовать соблюдения бухгалтерскими организациями и профессиональными бухгалтерами, осуществляющими предпринимательскую деятельность в сфере бухгалтерского учета, являющимися ее членами, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения";</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) сообщать уполномоченному органу по финансовому мониторингу сведения о нарушении бухгалтерскими организациями и профессиональными бухгалтерами, осуществляющими предпринимательскую деятельность в сфере бухгалтерского учета, являющимися ее членами, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Организация по сертификации обязана:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать законодательство Республики Казахстан о бухгалтерском учете и финансовой отчетности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) представлять в уполномоченный орган </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отчетность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о своей деятельности в установленном порядке;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предоставлять информацию о принятых мерах по полному устранению нарушений и недостатков;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) проводить экзамены по экзаменационным модулям, соответствующим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательству</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о бухгалтерском учете и финансовой отчетности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 28.12.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 12.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 393-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Условия сертификации кандидатов в профессиональные бухгалтеры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Сертификация кандидатов в профессиональные бухгалтеры </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организацией по сертификации. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Организация по сертификации осуществляет разработку, издание и распространение материалов по программам сертификации кандидатов в профессиональные бухгалтеры, организует экзаменационный процесс. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Организация по сертификации должна отвечать следующим разрешительным требованиям: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) наличие не зависимой от обучения экзаменационной системы; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) наличие экзаменационных модулей, включающих обзор законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности, системы их обновления; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) наличие соглашения о взаимодействии с одной или несколькими профессиональными организациями; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) соответствие правилам аккредитации, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Допуск кандидатов в профессиональные бухгалтеры к участию на экзаменах для получения сертификата осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>квалификационными требованиями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, предъявляемыми к кандидатам в профессиональные бухгалтеры. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Лица, сдавшие экзамены, получают сертификат единого образца по форме, согласованной с уполномоченным органом. Срок действия сертификата не ограничен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) наименование организации или фамилию и инициалы индивидуального предпринимателя, от имени которых составлен документ;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лишение свидетельства об аккредитации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Уполномоченный орган принимает решение о лишении свидетельства об аккредитации профессиональной организации, организации по сертификации в случае, если: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в течение установленного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аккредитации срока профессиональная организация не делегировала своих представителей в состав консультативного органа; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) систематически (более трех раз) в течение последних трех лет нарушала </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аккредитации; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) предоставила заведомо ложную информацию в уполномоченный орган о себе и своей деятельности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) не устранила в течение двух месяцев причин, по которым вынесено предупреждение уполномоченного органа или наложены административные взыскания. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Профессиональная организация, организация по сертификации вправе обжаловать решение уполномоченного органа в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) содержание операции или события;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменением, внесенным Законом РК от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Внутренний контроль</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Организации для обеспечения соблюдения законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности, учетной политики, эффективного проведения операций, включая меры по сохранности активов, предотвращению и выявлению случаев хищения и ошибок при ведении бухгалтерского учета и составлении финансовой отчетности, вправе организовывать внутренний контроль. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Организацию внутреннего контроля обеспечивает руководство. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Контроль государственных учреждений проводится государственными органами в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) единицы измерения операции или события (в количественном и стоимостном выражении);</w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ответственность за нарушение законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Нарушение законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности влечет ответственность, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...358 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 8</w:t>
+        <w:t xml:space="preserve">Статья 26 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Организация бухгалтерского учета</w:t>
-[...239 lines deleted...]
-        <w:t xml:space="preserve"> статьи 16 настоящего Закона.</w:t>
+        <w:t xml:space="preserve">Переходные положения </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...5984 lines deleted...]
-      1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования, за исключением части второй </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования, за исключением части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, которая вводится в действие с 1 января 2012 года. </w:t>
       </w:r>
-    </w:p>
-[...37 lines deleted...]
-      3. Индивидуальными предпринимателями и организациями, указанными в </w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Документы, подтверждающие квалификацию профессионального бухгалтера и признанные уполномоченным органом, выданные до введения в действие настоящего Закона, действительны. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Индивидуальными предпринимателями и организациями, указанными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 2 настоящего Закона, стандарты бухгалтерского учета применяются до введения в действие национальных стандартов. </w:t>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Признать утратившим силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 26 декабря 1995 г. "О бухгалтерском учете и финансовой отчетности" (Ведомости Верховного Совета Республики Казахстан, 1995 г., N 24, ст. 171; Ведомости Парламента Республики Казахстан, 1997 г., N 13-14, ст. 205; 1999 г., N 20, ст. 727; 2001 г., N 24, ст. 338; 2002 г., N 12, ст. 116; 2003 г., N 15, ст. 139; 2004 г., N 11-12, ст. 66; 2006 г., N 4, ст. 24; N 8, ст. 45). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Статья с изменениями, внесенными Законом РК от 23.10.2008 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9642,143 +11056,153 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Президент</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>