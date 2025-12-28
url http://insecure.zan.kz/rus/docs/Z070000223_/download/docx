--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f4783c5" w14:textId="f4783c5">
+    <w:p w14:paraId="5901524" w14:textId="5901524">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,57 +133,53 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вниманию пользователей!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2356,138 +2352,134 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Обязанности регистрирующих органов, государственных органов и иных государственных учреждений, осуществляющих ведение национальных реестров идентификационных номеров</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 8 в редакции Закона РК от 02.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 241-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2019).</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Исключен Законом РК от 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Регистрирующие органы обязаны осуществлять: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6571,51 +6563,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -6655,64 +6646,53 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Президент</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -6743,55 +6723,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>