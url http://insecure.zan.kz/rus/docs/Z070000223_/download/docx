--- v1 (2025-12-28)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5901524" w14:textId="5901524">
+    <w:p w14:paraId="169be80" w14:textId="169be80">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,6291 +100,6901 @@
         </w:rPr>
         <w:t>О национальных реестрах идентификационных номеров</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон Республики Казахстан от 12 января 2007 года N 223.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Вниманию пользователей!</w:t>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон определяет цели, задачи, принципы и правовые основы создания и ведения национальных реестров идентификационных номеров на основе формирования для физического, юридического лица (филиала и представительства) идентификационного номера.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...36 lines deleted...]
-      Настоящий Закон определяет цели, задачи, принципы и правовые основы создания и ведения национальных реестров идентификационных номеров на основе формирования для физического, юридического лица (филиала и представительства) идентификационного номера.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...30 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>1) контрольный разряд – цифровой символ, завершающий последовательность цифровых символов, составляющих индивидуальный идентификационный номер, предназначенный для контроля правильности его формирования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>1-1) бизнес-идентификационный номер – уникальный номер, формируемый для юридического лица (филиала и представительства) и индивидуального предпринимателя, осуществляющего деятельность в виде совместного предпринимательства;</w:t>
       </w:r>
-    </w:p>
-[...27 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>2) Национальный реестр бизнес-идентификационных номеров – государственная база данных, предназначенная для учета и хранения сведений о созданных и прекративших деятельность на территории Республики Казахстан юридических лицах (филиалах и представительствах), индивидуальных предпринимателях, осуществляющих деятельность в виде совместного предпринимательства, формирования и хранения сведений о присвоенных бизнес-идентификационных номерах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>3) индивидуальный идентификационный номер – уникальный номер, формируемый для физического лица;</w:t>
       </w:r>
-    </w:p>
-[...107 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) Национальный реестр индивидуальных идентификационных номеров – государственная база данных, предназначенная для формирования, учета, хранения информации об индивидуальных идентификационных номерах и сведений о физических лицах, которым они присвоены;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный государственный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - уполномоченный орган) - государственный орган, осуществляющий формирование идентификационных номеров и ведение национальных реестров идентификационных номеров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) идентификационный номер - индивидуальный идентификационный номер или бизнес-идентификационный номер, выраженный в виде последовательности цифровых символов, позволяющих произвести записи о сведениях, относящихся к определенному лицу, в национальных реестрах идентификационных номеров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) документ с идентификационным номером - документ, выдаваемый регистрирующим органом, подтверждающий наличие идентификационного номера;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) формирование идентификационного номера - процесс, в результате которого уполномоченным органом образуется идентификационный номер в национальных реестрах идентификационных номеров на основании сведений о физических и юридических лицах (филиалах и представительствах);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 9) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) национальные реестры идентификационных номеров - информационные системы, предназначенные для осуществления регистрационного учета индивидуальных и бизнес-идентификационных номеров;</w:t>
       </w:r>
-    </w:p>
-[...66 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) регистрирующие органы – государственные органы и Государственная корпорация "Правительство для граждан", осуществляющие регистрацию сведений и выдачу документов с идентификационным номером.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Специальные понятия законодательства Республики Казахстан о национальных реестрах идентификационных номеров, не указанные в настоящей статье, используются в значениях, определяемых в соответствующих статьях настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Официальным сокращением при указании идентификационных номеров на документах признается: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ИИН - для индивидуального идентификационного номера; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) БИН - для бизнес-идентификационного номера.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 24.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2019); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2) БИН - для бизнес-идентификационного номера.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан о национальных реестрах идентификационных номеров</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Законодательство Республики Казахстан о национальных реестрах идентификационных номеров основывается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Международные договоры, ратифицированные Республикой Казахстан, имеют приоритет перед настоящим Законом. Порядок и условия действия на территории Республики Казахстан международных договоров, участницей которых является Республика Казахстан, определяются законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 24.12.2012 </w:t>
-[...89 lines deleted...]
-        <w:t>№ 82-VIII</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 2 с изменением, внесенным Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 2. Законодательство Республики Казахстан о национальных реестрах идентификационных номеров</w:t>
+        <w:t>Статья 3. Цель и задачи создания, ведения национальных реестров идентификационных номеров и формирования идентификационного номера</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Целью создания и ведения национальных реестров идентификационных номеров является переход к единой системе регистрации сведений, относящихся к определенному лицу, на основе введения в Республике Казахстан идентификационного номера.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Задачами создания и ведения национальных реестров идентификационных номеров являются: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 2 с изменением, внесенным Законом РК от 30.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 203-VIII</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) актуализация информационных баз данных государственных органов и исключение дублирования информации; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 2) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) совершенствование механизма управления и использования электронных информационных ресурсов; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) совершенствование взаимоотношений физических и юридических лиц с государственными органами посредством ускорения и упрощения процедур при их обращениях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Формирование идентификационного номера для физического или юридического лица (филиала и представительства) осуществляется для сохранения сведений, относящихся к определенному физическому или юридическому лицу (филиалу и представительству) в национальных реестрах идентификационных номеров и информационных системах государственных органов и иных государственных учреждений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Идентификационный номер применяется при: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) регистрации актов гражданского состояния; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) выдаче документов, удостоверяющих личность; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) государственной регистрации объектов недвижимого, движимого имущества, а также иных объектов, приравненных к недвижимым вещам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) осуществлении платежей и переводов денег, в том числе при перечислении обязательных пенсионных взносов и социальных отчислений, отчислений и (или) взносов на обязательное социальное медицинское страхование, а также исполнении налоговых обязательств, за исключением осуществления платежей и переводов денег иностранцами и лицами без гражданства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) открытии и ведении банковских счетов в банках, филиалах банков-нерезидентов и организациях, осуществляющих отдельные виды банковских операций, за исключением корреспондентских счетов иностранных банков-корреспондентов и сберегательных счетов юридических лиц-нерезидентов, иностранцев и лиц без гражданства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) выдаче документов разрешительного характера; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) выдаче документов регистрационного характера; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) выдаче военного билета, удостоверения личности офицера; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ведении статистических регистров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) осуществлении внешнеэкономической деятельности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) регистрации избирателей на выборах и участии в республиканских референдумах; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 12) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) ведении информационных систем центральных государственных органов и иных государственных учреждений; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) государственной регистрации (перерегистрации) юридических лиц или учетной регистрации (перерегистрации) филиалов и представительств; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) государственной регистрации (перерегистрации) индивидуальных предпринимателей; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) других случаях, установленных законодательными актами Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 3 с изменениями, внесенными законами РК от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 05.12.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 152-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2014); от 16.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2017); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); . от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 16.12.2020); от 05.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 407-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 3. Цель и задачи создания, ведения национальных реестров идентификационных номеров и формирования идентификационного номера</w:t>
+        <w:t>Статья 4. Принципы создания и ведения национальных реестров идентификационных номеров и формирования идентификационного номера</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...39 lines deleted...]
-      1) актуализация информационных баз данных государственных органов и исключение дублирования информации; </w:t>
+        <w:t xml:space="preserve">      Создание и ведение национальных реестров идентификационных номеров, формирование идентификационного номера осуществляются в соответствии с принципами законности, единства, обязательности, уважения и защиты прав и свобод граждан, конфиденциальности, обеспечения целостности и сохранности электронных информационных ресурсов. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2) совершенствование механизма управления и использования электронных информационных ресурсов; </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 исключена Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      3) совершенствование взаимоотношений физических и юридических лиц с государственными органами посредством ускорения и упрощения процедур при их обращениях.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Компетенция уполномоченного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...39 lines deleted...]
-      1) регистрации актов гражданского состояния; </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) разрабатывает в пределах своей компетенции нормативные правовые акты по созданию, ведению и использованию национальных реестров идентификационных номеров; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-1) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-2) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществляет организацию изготовления документов с идентификационным номером; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) осуществляет иные полномочия, предусмотренные настоящим Законом, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2) выдаче документов, удостоверяющих личность; </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Ведение национальных реестров идентификационных номеров</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Ведение национальных реестров идентификационных номеров обеспечивается соответствующими информационными системами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Национальные реестры идентификационных номеров являются электронными информационными ресурсами для информационных систем государственных органов, учреждений и иных юридических лиц Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Национальные реестры идентификационных номеров содержат: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения об идентификационных номерах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сведения, получаемые от регистрирующих и других государственных органов и иных государственных учреждений; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) информацию о всех изменениях сведений, входящих в состав национальных реестров идентификационных номеров. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 16.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 22.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 15.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      3) государственной регистрации объектов недвижимого, движимого имущества, а также иных объектов, приравненных к недвижимым вещам;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Обязанности регистрирующих органов, государственных органов и иных государственных учреждений, осуществляющих ведение национальных реестров идентификационных номеров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок статьи 8 в редакции Закона РК от 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Исключен Законом РК от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Регистрирующие органы обязаны осуществлять: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) своевременное представление сведений в уполномоченный орган для формирования идентификационного номера в течение одного рабочего дня с момента поступления таких сведений; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) представление сведений уполномоченному органу для пополнения и поддержания актуального состояния данных информационных систем национальных реестров идентификационных номеров в течение одного рабочего дня с момента поступления таких сведений; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представление сведений уполномоченному органу для исключения или условного исключения идентификационных номеров из национальных реестров идентификационных номеров в течение одного рабочего дня с момента поступления таких сведений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Государственные органы и иные государственные учреждения обязаны осуществлять: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) представление сведений, установленных Правительством Республики Казахстан, уполномоченному органу для пополнения и поддержания актуального состояния данных информационных систем национальных реестров идентификационных номеров в течение одного рабочего дня с момента поступления таких сведений; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представление сведений уполномоченному органу для исключения или условного исключения идентификационных номеров из национальных реестров идентификационных номеров в течение одного рабочего дня с момента поступления таких сведений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Обеспечение защиты электронных информационных ресурсов в информационных системах национальных реестров идентификационных номеров осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Ведение национальных реестров идентификационных номеров осуществляется за счет бюджетных средств. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2019); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. ФОРМИРОВАНИЕ, ИСКЛЮЧЕНИЕ ИЛИ УСЛОВНОЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ИСКЛЮЧЕНИЕ ИДЕНТИФИКАЦИОННОГО НОМЕРА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      4) осуществлении платежей и переводов денег, в том числе при перечислении обязательных пенсионных взносов и социальных отчислений, отчислений и (или) взносов на обязательное социальное медицинское страхование, а также исполнении налоговых обязательств, за исключением осуществления платежей и переводов денег иностранцами и лицами без гражданства;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Формирование идентификационного номера</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z79" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...19 lines deleted...]
-      6) выдаче документов разрешительного характера; </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Занесение идентификационного номера в интегральную микросхему обеспечивается Министерством внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Интегральная микросхема, содержащая индивидуальный идентификационный номер, размещается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, удостоверяющих личность, указанных в подпунктах 2), 3), 4), 4-1), 5), 6), 7) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 настоящей статьи.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Документами с индивидуальным идентификационным номером являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) свидетельство о рождении;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1) медицинское свидетельство о рождении ребенка;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>паспорт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданина Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверение личности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданина Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вид на жительство</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иностранца в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандаса;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица без гражданства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) дипломатический паспорт Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) служебный паспорт Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) регистрационное свидетельство для иностранцев и лиц без гражданства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) проездной документ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Документами с бизнес-идентификационным номером являются: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) исключен Законом РК от 30.11.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) справка о государственной регистрации (перерегистрации) юридического лица, справка об учетной регистрации (перерегистрации) филиала (представительства) - для юридических лиц-резидентов, их филиалов (представительств);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) справка об учетной регистрации (перерегистрации) филиала (представительства) - для юридических лиц-нерезидентов, осуществляющих деятельность в Республике Казахстан через филиалы и представительства (с образованием постоянного учреждения);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) регистрационное свидетельство для юридических лиц-нерезидентов: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      являющихся налоговыми агентами в соответствии с пунктом 8 статьи 650 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      владеющих в Республике Казахстан объектами налогообложения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      являющихся дипломатическими и приравненными к ним представительствами иностранного государства, аккредитованными в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляющих деятельность через зависимого агента, который рассматривается как его постоянное учреждение согласно пункту 9 статьи 220 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Государственные органы и иные государственные учреждения обязаны учитывать идентификационный номер при выдаче документов регистрационного, разрешительного и иного характера в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банки, филиалы банков-нерезидентов и организации, осуществляющие отдельные виды банковских операций, обязаны учитывать идентификационный номер, а также контролировать правильность указания в соответствии с алгоритмом формирования бизнес-идентификационного номера и (или) контрольного разряда в индивидуальном идентификационном номере в соответствии с алгоритмом его расчета, установленным законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Формирование индивидуального идентификационного номера осуществляется:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для граждан Республики Казахстан при выдаче впервые:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      медицинского свидетельства о рождении ребенка;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      свидетельства о рождении;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      паспорта гражданина Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      удостоверения личности гражданина Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для иностранцев и лиц без гражданства при выдаче впервые:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      медицинского свидетельства о рождении ребенка;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регистрационного свидетельства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вида на жительство в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      удостоверения лица без гражданства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) для этнических казахов при присвоении статуса кандаса;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При повторной и последующей выдаче документов, указанных в настоящем пункте, формирование нового индивидуального идентификационного номера не производится, кроме случаев усыновления (удочерения), а также несоответствия контрольного разряда в индивидуальном идентификационном номере алгоритму его расчета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Формирование индивидуального идентификационного номера для иностранцев и лиц без гражданства осуществляется при нахождении их на территории Республики Казахстан и только при личном обращении в регистрирующие органы в целях идентификации личности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Регистрация физического лица в качестве индивидуального предпринимателя, осуществляющего деятельность в виде личного предпринимательства, производится по индивидуальному идентификационному номеру. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Присвоение нового индивидуального идентификационного номера при государственной регистрации в качестве индивидуального предпринимателя, осуществляющего деятельность в виде личного предпринимательства, не производится.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Формирование бизнес-идентификационного номера осуществляется: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) для индивидуальных предпринимателей, осуществляющих деятельность в виде совместного индивидуального предпринимательства, одновременно при государственной регистрации совместного индивидуального предпринимательства; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) для юридических лиц-резидентов, их филиалов и представительств одновременно при их регистрации; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) для юридических лиц-нерезидентов, осуществляющих деятельность в Республике Казахстан через филиалы и представительства (с образованием постоянного учреждения), одновременно при их учетной регистрации; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при регистрации в органе государственных доходов в качестве налогоплательщиков юридических лиц-нерезидентов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      являющихся налоговыми агентами в соответствии с пунктом 8 статьи 650 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      являющихся дипломатическими и приравненными к ним представительствами иностранного государства, аккредитованными в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляющих деятельность через зависимого агента, который рассматривается как его постоянное учреждение согласно пункту 9 статьи 220 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляющих деятельность через постоянное учреждение без открытия филиала, представительства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      владеющих в Республике Казахстан объектами налогообложения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>открывающих текущие счета в банках-резидентах, филиалах банков-нерезидентов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. При изменении сведений, входящих в структуру идентификационного номера, процедура перерегистрации не производится.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Регистрация либо прием обращений физических и юридических лиц (филиалов и представительств) для формирования идентификационного номера осуществляется: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по месту фактического пребывания:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для формирования индивидуального идентификационного номера;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) по месту жительства уполномоченного лица совместного индивидуального предпринимательства; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) по местонахождению: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      для юридических лиц (филиалов и представительств), в том числе для юридических лиц-нерезидентов, осуществляющих деятельность в Республике Казахстан через постоянное учреждение; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) по месту нахождения резидента или консорциума, обладающего правом недропользования в Республике Казахстан, имущество которого составляет 50 и более процентов стоимости реализованных акций, долей участия или активов юридического лица-нерезидента, являющегося налоговым агентом в соответствии с пунктом 8 статьи 650 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) по местонахождению и (или) регистрации объектов налогообложения: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      для нерезидентов, приобретающих и (или) владеющих в Республике Казахстан объектами налогообложения; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) по местонахождению банка-резидента, филиала банка-нерезидента:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для нерезидентов, открывающих текущие счета в банках-резидентах, филиалах банков-нерезидентов и которым не производится формирование идентификационного номера по основаниям, предусмотренным в подпунктах 2) – 6) настоящего пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 10.12.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 101-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2009); от 24.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); от 29.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 421-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.11.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017); от 25.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 122-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2018); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 16.12.2020); от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 16.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 21.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      7) выдаче документов регистрационного характера; </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Исключение или условное исключение идентификационного номера из национальных реестров идентификационных номеров</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Индивидуальный идентификационный номер исключается из Национального реестра индивидуальных идентификационных номеров: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) со смертью физического лица; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Индивидуальный идентификационный номер условно исключается из Национального реестра индивидуальных идентификационных номеров:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) после вступления в силу решения суда о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>признании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физического лица безвестно отсутствующим, сведения о котором представляются в порядке, объемах и сроки, которые установлены государственным органом, осуществляющим в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при выезде из Республики Казахстан иностранцев и лиц без гражданства, временно пребывающих в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-1) при выезде иностранцев и лиц без гражданства, выдворенных с территории Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) после вступления в силу решения суда об усыновлении (удочерении) при изменении сведений об усыновленном ребенке, его персональных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) после вступления в силу решения суда об объявлении физического лица умершим;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) в случае выезда физического лица за пределы республики на постоянное место жительства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) Исключен Законом РК от 16.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) Исключен Законом РК от 16.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) Исключен Законом РК от 16.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) в случае отмены решения суда об усыновлении (удочерении).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При повторной и последующих регистрациях физических лиц в случаях, предусмотренных подпунктами 1), 2), 2-1) и 5) части первой настоящего пункта, выдается документ с ранее сформированным индивидуальным идентификационным номером.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер физических лиц в случаях, предусмотренных подпунктами 3) и 4) части первой настоящего пункта, подлежит восстановлению после отмены решения суда об усыновлении (удочерении) либо объявлении физического лица умершим.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер физических лиц в случае, предусмотренном подпунктом 9) части первой настоящего пункта, подлежит восстановлению после отмены решения суда об отмене решения суда об усыновлении (удочерении).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Бизнес-идентификационный номер исключается из Национального реестра бизнес-идентификационных номеров: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) при ликвидации юридического лица (филиала, представительства); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1) при прекращении деятельности филиала иностранного юридического лица, предметом деятельности которого является оказание финансовых услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) при прекращении осуществления предпринимательской деятельности индивидуальным предпринимателем, осуществляющим деятельность в виде совместного индивидуального предпринимательства; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) при прекращении прав юридического лица-нерезидента на объекты налогообложения и объекты, связанные с налогообложением; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) в случае закрытия юридическим лицом-нерезидентом текущего счета в банке-резиденте, филиале банка-нерезидента; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в случае прекращения юридическим лицом-нерезидентом предпринимательской деятельности в Республике Казахстан и выбытия из Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Условное исключение бизнес-идентификационного номера из Национального реестра бизнес-идентификационных номеров не производится.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Исключение или условное исключение идентификационного номера из национальных реестров идентификационных номеров производится на основании обращений государственных органов, физических и юридических лиц. Исключенные или условно исключенные идентификационные номера подлежат сохранению в базе информационных систем национальных реестров идентификационных номеров.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 29.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 16.12.2020); от 16.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      8) выдаче военного билета, удостоверения личности офицера; </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Тайна сведений</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Сведения, содержащиеся в национальных реестрах идентификационных номеров, кроме информации, являющейся общедоступной, не подлежат разглашению, за исключением случаев представления сведений: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) регистрирующим органам в целях поддержания актуального состояния данных информационных систем национальных реестров идентификационных номеров на основании письменного разрешения уполномоченного органа; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) органам, осуществляющим в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уголовное преследование; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) судам в ходе рассмотрения дел об определении ответственности за правонарушения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-1) кредитному бюро с государственным участием в целях формирования базы данных кредитных историй;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2) фонду социального медицинского страхования в целях формирования данных информационной системы и электронных информационных ресурсов системы обязательного социального медицинского страхования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-3) Национальной палате предпринимателей Республики Казахстан для создания, ведения и использования реестра бизнес-партнеров в порядке, определяемом Правительством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-4) центральному депозитарию для целей ведения системы учета центрального депозитария;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-5) адвокатам в рамках оказания юридической помощи при направлении адвокатского запроса в письменной форме или форме электронного документа, удостоверенного посредством электронной цифровой подписи, через единую информационную систему юридической помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-6) уполномоченному государственному органу, осуществляющему финансовый мониторинг и принимающему иные меры по противодействию легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма, финансированию распространения оружия массового уничтожения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-7) Национальному оператору почты в целях функционирования единой системы электронных абонентских почтовых ящиков в рамках электронного документооборота;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-8) жилищной инспекции, осуществляющей государственный контроль и надзор в пределах границ населенных пунктов на объектах социальной инфраструктуры в сферах управления жилищным фондом, газа и газоснабжения и государственный контроль и надзор в пределах границ населенных пунктов на объектах социальной инфраструктуры в области промышленной безопасности за соблюдением требований безопасной эксплуатации опасных технических устройств;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-9) единому накопительному пенсионному фонду для формирования базы данных и ведения в информационной системе учета участников целевых требований и получателей целевых накоплений;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-10) операционному центру межбанковской системы переводов денег в целях деятельности центра обмена данными по платежным транзакциям с признаками мошенничества и реализации мер, направленных на предотвращение платежных транзакций с признаками мошенничества, а также для оказания услуг удаленной биометрической идентификации клиентов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-11) жилищному строительному сберегательному банку, обладающему статусом национального института развития, в целях осуществления деятельности, предусмотренной законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Информация, касающаяся физического или юридического лица, за исключением общедоступной информации, предоставляется с согласия физического или юридического лица в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о персональных данных и их защите.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Не допускаются утрата документов государственных баз данных информационных систем или иных носителей информации, содержащих сведения о физических и юридических лицах, а равно их неправомерное изменение лицами, имеющими доступ к указанной информации в связи с их служебной деятельностью.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными законами РК от 24.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 09.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 18.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводятся в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 16.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024); от 21.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 22.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      9) ведении статистических регистров;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Ответственность за нарушение законодательства Республики Казахстан о национальных реестрах идентификационных номеров</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Нарушение законодательства Республики Казахстан о национальных реестрах идентификационных номеров влечет ответственность в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...95 lines deleted...]
-      15) других случаях, установленных законодательными актами Республики Казахстан. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящий Закон вводится в действие со дня его официального опубликования, за исключением подпунктов 4) и 5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 3, части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 9 настоящего Закона, которые вводятся в действие с 1 января 2013 года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 3 с изменениями, внесенными законами РК от 19.03.2010 </w:t>
-[...129 lines deleted...]
-        <w:t>№ 407-VI</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Исключен Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...958 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...3872 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Документы, перечисленные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктах 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 9 настоящего Закона, за исключением свидетельств о рождении, признаются недействительными в случае отсутствия в них сформированного идентификационного номера с 1 января 2013 года. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       До 1 января 2013 года используются идентификационный код Общего классификатора предприятий и организаций, регистрационный номер налогоплательщика, социальный индивидуальный код.</w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-      4. Исключен Законом РК от 21.06.2013 </w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Исключен Законом РК от 21.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 106-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6563,50 +7173,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -6674,50 +7285,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>