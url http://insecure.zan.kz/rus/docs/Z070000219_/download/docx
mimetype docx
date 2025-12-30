--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b28f981" w14:textId="b28f981">
+    <w:p w14:paraId="872c4d4" w14:textId="872c4d4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -303,86 +303,58 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...34 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. По всему тексту слова "и финансированию терроризма" заменены соответственно словами "финансированию терроризма и финансированию распространения оружия массового уничтожения" в соответствии с Законом РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -2904,51 +2876,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирует и реализует государственную политику в сфере игорного бизнеса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z90" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осуществляет контроль за соблюдением организаторами игорного бизнеса законодательства Республики Казахстан об игорном бизнесе, а также за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма; </w:t>
+      2) осуществляет контроль за соблюдением организаторами игорного бизнеса законодательства Республики Казахстан об игорном бизнесе, а также за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z91" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) исключен Законом РК от 13.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4778,51 +4750,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Букмекерская контора или тотализатор принимает ставки через соответствующую кассу букмекерской конторы или тотализатора и (или) электронную кассу букмекерской конторы или тотализатора. Букмекерская контора или тотализатор не вправе принимать ставки за счет денег, не учтенных в единой системе учета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:bookmarkStart w:name="z87" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Организаторы игорного бизнеса обязаны соблюдать требования, установленные законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+      13. Организаторы игорного бизнеса обязаны соблюдать требования, установленные законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z143" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Организатор игорного бизнеса, осуществляющий деятельность букмекерской конторы, принимает ставки на основании коэффициентов, рассчитанных аппаратно-программным комплексом, и только на предстоящие реальные события, происходящие в рамках спортивных соревнований, проводимых аккредитованными спортивными федерациями или под эгидой международных спортивных организаций, федераций, комитетов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:bookmarkStart w:name="z144" w:id="102"/>
     <w:p>
@@ -4902,526 +4874,386 @@
         <w:t>
       Текст, эскизы предупреждения о рисках и вреде участия в азартных играх и (или) пари утверждаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z107" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Организатором игорного бизнеса не может выступать (прямо и (или) косвенно владеть, пользоваться, распоряжаться и (или) управлять акциями (долями участия в уставном капитале) юридического лица):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z108" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) юридическое лицо, учредителем, участником или бенефициарным собственником которого является лицо, имеющее неснятую или непогашенную судимость за совершенное преступление в сфере экономической деятельности либо за умышленные преступления средней тяжести, тяжкие преступления, особо тяжкие преступления, в том числе при наличии вступившего в отношении него в законную силу судебного акта о применении уголовного наказания в виде лишения права занимать должность руководящего работника финансовой организации, банковского и (или) страхового холдинга и являться крупным участником (крупным акционером) финансовой организации пожизненно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z109" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) юридическое лицо, учредителем, участником или бенефициарным собственником которого является лицо, являвшееся учредителем, участником или бенефициарным собственником юридического лица, имеющего налоговую задолженность или признанного банкротом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z239" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) юридическое лицо, учредителем, участником или бенефициарным собственником которого является лицо, имеющее близких родственников, действия которых способствовали легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z110" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Лицо, указанное в подпункте 1) пункта 16 настоящей статьи, не может быть назначено на руководящую должность в игорном заведении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...40 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 04.05.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 28.08.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 08.03.2010); от 26.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 356-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2011); от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 310-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 02.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 356-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 131-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219-VIII</w:t>
-      </w:r>
-[...404 lines deleted...]
-        <w:t>№ 116-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5459,150 +5291,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок с изменениями, внесенными Законом РК от 02.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 356-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="109"/>
+    <w:bookmarkStart w:name="z113" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сервер аппаратно-программного комплекса должен быть обеспечен фискальным режимом контрольно-кассовой машины, являющейся компьютерной системой, включенной в государственный реестр контрольно-кассовых машин в соответствии с Кодексом Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс). Сервер аппаратно-программного комплекса должен находиться по месту нахождения организатора игорного бизнеса на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z114" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z114" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Организатор игорного бизнеса, осуществляющий деятельность букмекерской конторы или тотализатора, должен посредством аппаратно-программного комплекса осуществлять расчет коэффициентов выигрышей на варианты исхода пари, учет принятых ставок, расчет выигрышей по результатам пари, учет выигрышей и выплат по ним.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z216" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аппаратно-программный комплекс должен обеспечивать взаимодействие с кассами букмекерских контор и (или) тотализаторов и осуществлять сбор и предоставление информации, позволяющей уполномоченному органу осуществлять контроль за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z216" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Организаторы игорного бизнеса, осуществляющие деятельность букмекерской конторы и (или) тотализатора, обязаны обеспечить интеграцию аппаратно-программных комплексов с информационными системами органов государственных доходов и уполномоченного органа по финансовому мониторингу в целях обеспечения автоматизированного взаимодействия по передаче сведений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z217" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z217" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок, перечень и форма сведений, подлежащих передаче посредством интеграции аппаратно-программных комплексов организаторов игорного бизнеса, осуществляющих деятельность букмекерской конторы и (или) тотализатора, с информационными системами органов государственных доходов и уполномоченного органа по финансовому мониторингу, устанавливаются соответствующими государственными органами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5678,230 +5510,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 12-2. Единая система учета </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="114"/>
+    <w:bookmarkStart w:name="z219" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Функционирование единой системы учета обеспечивает юридическое лицо, определенное уполномоченным органом в соответствии с утвержденными правилами и квалификационными требованиями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z220" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z220" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. К юридическому лицу, обеспечивающему функционирование единой системы учета, предъявляются следующие требования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z221" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z221" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие программно-технических средств, позволяющих осуществлять функции единой системы учета, сервера которых размещены на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z222" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z222" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) прохождение учетной регистрации на предоставление платежных услуг в Национальном Банке Республики Казахстан или наличие лицензии на проведение банковских операций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z223" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z223" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Не могут выступать в качестве юридического лица, обеспечивающего функционирование единой системы учета, юридические лица:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z224" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z224" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) не зарегистрированные на территории Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z225" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z225" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) включенные в перечень организаций, связанных с финансированием терроризма и экстремизма, в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z226" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z226" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) имеющие неисполненные обязательства по исполнительным документам и включенные уполномоченным органом, осуществляющим реализацию государственной политики и государственное регулирование деятельности в сфере обеспечения исполнения исполнительных документов, в Единый реестр должников; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z227" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z227" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) учредителями (участниками) и (или) исполнительным органом, и (или) аффилированным лицом которых являются лица, имеющие не погашенную или не снятую в установленном законом порядке судимость за преступления в сфере экономической деятельности либо умышленные преступления средней тяжести, тяжкие преступления, особо тяжкие преступления, и (или) лица, включенные в перечень лиц, связанных с финансированием терроризма и экстремизма, в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5937,70 +5769,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Квалификационные требования, предъявляемые к заявителям для получения лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="123"/>
+    <w:bookmarkStart w:name="z63" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. К заявителям для получения лицензии предъявляются следующие квалификационные требования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для осуществления деятельности тотализатора или букмекерской конторы наличие здания (части здания, строения, сооружения) на праве собственности, соответствующего санитарно-эпидемиологическим и противопожарным нормам, установленным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6173,70 +6005,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       букмекерских контор – в размере 40 000;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тотализаторов – в размере 10 000.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="124"/>
+    <w:bookmarkStart w:name="z64" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для получения каждой лицензии на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан заявитель представляет в уполномоченный орган (лицензиару) документы, подтверждающие его соответствие квалификационным требованиям, установленным настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6392,91 +6224,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Обязательные резервы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="125"/>
+    <w:bookmarkStart w:name="z66" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обязательные резервы формируются заявителями, претендующими на получение лицензий на право занятия деятельностью в сфере игорного бизнеса, в размерах, установленных настоящим Законом для каждого вида деятельности, на каждую лицензию и размещаются в банках на территории Республики Казахстан на условиях вклада на основании договора, заключаемого банком с клиентом, и при условии выдачи вклада по первому требованию (вклада до востребования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z67" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z67" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Организатор игорного бизнеса обязан на постоянной основе обеспечивать размещение обязательных резервов в порядке и на условиях, установленных настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z68" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z68" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Исключен Законом РК от 04.05.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6491,111 +6323,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z69" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z69" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Обязательные резервы могут быть использованы исключительно в целях исполнения обязательств организатора игорного бизнеса по выплате выигрыша участникам азартных игр и (или) пари и только при условии недостаточности денег на счетах и в кассе организатора игорного бизнеса, за исключением случаев, предусмотренных законодательством Республики Казахстан об исполнительном производстве и статусе судебных исполнителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z70" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z70" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случае, если сумма обязательных резервов окажется ниже размера, установленного настоящим Законом, организатор игорного бизнеса обязан в течение трех рабочих дней со дня такого снижения пополнить обязательные резервы до размера, установленного настоящим Законом для каждого вида лицензируемой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z71" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z71" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Организатор игорного бизнеса представляет справку в уполномоченный орган о наличии и движении денег по банковским счетам, открытым при заключении договора банковского вклада, не реже одного раза в три месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6711,608 +6543,608 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Порядок и особенности посещения игорных заведений, касс букмекерских контор или тотализаторов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="131"/>
+    <w:bookmarkStart w:name="z145" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Запрещается участие в азартных играх и (или) пари:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z228" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z228" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) физических лиц в возрасте до двадцати одного года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z229" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z229" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) лиц, ограниченных в участии в азартных играх и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z230" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z230" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лиц, имеющих неисполненные обязательства по исполнительным документам об имущественных взысканиях, включенных уполномоченным органом, осуществляющим реализацию государственной политики и государственное регулирование деятельности в сфере обеспечения исполнения исполнительных документов, в Единый реестр должников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z238" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z238" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лиц, осужденных к наказанию в виде ограничения свободы или осужденных условно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z146" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z146" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правила работы игорного заведения, букмекерской конторы или тотализатора, приема ставок и проводимых азартных игр и (или) пари размещаются организатором игорного бизнеса на видном месте в игорном заведении, кассе букмекерской конторы и (или) тотализатора, а также на интернет-ресурсе организатора игорного бизнеса (при наличии такового) и должны содержать следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z147" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z147" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) наименование игорного заведения, букмекерской конторы или тотализатора; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z148" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z148" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование организатора игорного бизнеса с указанием его места нахождения, банковских реквизитов, идентификационного номера, интернет-ресурса (при наличии такового);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z149" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z149" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) информацию о лицензии на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан, сроке ее действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z150" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z150" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) предупреждение о вреде чрезмерного увлечения азартными играми и (или) пари; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z151" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z151" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) порядок самостоятельного ограничения в участии в азартных играх и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z152" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z152" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) место нахождения и контактные номера телефонов специалистов (учреждений, организаций, служб), оказывающих психологическую помощь участникам азартной игры и (или) пари, а также их близким родственникам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z153" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z153" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) порядок установления личности участника азартной игры и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z154" w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z154" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) виды проводимых азартных игр и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z155" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z155" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) перечень источников информации, используемых для определения результатов исхода события, на которое участники пари делают ставки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z156" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z156" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) основные термины и определения, непосредственно используемые в азартной игре и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z157" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z157" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) права и обязанности организатора игорного бизнеса и участника азартной игры и (или) пари в соответствии с требованиями законодательства Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z158" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z158" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) условия участия в азартной игре и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z159" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z159" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) порядок проведения азартной игры и (или) пари, а также игровой сессии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z160" w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z160" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) условия приема ставок в азартной игре и (или) пари; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z161" w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z161" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) размер вознаграждения (комиссии) организатора игорного бизнеса, осуществляющего деятельность тотализатора, за посредничество в организации пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z162" w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z162" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) результат, при наступлении которого участнику азартной игры и (или) пари подлежит выплате выигрыш;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z163" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z163" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) порядок рассмотрения споров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) иные сведения, предусмотренные типовыми правилами работы игорного заведения, букмекерской конторы или тотализатора, приема ставок и проводимых азартных игр и (или) пари, утвержденными уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z231" w:id="154"/>
+    <w:bookmarkStart w:name="z231" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Правила работы игорного заведения, букмекерской конторы или тотализатора, приема ставок и проводимых азартных игр и (или) пари должны соответствовать типовым правилам работы игорного заведения, букмекерской конторы или тотализатора, приема ставок и проводимых азартных игр и (или) пари, утвержденным уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z165" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z165" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Организатор игорного бизнеса вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z166" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z166" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) устанавливать ограничения на свободное посещение игорного заведения, букмекерской конторы или тотализатора (кассы букмекерской конторы и (или) тотализатора), не противоречащие законодательству Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z167" w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z167" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) не допускать к азартным играм лиц, нарушающих правила работы игорного заведения, букмекерской конторы или тотализатора (кассы букмекерской конторы и (или) тотализатора), приема ставок и проводимых азартных игр и (или) пари. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7408,348 +7240,348 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-1. Ограничение участия в азартных играх и (или) пари</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="158"/>
+    <w:bookmarkStart w:name="z169" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Гражданин Республики Казахстан, достигший двадцатиоднолетнего возраста, может самостоятельно ограничить себя в участии в азартных играх и (или) пари сроком от шести месяцев до десяти лет путем подачи заявления в уполномоченный орган о включении себя в список лиц, ограниченных в участии в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z232" w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z232" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление должно содержать фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность), данные документа, удостоверяющего личность, срок ограничения в участии в азартных играх и (или) пари, личную или электронно-цифровую подпись. Поданное заявление не подлежит возврату или отзыву.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z170" w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z170" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Близкие родственники, члены семьи на основании вступившего в законную силу решения суда об ограничении дееспособности гражданина вправе обратиться в уполномоченный орган с заявлением о включении такого лица в список лиц, ограниченных в участии в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z173" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z173" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Порядок подачи заявления о включении в список лиц, ограниченных в участии в азартных играх и (или) пари, а также ведения списка определяется уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z233" w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z233" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация о лицах, ограниченных в участии в азартных играх и (или) пари, является конфиденциальной.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z234" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z234" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, получающие доступ к информации о лицах, ограниченных в участии в азартных играх и (или) пари, обеспечивают ее конфиденциальность путем соблюдения требования не допускать ее распространения без согласия заявителя или его законного представителя либо наличия иного законного основания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z235" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z235" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, которым стали известны сведения о лицах, ограниченных в участии в азартных играх и (или) пари в связи с профессиональной, служебной необходимостью, а также трудовыми отношениями, обязаны обеспечивать их конфиденциальность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z236" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z236" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В силу профессиональной, служебной необходимости, а также в связи с трудовыми отношениями доступ к списку лиц, ограниченных в участии в азартных играх и (или) пари, может быть обеспечен правоохранительным, специальным государственным органам, Национальному Банку Республики Казахстан и уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций по отдельным запросам в адрес уполномоченного органа и при условии обеспечения конфиденциальности и соблюдения иных требований, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z177" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z177" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. До истечения срока ограничения участия в азартных играх и (или) пари гражданин Республики Казахстан может подать заявление о продлении ограничения на новый срок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z178" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z178" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уполномоченный орган после дня окончания срока самоограничения в участии в азартных играх и (или) пари исключает из списка лицо, включенное в список лиц, ограниченных в участии в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z179" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z179" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицо, включенное в список лиц, ограниченных в участии в азартных играх и (или) пари, в соответствии с пунктом 2 настоящей статьи, исключается из списка уполномоченным органом на основании вступившего в законную силу решения суда об отмене ограничения дееспособности гражданина.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z180" w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z180" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Запрещаются организация и проведение азартных игр и (или) пари с лицами, находящимися в списке лиц, ограниченных в участии в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z187" w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z187" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прием (осуществление) наличных и безналичных платежей, в том числе с использованием электронных денег, между участником пари и букмекерской конторой или тотализатором, включая выплату выигрыша, без участия единой системы учета запрещается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единая система учета обязана отказать в приеме (осуществлении) наличных и безналичных платежей, в том числе с использованием электронных денег, от (в пользу) лица, находящегося в списке лиц, ограниченных в участии в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="171"/>
+    <w:bookmarkStart w:name="z237" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Организаторы игорного бизнеса отказывают в доступе к участию в азартных играх и (или) пари физическим лицам, которым установлен запрет на участие в азартных играх и (или) пари в соответствии с пунктом 1 статьи 15 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7860,370 +7692,370 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан об игорном бизнесе влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16-1. Государственный контроль за соблюдением  законодательства Республики Казахстан об игорном бизнесе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="172"/>
+    <w:bookmarkStart w:name="z118" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль за соблюдением законодательства Республики Казахстан об игорном бизнесе осуществляется в форме проверки, профилактического контроля с посещением субъекта (объекта) контроля, а также профилактического контроля без посещения субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z119" w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z119" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Проверка и профилактический контроль с посещением субъекта (объекта) контроля осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z120" w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z120" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Профилактический контроль без посещения субъекта (объекта) контроля осуществляется в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z121" w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z121" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Субъектами государственного контроля являются организаторы игорного бизнеса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z122" w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z122" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных уполномоченным органом по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на них.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z123" w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z123" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Профилактический контроль без посещения субъекта (объекта) контроля проводится путем сопоставления отчетности, представленной организаторами игорного бизнеса в уполномоченный орган, справок о наличии и движении денег по банковским счетам, открытым при заключении договора банковского вклада, сведений от уполномоченных организаций и государственных органов посредством запроса и сведений, полученных из различных источников информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z124" w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z124" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае выявления нарушений по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъекта контроля уполномоченным органом оформляется и направляется рекомендация в срок не позднее десяти рабочих дней со дня выявления нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z125" w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z125" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Рекомендация должна быть вручена субъекту контроля лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z126" w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z126" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z127" w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z127" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) нарочно – с даты отметки в рекомендации о получении; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z128" w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z128" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) почтой – заказным письмом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z129" w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z129" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электронным способом – с даты отправки уполномоченным органом на электронный адрес субъекта контроля, указанный в письме при запросе уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z130" w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z130" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z131" w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z131" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный орган, направивший рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем вручения рекомендации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z132" w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z132" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z133" w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z133" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Профилактический контроль без посещения субъекта (объекта) контроля проводится не чаще одного раза в квартал.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8279,51 +8111,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16-2. Организация проведения проверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="188"/>
+    <w:bookmarkStart w:name="z94" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Исключена Законом РК от 17.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8338,69 +8170,69 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16-3. Порядок проведения проверок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="189"/>
+    <w:bookmarkStart w:name="z100" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Исключена Законом РК от 17.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8415,108 +8247,108 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Переходные и заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="190"/>
+    <w:bookmarkStart w:name="z78" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Закон вводится в действие с 1 апреля 2007 года. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z79" w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z79" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Со дня введения в действие настоящего Закона действие лицензий, выданных до 1 апреля 2007 года на право занятия деятельностью в сфере игорного бизнеса, прекращается. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>