--- v1 (2025-12-30)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="872c4d4" w14:textId="872c4d4">
+    <w:p w14:paraId="77cd77b" w14:textId="77cd77b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -535,51 +535,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) букмекерская контора – организатор игорного бизнеса, заключающий пари с участниками;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z193" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1) единая система учета – совокупность программного обеспечения и технических средств, подключенных посредством сетей телекоммуникаций к аппаратно-программному комплексу букмекерской конторы и (или) тотализатора и обеспечивающих прием (осуществление) наличных и безналичных платежей, в том числе с использованием электронных денег, выплату выигрышей, а также осуществляющих персонифицированный сбор, обработку и хранение информации о каждом участнике пари, принятых ставках на пари (в том числе электронных) по каждому участнику пари, коэффициентах на варианты исхода пари, выигрышах и выплатах по ним и иные функции, предусмотренные настоящим Законом;</w:t>
+      3-1) единая система учета – совокупность программного обеспечения и технических средств, подключенных посредством сетей телекоммуникаций к аппаратно-программному комплексу букмекерской конторы и (или) тотализатора, обеспечивающих прием (осуществление) платежей с использованием электронных денег в электронных кассах тотализатора или букмекерской конторы, их учет и перевод организатору игорного бизнеса, осуществляющему деятельность букмекерской конторы и (или) тотализатора, по указанию физического лица, выплату выигрышей физическим лицам с использованием электронных денег, учет принятых (осуществленных) наличных и безналичных платежей в кассах тотализатора или букмекерской конторы от физического лица и выплаченных выигрышей в кассах тотализатора или букмекерской конторы, персонифицированный сбор, обработку и хранение информации о каждом участнике пари, принятых ставках на пари по каждому участнику пари, коэффициентах на варианты исхода пари, выигрышах и выплатах по ним, а также мониторинг по выявлению на территории Республики Казахстан интернет-ресурсов, содержащих признаки интернет-казино, букмекерских контор и (или) тотализаторов, не имеющих лицензий на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан, и передачу сведений по ним в уполномоченный орган в области масс-медиа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z6" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) легитимационные знаки – фишки, жетоны определенного номинала и (или) электронные носители, заменяющие наличные деньги и используемые в игорных заведениях для участия в азартных играх в порядке, определенном правилами организатора игорного бизнеса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
@@ -1104,52 +1104,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) касса тотализатора или букмекерской конторы – место, где осуществляются прием ставок на пари, выплата выигрыша по нему;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z82" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      19-1) электронная касса тотализатора или букмекерской конторы - информационная система, посредством которой осуществляется прием (учет) ставок и производятся выплаты выигрышей с использованием информационно-коммуникационных сетей; </w:t>
+        <w:t>
+      19-1) электронная касса тотализатора или букмекерской конторы – цифровая система, посредством которой осуществляется прием (учет) ставок и производятся выплаты выигрышей в информационно-коммуникационных сетях через единую систему учета, обеспечивающую осуществление расчетов по ставкам и выигрышам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z22" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) исключен Законом РК от 04.05.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1394,51 +1394,95 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2347,128 +2391,168 @@
         </w:rPr>
         <w:t>
       4) установка и использование игорного оборудования в предпринимательских целях, за исключением мест, предусмотренных пунктом 1 статьи 11 настоящего Закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z136" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заключение пари, прием (учет) ставок на пари, выплата выигрыша по пари вне букмекерских контор и тотализаторов (касс букмекерских контор и (или) тотализаторов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z240" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) прием ставок и выплата выигрышей в кассе тотализатора или букмекерской конторы организатором игорного бизнеса, осуществляющим деятельность букмекерской конторы и (или) тотализатора, без их учета в единой системе учета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z241" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-2) прием ставок и выплата выигрышей в электронной кассе тотализатора или букмекерской конторы вне единой системы учета, обеспечивающей осуществление расчетов по ставкам и выигрышам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) заключение пари, прием (учет) ставок, выплата выигрыша лицами, не являющимися организаторами игорного бизнеса, осуществляющими деятельность тотализатора или букмекерской конторы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="50"/>
+    <w:bookmarkStart w:name="z137" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организация и проведение азартных игр и (или) пари под видом розыгрыша призов, направленных на стимулирование продаж товаров (работ, услуг);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z138" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z138" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация и проведение пари на события, генерируемые программным обеспечением и (или) путем использования оборудования (механического, электрического, электронного или иного технического оборудования) и (или) любой визуализации события, кроме его непосредственной трансляции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z139" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z139" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) оказание услуг по осуществлению платежей в пользу иностранных организаторов игорного бизнеса, деятельность которых является незаконной на территории Республики Казахстан по решению уполномоченного органа в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2550,420 +2634,502 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6-1. Перечень иностранных организаторов игорного бизнеса, деятельность которых является незаконной на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z203" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган ведет перечень иностранных организаторов игорного бизнеса, деятельность которых является незаконной на территории Республики Казахстан (далее – перечень), и размещает его на своем интернет-ресурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z204" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень включает данные мерчент ID иностранных организаторов игорного бизнеса, деятельность которых является незаконной на территории Республики Казахстан, и иные сведения, определяемые уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z205" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставщики платежных услуг считаются уведомленными о включении в перечень по истечении пяти рабочих дней со дня размещения такой информации на интернет-ресурсе уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 6-1 в соответствии с Законом РК от 08.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 6-1. Перечень иностранных организаторов игорного бизнеса, деятельность которых является незаконной на территории Республики Казахстан</w:t>
-[...61 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+        <w:t>Статья 7. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z243" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает основные направления государственной политики в сфере игорного бизнеса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z244" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) устанавливает размер отчислений от ставок, осуществляемых организатором игорного бизнеса, осуществляющим деятельность букмекерской конторы или тотализатора, направляемых единому оператору, осуществляющему деятельность по распределению внебюджетных денежных средств, направленных на развитие физической культуры и спорта, в фонд Национального олимпийского комитета Республики Казахстан на развитие олимпийских видов спорта и общественный фонд "Қазақстан халқына", а также на функционирование единой системы учета и обеспечение деятельности юридического лица, обеспечивающего функционирование единой системы учета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z245" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет пропорции направления отчислений, удерживаемых юридическим лицом, обеспечивающим функционирование единой системы учета, единому оператору, осуществляющему деятельность по распределению внебюджетных денежных средств, направленных на развитие физической культуры и спорта, в фонд Национального олимпийского комитета Республики Казахстан на развитие олимпийских видов спорта и общественный фонд "Қазақстан халқына", а также на функционирование единой системы учета и обеспечение деятельности юридического лица, обеспечивающего функционирование единой системы учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 6-1 в соответствии с Законом РК от 08.07.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 7 - в редакции Закона РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 7. Компетенция Правительства Республики Казахстан</w:t>
-[...95 lines deleted...]
-        </w:rPr>
         <w:t>Статья 8. Компетенция уполномоченного органа и иных государственных органов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="56"/>
+    <w:bookmarkStart w:name="z39" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уполномоченный орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z89" w:id="57"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z89" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирует и реализует государственную политику в сфере игорного бизнеса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z90" w:id="58"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z90" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осуществляет контроль за соблюдением организаторами игорного бизнеса законодательства Республики Казахстан об игорном бизнесе, а также за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z91" w:id="59"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z91" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) исключен Законом РК от 13.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 159-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2992,250 +3158,302 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="60"/>
+    <w:bookmarkStart w:name="z206" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-1) разрабатывает и утверждает правила функционирования единой системы учета и передачи информации, содержащейся в единой системе учета, иным лицам в соответствии с законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z207" w:id="61"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z207" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-2) разрабатывает и утверждает правила определения юридического лица, обеспечивающего функционирование единой системы учета, и предъявляемые к нему квалификационные требования по согласованию с уполномоченным органом, осуществляющим руководство в сфере защиты конкуренции и ограничения монополистической деятельности, уполномоченным органом в сфере информатизации и Национальным Банком Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z209" w:id="63"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-3) исключен Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-4) определяет срок сотрудничества с юридическим лицом, обеспечивающим функционирование единой системы учета, условия его пролонгации или прекращения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z95" w:id="64"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z95" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) выдает лицензии на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z210" w:id="65"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z210" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) определяет юридическое лицо, обеспечивающее функционирование единой системы учета, в соответствии с утвержденными правилами и квалификационными требованиями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z96" w:id="66"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z96" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ведет электронный реестр лицензиара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z97" w:id="67"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z97" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) исключен Законом РК от 29.12.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2015);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z102" w:id="68"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z102" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) осуществляет сбор и анализ отчетности, представляемой организатором игорного бизнеса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3264,170 +3482,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="69"/>
+    <w:bookmarkStart w:name="z104" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-3) осуществляет систематический сбор информации и анализ содержания интернет-ресурсов на предмет наличия признаков интернет-казино, иностранных букмекерских контор и (или) тотализаторов, не имеющих лицензий на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан, в порядке, им определяемом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z105" w:id="70"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z105" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-4) ведет реестр касс тотализаторов и букмекерских контор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z211" w:id="71"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z211" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-5) разрабатывает и утверждает нормативные правовые акты в сфере деятельности игорного бизнеса в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z212" w:id="72"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z212" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-6) ведет список лиц, ограниченных в участии в азартных играх и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z98" w:id="73"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z98" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z40" w:id="74"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z40" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Иные государственные органы осуществляют государственное регулирование деятельности в сфере игорного бизнеса в пределах своей компетенции, установленной законодательными актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3729,184 +3947,204 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Лицензирование деятельности в сфере игорного бизнеса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="75"/>
+    <w:bookmarkStart w:name="z42" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лицензирование деятельности в сфере игорного бизнеса осуществляется в соответствии с настоящим Законом и законодательством Республики Казахстан о разрешениях и уведомлениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z140" w:id="76"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z140" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Деятельность в сфере азартных игр осуществляется на основании лицензии, выдаваемой заявителю на каждое игорное заведение сроком на десять лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z141" w:id="77"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z141" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Деятельность в сфере пари осуществляется на основании лицензии, выдаваемой заявителю на деятельность букмекерской конторы либо тотализатора сроком на десять лет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z44" w:id="78"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z44" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Размер, порядок исчисления и уплаты лицензионного сбора, платы за пользование лицензиями на занятие отдельными видами деятельности определяются Кодексом Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z83" w:id="79"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z83" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Данные о лицензиях вносятся в электронный реестр лицензиара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4135,190 +4373,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 11 в редакции Закона РК от 02.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 356-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="80"/>
+    <w:bookmarkStart w:name="z47" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Казино, залы игровых автоматов, букмекерские конторы и тотализаторы (кассы букмекерских контор и (или) тотализаторов) подлежат размещению в Алматинской области на побережье Капшагайского водохранилища и в Бурабайском районе Акмолинской области в пределах территорий, определяемых местными исполнительными органами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z184" w:id="81"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z184" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы территорий для размещения казино, залов игровых автоматов, букмекерских контор и тотализаторов (касс букмекерских контор и (или) тотализаторов) определяются местными исполнительными органами по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z185" w:id="82"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z185" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Изменение границ территорий для размещения казино, залов игровых автоматов, букмекерских контор и тотализаторов (касс букмекерских контор и (или) тотализаторов) местными исполнительными органами, за исключением случаев необходимости защиты особо охраняемых природных территорий, жизни и здоровья людей, а также случаев угрозы уничтожения и порчи объектов историко-культурного наследия, обеспечения нужд обороны и национальной безопасности страны, запрещается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z48" w:id="83"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z48" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Размещение казино, залов игровых автоматов, букмекерских контор и тотализаторов (касс букмекерских контор и (или) тотализаторов) на территории Республики Казахстан, за исключением территорий, указанных в пункте 1 настоящей статьи, запрещается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z49" w:id="84"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z49" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Казино, залы игровых автоматов, букмекерские конторы и тотализаторы (кассы букмекерских контор и (или) тотализаторов) должны располагаться в нежилых помещениях. Запрещается их размещение в нежилых помещениях жилых домов (жилых зданий), зданиях промышленных предприятий и их комплексов и других производственных, коммунальных и складских объектах, культовых зданиях (сооружениях), зданиях государственных органов и учреждений, организаций образования, здравоохранения, культуры, аэропортов, вокзалов, на станциях и остановках всех видов общественного транспорта городского и пригородного сообщения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z142" w:id="85"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z142" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организатору игорного бизнеса, осуществляющему деятельность букмекерской конторы и тотализатора, запрещается размещать вне касс букмекерских контор и (или) тотализаторов оборудование, позволяющее участникам пари наблюдать развитие и исход события, на результат которого ими были сделаны ставки, а также предоставлять участникам пари технические средства, включая услуги связи, для доступа к электронным кассам букмекерской конторы и (или) тотализатора или информации о принятых ставках, выплаченных и невыплаченных выигрышах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z88" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Запрещаются предоставление здания, помещения или сооружения для открытия заведомо незаконного игорного заведения либо организации игорного бизнеса, а также предоставление игорного оборудования, оборудования для организации и проведения пари для осуществления (организации) заведомо незаконного игорного бизнеса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4474,530 +4712,590 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Общие требования, предъявляемые к осуществлению деятельности в сфере игорного бизнеса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="87"/>
+    <w:bookmarkStart w:name="z51" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В одном казино должно быть установлено не менее тридцати игровых столов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z52" w:id="88"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z52" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В зале игровых автоматов должно быть установлено не менее шестидесяти игровых автоматов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z53" w:id="89"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z53" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Каждый игровой автомат должен соответствовать требованиям, установленным в отношении соответствующего игорного оборудования законодательством Республики Казахстан в области технического регулирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="91"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z54" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Выплата выигрышей участникам азартных игр и (или) пари производится организатором игорного бизнеса на основании предъявленного документа, удостоверяющего личность, или с применением иного способа идентификации участника азартной игры и (или) пари, предусмотренного законодательством Республики Казахстан, в размере и сроки, которые предусмотрены правилами проводимых азартных игр и (или) пари, но не позднее трех календарных дней с момента подведения результатов данной азартной игры и (или) пари.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z247" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата выигрышей участнику пари по ставкам, принятым в кассе букмекерской конторы и (или) тотализатора, осуществляется любым способом, не противоречащим законодательству Республики Казахстан. Учет выплаты выигрышей отражается в единой системе учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z248" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата выигрышей участникам пари по ставкам, принятым в электронной кассе букмекерской конторы или тотализатора, производится организатором игорного бизнеса, осуществляющим деятельность букмекерской конторы или тотализатора, с электронного кошелька электронных денег организатора игорного бизнеса в единой системе учета путем зачисления денежных средств на электронный кошелек электронных денег участника пари в единой системе учета, с которого совершена выигравшая ставка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z55" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Запрещается монтаж игровых автоматов или их частей в стены, оконные и дверные проемы в казино и залах игровых автоматов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z56" w:id="92"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z56" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Процент выигрыша, технологически заложенный в игровой автомат, должен быть не ниже девяноста пяти процентов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z57" w:id="93"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z57" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Кассы и игровые места игорных заведений, букмекерских контор и тотализаторов должны быть оборудованы видеозаписывающими системами, обеспечивающими хранение записанной информации не менее семи суток и фиксирующими действия всех участников азартной игры и (или) пари. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z186" w:id="94"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z186" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1. Кассы букмекерских контор и (или) тотализаторов должны быть оснащены металлической дверью, бронированным стеклом и тревожной сигнализацией, подключенной к централизованному пульту частной охранной организации или дежурной части территориального органа внутренних дел.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z58" w:id="95"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z58" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. При недостаточности денег в кассе или на счетах организатора игорного бизнеса для выплаты выигрыша участнику азартной игры и (или) пари организатор игорного бизнеса обязан воспользоваться обязательными резервами на недостающую сумму с учетом положений, установленных статьей 14 настоящего Закона. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z59" w:id="96"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z59" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Организатор игорного бизнеса, осуществляющий деятельность букмекерской конторы или тотализатора, обязан посредством аппаратно-программного комплекса и оборудования для организации и проведения пари осуществлять и обеспечивать прием, единый учет общей суммы сделанных ставок, обработку ставок участников пари и выплаты выигрыша. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z60" w:id="97"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z60" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Организатор игорного бизнеса, осуществляющий деятельность букмекерской конторы, самостоятельно определяет события, на исход которых заключается пари. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z61" w:id="98"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z61" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Организатор игорного бизнеса, осуществляющий деятельность тотализатора, принимает ставки на предстоящие реальные события, происходящие в рамках конно-спортивных соревнований (конных скачек, бегов) и (или) собачьих бегов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="100"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z84" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Букмекерская контора или тотализатор принимает ставки через соответствующую кассу букмекерской конторы или тотализатора и (или) электронную кассу букмекерской конторы или тотализатора. Букмекерская контора или тотализатор не вправе принимать ставки без их учета в единой системе учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z249" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Букмекерская контора и тотализатор обязаны принимать ставки через соответствующую электронную кассу тотализатора или букмекерской конторы только посредством единой системы учета, обеспечивающей осуществление расчетов по ставкам. Для осуществления расчетов по ставкам и выигрышам посредством единой системы учета букмекерская контора и тотализатор обязаны не позднее трех рабочих дней после получения уведомления со стороны уполномоченного органа об интеграции с единой системой учета заключить договор об осуществлении расчетов с юридическим лицом, обеспечивающим функционирование единой системы учета, и с юридическим лицом, привлеченным для оказания услуг платежной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z87" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Организаторы игорного бизнеса обязаны соблюдать требования, установленные законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z143" w:id="101"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z143" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Организатор игорного бизнеса, осуществляющий деятельность букмекерской конторы, принимает ставки на основании коэффициентов, рассчитанных аппаратно-программным комплексом, и только на предстоящие реальные события, происходящие в рамках спортивных соревнований, проводимых аккредитованными спортивными федерациями или под эгидой международных спортивных организаций, федераций, комитетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z144" w:id="102"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z144" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Букмекерские конторы и тотализаторы должны быть оборудованы аппаратно-программным комплексом. Организатор игорного бизнеса, осуществляющий деятельность букмекерской конторы или тотализатора, до принятия ставки обязан произвести регистрацию участника пари посредством аппаратно-программного комплекса с внесением данных, позволяющих установить личность участника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z213" w:id="103"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z213" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-1. Организатор игорного бизнеса размещает в игорном заведении, помещениях букмекерской конторы или тотализатора, кассах казино и зала игровых автоматов, кассах и электронных кассах букмекерской конторы и (или) тотализатора, на собственных интернет-ресурсах (при наличии таковых) на видном месте предупреждение о рисках и вреде участия в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z214" w:id="104"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z214" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Предупреждение о рисках и вреде участия в азартных играх и (или) пари должно содержать предполагаемые негативные последствия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z215" w:id="105"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z215" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Текст, эскизы предупреждения о рисках и вреде участия в азартных играх и (или) пари утверждаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z107" w:id="106"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z107" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Организатором игорного бизнеса не может выступать (прямо и (или) косвенно владеть, пользоваться, распоряжаться и (или) управлять акциями (долями участия в уставном капитале) юридического лица):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z108" w:id="107"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z108" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) юридическое лицо, учредителем, участником или бенефициарным собственником которого является лицо, имеющее неснятую или непогашенную судимость за совершенное преступление в сфере экономической деятельности либо за умышленные преступления средней тяжести, тяжкие преступления, особо тяжкие преступления, в том числе при наличии вступившего в отношении него в законную силу судебного акта о применении уголовного наказания в виде лишения права занимать должность руководящего работника финансовой организации, банковского и (или) страхового холдинга и являться крупным участником (крупным акционером) финансовой организации пожизненно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z109" w:id="108"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z109" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) юридическое лицо, учредителем, участником или бенефициарным собственником которого является лицо, являвшееся учредителем, участником или бенефициарным собственником юридического лица, имеющего налоговую задолженность или признанного банкротом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z239" w:id="109"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z239" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) юридическое лицо, учредителем, участником или бенефициарным собственником которого является лицо, имеющее близких родственников, действия которых способствовали легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z110" w:id="110"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z110" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Лицо, указанное в подпункте 1) пункта 16 настоящей статьи, не может быть назначено на руководящую должность в игорном заведении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5219,51 +5517,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5291,150 +5609,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок с изменениями, внесенными Законом РК от 02.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 356-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="111"/>
+    <w:bookmarkStart w:name="z113" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сервер аппаратно-программного комплекса должен быть обеспечен фискальным режимом контрольно-кассовой машины, являющейся компьютерной системой, включенной в государственный реестр контрольно-кассовых машин в соответствии с Кодексом Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс). Сервер аппаратно-программного комплекса должен находиться по месту нахождения организатора игорного бизнеса на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z114" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Организатор игорного бизнеса, осуществляющий деятельность букмекерской конторы или тотализатора, должен посредством аппаратно-программного комплекса осуществлять расчет коэффициентов выигрышей на варианты исхода пари, учет принятых ставок, расчет выигрышей по результатам пари, учет выигрышей и выплат по ним.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z115" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аппаратно-программный комплекс должен обеспечивать взаимодействие с кассами букмекерских контор и (или) тотализаторов и осуществлять сбор и предоставление информации, позволяющей уполномоченному органу осуществлять контроль за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z216" w:id="114"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z216" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Организаторы игорного бизнеса, осуществляющие деятельность букмекерской конторы и (или) тотализатора, обязаны обеспечить интеграцию аппаратно-программных комплексов с информационными системами органов государственных доходов и уполномоченного органа по финансовому мониторингу в целях обеспечения автоматизированного взаимодействия по передаче сведений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z217" w:id="115"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z217" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок, перечень и форма сведений, подлежащих передаче посредством интеграции аппаратно-программных комплексов организаторов игорного бизнеса, осуществляющих деятельность букмекерской конторы и (или) тотализатора, с информационными системами органов государственных доходов и уполномоченного органа по финансовому мониторингу, устанавливаются соответствующими государственными органами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z250" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Организатор игорного бизнеса, осуществляющий деятельность букмекерской конторы и (или) тотализатора, после получения уведомления со стороны уполномоченного органа об интеграции с единой системой учета обязан не позднее трех рабочих дней заключить договор об интеграции и не позднее пятнадцати рабочих дней обеспечить интеграцию аппаратно-программных комплексов с единой системой учета с соблюдением требований, указанных в правилах функционирования единой системы учета и передачи информации, содержащейся в единой системе учета, иным лицам в соответствии с законодательством Республики Казахстан, утверждаемых уполномоченным органом. Не допускаются функционирование аппаратно-программных комплексов, прием ставок и выплата выигрышей организатором игорного бизнеса, осуществляющим деятельность букмекерской конторы и (или) тотализатора, без их интеграции с единой системой учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z251" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок, перечень и сроки передачи сведений организаторами игорного бизнеса, осуществляющими деятельность букмекерской конторы и (или) тотализатора, в единую систему учета устанавливаются в правилах функционирования единой системы учета и передачи информации, содержащейся в единой системе учета, иным лицам в соответствии с законодательством Республики Казахстан, утверждаемых уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5476,363 +5834,662 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 12-2. Единая система учета </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="116"/>
+    <w:bookmarkStart w:name="z219" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Функционирование единой системы учета обеспечивает юридическое лицо, определенное уполномоченным органом в соответствии с утвержденными правилами и квалификационными требованиями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z220" w:id="117"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z252" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юридическое лицо, обеспечивающее функционирование единой системы учета, вправе привлекать юридическое лицо для оказания услуг платежной организации. Права и обязанности юридического лица, обеспечивающего функционирование единой системы учета, предусмотренные законодательством Республики Казахстан, распространяются на юридическое лицо, привлекаемое им для оказания услуг платежной организации, в части переданных такому юридическому лицу полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z220" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. К юридическому лицу, обеспечивающему функционирование единой системы учета, предъявляются следующие требования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z221" w:id="118"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z221" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие программно-технических средств, позволяющих осуществлять функции единой системы учета, сервера которых размещены на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z223" w:id="120"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z222" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) прохождение учетной регистрации на предоставление платежных услуг в Национальном Банке Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z223" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Не могут выступать в качестве юридического лица, обеспечивающего функционирование единой системы учета, юридические лица:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z224" w:id="121"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z224" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) не зарегистрированные на территории Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z225" w:id="122"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z225" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) включенные в перечень организаций, связанных с финансированием терроризма и экстремизма, в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z226" w:id="123"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z226" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) имеющие неисполненные обязательства по исполнительным документам и включенные уполномоченным органом, осуществляющим реализацию государственной политики и государственное регулирование деятельности в сфере обеспечения исполнения исполнительных документов, в Единый реестр должников; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z227" w:id="124"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z227" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) учредителями (участниками) и (или) исполнительным органом, и (или) аффилированным лицом которых являются лица, имеющие не погашенную или не снятую в установленном законом порядке судимость за преступления в сфере экономической деятельности либо умышленные преступления средней тяжести, тяжкие преступления, особо тяжкие преступления, и (или) лица, включенные в перечень лиц, связанных с финансированием терроризма и экстремизма, в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z253" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Юридическое лицо, обеспечивающее функционирование единой системы учета, с соблюдением законодательства Республики Казахстан в области персональных данных ведет учет и предоставляет организаторам игорного бизнеса, осуществляющим деятельность букмекерских контор или тотализаторов, информацию об участниках пари, включая сведения о возрасте участников пари.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z254" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Электронные деньги, принятые и (или) переданные юридическим лицом, обеспечивающим функционирование единой системы учета, организатору игорного бизнеса, осуществляющему деятельность букмекерской конторы и (или) тотализатора, по указанию участника пари в оплату ставки зачисляются и учитываются в электронном кошельке электронных денег соответствующего организатора игорного бизнеса, осуществляющего деятельность букмекерской конторы и (или) тотализатора, в единой системе учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z255" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Юридическое лицо, обеспечивающее функционирование единой системы учета, обеспечивает в автоматическом режиме прием, регистрацию, обработку, учет и хранение информации о заключенных пари, в том числе о фамилии, имени, отчестве (если оно указано в документе, удостоверяющем личность), дате рождения участника пари, сумме, времени и дате их заключения, об условиях пари, о рассчитанных по ним суммах, подлежащих выплате выигрышах, принятых ставках, выплаченных выигрышах, об осуществлении кассовых операций организаторами игорного бизнеса, осуществляющими деятельность букмекерской конторы и (или) тотализатора, о форме расчетов с участниками пари, переводе денежных средств, в том числе электронных денег, от участников пари организаторам игорного бизнеса, осуществляющим деятельность букмекерских контор или тотализаторов, и от организаторов игорного бизнеса, осуществляющих деятельность букмекерских контор или тотализаторов, участникам пари.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z256" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Юридическое лицо, обеспечивающее функционирование единой системы учета, по результатам мониторинга по выявлению на территории Республики Казахстан интернет-ресурсов, содержащих признаки интернет-казино, букмекерских контор и (или) тотализаторов, не имеющих лицензий на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан, направляет в уполномоченный орган в области масс-медиа сведения об обнаружении доменных имен, указателей страниц сайтов в сети Интернет и сетевых адресов, позволяющих идентифицировать сайты в сети Интернет, содержащие информацию с признаками интернет-казино, букмекерских контор и (или) тотализаторов, не имеющих лицензий на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан, для ограничения доступа к ним на территории Республики Казахстан в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 12-2 в соответствии с Законом РК от 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Статья 12-3. Отчисления от ставок, осуществляемые организатором игорного бизнеса, осуществляющим деятельность букмекерской конторы или тотализатора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z258" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Организатор игорного бизнеса, осуществляющий деятельность букмекерской конторы или тотализатора, обязан осуществлять отчисления от каждой принятой ставки в размере, определяемом Правительством Республики Казахстан, направляемые единому оператору, осуществляющему деятельность по распределению внебюджетных денежных средств, направленных на развитие физической культуры и спорта, в фонд Национального олимпийского комитета Республики Казахстан на развитие олимпийских видов спорта и общественный фонд "Қазақстан халқына", а также на функционирование единой системы учета и обеспечение деятельности юридического лица, обеспечивающего функционирование единой системы учета (далее – отчисления).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z259" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Организатор игорного бизнеса, осуществляющий деятельность букмекерской конторы или тотализатора, удерживает отчисления с каждой ставки, принятой в кассе букмекерской конторы или тотализатора, и не позднее пяти рабочих дней со дня окончания квартала направляет юридическому лицу, обеспечивающему функционирование единой системы учета, удержанные отчисления со ставок, принятых в течение указанного квартала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z260" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Юридическое лицо, обеспечивающее функционирование единой системы учета, удерживает отчисления с каждой ставки, принятой в электронной кассе букмекерской конторы или тотализатора организатором игорного бизнеса, осуществляющим деятельность букмекерской конторы или тотализатора, с использованием электронных денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z261" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Юридическое лицо, обеспечивающее функционирование единой системы учета, не позднее двадцати рабочих дней со дня окончания квартала направляет общую сумму отчислений, удержанную за квартал, в пропорциях, определяемых Правительством Республики Казахстан, единому оператору, осуществляющему деятельность по распределению внебюджетных денежных средств, направленных на развитие физической культуры и спорта, в фонд Национального олимпийского комитета Республики Казахстан на развитие олимпийских видов спорта и общественный фонд "Қазақстан халқына", а также на функционирование единой системы учета и обеспечение деятельности юридического лица, обеспечивающего функционирование единой системы учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 12-3 в соответствии с Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Статья 13. Квалификационные требования, предъявляемые к заявителям для получения лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="125"/>
+    <w:bookmarkStart w:name="z63" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. К заявителям для получения лицензии предъявляются следующие квалификационные требования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для осуществления деятельности тотализатора или букмекерской конторы наличие здания (части здания, строения, сооружения) на праве собственности, соответствующего санитарно-эпидемиологическим и противопожарным нормам, установленным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6005,70 +6662,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       букмекерских контор – в размере 40 000;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тотализаторов – в размере 10 000.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="126"/>
+    <w:bookmarkStart w:name="z64" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для получения каждой лицензии на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан заявитель представляет в уполномоченный орган (лицензиару) документы, подтверждающие его соответствие квалификационным требованиям, установленным настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6224,91 +6881,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Обязательные резервы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="127"/>
+    <w:bookmarkStart w:name="z66" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обязательные резервы формируются заявителями, претендующими на получение лицензий на право занятия деятельностью в сфере игорного бизнеса, в размерах, установленных настоящим Законом для каждого вида деятельности, на каждую лицензию и размещаются в банках на территории Республики Казахстан на условиях вклада на основании договора, заключаемого банком с клиентом, и при условии выдачи вклада по первому требованию (вклада до востребования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z67" w:id="128"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z67" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Организатор игорного бизнеса обязан на постоянной основе обеспечивать размещение обязательных резервов в порядке и на условиях, установленных настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z68" w:id="129"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z68" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Исключен Законом РК от 04.05.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6323,111 +6980,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z69" w:id="130"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z69" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Обязательные резервы могут быть использованы исключительно в целях исполнения обязательств организатора игорного бизнеса по выплате выигрыша участникам азартных игр и (или) пари и только при условии недостаточности денег на счетах и в кассе организатора игорного бизнеса, за исключением случаев, предусмотренных законодательством Республики Казахстан об исполнительном производстве и статусе судебных исполнителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z70" w:id="131"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z70" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случае, если сумма обязательных резервов окажется ниже размера, установленного настоящим Законом, организатор игорного бизнеса обязан в течение трех рабочих дней со дня такого снижения пополнить обязательные резервы до размера, установленного настоящим Законом для каждого вида лицензируемой деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z71" w:id="132"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z71" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Организатор игорного бизнеса представляет справку в уполномоченный орган о наличии и движении денег по банковским счетам, открытым при заключении договора банковского вклада, не реже одного раза в три месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6543,608 +7200,608 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Порядок и особенности посещения игорных заведений, касс букмекерских контор или тотализаторов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="133"/>
+    <w:bookmarkStart w:name="z145" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Запрещается участие в азартных играх и (или) пари:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z228" w:id="134"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z228" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) физических лиц в возрасте до двадцати одного года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z229" w:id="135"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z229" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) лиц, ограниченных в участии в азартных играх и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z230" w:id="136"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z230" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лиц, имеющих неисполненные обязательства по исполнительным документам об имущественных взысканиях, включенных уполномоченным органом, осуществляющим реализацию государственной политики и государственное регулирование деятельности в сфере обеспечения исполнения исполнительных документов, в Единый реестр должников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z238" w:id="137"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z238" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лиц, осужденных к наказанию в виде ограничения свободы или осужденных условно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z146" w:id="138"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z146" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правила работы игорного заведения, букмекерской конторы или тотализатора, приема ставок и проводимых азартных игр и (или) пари размещаются организатором игорного бизнеса на видном месте в игорном заведении, кассе букмекерской конторы и (или) тотализатора, а также на интернет-ресурсе организатора игорного бизнеса (при наличии такового) и должны содержать следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z147" w:id="139"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z147" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) наименование игорного заведения, букмекерской конторы или тотализатора; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z148" w:id="140"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z148" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование организатора игорного бизнеса с указанием его места нахождения, банковских реквизитов, идентификационного номера, интернет-ресурса (при наличии такового);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z149" w:id="141"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z149" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) информацию о лицензии на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан, сроке ее действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z150" w:id="142"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z150" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) предупреждение о вреде чрезмерного увлечения азартными играми и (или) пари; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z151" w:id="143"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z151" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) порядок самостоятельного ограничения в участии в азартных играх и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z152" w:id="144"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z152" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) место нахождения и контактные номера телефонов специалистов (учреждений, организаций, служб), оказывающих психологическую помощь участникам азартной игры и (или) пари, а также их близким родственникам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z153" w:id="145"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z153" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) порядок установления личности участника азартной игры и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z154" w:id="146"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z154" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) виды проводимых азартных игр и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z155" w:id="147"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z155" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) перечень источников информации, используемых для определения результатов исхода события, на которое участники пари делают ставки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z156" w:id="148"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z156" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) основные термины и определения, непосредственно используемые в азартной игре и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z157" w:id="149"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z157" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) права и обязанности организатора игорного бизнеса и участника азартной игры и (или) пари в соответствии с требованиями законодательства Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z158" w:id="150"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z158" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) условия участия в азартной игре и (или) пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z159" w:id="151"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z159" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) порядок проведения азартной игры и (или) пари, а также игровой сессии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z160" w:id="152"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z160" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) условия приема ставок в азартной игре и (или) пари; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z161" w:id="153"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z161" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) размер вознаграждения (комиссии) организатора игорного бизнеса, осуществляющего деятельность тотализатора, за посредничество в организации пари;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z162" w:id="154"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z162" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) результат, при наступлении которого участнику азартной игры и (или) пари подлежит выплате выигрыш;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z163" w:id="155"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z163" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) порядок рассмотрения споров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) иные сведения, предусмотренные типовыми правилами работы игорного заведения, букмекерской конторы или тотализатора, приема ставок и проводимых азартных игр и (или) пари, утвержденными уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z231" w:id="156"/>
+    <w:bookmarkStart w:name="z231" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Правила работы игорного заведения, букмекерской конторы или тотализатора, приема ставок и проводимых азартных игр и (или) пари должны соответствовать типовым правилам работы игорного заведения, букмекерской конторы или тотализатора, приема ставок и проводимых азартных игр и (или) пари, утвержденным уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z165" w:id="157"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z165" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Организатор игорного бизнеса вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z166" w:id="158"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z166" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) устанавливать ограничения на свободное посещение игорного заведения, букмекерской конторы или тотализатора (кассы букмекерской конторы и (или) тотализатора), не противоречащие законодательству Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z167" w:id="159"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z167" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) не допускать к азартным играм лиц, нарушающих правила работы игорного заведения, букмекерской конторы или тотализатора (кассы букмекерской конторы и (или) тотализатора), приема ставок и проводимых азартных игр и (или) пари. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7240,348 +7897,390 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-1. Ограничение участия в азартных играх и (или) пари</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:bookmarkStart w:name="z169" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Гражданин Республики Казахстан, достигший двадцатиоднолетнего возраста, может самостоятельно ограничить себя в участии в азартных играх и (или) пари сроком от шести месяцев до десяти лет путем подачи заявления в уполномоченный орган о включении себя в список лиц, ограниченных в участии в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z232" w:id="161"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z232" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление должно содержать фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность), данные документа, удостоверяющего личность, срок ограничения в участии в азартных играх и (или) пари, личную или электронно-цифровую подпись. Поданное заявление не подлежит возврату или отзыву.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z170" w:id="162"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z170" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Близкие родственники, члены семьи на основании вступившего в законную силу решения суда об ограничении дееспособности гражданина вправе обратиться в уполномоченный орган с заявлением о включении такого лица в список лиц, ограниченных в участии в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z173" w:id="163"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z173" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Порядок подачи заявления о включении в список лиц, ограниченных в участии в азартных играх и (или) пари, а также ведения списка определяется уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z233" w:id="164"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z233" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация о лицах, ограниченных в участии в азартных играх и (или) пари, является конфиденциальной.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z234" w:id="165"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z234" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, получающие доступ к информации о лицах, ограниченных в участии в азартных играх и (или) пари, обеспечивают ее конфиденциальность путем соблюдения требования не допускать ее распространения без согласия заявителя или его законного представителя либо наличия иного законного основания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z235" w:id="166"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z235" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, которым стали известны сведения о лицах, ограниченных в участии в азартных играх и (или) пари в связи с профессиональной, служебной необходимостью, а также трудовыми отношениями, обязаны обеспечивать их конфиденциальность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z236" w:id="167"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z236" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В силу профессиональной, служебной необходимости, а также в связи с трудовыми отношениями доступ к списку лиц, ограниченных в участии в азартных играх и (или) пари, может быть обеспечен правоохранительным, специальным государственным органам, Национальному Банку Республики Казахстан и уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций по отдельным запросам в адрес уполномоченного органа и при условии обеспечения конфиденциальности и соблюдения иных требований, установленных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z177" w:id="168"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z262" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган обеспечивает единой системе учета, юридическому лицу, обеспечивающему функционирование единой системы учета, а также юридическому лицу, привлекаемому им для оказания услуг платежной организации, бесперебойный доступ к списку лиц, ограниченных в участии в азартных играх и (или) пари.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z177" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. До истечения срока ограничения участия в азартных играх и (или) пари гражданин Республики Казахстан может подать заявление о продлении ограничения на новый срок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z178" w:id="169"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z178" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уполномоченный орган после дня окончания срока самоограничения в участии в азартных играх и (или) пари исключает из списка лицо, включенное в список лиц, ограниченных в участии в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z179" w:id="170"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z179" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицо, включенное в список лиц, ограниченных в участии в азартных играх и (или) пари, в соответствии с пунктом 2 настоящей статьи, исключается из списка уполномоченным органом на основании вступившего в законную силу решения суда об отмене ограничения дееспособности гражданина.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z180" w:id="171"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z180" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Запрещаются организация и проведение азартных игр и (или) пари с лицами, находящимися в списке лиц, ограниченных в участии в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-[...57 lines deleted...]
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z187" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием (осуществление) платежей, в том числе с использованием электронных денег, между участником пари и букмекерской конторой или тотализатором, включая выплату выигрыша, без их учета в единой системе учета запрещается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z263" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Единая система учета обязана отказать в приеме (осуществлении) платежей с использованием электронных денег от (в пользу) лица, которому установлен запрет на участие в азартных играх и (или) пари в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 15 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z237" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Организаторы игорного бизнеса отказывают в доступе к участию в азартных играх и (или) пари физическим лицам, которым установлен запрет на участие в азартных играх и (или) пари в соответствии с пунктом 1 статьи 15 настоящего Закона, а также в приеме (осуществлении) наличных и безналичных платежей от (в пользу) таких лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7603,71 +8302,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); с изменениями, внесенными Законом РК от 08.07.2024 </w:t>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7692,370 +8411,370 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нарушение законодательства Республики Казахстан об игорном бизнесе влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16-1. Государственный контроль за соблюдением  законодательства Республики Казахстан об игорном бизнесе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="174"/>
+    <w:bookmarkStart w:name="z118" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль за соблюдением законодательства Республики Казахстан об игорном бизнесе осуществляется в форме проверки, профилактического контроля с посещением субъекта (объекта) контроля, а также профилактического контроля без посещения субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z119" w:id="175"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z119" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Проверка и профилактический контроль с посещением субъекта (объекта) контроля осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z120" w:id="176"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z120" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Профилактический контроль без посещения субъекта (объекта) контроля осуществляется в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z121" w:id="177"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z121" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Субъектами государственного контроля являются организаторы игорного бизнеса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z122" w:id="178"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z122" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных уполномоченным органом по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на них.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z123" w:id="179"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z123" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Профилактический контроль без посещения субъекта (объекта) контроля проводится путем сопоставления отчетности, представленной организаторами игорного бизнеса в уполномоченный орган, справок о наличии и движении денег по банковским счетам, открытым при заключении договора банковского вклада, сведений от уполномоченных организаций и государственных органов посредством запроса и сведений, полученных из различных источников информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z124" w:id="180"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z124" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае выявления нарушений по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъекта контроля уполномоченным органом оформляется и направляется рекомендация в срок не позднее десяти рабочих дней со дня выявления нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z125" w:id="181"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z125" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Рекомендация должна быть вручена субъекту контроля лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z126" w:id="182"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z126" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z127" w:id="183"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z127" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) нарочно – с даты отметки в рекомендации о получении; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z128" w:id="184"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z128" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) почтой – заказным письмом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z129" w:id="185"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z129" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электронным способом – с даты отправки уполномоченным органом на электронный адрес субъекта контроля, указанный в письме при запросе уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z130" w:id="186"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z130" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z131" w:id="187"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z131" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный орган, направивший рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем вручения рекомендации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z132" w:id="188"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z132" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z133" w:id="189"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z133" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Профилактический контроль без посещения субъекта (объекта) контроля проводится не чаще одного раза в квартал.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8111,51 +8830,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16-2. Организация проведения проверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="190"/>
+    <w:bookmarkStart w:name="z94" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Исключена Законом РК от 17.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8170,69 +8889,69 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16-3. Порядок проведения проверок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="191"/>
+    <w:bookmarkStart w:name="z100" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Исключена Законом РК от 17.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8247,108 +8966,108 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Переходные и заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="192"/>
+    <w:bookmarkStart w:name="z78" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Закон вводится в действие с 1 апреля 2007 года. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z79" w:id="193"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z79" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Со дня введения в действие настоящего Закона действие лицензий, выданных до 1 апреля 2007 года на право занятия деятельностью в сфере игорного бизнеса, прекращается. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -8489,55 +9208,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>