--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d13951a" w14:textId="d13951a">
+    <w:p w14:paraId="05bca86" w14:textId="05bca86">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3897,2325 +3897,2251 @@
         </w:rPr>
         <w:t xml:space="preserve">
       8) организацию и проведение обучения в целях повышения квалификации специалистов в области взаимного страхования. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z80" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Обществу запрещаются осуществление сделок и проведение операций, не предусмотренных пунктами 1 и 2 настоящей статьи. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z47" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Общество обязано сообщать уполномоченному органу по финансовому мониторингу сведения и информацию в соответствии с Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Не допускается участие общества в других юридических лицах, за исключением случаев объединения обществ по взаимному страхованию в ассоциации (союзы), а также создания ими консорциума на основе договора о совместной хозяйственной деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Общество вправе создавать филиалы и представительства в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z119" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Общество обязано предоставить равные права, предусмотренные настоящим Законом, для всех членов общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 30.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 26.07.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2017); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Запрет на осуществление деятельности по перестрахованию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обществу запрещается передавать все или часть страховых рисков, принятых обществом, в перестрахование страховой (перестраховочной) организации, имеющей соответствующую лицензию уполномоченного органа, или перестраховочной организации - нерезиденту Республики Казахстан, а также осуществлять посредническую деятельность или деятельность по принятию рисков на перестрахование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 в редакции Закона РК от 30.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...76 lines deleted...]
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z20" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ОРГАНЫ ОБЩЕСТВА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Органы общества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Органами общества являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) высший орган - общее собрание членов общества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) исполнительный орган - коллегиальный орган (правление) или лицо, единолично осуществляющее функции исполнительного органа (председатель); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) контрольный орган - служба внутреннего аудита. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Уставом общества может быть предусмотрено создание иных органов общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Общее собрание членов общества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К исключительной компетенции общего собрания членов общества относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) определение условий договоров страхования, заключаемых обществом со своими членами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) утверждение бюджета общества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) принятие решения о проведении аудита общества и выбор аудиторской организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) определение порядка рассмотрения споров между обществом и его членами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) утверждение правил взаимного страхования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) определение порядка расчета страховых тарифов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) определение порядка формирования и пополнения страховых и иных резервов общества, необходимых для обеспечения деятельности общества, их использование; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) утверждение инвестиционной политики общества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) утверждение политики передачи страховых рисков для их перестрахования и установление лимитов собственного удержания по каждому виду страхования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) принятие решения о выдаче займов членам общества в пределах выкупной суммы, предусмотренной соответствующим договором накопительного страхования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) принятие решения о выдаче займов членам общества на уплату страховых премий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) принятие решения о выделении денег на проведение мероприятий для предупреждения рисков наступления страхового случая на основании заключения, представленного исполнительным органом общества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) определение порядка работы службы внутреннего аудита, размера и условий оплаты труда работников службы внутреннего аудита; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) принятие решения о вступлении новых членов в общество; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) иные вопросы, предусмотренные другими законодательными актами Республики Казахстан, а также уставом общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Общее собрание членов общества вправе принять к рассмотрению любой вопрос, связанный с деятельностью общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Порядок созыва, проведения, принятия решения общего собрания членов общества (в том числе внеочередного) определяется законодательством Республики Казахстан о потребительском кооперативе. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. При принятии решения общего собрания каждый член общества имеет один голос независимо от величины его доли в имуществе общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 30.12.2009 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными Законом РК от 7 мая 2007 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Исполнительный орган</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. К компетенции исполнительного органа общества относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) формирование предложений по приоритетным направлениям деятельности общества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) разработка инвестиционной политики общества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) разработка политики передачи страховых рисков для их перестрахования и лимитов собственного удержания по каждому виду страхования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) подготовка годового финансового отчета и проекта бюджета общества на следующий год; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) утверждение отчетов общества, за исключением отчетов, утверждение которых отнесено к исключительной компетенции общего собрания членов общества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) иные вопросы, определенные другими законодательными актами Республики Казахстан, а также уставом общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Председатель общества избирается и освобождается от должности общим собранием членов общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Председатель общества может не являться членом общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Исполнительный орган общества (правление), включая его руководителя, избирается общим собранием членов общества в количестве и на срок, которые предусмотрены его уставом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По решению общего собрания членов общества полномочия любого члена правления общества могут быть прекращены досрочно. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Руководитель исполнительного органа общества обеспечивает функционирование этого органа и руководит его заседаниями. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z95" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Правление общества вправе принимать решения, если на его заседании присутствует более половины его членов. Решения принимаются простым большинством голосов. В случае равенства голосов решающим является голос председателя правления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z96" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Порядок деятельности исполнительного органа общества и принятия им решений определяется уставом общества и иными документами, принятыми общим собранием членов общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Служба внутреннего аудита общества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Для осуществления контроля за финансово-хозяйственной деятельностью общества образуется служба внутреннего аудита, которая состоит из числа членов общества, если иное не предусмотрено уставом общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z98" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Порядок работы службы внутреннего аудита общества определяется уставом и внутренними документами общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z99" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Членом службы внутреннего аудита не может являться член исполнительного органа общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z100" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Служба внутреннего аудита проводит проверки финансово-хозяйственной деятельности общества, дает общему собранию членов общества заключение по годовому финансовому отчету и бухгалтерскому балансу общества. Общее собрание членов общества не вправе утверждать годовые финансовые отчеты и бухгалтерские балансы общества при отсутствии заключения службы внутреннего аудита общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z101" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Члены службы внутреннего аудита, в том числе ее председатель, избираются общим собранием членов общества на срок, определенный уставом общества. Члены службы внутреннего аудита не вправе передавать свои полномочия другим лицам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По решению общего собрания членов общества полномочия любого члена службы внутреннего аудита могут быть прекращены досрочно. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Члены службы внутреннего аудита имеют право на получение любой информации о деятельности общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Члены службы внутреннего аудита присутствуют на заседаниях правления общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Служба внутреннего аудита самостоятельно созывает общее собрание членов общества: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в случае, если деятельность исполнительного органа не обеспечивает достижения целей и выполнения задач общества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) если исполнительный орган общества не исполнил требования одной десятой части от общего количества членов общества о созыве общего собрания в течение четырнадцати дней с даты заявления такого требования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. ИМУЩЕСТВО ОБЩЕСТВА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Источники формирования имущества общества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Источниками формирования имущества общества являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) взносы учредителей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исключен Законом РК от 30.12.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2017).</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исключен Законом РК от 30.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) добровольные денежные и иные взносы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) доходы, получаемые от размещения страховых резервов и иных средств; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) доходы от иной деятельности, предусмотренной настоящим Законом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Порядок распоряжения имуществом, находящимся в собственности общества, устанавливается общим собранием членов общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными Законом РК от 30.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 16. Запрет на осуществление деятельности по перестрахованию</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
+        <w:t>Статья 22. Страховые премии и страховые выплаты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Страховые премии, уплаченные членами общества, выплачиваются выгодоприобретателю обществом в виде страховых выплат в размере, определенном договором страхования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Размер и порядок расчета страховых премий устанавливаются правилами взаимного страхования общества, утвержденными общим собранием членов общества, если иное не предусмотрено законодательными актами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z108" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Если по окончании отчетного периода у общества не было задолженности по страховым выплатам, а также задолженности по уплате налогов и других обязательных платежей в бюджет, общим собранием членов общества может быть принято решение об уменьшении очередных страховых премий или о приостановлении их уплаты. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z109" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Порядок и условия осуществления страховых выплат устанавливаются правилами взаимного страхования общества, утвержденными общим собранием членов общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Дополнительные взносы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Порядок расчета и внесения дополнительных взносов должен быть установлен правилами взаимного страхования общества, утвержденными общим собранием членов общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z111" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Дополнительные взносы членов общества направляются только на осуществление страховых выплат. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z112" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исключен Законом РК от 30.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 16 в редакции Закона РК от 30.12.2009 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными Законом РК от 30.12.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Страховые и иные резервы общества</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок с изменениями, внесенными Законом РК от 30.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Для обеспечения выполнения своих обязательств общество формирует из полученных страховых премий страховые резервы. Полученная сумма страховых премий должна в полном объеме направляться на формирование страховых резервов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к формированию, методике расчета страховых резервов и их структуре устанавливаются нормативными правовыми актами уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если уставом общества не предусмотрено создание иных резервов, то инвестиционный доход и собственные средства общества также направляются на формирование страховых резервов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Если по окончании финансового года у общества не было задолженности по страховым выплатам, а также задолженности по уплате налогов и других обязательных платежей в бюджет, общим собранием членов общества может быть принято решение о направлении части или всей суммы страховых резервов в иные резервы общества, предусмотренные уставом общества, для обеспечения финансовой устойчивости и платежеспособности общества. Необходимая сумма страховых резервов на предстоящий финансовый год должна быть в обязательном порядке сформирована за счет очередных страховых премий. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z115" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Средства страховых резервов используются для инвестирования и (или) осуществления страховой выплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z116" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Общество обязано иметь актуарную оценку обязательств общества перед членами, расчетов страховых премий и страховых резервов общества, осуществляемую актуарием в соответствии с правилами взаимного страхования общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными Законом РК от 30.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. ОРГАНЫ ОБЩЕСТВА</w:t>
-[...1900 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Ответственность за нарушение законодательства Республики Казахстан о взаимном страховании</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>