--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2cc2d6e" w14:textId="2cc2d6e">
+    <w:p w14:paraId="8e4b9f8" w14:textId="8e4b9f8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -838,110 +838,288 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Присяжные заседатели Республики Казахстан обладают равным статусом. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 4. Единый список кандидатов в присяжные заседатели</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях обеспечения участия граждан Республики Казахстан в процессе отбора присяжных заседателей единый список кандидатов в присяжные заседатели формируется по запросу суда в электронной форме посредством информационно-аналитической системы уполномоченного органа в сфере информатизации и объектов информатизации "электронного правительства" в соответствии с законодательством Республики Казахстан об информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z100" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственные органы обязаны представлять в информационно-аналитическую систему уполномоченного органа в сфере информатизации сведения для формирования единого списка кандидатов в присяжные заседатели в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z101" w:id="10"/>
+    <w:bookmarkStart w:name="z101" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Единый список кандидатов в присяжные заседатели формируется в алфавитном порядке. В списке указываются фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), год рождения (в возрасте двадцати пяти лет – дополнительно день и месяц) и регистрация по месту жительства кандидата в присяжные заседатели.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -977,90 +1155,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 5. Количество граждан, включаемых в единый список кандидатов в присяжные заседатели</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="11"/>
+    <w:bookmarkStart w:name="z102" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В единый список кандидатов в присяжные заседатели включаются граждане Республики Казахстан, зарегистрированные по месту жительства на соответствующей административно-территориальной единице и соответствующие требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, в количестве, определяемом председателем соответствующего областного и приравненного к нему суда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1096,510 +1274,510 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 6. Процедура составления первичных списков кандидатов в присяжные заседатели </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="12"/>
+    <w:bookmarkStart w:name="z31" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 6 исключена Законом РК от 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 7. Процедура составления запасного списка кандидатов в присяжные заседатели </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 7 исключена Законом РК от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 8. Процедура составления единого списка кандидатов в присяжные заседатели </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 8 исключена Законом РК от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 9. Дополнительный список кандидатов в присяжные заседатели </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 9 исключена Законом РК от 14.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 10. Требования, предъявляемые к кандидатам в присяжные заседатели </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В списки кандидатов в присяжные заседатели не включаются лица: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) не достигшие к моменту составления списков присяжных заседателей возраста двадцати пяти лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z47" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) имеющие непогашенную либо неснятую судимость; </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p>
-[...215 lines deleted...]
-      1) не достигшие к моменту составления списков присяжных заседателей возраста двадцати пяти лет; </w:t>
+    <w:bookmarkStart w:name="z48" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) признанные судом недееспособными или ограниченно дееспособными; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z47" w:id="14"/>
-[...15 lines deleted...]
-      2) имеющие непогашенную либо неснятую судимость; </w:t>
+    <w:bookmarkStart w:name="z49" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) судьи, прокуроры, следователи, адвокаты, государственные служащие и военнослужащие, а также работники правоохранительных органов; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z48" w:id="15"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="17"/>
+    <w:bookmarkStart w:name="z50" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) состоящие на учете в организациях здравоохранения по поводу психических, поведенческих расстройств (заболеваний), в том числе связанных с употреблением психоактивных веществ.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z51" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Какие-либо ограничения на включение граждан в списки кандидатов в присяжные заседатели по мотивам происхождения, социального, должностного и имущественного положения, пола, расы, национальности, языка, отношения к религии, убеждений, места жительства или по любым иным обстоятельствам не допускаются. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z52" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Из списков кандидатов в присяжные заседатели исключаются по их письменному заявлению: </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z51" w:id="18"/>
-[...15 lines deleted...]
-      2. Какие-либо ограничения на включение граждан в списки кандидатов в присяжные заседатели по мотивам происхождения, социального, должностного и имущественного положения, пола, расы, национальности, языка, отношения к религии, убеждений, места жительства или по любым иным обстоятельствам не допускаются. </w:t>
+    <w:bookmarkStart w:name="z53" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) лица, не владеющие языком, на котором ведется судопроизводство по уголовному делу; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z52" w:id="19"/>
-[...15 lines deleted...]
-      3. Из списков кандидатов в присяжные заседатели исключаются по их письменному заявлению: </w:t>
+    <w:bookmarkStart w:name="z54" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) лица, не способные в силу своих физических или психических недостатков исполнять обязанности присяжных заседателей; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z53" w:id="20"/>
-[...15 lines deleted...]
-      1) лица, не владеющие языком, на котором ведется судопроизводство по уголовному делу; </w:t>
+    <w:bookmarkStart w:name="z55" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) лица старше шестидесяти пяти лет; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z54" w:id="21"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="23"/>
+    <w:bookmarkStart w:name="z56" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) священнослужители.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1853,70 +2031,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="24"/>
+    <w:bookmarkStart w:name="z61" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Граждане, получившие извещение о месте и времени начала судебного заседания, обязаны явиться в суд для участия в процедуре отбора присяжных заседателей. Неявка гражданина без уважительных причин влечет ответственность, установленную законом Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2025,615 +2203,615 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 13. Права, обязанности присяжного заседателя и ограничения в действиях, связанные с рассмотрением дела </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Присяжный заседатель имеет право: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="25"/>
+    <w:bookmarkStart w:name="z67" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) участвовать в исследовании рассматриваемых в суде доказательств с тем, чтобы получить возможность самостоятельно по своему внутреннему убеждению оценить обстоятельства дела и дать ответы на вопросы, которые будут поставлены перед коллегией присяжных заседателей; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z68" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) задавать через председательствующего вопросы участникам процесса; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z69" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) участвовать в осмотре вещественных доказательств, документов, в производстве осмотров местности и помещения, во всех других действиях в судебном следствии; </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z68" w:id="26"/>
-[...15 lines deleted...]
-      2) задавать через председательствующего вопросы участникам процесса; </w:t>
+    <w:bookmarkStart w:name="z70" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) обращаться к председательствующему за разъяснениями норм законодательства, а также содержания оглашенных в судебном заседании документов и по другим непонятным для него вопросам, относящимся к делу; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z69" w:id="27"/>
-[...15 lines deleted...]
-      3) участвовать в осмотре вещественных доказательств, документов, в производстве осмотров местности и помещения, во всех других действиях в судебном следствии; </w:t>
+    <w:bookmarkStart w:name="z71" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) делать письменные заметки во время судебного заседания. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z70" w:id="28"/>
-[...15 lines deleted...]
-      4) обращаться к председательствующему за разъяснениями норм законодательства, а также содержания оглашенных в судебном заседании документов и по другим непонятным для него вопросам, относящимся к делу; </w:t>
+    <w:bookmarkStart w:name="z72" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Присяжный заседатель обязан: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z71" w:id="29"/>
-[...15 lines deleted...]
-      5) делать письменные заметки во время судебного заседания. </w:t>
+    <w:bookmarkStart w:name="z73" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) соблюдать порядок в судебном заседании и подчиняться законным распоряжениям председательствующего; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z72" w:id="30"/>
-[...15 lines deleted...]
-      2. Присяжный заседатель обязан: </w:t>
+    <w:bookmarkStart w:name="z74" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) являться в указанное судом время для исполнения обязанностей присяжного заседателя, а также для продолжения судебного разбирательства в случае, если объявляется перерыв в судебном заседании или слушание дела откладывается; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z73" w:id="31"/>
-[...15 lines deleted...]
-      1) соблюдать порядок в судебном заседании и подчиняться законным распоряжениям председательствующего; </w:t>
+    <w:bookmarkStart w:name="z75" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в случае невозможности явиться в суд заранее оповестить председательствующего о причинах неявки. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z74" w:id="32"/>
-[...15 lines deleted...]
-      2) являться в указанное судом время для исполнения обязанностей присяжного заседателя, а также для продолжения судебного разбирательства в случае, если объявляется перерыв в судебном заседании или слушание дела откладывается; </w:t>
+    <w:bookmarkStart w:name="z76" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Присяжный заседатель не вправе: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z75" w:id="33"/>
-[...15 lines deleted...]
-      3) в случае невозможности явиться в суд заранее оповестить председательствующего о причинах неявки. </w:t>
+    <w:bookmarkStart w:name="z77" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) отлучаться из зала судебного заседания во время слушания дела; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z76" w:id="34"/>
-[...15 lines deleted...]
-      3. Присяжный заседатель не вправе: </w:t>
+    <w:bookmarkStart w:name="z78" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) вступать в контакт во время слушания дела по делу с лицами, не входящими в состав суда, без разрешения председательствующего; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z77" w:id="35"/>
-[...15 lines deleted...]
-      1) отлучаться из зала судебного заседания во время слушания дела; </w:t>
+    <w:bookmarkStart w:name="z79" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) собирать сведения в ходе разбирательства дела вне судебного заседания; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z78" w:id="36"/>
-[...15 lines deleted...]
-      2) вступать в контакт во время слушания дела по делу с лицами, не входящими в состав суда, без разрешения председательствующего; </w:t>
+    <w:bookmarkStart w:name="z80" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) разглашать сведения об обстоятельствах, ставших ему известными в связи с его участием в закрытом судебном заседании, а также нарушать тайну совещательной комнаты. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z79" w:id="37"/>
-[...15 lines deleted...]
-      3) собирать сведения в ходе разбирательства дела вне судебного заседания; </w:t>
+    <w:bookmarkStart w:name="z81" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Невыполнение присяжным заседателем обязанностей, а также несоблюдение ограничений, предусмотренных настоящей статьей, влекут ответственность, установленную законом Республики Казахстан, а также возможность отстранения присяжного заседателя председательствующим от дальнейшего участия в рассмотрении дела. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z80" w:id="38"/>
-[...15 lines deleted...]
-      4) разглашать сведения об обстоятельствах, ставших ему известными в связи с его участием в закрытом судебном заседании, а также нарушать тайну совещательной комнаты. </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 14. Присяга присяжного заседателя </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Лицо, отобранное в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уголовно-процессуальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан для участия в уголовном судопроизводстве в качестве присяжного заседателя, принимает присягу следующего содержания: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Приступая к исполнению обязанностей присяжного заседателя, торжественно клянусь исполнять свои обязанности честно и беспристрастно, принимать во внимание все рассмотренные в суде доказательства, доводы, обстоятельства дела, разрешать дело по своему внутреннему убеждению и совести, как подобает свободному гражданину и справедливому человеку". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z81" w:id="39"/>
-[...15 lines deleted...]
-      4. Невыполнение присяжным заседателем обязанностей, а также несоблюдение ограничений, предусмотренных настоящей статьей, влекут ответственность, установленную законом Республики Казахстан, а также возможность отстранения присяжного заседателя председательствующим от дальнейшего участия в рассмотрении дела. </w:t>
+    <w:bookmarkStart w:name="z84" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Присяжный заседатель подтверждает принятие присяги произнесением фразы "Я клянусь". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 14. Присяга присяжного заседателя </w:t>
-[...56 lines deleted...]
-      "Приступая к исполнению обязанностей присяжного заседателя, торжественно клянусь исполнять свои обязанности честно и беспристрастно, принимать во внимание все рассмотренные в суде доказательства, доводы, обстоятельства дела, разрешать дело по своему внутреннему убеждению и совести, как подобает свободному гражданину и справедливому человеку". </w:t>
+        <w:t xml:space="preserve">Статья 15. Порядок и сроки исполнения гражданином обязанностей присяжного заседателя </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Вызов необходимого числа кандидатов в присяжные заседатели в суд для участия в рассмотрении дел осуществляется секретарем судебного заседания в соответствии с распоряжением председательствующего судьи суда, рассматривающего уголовное дело с участием присяжных заседателей. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Граждане призываются к исполнению в суде обязанностей присяжных заседателей не более одного раза в течение календарного года на все время рассмотрения уголовного дела. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z84" w:id="41"/>
-[...15 lines deleted...]
-      2. Присяжный заседатель подтверждает принятие присяги произнесением фразы "Я клянусь". </w:t>
+    <w:bookmarkStart w:name="z87" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Лица, вызванные в суд, но не отобранные в состав коллегии присяжных заседателей, могут быть привлечены для участия в качестве присяжных заседателей в другом судебном заседании. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 15. Порядок и сроки исполнения гражданином обязанностей присяжного заседателя </w:t>
-[...36 lines deleted...]
-      2. Граждане призываются к исполнению в суде обязанностей присяжных заседателей не более одного раза в течение календарного года на все время рассмотрения уголовного дела. </w:t>
+        <w:t xml:space="preserve">Статья 16. Оплата труда присяжного заседателя. Оплата расходов кандидатов в присяжные заседатели и присяжных заседателей. Гарантии присяжных заседателей в трудовых отношениях </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Присяжному заседателю уполномоченным государственным органом, осуществляющим материально-техническое и иное обеспечение деятельности областного и приравненного к нему суда, выплачивается по окончании рассмотрения конкретного дела, а в случае, если рассмотрение дела затягивается, ежемесячно за счет бюджетных средств вознаграждение в размере половины должностного оклада судьи районного суда и приравненного к нему суда (со стажем до года), но не менее среднего заработка присяжного заседателя по месту его основной работы пропорционально времени (количеству рабочих дней) присутствия в суде. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Командировочные расходы возмещаются кандидату в присяжные заседатели (присяжному заседателю) в порядке и размере, установленных законодательством Республики Казахстан для работников государственных учреждений, содержащихся за счет средств республиканского бюджета. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z87" w:id="43"/>
-[...15 lines deleted...]
-      3. Лица, вызванные в суд, но не отобранные в состав коллегии присяжных заседателей, могут быть привлечены для участия в качестве присяжных заседателей в другом судебном заседании. </w:t>
+    <w:bookmarkStart w:name="z90" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Время исполнения присяжным заседателем обязанностей в суде учитывается при исчислении трудового стажа. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:p>
-[...50 lines deleted...]
-      2. Командировочные расходы возмещаются кандидату в присяжные заседатели (присяжному заседателю) в порядке и размере, установленных законодательством Республики Казахстан для работников государственных учреждений, содержащихся за счет средств республиканского бюджета. </w:t>
+    <w:bookmarkStart w:name="z91" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. При исполнении обязанностей присяжного заседателя за ним сохраняется место его основной работы. Увольнение присяжного заседателя или перевод его на нижеоплачиваемую работу по инициативе работодателя во время исполнения им обязанностей в суде не допускается. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z90" w:id="45"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2707,130 +2885,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 17. Гарантии независимости присяжного заседателя </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. На присяжного заседателя в период осуществления им обязанностей в суде распространяются гарантии независимости судей, установленные законами.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="47"/>
+    <w:bookmarkStart w:name="z93" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Независимость присяжного заседателя при исполнении им обязанностей в суде обеспечивается: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z94" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) предусмотренной законом процедурой осуществления правосудия; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z95" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) запретом под угрозой ответственности чьего бы то ни было вмешательства в деятельность присяжного заседателя по участию в осуществлении правосудия. </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z94" w:id="48"/>
-[...15 lines deleted...]
-      1) предусмотренной законом процедурой осуществления правосудия; </w:t>
+    <w:bookmarkStart w:name="z96" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Присяжный заседатель, члены его семьи и их имущество находятся под защитой государства. Орган, ведущий уголовный процесс, обязан принять необходимые меры по обеспечению безопасности присяжного заседателя, членов его семьи, сохранности принадлежащего им имущества, если от присяжного заседателя, исполняющего обязанности в суде, поступит соответствующее заявление, а также в случаях, когда будут обнаружены другие свидетельства угрозы безопасности указанных лиц или сохранности их имущества. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z95" w:id="49"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 18. Ответственность лиц, препятствующих присяжному заседателю в исполнении его обязанностей </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3026,55 +3204,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>