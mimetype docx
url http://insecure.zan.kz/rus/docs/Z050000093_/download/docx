--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c18700f" w14:textId="c18700f">
+    <w:p w14:paraId="461e04a" w14:textId="461e04a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1960,110 +1960,204 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответственность за неполноту условий, подлежащих указанию в договоре обязательного экологического страхования, несет страховщик.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае возникновения спора по договору обязательного экологического страхования вследствие неполноты отдельных его условий спор решается в пользу страхователя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z180" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 4-1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Договор обязательного экологического страхования по желанию страхователя может быть заключен путем письменного обращения к страховщику либо обмена электронными информационными ресурсами между страхователем и страховщиком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Страховой полис, помимо условий, перечисленных в статье 826 Гражданского кодекса Республики Казахстан, должен содержать размер предельного объема ответственности страховщика по одному страховому случаю. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Требования по содержанию и оформлению страхового полиса по обязательному экологическому страхованию устанавливаются законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2175,549 +2269,625 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z181" w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В статью 7-1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 7-1. Требования к страховщику и интернет-ресурсам при заключении договора обязательного экологического страхования и урегулировании страховых случаев путем обмена электронными информационными ресурсами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z2990" w:id="37"/>
+    <w:bookmarkStart w:name="z2990" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. При заключении договоров обязательного экологического страхования в электронной форме и урегулировании страховых случаев по ним для обмена электронными информационными ресурсами между организацией по формированию и ведению базы данных, страховщиком и страхователем (застрахованным, выгодоприобретателем) используются интернет-ресурс и (или) информационная система страховщика. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z2991" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче заявления для заключения договора обязательного экологического страхования в электронной форме и урегулирования страхового случая от страхователя не требуется использования специализированного программного обеспечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z2992" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На интернет-ресурсе организации по формированию и ведению базы данных размещается ссылка на интернет-ресурс страховой организации, используемый для заключения договоров обязательного экологического страхования и урегулирования страховых случаев в электронной форме.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z2991" w:id="38"/>
-[...15 lines deleted...]
-      При подаче заявления для заключения договора обязательного экологического страхования в электронной форме и урегулирования страхового случая от страхователя не требуется использования специализированного программного обеспечения.</w:t>
+    <w:bookmarkStart w:name="z2993" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок обмена электронными информационными ресурсами между организацией по формированию и ведению базы данных и страховщиком, страховщиком и страхователем (застрахованным, выгодоприобретателем) определяется нормативным правовым актом уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z2992" w:id="39"/>
-[...15 lines deleted...]
-      На интернет-ресурсе организации по формированию и ведению базы данных размещается ссылка на интернет-ресурс страховой организации, используемый для заключения договоров обязательного экологического страхования и урегулирования страховых случаев в электронной форме.</w:t>
+    <w:bookmarkStart w:name="z2994" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При заключении договора обязательного экологического страхования и урегулировании страховых случаев по нему с использованием интернет-ресурса страховщика страховщик обязан обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z2993" w:id="40"/>
-[...15 lines deleted...]
-      2. Порядок обмена электронными информационными ресурсами между организацией по формированию и ведению базы данных и страховщиком, страховщиком и страхователем (застрахованным, выгодоприобретателем) определяется нормативным правовым актом уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+    <w:bookmarkStart w:name="z2995" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) незамедлительное отправление страхователю уведомления о заключении договора обязательного экологического страхования либо отказе в его заключении (с указанием причин отказа) в виде электронного сообщения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z2994" w:id="41"/>
-[...15 lines deleted...]
-      3. При заключении договора обязательного экологического страхования и урегулировании страховых случаев по нему с использованием интернет-ресурса страховщика страховщик обязан обеспечить:</w:t>
+    <w:bookmarkStart w:name="z2996" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уведомление страхователя (застрахованного) об основных этапах процесса урегулирования страхового случая, включая отказ в приеме документов для урегулирования (с указанием причин отказа), в виде электронного сообщения в порядке, установленном нормативным правовым актом уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z2995" w:id="42"/>
-[...15 lines deleted...]
-      1) незамедлительное отправление страхователю уведомления о заключении договора обязательного экологического страхования либо отказе в его заключении (с указанием причин отказа) в виде электронного сообщения;</w:t>
+    <w:bookmarkStart w:name="z2997" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) возможность проверки страхователем (застрахованным) информации по заключенному договору обязательного экологического страхования на интернет-ресурсе страховой организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z2996" w:id="43"/>
-[...15 lines deleted...]
-      2) уведомление страхователя (застрахованного) об основных этапах процесса урегулирования страхового случая, включая отказ в приеме документов для урегулирования (с указанием причин отказа), в виде электронного сообщения в порядке, установленном нормативным правовым актом уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+    <w:bookmarkStart w:name="z2998" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) возможность проверки страхователем (застрахованным, выгодоприобретателем) информации по страховому случаю по договору обязательного экологического страхования на интернет-ресурсе страховой организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z2997" w:id="44"/>
-[...15 lines deleted...]
-      3) возможность проверки страхователем (застрахованным) информации по заключенному договору обязательного экологического страхования на интернет-ресурсе страховой организации;</w:t>
+    <w:bookmarkStart w:name="z2999" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) хранение договора обязательного экологического страхования в электронной форме и информации по страховому случаю по нему с обеспечением круглосуточного доступа для страхователя (застрахованного, выгодоприобретателя) на интернет-ресурс страховщика;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z2998" w:id="45"/>
-[...15 lines deleted...]
-      4) возможность проверки страхователем (застрахованным, выгодоприобретателем) информации по страховому случаю по договору обязательного экологического страхования на интернет-ресурсе страховой организации;</w:t>
+    <w:bookmarkStart w:name="z3000" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) возможность страхователю (застрахованному, выгодоприобретателю) создания и отправки страховщику информации в электронной форме (заявления, уведомления и (или) иные документы, сведения), необходимой для:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z2999" w:id="46"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z3001" w:id="48"/>
+    <w:bookmarkStart w:name="z3001" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заключения договора обязательного экологического страхования; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z3002" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      досрочного прекращения договора обязательного экологического страхования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z3003" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уведомления о наступлении страхового случая (события, рассматриваемого в качестве страхового случая);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z3002" w:id="49"/>
-[...15 lines deleted...]
-      досрочного прекращения договора обязательного экологического страхования;</w:t>
+    <w:bookmarkStart w:name="z3004" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определения оценки размера экологического ущерба, причиненного в результате аварии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z3003" w:id="50"/>
-[...15 lines deleted...]
-      уведомления о наступлении страхового случая (события, рассматриваемого в качестве страхового случая);</w:t>
+    <w:bookmarkStart w:name="z3005" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      получения страховой выплаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z3004" w:id="51"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z3006" w:id="53"/>
+    <w:bookmarkStart w:name="z3006" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       урегулирования споров, возникающих из договора обязательного экологического страхования, с учетом особенностей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 22-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z3007" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заключении договора обязательного экологического страхования и урегулировании страховых случаев по нему направляется от организации по формированию и ведению единой базы данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z3008" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к порядку и содержанию уведомлений о заключении договора обязательного экологического страхования и урегулировании страховых случаев по нему определяются уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z3007" w:id="54"/>
-[...15 lines deleted...]
-      Уведомление о заключении договора обязательного экологического страхования и урегулировании страховых случаев по нему направляется от организации по формированию и ведению единой базы данных.</w:t>
+    <w:bookmarkStart w:name="z3009" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При заключении договора обязательного экологического страхования путем обмена электронными информационными ресурсами договор страхования считается заключенным страхователем с даты уплаты страхователем страховой премии (первого страхового взноса в случае уплаты страховой премии в рассрочку), если иное не предусмотрено договором обязательного экологического страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z3008" w:id="55"/>
-[...15 lines deleted...]
-      Требования к порядку и содержанию уведомлений о заключении договора обязательного экологического страхования и урегулировании страховых случаев по нему определяются уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+    <w:bookmarkStart w:name="z3010" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При заключении договора обязательного экологического страхования путем обмена электронными информационными ресурсами страхователь уплачивает страховую премию (первый страховой взнос) после ознакомления с условиями страхования, предусмотренными настоящим Законом, подтверждая тем самым свое согласие заключить договор присоединения на предложенных ему условиях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z3009" w:id="56"/>
-[...15 lines deleted...]
-      4. При заключении договора обязательного экологического страхования путем обмена электронными информационными ресурсами договор страхования считается заключенным страхователем с даты уплаты страхователем страховой премии (первого страхового взноса в случае уплаты страховой премии в рассрочку), если иное не предусмотрено договором обязательного экологического страхования.</w:t>
+    <w:bookmarkStart w:name="z3011" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Страховщик обеспечивает возможность заключения договоров обязательного экологического страхования и урегулирования страховых случаев по ним с использованием интернет-ресурса страховщика круглосуточно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z3010" w:id="57"/>
-[...15 lines deleted...]
-      5. При заключении договора обязательного экологического страхования путем обмена электронными информационными ресурсами страхователь уплачивает страховую премию (первый страховой взнос) после ознакомления с условиями страхования, предусмотренными настоящим Законом, подтверждая тем самым свое согласие заключить договор присоединения на предложенных ему условиях.</w:t>
+    <w:bookmarkStart w:name="z3012" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Не допускается деятельность страховых агентов по заключению договоров обязательного экологического страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z3011" w:id="58"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2863,110 +3033,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="60"/>
+    <w:bookmarkStart w:name="z46" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Договор обязательного экологического страхования вступает в силу и становится обязательным для сторон с даты, установленной договором обязательного экологического страхования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z47" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z47" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Договор обязательного экологического страхования действует не менее двенадцати месяцев с даты вступления его в силу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z48" w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z48" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Действие договора обязательного экологического страхования ограничивается территорией Республики Казахстан, если иное не предусмотрено международным договором, ратифицированным Республикой Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3020,165 +3190,165 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 9. Прекращение действия договора обязательного экологического страхования </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Договор обязательного экологического страхования считается прекращенным в случаях: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="63"/>
+    <w:bookmarkStart w:name="z50" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) истечения срока действия договора; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z51" w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z51" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) досрочного прекращения договора; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z52" w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z52" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осуществления страховщиком страховой выплаты (страховых выплат) в размере страховой суммы по договору обязательного экологического страхования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 10. Досрочное прекращение договора обязательного экологического страхования </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Договор обязательного экологического страхования прекращается досрочно в порядке и случаях, предусмотренных гражданским законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="66"/>
+    <w:bookmarkStart w:name="z54" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. При досрочном прекращении договора обязательного экологического страхования страхователь имеет право на возврат части страховой премии в следующих размерах: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4828,70 +4998,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Страхователь (застрахованный) вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="67"/>
+    <w:bookmarkStart w:name="z56" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) требовать от страховщика разъяснения условий обязательного экологического страхования, своих прав и обязанностей по договору обязательного экологического страхования; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4920,390 +5090,390 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="68"/>
+    <w:bookmarkStart w:name="z58" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) привлекать независимого эксперта для оценки стоимости устранения (ремедиации) экологического ущерба, причиненного в результате аварии; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z59" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ознакомиться с результатами оценки стоимости устранения (ремедиации) экологического ущерба, причиненного в результате аварии, и расчетами размера страховой выплаты, произведенными страховщиком (в том числе посредством интернет-ресурса страховщика) или независимым экспертом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z60" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) досрочно прекратить договор обязательного экологического страхования (данное право распространяется только на страхователя);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z59" w:id="69"/>
-[...15 lines deleted...]
-      4) ознакомиться с результатами оценки стоимости устранения (ремедиации) экологического ущерба, причиненного в результате аварии, и расчетами размера страховой выплаты, произведенными страховщиком (в том числе посредством интернет-ресурса страховщика) или независимым экспертом;</w:t>
+    <w:bookmarkStart w:name="z165" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) обратиться к страховщику с учетом особенностей, предусмотренных статьей 22-1 настоящего Закона, либо страховому омбудсману или в суд для урегулирования вопросов, возникающих из договора обязательного экологического страхования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z60" w:id="70"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="72"/>
+    <w:bookmarkStart w:name="z61" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) направить заявление и прилагаемые документы страховому омбудсману (напрямую страховому омбудсману, в том числе через его интернет-ресурс, либо через страховщика, в том числе его филиал, представительство, иное обособленное структурное подразделение, интернет-ресурс) с учетом особенностей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О страховой деятельности";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z62" w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z62" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) получить страховую выплату в случаях, предусмотренных настоящим Законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z63" w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z63" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Договором обязательного экологического страхования могут быть предусмотрены и другие права страхователя (застрахованного), не противоречащие законам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z64" w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z64" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Страхователь обязан: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z65" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z65" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) уплачивать страховые премии в размере, порядке и сроки, которые установлены договором обязательного экологического страхования; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z66" w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z66" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) информировать страховщика о состоянии страхового риска; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z67" w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z67" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) уведомить страховщика о наступлении страхового случая; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z68" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при аварии принять разумные и доступные в сложившихся обстоятельствах меры, чтобы предотвратить или уменьшить возможный экологический ущерб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z69" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сообщить в соответствующие органы с учетом их компетенции (органы государственной противопожарной службы, службу скорой медицинской помощи, аварийные службы, уполномоченный орган) об аварии, повлекшей причинение экологического ущерба, и о пострадавших лицах;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z68" w:id="79"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="81"/>
+    <w:bookmarkStart w:name="z70" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) обеспечить переход к страховщику права обратного требования к лицу, ответственному за наступление страхового случая. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z71" w:id="82"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z71" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Договором обязательного экологического страхования могут быть предусмотрены и другие обязанности страхователя, не противоречащие законодательным</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> актам</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5437,642 +5607,642 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 12. Права и обязанности страховщика </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Страховщик вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="83"/>
+    <w:bookmarkStart w:name="z73" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при заключении договора обязательного экологического страхования, кроме сведений, предусмотренных Гражданским кодексом Республики Казахстан и экологическим законодательством Республики Казахстан, требовать от страхователя представления сведений, необходимых для заключения договора обязательного экологического страхования в соответствии с настоящим Законом, в том числе информации о предшествующих договорах обязательного экологического страхования, страховых случаях и страховых выплатах;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z74" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запрашивать у соответствующих государственных органов и организаций с учетом их компетенции документы, подтверждающие факт наступления страхового случая, характер и масштаб экологического ущерба;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z75" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) получать от страхователя и застрахованного полную и достоверную информацию, необходимую для оценки риска причинения экологического ущерба, о причинах, размерах и последствиях происшедшего страхового случая;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z74" w:id="84"/>
-[...15 lines deleted...]
-      2) запрашивать у соответствующих государственных органов и организаций с учетом их компетенции документы, подтверждающие факт наступления страхового случая, характер и масштаб экологического ущерба;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) производить оценку стоимости устранения (ремедиации) экологического ущерба для установления причин и иных обстоятельств наступления страхового случая;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z75" w:id="85"/>
-[...15 lines deleted...]
-      3) получать от страхователя и застрахованного полную и достоверную информацию, необходимую для оценки риска причинения экологического ущерба, о причинах, размерах и последствиях происшедшего страхового случая;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) привлекать независимого эксперта для оценки масштаба экологического ущерба, причиненного в результате аварии, и определения размера страховой выплаты при наступлении страхового случая;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z76" w:id="86"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="88"/>
+    <w:bookmarkStart w:name="z78" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) проводить собственные исследования состояния окружающей среды и экологически опасных видов хозяйственной и иной деятельности, осуществляемых страхователем до и после наступления страхового случая; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z79" w:id="89"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z79" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) предъявлять право обратного требования к лицу, ответственному за причинение экологического ущерба, в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z80" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) отказать в осуществлении страховой выплаты полностью или частично по основаниям, предусмотренным статьей 22 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z81" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договором обязательного экологического страхования могут быть предусмотрены и другие права страховщика, не противоречащие законодательным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z80" w:id="90"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="92"/>
+    <w:bookmarkStart w:name="z82" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Страховщик обязан: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z83" w:id="93"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z83" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ознакомить страхователя с условиями обязательного экологического страхования, в том числе с правами и обязанностями, возникающими из договора обязательного экологического страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z84" w:id="94"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z84" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) выдать заявителю справку с указанием полного перечня представленных документов и даты их принятия; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z85" w:id="95"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z85" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) после заключения договора обязательного экологического страхования выдать страхователю страховой полис; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z86" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при уведомлении о страховом случае (событии, рассматриваемом в качестве страхового случая), наступившем в период действия страховой защиты по договору обязательного экологического страхования, незамедлительно зарегистрировать его и представить сведения по данному страховому случаю (событию, рассматриваемому в качестве страхового случая) в организацию по формированию и ведению базы данных в соответствии с нормативным правовым актом уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z87" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) произвести по заявлению страхователя в письменной форме или его представителя оценку стоимости устранения (ремедиации) экологического ущерба в результате аварии, составить страховой акт с указанием расчета размера страховой выплаты и представить его на ознакомление выгодоприобретателю;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z86" w:id="96"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z88" w:id="98"/>
+    <w:bookmarkStart w:name="z88" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) при наступлении страхового случая произвести страховую выплату в порядке и сроки, которые установлены настоящим Законом; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z166" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) при недостаточности документов, подтверждающих факт наступления страхового случая и размер выплаты, подлежащей возмещению страховщиком в целях устранения страхователем (выгодоприобретателем) экологического ущерба, в течение трех рабочих дней со дня их получения сообщить об этом заявителю с указанием полного перечня недостающих и (или) неправильно оформленных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z89" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) возместить страхователю (выгодоприобретателю) расходы, понесенные им в целях предотвращения или уменьшения экологического ущерба, причиненного в результате аварии, при страховом случае;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z166" w:id="99"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="101"/>
+    <w:bookmarkStart w:name="z90" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) обеспечить тайну страхования; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) исключен Законом РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) в случае принятия решения об отказе в страховой выплате направить страхователю письменное обоснование причин отказа в течение десяти дней со дня принятия данного решения и уведомление о праве страхователя (застрахованного, выгодоприобретателя) обратиться к страховому омбудсману для урегулирования разногласий с учетом особенностей законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z167" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) при получении от страхователя (выгодоприобретателя) заявления рассмотреть требования страхователя (выгодоприобретателя) и предоставить письменный ответ с указанием дальнейшего порядка урегулирования спора в течение пяти рабочих дней;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:p>
-[...87 lines deleted...]
-      10) в случае принятия решения об отказе в страховой выплате направить страхователю письменное обоснование причин отказа в течение десяти дней со дня принятия данного решения и уведомление о праве страхователя (застрахованного, выгодоприобретателя) обратиться к страховому омбудсману для урегулирования разногласий с учетом особенностей законодательства Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) при получении от страхователя (выгодоприобретателя) заявления, направляемого страховому омбудсману, перенаправить данное заявление, а также прилагаемые к нему документы страховому омбудсману в течение трех рабочих дней со дня получения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z167" w:id="103"/>
-[...15 lines deleted...]
-      11) при получении от страхователя (выгодоприобретателя) заявления рассмотреть требования страхователя (выгодоприобретателя) и предоставить письменный ответ с указанием дальнейшего порядка урегулирования спора в течение пяти рабочих дней;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договором обязательного экологического страхования могут быть предусмотрены и другие обязанности страховщика, не противоречащие законодательным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z168" w:id="104"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6224,210 +6394,210 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выгодоприобретатель вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="106"/>
+    <w:bookmarkStart w:name="z95" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) сообщить страховщику о наступлении страхового случая, происшедшего в результате осуществления страхователем (застрахованным) экологически опасных видов хозяйственной и иной деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z96" w:id="107"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z96" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) произвести сбор документов, необходимых для осуществления страховой выплаты, и представить их страховщику;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z97" w:id="108"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z97" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) привлекать независимого эксперта для установления характера и масштаба экологического ущерба, причиненного в результате аварии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z98" w:id="109"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z98" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ознакомиться с результатами оценки стоимости устранения (ремедиации) экологического ущерба, причиненного в результате аварии, и расчетами размера страховой выплаты, произведенными страховщиком (в том числе посредством интернет-ресурса страховщика) или независимым экспертом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z99" w:id="110"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z99" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) получить страховую выплату в порядке и сроки, которые установлены настоящим Законом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z169" w:id="111"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z169" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) обратиться к страховщику с учетом особенностей, предусмотренных статьей 22-1 настоящего Закона, либо страховому омбудсману или в суд для урегулирования вопросов, возникающих из договора обязательного экологического страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z100" w:id="112"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z100" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) направить заявление и прилагаемые документы страховому омбудсману (напрямую страховому омбудсману, в том числе через его интернет-ресурс, либо через страховщика, в том числе его филиал, представительство, иное обособленное структурное подразделение, интернет-ресурс) с учетом особенностей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О страховой деятельности";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6619,90 +6789,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 14. Размер страховой суммы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Размер страховой суммы устанавливается по соглашению сторон в договоре обязательного экологического страхования, но при этом размер страховой суммы должен составлять не менее: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="113"/>
+    <w:bookmarkStart w:name="z104" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) 5000-кратного месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, на дату заключения договора обязательного экологического страхования с физическим лицом, являющимся индивидуальным предпринимателем; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z105" w:id="114"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z105" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) 65000-кратного месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, на дату заключения договора обязательного экологического страхования с юридическим лицом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6927,287 +7097,287 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 16. Порядок и сроки уплаты страховой премии </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Порядок и сроки уплаты страховой премии устанавливаются договором обязательного экологического страхования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="115"/>
+    <w:bookmarkStart w:name="z111" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Если договором обязательного экологического страхования не предусмотрено иное, то за несвоевременную уплату очередного страхового взноса страхователь обязан уплатить страховщику неустойку в порядке и размере, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z202" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Страховщик предоставляет возможность оплаты страховой премии безналичным способом через интернет-ресурс страховщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными Законом РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 17. Страховой случай </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Страховым случаем по договору обязательного экологического страхования признается факт наступления гражданско-правовой ответственности страхователя по устранению (ремедиации) экологического ущерба, причиненного в результате аварии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Доказывание наступления страхового случая, а также причиненных им убытков лежит на страхователе (выгодоприобретателе).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z202" w:id="116"/>
-[...15 lines deleted...]
-      3. Страховщик предоставляет возможность оплаты страховой премии безналичным способом через интернет-ресурс страховщика.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае отказа страховщика произвести страховую выплату страховой случай считается наступившим со дня вступления в законную силу решения суда об устранении экологического ущерба, причиненного страхователем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:p>
-[...136 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="119"/>
+    <w:bookmarkStart w:name="z115" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Размер страховой выплаты определяется страховщиком исходя из стоимости устранения (ремедиации) экологического ущерба с учетом положений </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7298,558 +7468,558 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 19. Общие условия осуществления страховой выплаты </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="120"/>
+    <w:bookmarkStart w:name="z203" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Требование о страховой выплате к страховщику предъявляется страхователем или выгодоприобретателем в письменной форме, в том числе посредством интернет-ресурса страховщика, в соответствии с нормативным правовым актом уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций с приложением документов, необходимых для осуществления страховой выплаты.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z2985" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По требованию страховщика заявитель обязан представить страховщику оригиналы документов, необходимых для осуществления страховой выплаты, за исключением документов, имеющихся в электронной форме в базах данных и (или) информационных системах государственных органов, доступ к которым имеет страховщик.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z120" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К заявлению о страховой выплате прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z2985" w:id="121"/>
-[...15 lines deleted...]
-      По требованию страховщика заявитель обязан представить страховщику оригиналы документов, необходимых для осуществления страховой выплаты, за исключением документов, имеющихся в электронной форме в базах данных и (или) информационных системах государственных органов, доступ к которым имеет страховщик.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) исключен Законом РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия программы ремедиации, утвержденной в соответствии с экологическим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z120" w:id="122"/>
-[...15 lines deleted...]
-      2. К заявлению о страховой выплате прилагаются следующие документы:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Исключен Законом РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) Исключен Законом РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) документы, подтверждающие расходы, понесенные страхователем в целях предотвращения или уменьшения экологического ущерба при наступлении страхового случая, – при их наличии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z126" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в отдельных случаях – решение суда, признавшего страхователя ответственным в наступлении страхового случая.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2. Страховщик, принявший документы, обязан выдать заявителю справку с указанием полного перечня представленных документов и даты их принятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отправки страхователем (застрахованным, выгодоприобретателем) требования о страховой выплате в электронной форме страховщик может представить ему данную справку в электронной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z127" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Выгодоприобретателем является страхователь или иное лицо, обязанное устранить экологический ущерб, в том числе за счет страховой выплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z128" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Страховая выплата не может превышать стоимость устранения (ремедиации) экологического ущерба, причиненного в результате аварии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) исключен Законом РК от 02.07.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); </w:t>
+        <w:t xml:space="preserve">5. Исключен Законом РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="123"/>
-[...239 lines deleted...]
-      3. Выгодоприобретателем является страхователь или иное лицо, обязанное устранить экологический ущерб, в том числе за счет страховой выплаты.</w:t>
+    <w:bookmarkStart w:name="z130" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. По письменному заявлению страхователя (выгодоприобретателя) или нотариально удостоверенной доверенности страховая выплата может быть осуществлена непосредственно лицу, выполнившему (выполняющему) работы и оказавшему (оказывающему) услуги по устранению экологического ущерба, причиненного в результате аварии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z128" w:id="128"/>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="130"/>
+    <w:bookmarkStart w:name="z131" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. При осуществлении страховой выплаты страховщик не вправе требовать от выгодоприобретателя принятия условий, ограничивающих его право требования к страховщику. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7963,90 +8133,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 20. Порядок осуществления страховой выплаты </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Страховая выплата производится страховщиком в течение тридцати дней со дня получения им документов, предусмотренных статьей 19 настоящего Закона. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="131"/>
+    <w:bookmarkStart w:name="z133" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В случаях, когда размер страховой выплаты оспаривается выгодоприобретателем, страховщик обязан незамедлительно осуществить страховую выплату в той ее части, которая не оспаривается ни одним из указанных лиц, в течение срока, установленного пунктом 1 настоящей статьи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z134" w:id="132"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z134" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оспариваемая часть страховой выплаты должна быть выплачена страховщиком в течение трех рабочих дней со дня заключения мирового соглашения и утверждения его судом либо со дня вступления в законную силу решения суда по данному спору, если судом решение не обращено к немедленному исполнению. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8075,70 +8245,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="133"/>
+    <w:bookmarkStart w:name="z136" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При несвоевременном осуществлении страховой выплаты страховщик обязан уплатить выгодоприобретателю неустойку в порядке и размере, установленных Гражданским кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8230,130 +8400,130 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Страховщик, осуществивший страховую выплату, имеет право обратного требования к страхователю (застрахованному) в пределах осуществленной страховой выплаты в следующих случаях: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="134"/>
+    <w:bookmarkStart w:name="z138" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) совершения страхователем (застрахованным) действий (бездействия), признанных в порядке, установленном законодательными актами Республики Казахстан, умышленными уголовными либо административными правонарушениями, находящимися в причинной связи со страховым случаем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z139" w:id="135"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сообщения страхователем страховщику заведомо ложных сведений об объекте страхования, страховом риске, страховом случае и его последствиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z140" w:id="136"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z140" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) отказа страхователя (застрахованного) от своего права требования к лицу, ответственному за наступление страхового случая, а также отказа передать страховщику документы, необходимые для перехода права требования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z141" w:id="137"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. К страховщику, осуществившему страховую выплату, переходит в пределах выплаченной им суммы право обратного требования, которое страхователь имеет к лицу, ответственному за экологический ущерб, стоимость устранения которого выплачивается страховщиком в соответствии с договором обязательного экологического страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8427,581 +8597,581 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 22. Основания освобождения страховщика от осуществления страховой выплаты </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Страховщик вправе полностью или частично отказать в страховой выплате, если страховой случай произошел вследствие: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="138"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) умышленных действий выгодоприобретателя, направленных на возникновение страхового случая либо способствующих его наступлению, за исключением действий, совершенных в состоянии необходимой обороны и крайней необходимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z144" w:id="139"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) действий выгодоприобретателя, признанных в порядке, установленном законодательными актами Республики Казахстан, умышленными уголовными или административными правонарушениями, находящимися в причинной связи со страховым случаем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z145" w:id="140"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Основаниями для отказа страховщика в осуществлении страховой выплаты могут быть также: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z146" w:id="141"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) получение страхователем соответствующего возмещения расходов от лица, виновного в причинении экологического ущерба; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z147" w:id="142"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) неуведомление или несвоевременное уведомление страховщика о наступлении страхового случая, за исключением случаев, предусмотренных настоящим Законом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z148" w:id="143"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сообщение страхователем страховщику заведомо ложных сведений об объекте страхования, страховом риске, страховом случае и его последствиях; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) умышленное непринятие страхователем мер по уменьшению расходов по страховому случаю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) воспрепятствование страхователем страховщику в расследовании обстоятельств наступления страхового случая и установлении характера и масштабов причиненного экологического ущерба, а также стоимости его устранения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z149" w:id="144"/>
-[...15 lines deleted...]
-      4) умышленное непринятие страхователем мер по уменьшению расходов по страховому случаю;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) отказ страхователя от своего права требования к лицу, ответственному за наступление страхового случая, а также отказ передать страховщику документы, необходимые для перехода к страховщику права обратного требования. Если страховая выплата уже была произведена, страховщик вправе требовать ее возврата полностью или частично.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z150" w:id="145"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="147"/>
+    <w:bookmarkStart w:name="z152" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Неуведомление или несвоевременное уведомление страховщика о наступлении страхового случая не может служить основанием для отказа в страховой выплате, если оно обусловлено причинами, не зависящими от воли страхователя, и представлены соответствующие документы, подтверждающие данный факт. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z153" w:id="148"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При наличии оснований для отказа в страховой выплате страховщик обязан в течение десяти рабочих дней со дня предъявления требования направить лицу, заявившему требование о страховой выплате, соответствующее решение о полном или частичном отказе в страховой выплате в письменной форме с мотивированным обоснованием причин отказа и уведомлением о праве страхователя (застрахованного, выгодоприобретателя) обратиться к страховому омбудсману для урегулирования разногласий с учетом особенностей законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z154" w:id="149"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z154" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Страховщик освобождается от осуществления страховой выплаты, если страховой случай произошел вследствие: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z155" w:id="150"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z155" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) военных действий, гражданской войны, народных волнений всякого рода, массовых беспорядков или забастовок; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z156" w:id="151"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z156" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) чрезвычайных ситуаций природного характера. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Страховщик не вправе отказать в страховой выплате по основаниям, не предусмотренным настоящей статьей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021); от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z171" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22-1. Особенности урегулирования споров по обязательному экологическому страхованию</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z157" w:id="152"/>
-[...140 lines deleted...]
-    <w:bookmarkStart w:name="z172" w:id="154"/>
+    <w:bookmarkStart w:name="z172" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>При наличии спора, возникающего из договора обязательного экологического страхования, страхователь (выгодоприобретатель) вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z2989" w:id="155"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z2989" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       направить страховщику (в том числе через филиал, представительство, интернет-ресурсы страховщика) письменное заявление с указанием требований и приложением документов, подтверждающих его требования, либо направить заявление страховому омбудсману (напрямую страховому омбудсману, в том числе через его интернет-ресурс, либо через страховщика, в том числе через его филиал, представительство, иное обособленное структурное подразделение, интернет-ресурс) или в суд для урегулирования споров, возникающих из договора обязательного экологического страхования, с учетом особенностей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О страховой деятельности".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z175" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Страховщик при получении от страхователя (выгодоприобретателя) заявления в течение пяти рабочих дней рассматривает и предоставляет письменный ответ с указанием дальнейшего порядка урегулирования спора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z176" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае обращения страхователя (выгодоприобретателя) к страховому омбудсману страховщик обязан по запросу страхователя (выгодоприобретателя), страхового омбудсмана представить документы, относящиеся к рассмотрению и разрешению спора, в течение трех рабочих дней с даты получения запроса.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z175" w:id="156"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9344,55 +9514,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>