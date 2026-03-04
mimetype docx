--- v0 (2025-10-12)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="322822a" w14:textId="322822a">
+    <w:p w14:paraId="7d67667" w14:textId="7d67667">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -176,50 +176,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "информационная система", "информационной системы", "информационной системе", "электронных информационных ресурсов", "электронные информационные ресурсы", "информационно-коммуникационных технологий" предусматриваются заменить соответственно словами "цифровая система", "цифровой системы", "цифровой системе", "цифровых ресурсов", "цифровые ресурсы", "цифровых технологий" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон определяет правовые, организационные, экономические и социальные основы осуществления государственного регулирования развития агропромышленного комплекса и сельских территорий в Республике Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4246,636 +4322,1322 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-3) разработка и утверждение типовых правил выпаса сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выработка приоритетных направлений межгосударственных экономических связей в области агропромышленного комплекса, реализация международных проектов в области развития агропромышленного комплекса в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z534" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) утверждение перечня специализированных организаций, реализующих механизмы стабилизации цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организация государственных мероприятий по ветеринарии, защите и карантину растений в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществление государственного ветеринарно-санитарного контроля и надзора, карантинного фитосанитарного контроля и надзора, фитосанитарного контроля в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z432" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) разработка и утверждение перечня вредных организмов, борьба с которыми осуществляется за счет бюджетных средств, и порядка проведения фитосанитарных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) проведение мониторинга:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      развития агропромышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продовольственных товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      состояния продовольственной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z535" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) регулирование земельных отношений, складывающихся в агропромышленном комплексе и сельских территориях, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) утверждение форм учета запасов продовольственных товаров по регионам и порядка представления отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) разработка перечня информации и услуг, подлежащих предоставлению субъектам агропромышленного комплекса на безвозмездной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) разработка и утверждение правил субсидирования затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) разработка и утверждение перечня сельскохозяйственной продукции, по которой устанавливаются гарантированная закупочная цена и закупочная цена;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) внесение предложений по вопросам совершенствования нормативной правовой базы, ценовой, технической, таможенной, налоговой, кредитной, страховой деятельности, а также в сфере технического регулирования и политики государства в области агропромышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) разработка мероприятий по техническому оснащению субъектов агропромышленного комплекса и развитию сельскохозяйственного машиностроения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) разработка и утверждение правил субсидирования в рамках гарантирования и страхования займов субъектов агропромышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) разработка и утверждение правил субсидирования по возмещению части расходов, понесенных субъектом агропромышленного комплекса, при инвестиционных вложениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) разработка и утверждение правил государственной регистрации тракторов и изготовленных на их базе самоходных шасси и механизмов, прицепов к ним, включая прицепы со смонтированным специальным оборудованием, самоходных сельскохозяйственных, мелиоративных и дорожно-строительных машин и механизмов, специальных машин повышенной проходимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) разработка и утверждение правил государственной регистрации залога тракторов и изготовленных на их базе самоходных шасси и механизмов, прицепов к ним, включая прицепы со смонтированным специальным оборудованием, самоходных сельскохозяйственных, мелиоративных и дорожно-строительных машин и механизмов, специальных машин повышенной проходимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) разработка и утверждение правил ежегодного государственного технического осмотра тракторов и изготовленных на их базе самоходных шасси и механизмов, прицепов к ним, включая прицепы со смонтированным специальным оборудованием, самоходных сельскохозяйственных, мелиоративных и дорожно-строительных машин и механизмов, специальных машин повышенной проходимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) разработка и утверждение правил приема экзаменов и выдачи удостоверений на право управления тракторами и изготовленными на их базе самоходными шасси и механизмами, самоходными сельскохозяйственными, мелиоративными и дорожно-строительными машинами, а также специальными машинами повышенной проходимости;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      20) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) разработка и утверждение правил проведения агрохимического обследования почв;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21-1) исключен Законом РК от 18.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию натуральных норм агрохимического обслуживания сельскохозяйственного производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">22-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исключен Законом РК от 18.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В подпункт 4-1) предусмотрено изменение Законом РК от 06.04.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 31.12.2025).</w:t>
+        <w:t xml:space="preserve">      23) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...381 lines deleted...]
-      19) разработка и утверждение правил приема экзаменов и выдачи удостоверений на право управления тракторами и изготовленными на их базе самоходными шасси и механизмами, самоходными сельскохозяйственными, мелиоративными и дорожно-строительными машинами, а также специальными машинами повышенной проходимости;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) утверждение правил создания и ведения информационного банка данных об агрохимическом состоянии земель сельскохозяйственного назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) разработка и утверждение норм естественной убыли, усушки, утряски, порчи сельскохозяйственной продукции и продуктов ее переработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) организация информационно-маркетингового обеспечения агропромышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) реализация государственной политики в области научного обеспечения агропромышленного комплекса и подготовки кадров, в том числе организация мероприятий по развитию подведомственных высших учебных заведений, научно-исследовательских и опытно-экспериментальных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z519" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-1) проведение в пределах своей компетенции оценки уязвимости к изменению климата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z520" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-2) определение в пределах своей компетенции приоритетов и мер по адаптации к изменению климата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z521" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-3) осуществление в пределах своей компетенции мер по адаптации к изменению климата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z522" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-4) осуществление мониторинга и оценки эффективности мер по адаптации к изменению климата, определенных в пределах своей компетенции, и корректировка этих мер на основе результатов мониторинга и оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) разработка и утверждение перечня должностей специалистов агропромышленного комплекса, привлекаемых в сельские населенные пункты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) координация и методическое руководство местных исполнительных органов в области развития агропромышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) внесение в Правительство Республики Казахстан предложений о выпуске материальных ценностей из государственного резерва для оказания регулирующего воздействия на рынок и по перечню организаций, участвующих в выпуске материальных ценностей из государственного резерва, объемам и ценам выпускаемых материальных ценностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) организация системы товародвижения продукции агропромышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) утверждение отраслевой системы поощрения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) разработка и утверждение правил проведения конкурса "Лучший по профессии в агропромышленном комплексе";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) организация республиканских выставок, ярмарок продукции агропромышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) утверждение формы обязательства получателя субсидий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      20) исключен Законом РК от 24.05.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 156-VI</w:t>
+        <w:t xml:space="preserve">      37) исключен Законом РК от 18.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      38) исключен Законом РК от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21) разработка и утверждение правил проведения агрохимического обследования почв;</w:t>
+      39) разработка и утверждение типовых правил реализации механизмов стабилизации цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z527" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39-1) разработка и утверждение правил субсидирования возмещения расходов, понесенных национальной компанией в сфере агропромышленного комплекса при реализации продовольственного зерна для регулирующего воздействия на внутренний рынок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) осуществление мониторинга развития системы микрокредитования в сельской местности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      21-1) исключен Законом РК от 18.03.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40-1) исключен Законом РК от 18.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 175-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4887,1105 +5649,325 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      22) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию натуральных норм агрохимического обслуживания сельскохозяйственного производства;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40-2) исключен Законом РК от 18.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) разработка и утверждение правил субсидирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышения продуктивности и качества продукции животноводства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      развития племенного животноводства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышения урожайности и качества продукции растениеводства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стоимости затрат на возделывание сельскохозяйственных культур в защищенном грунте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      увеличения доли переработки отечественной сельскохозяйственной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ставок вознаграждения при кредитовании субъектов агропромышленного комплекса, а также лизинге на приобретение сельскохозяйственных животных, техники и технологического оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ставок вознаграждения по кредитным и лизинговым обязательствам в рамках направления по финансовому оздоровлению субъектов агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...978 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       купонного вознаграждения по облигациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z438" w:id="84"/>
+    <w:bookmarkStart w:name="z438" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стоимости затрат на разработку и внедрение научно-исследовательских и опытно-конструкторских работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       части расходов, понесенных при подтверждении соответствия производства органической продукции;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6240,150 +6222,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-6) разработка и утверждение перечня видов деятельности сельскохозяйственных кооперативов по выполнению (оказанию) работ (услуг) для своих членов, а также перечня товаров, которые сельскохозяйственный кооператив реализует своим членам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-7) утверждение норм естественной убыли (падежа) сельскохозяйственных животных по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z486" w:id="85"/>
+    <w:bookmarkStart w:name="z486" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-8) определение оператора в сфере страхования в агропромышленном комплексе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z439" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z439" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-9) разработка и утверждение правил субсидирования страховых премий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z440" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z440" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-10) определение порядка разработки и утверждения страховых продуктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z441" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z441" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-11) участие в формировании государственного образовательного заказа на подготовку специалистов с высшим и послевузовским образованием в организациях образования, осуществляющих подготовку кадров для агропромышленного комплекса, финансируемых из республиканского бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z442" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z442" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-12) утверждение распределения и размещения государственного образовательного заказа на подготовку специалистов с высшим и послевузовским образованием в организациях образования, осуществляющих подготовку кадров для агропромышленного комплекса, финансируемых из республиканского бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6412,490 +6394,490 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z532" w:id="90"/>
+    <w:bookmarkStart w:name="z532" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-14) осуществление субсидирования купонного вознаграждения по облигациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z544" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z544" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-15) возмещение части комиссии при гарантировании займов и части страховых премий при страховании займов субъектов агропромышленного комплекса в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z545" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z545" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-16) осуществление прямого субсидирования ставок вознаграждения финансовых институтов при кредитовании и лизинге субъектов агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z546" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z546" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z87" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z87" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В компетенцию уполномоченного органа в области развития сельских территорий входят: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z88" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z88" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирование и реализация государственной политики в области развития сельских территорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z89" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z89" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) исключен Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z90" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z90" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) координация деятельности центральных и местных исполнительных органов по вопросам развития сельских территорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z46" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z46" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1) определение порядка и размера предоставления мер социальной поддержки, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z91" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z91" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) исключен Конституционным Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z92" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z92" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) исключен Конституционным Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z93" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z93" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) исключен Конституционным Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z94" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z94" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществление методического руководства деятельностью местных исполнительных органов в сфере развития сельских территорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z269" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z269" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) исключен Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z322" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z322" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z536" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z536" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В компетенцию уполномоченного органа в области регулирования торговой деятельности входит утверждение перечня социально значимых продовольственных товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7597,51 +7579,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.06.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 31.12.2025); от 10.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 90-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -7731,308 +7733,308 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 7. Компетенция местных представительных органов (маслихатов) и местных исполнительных органов (акиматов) в области государственного регулирования развития агропромышленного комплекса и сельских территорий </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="106"/>
+    <w:bookmarkStart w:name="z55" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В компетенцию местных представительных органов (маслихатов) областей, городов республиканского значения, столицы входят: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z96" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z96" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) утверждение планов, экономических и социальных программ развития агропромышленного комплекса и сельских территорий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z97" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z97" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) утверждение местного бюджета на соответствующий финансовый год с предусмотрением в нем необходимых объемов финансирования мероприятий в сфере агропромышленного комплекса и сельских территорий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z98" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z98" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заслушивание отчетов руководителей местных исполнительных органов по вопросам развития агропромышленного комплекса и сельских территорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z323" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z323" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществление в соответствии с законодательством Республики Казахстан иных полномочий по обеспечению прав и законных интересов граждан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z99" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z99" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В компетенцию местных исполнительных органов (акиматов) областей, городов республиканского значения, столицы входят: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z100" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z100" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) исключен Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z70" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z70" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) реализация государственной политики в области развития агропромышленного комплекса и сельских территорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2) заключение соглашения (меморандума) по вопросу диверсификации структуры посевных площадей сельскохозяйственных культур;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z523" w:id="114"/>
+    <w:bookmarkStart w:name="z523" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-3) проведение в пределах своей компетенции оценки уязвимости к изменению климата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z524" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z524" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-4) определение в пределах своей компетенции приоритетов и мер по адаптации к изменению климата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z525" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z525" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-5) осуществление в пределах своей компетенции мер по адаптации к изменению климата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-6) осуществление мониторинга и оценки эффективности мер по адаптации к изменению климата, определенных в пределах своей компетенции, и корректировка этих мер на основе результатов мониторинга и оценки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -8147,90 +8149,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="117"/>
+    <w:bookmarkStart w:name="z101" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) разработка предложений по государственной поддержке субъектов агропромышленного комплекса в соответствии с настоящим Законом и другими нормативными правовыми актами в данной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z73" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z73" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) осуществление государственной технической инспекции в области развития агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8273,370 +8275,370 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="119"/>
+    <w:bookmarkStart w:name="z102" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) исключен Законом РК от 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z103" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z103" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) исключен Законом РК от 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z104" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z104" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осуществление мер по обеспечению отраслей агропромышленного комплекса специалистами, организация подготовки, переподготовки и повышения квалификации кадров агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z105" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z105" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) организация региональных выставок, ярмарок по ассортименту выпускаемой продукции; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z394" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z394" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) проведение конкурса "Лучший по профессии в агропромышленном комплексе";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z106" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z106" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) организация оптовых рынков по торговле продукцией агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z107" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z107" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) проведение мониторинга состояния продовольственной безопасности, цен и рынков продукции агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z420" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z420" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) реализация механизмов стабилизации цен на социально значимые продовольственные товары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z108" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z108" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) организация работы комиссий по определению участников программ закупа продовольственных товаров; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z109" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z109" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) разработка и реализация мероприятий по распространению и внедрению инновационного опыта в области агропромышленного комплекса региона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z335" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z335" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-1) утверждение правил организации отбора инновационных проектов в области агропромышленного комплекса региона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z110" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z110" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) обеспечение строительства, содержания и реконструкции государственных пунктов искусственного осеменения сельскохозяйственных животных, заготовки животноводческой продукции и сырья, убойных площадок (площадок по убою сельскохозяйственных животных), специальных хранилищ (могильников) пестицидов и тары из-под них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z111" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z111" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) организация приобретения, содержания племенных животных и выращивания ремонтного молодняка для расширенного воспроизводства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z270" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z270" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12-1) обеспечение удешевления стоимости семян первой, второй и третьей репродукций, реализованных казахстанским сельскохозяйственным товаропроизводителям; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8707,170 +8709,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-2) обеспечение проведения мероприятий по борьбе с вредными организмами в соответствии с перечнем и порядком, определяемыми уполномоченным органом в области развития агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z395" w:id="133"/>
+    <w:bookmarkStart w:name="z395" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-3) ведение учета запасов продовольственных товаров в соответствующем регионе и представление отчетности в уполномоченный орган в области развития агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z396" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z396" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-4) возмещение части комиссии при гарантировании займов и части страховых премий при страховании займов субъектов агропромышленного комплекса в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z397" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z397" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-5) возмещение части расходов, понесенных субъектом агропромышленного комплекса при инвестиционных вложениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z398" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z398" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-6) утверждение норматива субсидий закупаемой сельскохозяйственной продукции, по которой устанавливаются гарантированная закупочная цена и закупочная цена;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z399" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z399" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-7) субсидирование затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z56" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z56" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-8) субсидирование затрат ревизионных союзов сельскохозяйственных кооперативов на проведение внутреннего аудита сельскохозяйственных кооперативов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9013,130 +9015,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z446" w:id="139"/>
+    <w:bookmarkStart w:name="z446" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-11) осуществление субсидирования производства приоритетных культур, в том числе многолетних насаждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z447" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z447" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-12) осуществление субсидирования стоимости пестицидов, биоагентов (энтомофагов), предназначенных для проведения обработки против вредных и особо опасных вредных организмов с численностью выше экономического порога вредоносности и карантинных объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z448" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z448" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-13) возмещение физическим и юридическим лицам затрат на закладку и выращивание уничтоженных плодово-ягодных культур, зараженных бактериальным ожогом плодовых;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z449" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z449" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-14) представление на утверждение в соответствующий местный представительный орган правил выпаса сельскохозяйственных животных, разработанных на основании типовых правил выпаса сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9207,250 +9209,250 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-15) организация проведения мероприятий по идентификации сельскохозяйственных животных, строительства, содержания и реконструкции скотомогильников (биотермических ям);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="143"/>
+    <w:bookmarkStart w:name="z112" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) разработка мероприятий по: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z113" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z113" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       привлечению инвестиций и кредитов банков второго уровня в отрасли агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z114" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z114" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       созданию условий для становления и развития конкурентоспособных производств, их модернизации и переходу на международные системы менеджмента качества; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z115" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z115" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       развитию рыбного хозяйства, аквакультуры и рыбоперерабатывающих предприятий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z116" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z116" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       созданию условий для роста специализированных животноводческих хозяйств; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z117" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z117" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) формирование перечня приоритетных местных бюджетных инвестиционных проектов по развитию социальной и инженерной инфраструктуры сельских территорий, согласованных с уполномоченным органом в области развития сельских территорий, и проектов по развитию агропромышленного комплекса, финансируемых за счет бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z118" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z118" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) создание условий для функционирования и развития информационно-маркетинговой системы агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z119" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z119" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) изучение ситуации на внутреннем и внешнем продовольственных рынках и обеспечение доступа к соответствующей информации субъектов агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z120" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z120" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) предоставление информации о состоянии и развитии агропромышленного комплекса и сельских территорий в уполномоченные государственные органы по вопросам развития агропромышленного комплекса и сельских территорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z345" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z345" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-1) составление баланса продовольственной обеспеченности административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9478,1083 +9480,1101 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z347" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-3) осуществление закупа услуг у специализированных организаций для реализации механизмов стабилизации цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z348" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-4) образование и организация работы комиссии по реализации механизмов стабилизации цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">17-5) действовал до 31.12.2020 в соответствии с Законом РК от 28.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 257-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В подпункт 17-3) предусмотрено изменение Законом РК от 06.04.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 31.12.2025).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-6) действовал до 31.12.2020 в соответствии с Законом РК от 28.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 257-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...37 lines deleted...]
-    <w:bookmarkEnd w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-7) действовал до 31.12.2020 в соответствии с Законом РК от 28.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 257-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-8) действовал до 31.12.2020 в соответствии с Законом РК от 28.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 257-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-9) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z421" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-10) разработка и утверждение правил реализации механизмов стабилизации цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z422" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-11) утверждение предельной торговой надбавки и перечня закупаемых продовольственных товаров для реализации механизмов стабилизации цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z451" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-12) осуществление субсидирования ставок вознаграждения при кредитовании субъектов агропромышленного комплекса, а также лизинге на приобретение сельскохозяйственных животных, техники и технологического оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z452" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-13) осуществление субсидирования ставок вознаграждения по кредитным и лизинговым обязательствам в рамках направления по финансовому оздоровлению субъектов агропромышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve">      17-14) Исключен Законом РК от 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-        <w:t>;</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z528" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-15) осуществление субсидирования возмещения расходов, понесенных национальной компанией в сфере агропромышленного комплекса при реализации продовольственного зерна для регулирующего воздействия на внутренний рынок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z537" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-16) осуществление субсидирования части расходов, понесенных при подтверждении соответствия производства органической продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17-17) исключен Законом РК от 09.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve">      17-18) исключен Законом РК от 09.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 179-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...436 lines deleted...]
-    <w:bookmarkStart w:name="z324" w:id="160"/>
+    </w:p>
+    <w:bookmarkStart w:name="z324" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z121" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z121" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В компетенцию местных представительных органов (маслихатов) районов (города областного значения) входят: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z122" w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z122" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) утверждение планов, экономических и социальных программ развития агропромышленного комплекса и сельских территорий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z123" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z123" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) утверждение местного бюджета на соответствующий финансовый год с предусмотрением в нем необходимых объемов финансирования мероприятий в сфере агропромышленного комплекса и сельских территорий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z124" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z124" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) заслушивание отчетов руководителей местных исполнительных органов (акиматов) по вопросам развития агропромышленного комплекса и сельских территорий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z248" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) определение мер социальной поддержки специалистов в области здравоохранения, образования, социального обеспечения, культуры, спорта, агропромышленного комплекса, лесного хозяйства и особо охраняемых природных территорий, государственных служащих аппаратов акимов сел, поселков, сельских округов, работающих и проживающих в сельских населенных пунктах, предусмотренных законодательством Республики Казахстан, а также иных мер социальной помощи работникам данных категорий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z325" w:id="166"/>
+    <w:bookmarkStart w:name="z325" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществление в соответствии с законодательством Республики Казахстан иных полномочий по обеспечению прав и законных интересов граждан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z125" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z125" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В компетенцию местных исполнительных органов (акиматов) районов (города областного значения) входят: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z126" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z126" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) исключен Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z127" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z127" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление государственной поддержки субъектов агропромышленного комплекса в соответствии с настоящим Законом и другими нормативными правовыми актами в данной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z74" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z74" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) осуществление государственной технической инспекции в области развития агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z128" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z128" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) исключен Законом РК от 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z129" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z129" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведение мониторинга развития сельских территорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10597,90 +10617,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="173"/>
+    <w:bookmarkStart w:name="z130" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) разработка правил содержания сельскохозяйственных животных в населенных пунктах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z454" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z454" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) разработка правил выпаса сельскохозяйственных животных на основании типовых правил выпаса сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10709,130 +10729,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z337" w:id="175"/>
+    <w:bookmarkStart w:name="z337" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6-1) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z132" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z132" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) проведение сбора оперативной информации в области агропромышленного комплекса и сельских территорий и предоставление ее местному исполнительному органу (акимату) области; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z400" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z400" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) ведение учета запасов продовольственных товаров в соответствующем регионе и представление отчетности в местные исполнительные органы (акиматы) областей, городов республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10875,370 +10895,370 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z326" w:id="178"/>
+    <w:bookmarkStart w:name="z326" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация работы по оказанию мер социальной поддержки специалистов в области здравоохранения, образования, социального обеспечения, культуры, спорта, агропромышленного комплекса, лесного хозяйства и особо охраняемых природных территорий, государственных служащих аппаратов акимов сел, поселков, сельских округов, работающих и проживающих в сельских населенных пунктах, предусмотренных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z401" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z401" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) проведение конкурса "Лучший по профессии в агропромышленном комплексе";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z327" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z327" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z133" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z133" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В компетенцию акимов района в городе республиканского значения (столицы), городов районного значения, поселков, сел, сельских округов входят: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z134" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z134" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) исключен Законом РК от 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z137" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z137" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) исключен Законом РК от 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z138" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z138" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) участие в проведении мероприятий по идентификации сельскохозяйственных животных в порядке, определенном уполномоченным органом в области ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z139" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z139" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) содействие функционированию государственных пунктов искусственного осеменения сельскохозяйственных животных, заготовки животноводческой продукции и сырья, убойных площадок (площадок по убою сельскохозяйственных животных), скотомогильников (биотермических ям), специальных хранилищ (могильников) пестицидов и тары из-под них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z140" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z140" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осуществление сбора оперативной информации в области агропромышленного комплекса и сельских территории и предоставление ее местным исполнительным органам (акиматам) районов (города областного значения); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z141" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z141" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) участие в проведении сельскохозяйственной переписи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z142" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z142" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) выявление лиц с низким уровнем дохода для участия в программах микрокредитования; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z143" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z143" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация работы по благоустройству, освещению, озеленению и санитарной очистке сельских населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z402" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z402" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) проведение конкурса "Лучший по профессии в агропромышленном комплексе";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z328" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z328" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществление в интересах местного государственного управления иных полномочий, отнесенных к их ведению законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11740,51 +11760,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие 01.01.2020); от 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 10.06.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 31.12.2025); от 10.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 90-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 18.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -11952,365 +11992,365 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Компетенция органов местного самоуправления в области развития агропромышленного комплекса и сельских территорий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В компетенцию органов местного самоуправления в области развития агропромышленного комплекса и сельских территорий входит обеспечение участия населения в решении вопросов местного значения в пределах полномочий, установленных законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="192"/>
+    <w:bookmarkStart w:name="z145" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Государственное регулирование развития агропромышленного комплекса и сельских территорий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 9. Государственное регулирование развития агропромышленного комплекса и сельских территорий </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z455" w:id="193"/>
+    <w:bookmarkStart w:name="z455" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственное регулирование развития агропромышленного комплекса и сельских территорий направлено на обеспечение продовольственной безопасности, устойчивости рынков продукции агропромышленного комплекса, формирование эффективной системы предпринимательства, поддержку конкурентных преимуществ отечественной продукции, а также повышение уровня жизни сельского населения через создание условий для развития растениеводства, животноводства, рыбного хозяйства и аквакультуры, переработки сельскохозяйственного сырья и пищевой промышленности, обеспечения ветеринарно-санитарной и фитосанитарной безопасности, технической оснащенности и других сопутствующих сфер деятельности, развития социальной и инженерной инфраструктуры сельских территорий. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z147" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z147" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственное регулирование развития агропромышленного комплекса и сельских территорий осуществляется посредством: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z148" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z148" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) развития кредитования в сфере агропромышленного комплекса и сельских территорий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z149" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z149" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) субсидирования агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z150" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z150" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) реализации механизмов стабилизации цен на социально значимые продовольственные товары; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z403" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z403" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) закупа сельскохозяйственной продукции по гарантированной закупочной цене;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z151" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z151" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) создания специализированных организаций; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z152" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z152" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) регулирования экспорта и импорта товаров агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z153" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z153" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) технического оснащения агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z154" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z154" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) информационно-маркетингового обеспечения агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z155" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z155" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) научного, нормативно-методического обеспечения и подготовки кадров для агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z156" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z156" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) осуществления инвестиций в развитие социальной и инженерной инфраструктуры сельских территорий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z157" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z157" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) организации оптимального сельского расселения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z158" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z158" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) обеспечения ветеринарно-санитарной и фитосанитарной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12349,210 +12389,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="207"/>
+    <w:bookmarkStart w:name="z159" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) применения мер налогового, бюджетного, таможенно-тарифного, технического регулирования и иных мер в соответствии с законодательными актами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z456" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z456" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) мониторинга, прогнозирования технологических задач и организации трансферта технологий в агропромышленном комплексе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z457" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z457" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) привлечения субъектов агропромышленного комплекса к софинансированию при проведении прикладных научных исследований и опытно-конструкторских работ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z160" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z160" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мероприятия по государственному регулированию агропромышленного комплекса и сельских территорий, установленные пунктом 2 настоящей статьи, финансируются по направлениям, предусмотренным в соответствии с: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z161" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z161" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) законодательными актами Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z162" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z162" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) документами Системы государственного планирования Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z163" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z163" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ежегодные объемы финансирования данных мероприятий устанавливаются законом о республиканском бюджете и решениями маслихатов о местном бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z547" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z547" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Государственное стимулирование субъектов аквакультуры, осуществляющих деятельность в агропромышленном комплексе, определяется в соответствии с настоящим Законом и Законом Республики Казахстан "Об аквакультуре".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12786,210 +12826,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Развитие кредитования в сфере агропромышленного комплекса и сельских территорий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственное регулирование развития кредитования в сфере агропромышленного комплекса и сельских территорий осуществляется посредством бюджетного кредитования в соответствии с бюджетным законодательством Республики Казахстан либо участия в формировании или увеличении уставного капитала специализированных организаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="215"/>
+    <w:bookmarkStart w:name="z165" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Развитие кредитования в сфере агропромышленного комплекса и сельских территорий производится по следующим направлениям с учетом положений, предусмотренных пунктом 3 статьи 9 настоящего Закона: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z166" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z166" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) формирование и развитие инфраструктуры сельскохозяйственного производства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z167" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z167" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) лизинг сельскохозяйственной техники и технологического оборудования, оборудования и орудия лова для рыбного хозяйства и аквакультуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z168" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z168" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) организация и кредитование кредитных товариществ, осуществляющих кредитование в агропромышленном комплексе; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z169" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z169" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) кредитование несельскохозяйственных видов предпринимательской деятельности в сельской местности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z170" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z170" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) закуп, производство, переработка и реализация сельскохозяйственной продукции; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z316" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z316" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) аквакультура и переработка рыбной продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z171" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z171" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) организация микрокредитования сельского населения, а также выплат субсидий физическим и юридическим лицам в случаях, предусмотренных настоящим Законом, через производственные объекты Национального оператора почты на основе заключенного договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13085,650 +13125,650 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 10-1. Поддержка развития страхования в агропромышленном комплексе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z488" w:id="223"/>
+    <w:bookmarkStart w:name="z488" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственная поддержка развития страхования в агропромышленном комплексе осуществляется путем субсидирования страховых премий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z489" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z489" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Субсидированию подлежат страховые премии по договорам страхования в агропромышленном комплексе, заключенным страховыми организациями, филиалами страховых организаций-нерезидентов Республики Казахстан (далее – страховщики):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z490" w:id="225"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z490" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в рамках страховых продуктов, утвержденных оператором в сфере страхования в агропромышленном комплексе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z491" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z491" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) посредством информационной системы страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z492" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z492" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для субсидирования страховых премий и оплаты услуг оператора в сфере страхования в агропромышленном комплексе уполномоченному органу в области развития агропромышленного комплекса выделяются бюджетные средства, определяемые законом о республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z493" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z493" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Средства, предусмотренные на оплату услуг оператора в сфере страхования в агропромышленном комплексе, могут перечисляться на текущий счет оператора в сфере страхования в агропромышленном комплексе в банке второго уровня в соответствии с договором, заключаемым между уполномоченным органом в области развития агропромышленного комплекса и оператором в сфере страхования в агропромышленном комплексе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z494" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z494" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Оператору в сфере страхования в агропромышленном комплексе открывается текущий счет в Национальном Банке Республики Казахстан (далее – Национальный Банк) для осуществления управления средствами, передаваемыми уполномоченным органом в области развития агропромышленного комплекса на основе договора, заключаемого между уполномоченным органом в области развития агропромышленного комплекса и оператором в сфере страхования в агропромышленном комплексе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z495" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z495" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Временно свободные средства с текущего счета в Национальном Банке могут размещаться на депозитах в Национальном Банке и в государственные ценные бумаги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z496" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z496" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доходная часть текущего счета в Национальном Банке формируется за счет бюджетных средств, передаваемых уполномоченным органом в области развития агропромышленного комплекса на основе договора, и доходов от размещения временно свободных средств на депозитах в Национальном Банке и в государственные ценные бумаги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z497" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z497" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расходная часть текущего счета в Национальном Банке включает в себя суммы размещения на депозитах в Национальном Банке и в государственные ценные бумаги, расходы на возмещение части страховой премии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z498" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z498" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Остатки средств на текущем счете в Национальном Банке, числящиеся на конец финансового года, не подлежат возврату уполномоченному органу в области развития агропромышленного комплекса и соответственно в государственный бюджет, а расходуются на субсидирование страховых премий в следующем финансовом году.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z499" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z499" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В функции оператора в сфере страхования в агропромышленном комплексе входят:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z500" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z500" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) закуп услуг по обеспечению доступа к информационной системе страхования и ее сопровождению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z501" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z501" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) администрирование процесса распределения бюджетных средств в виде субсидий по страховым премиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z502" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z502" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) разработка, проведение экспертизы и утверждение страховых продуктов, подлежащих субсидированию. Страховые продукты разрабатываются оператором в сфере страхования в агропромышленном комплексе или страховщиками. Страховые продукты, подлежащие субсидированию, согласовываются с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z503" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z503" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мониторинг отрасли страхования в агропромышленном комплексе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z504" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z504" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) внесение уполномоченному органу в области развития агропромышленного комплекса предложений по развитию страхования в агропромышленном комплексе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z505" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z505" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) организация деятельности экспертного совета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z506" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z506" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Требования к информационной системе страхования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z507" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z507" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) интеграция с данными правового и земельного кадастров, единой базой данных по страхованию, данными центральных исполнительных органов в сферах разрешений и уведомлений, регистрации физических и юридических лиц, бухгалтерского учета и финансовой отчетности, других центральных и местных исполнительных органов, а также некоммерческого акционерного общества "Государственная корпорация "Правительство для граждан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z508" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z508" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) возможность получения и обработки снимков дистанционного зондирования Земли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z509" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z509" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Функционал информационной системы страхования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z510" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z510" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставление единого информационного ресурса для субъектов агропромышленного комплекса, на котором размещается полная информация по страховым продуктам и страховщикам, осуществляющим страхование в агропромышленном комплексе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z511" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z511" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) подача субъектами агропромышленного комплекса заявок на покупку страхового продукта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z512" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z512" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заключение договоров страхования в агропромышленном комплексе между страховщиком и страхователем в случае, если между владельцем информационной системы страхования и страховщиком заключено соответствующее соглашение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z513" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z513" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) формирование реестра (данных) по заключенным договорам страхования в агропромышленном комплексе для оплаты субсидируемой части страховой премии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z514" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z514" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) передача в единую базу данных по страхованию реестра (данных) по договорам страхования в агропромышленном комплексе, заключенным в электронной форме, в режиме реального времени;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z515" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z515" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) подача страховщиками заявок на получение субсидии по страховым премиям в рамках заключенных договоров страхования в агропромышленном комплексе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z516" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z516" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) размещение на электронной площадке информации о рисках субъектов агропромышленного комплекса, которые они желают застраховать;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z517" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z517" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) обмен информацией по вопросам страхования в агропромышленном комплексе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13822,170 +13862,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 11. Субсидирование агропромышленного комплекса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Субсидирование агропромышленного комплекса осуществляется в качестве экономического стимулирования развития отраслей агропромышленного комплекса при следующих условиях: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="253"/>
+    <w:bookmarkStart w:name="z173" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) экономической эффективности субсидирования, направленного на развитие отраслей агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z174" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z174" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) повышения качества и конкурентоспособности производимой продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z548" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z548" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принятия встречных обязательств в области агропромышленного комплекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z175" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z175" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Субсидирование агропромышленного комплекса осуществляется в порядке, определяемом уполномоченным органом в области развития агропромышленного комплекса, по следующим направлениям с учетом положений, предусмотренных пунктом 3 статьи 9 настоящего Закона:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z176" w:id="257"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z176" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) удешевление ставок вознаграждения при кредитовании субъектов агропромышленного комплекса, а также лизинге на приобретение сельскохозяйственных животных, техники и технологического оборудования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z404" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z404" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) субсидирование по возмещению части расходов, понесенных субъектом агропромышленного комплекса при инвестиционных вложениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14014,190 +14054,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z458" w:id="259"/>
+    <w:bookmarkStart w:name="z458" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-3) удешевление ставок вознаграждения по кредитным и лизинговым обязательствам в рамках направления по финансовому оздоровлению субъектов агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z459" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z459" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-4) субсидирование купонного вознаграждения по облигациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z177" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z177" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) исключен Законом РК от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z178" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z178" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) развитие семеноводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z518" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z518" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) развитие страхования в агропромышленном комплексе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z179" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z179" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) повышение продуктивности и качества продукции животноводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14226,70 +14266,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z180" w:id="265"/>
+    <w:bookmarkStart w:name="z180" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) развитие производства приоритетных культур, в том числе многолетних насаждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14360,70 +14400,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) удешевление казахстанским сельскохозяйственным товаропроизводителям стоимости удобрений (за исключением органических);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z272" w:id="266"/>
+    <w:bookmarkStart w:name="z272" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-2) удешевление сельскохозяйственным товаропроизводителям стоимости пестицидов, биоагентов (энтомофагов), предназначенных для проведения обработки против вредных и особо опасных вредных организмов с численностью выше экономического порога вредоносности, карантинных объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14526,90 +14566,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="267"/>
+    <w:bookmarkStart w:name="z181" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) субсидирование части расходов, понесенных при подтверждении соответствия производства органической продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z182" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z182" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) развитие племенного животноводства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14638,111 +14678,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z277" w:id="269"/>
+    <w:bookmarkStart w:name="z277" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) поддержка малообеспеченных слоев населения при приобретении социально значимых продовольственных товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z274" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z274" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-2) возделывание сельскохозяйственных культур в защищенном грунте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z275" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z275" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-3) увеличение доли переработки отечественной сельскохозяйственной продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z276" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z276" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14777,91 +14817,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z407" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z407" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-5) субсидирование затрат перерабатывающих предприятий на закуп сельскохозяйственной продукции для производства продуктов ее глубокой переработки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z408" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z408" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-6) субсидирование в рамках гарантирования и страхования займов субъектов агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14908,268 +14948,268 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-8) субсидирование затрат ревизионных союзов сельскохозяйственных кооперативов на проведение внутреннего аудита сельскохозяйственных кооперативов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z460" w:id="275"/>
+    <w:bookmarkStart w:name="z460" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-9) возмещение физическим и юридическим лицам затрат на закладку и выращивание уничтоженных плодово-ягодных культур, зараженных бактериальным ожогом плодовых;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-10) субсидирование стоимости затрат на разработку и внедрение научно-исследовательских и опытно-конструкторских работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z529" w:id="276"/>
+    <w:bookmarkStart w:name="z529" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-11) субсидирование возмещения расходов, понесенных национальной компанией в сфере агропромышленного комплекса при реализации продовольственного зерна для регулирующего воздействия на внутренний рынок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z549" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z549" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-12) субсидирование переработки рыбной продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z184" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z184" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) иные направления субсидирования агропромышленного комплекса, предусмотренные законодательными актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z185" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z185" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Исключен Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z280" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z280" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Субсидирование агропромышленного комплекса осуществляется в соответствии с правилами субсидирования агропромышленного комплекса, за исключением случая, предусмотренного пунктом 6 настоящей статьи, при условии:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z278" w:id="281"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z278" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) принятия получателем субсидий обязательства по форме, установленной уполномоченными органами в области развития агропромышленного комплекса и в области развития сельских территорий, о представлении органам государственной статистики достоверной государственной статистической отчетности о валовом сборе полученного урожая и ежемесячных его расходах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z279" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z279" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) исключен Законом РК от 04.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 435-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15198,70 +15238,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z538" w:id="283"/>
+    <w:bookmarkStart w:name="z538" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Субсидирование стоимости услуг по подаче воды сельскохозяйственным товаропроизводителям, а также по возмещению части расходов, понесенных сельскохозяйственным товаропроизводителем при инвестиционных вложениях, направленных на внедрение водосберегающих технологий орошения, осуществляется в соответствии с правилами, утверждаемыми уполномоченным органом в области охраны и использования водного фонда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15935,110 +15975,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Государственное регулирование агропродовольственных рынков</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное регулирование агропродовольственных рынков в целях обеспечения продовольственной безопасности и поддержки казахстанских сельскохозяйственных товаропроизводителей осуществляется посредством:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="284"/>
+    <w:bookmarkStart w:name="z187" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализации механизмов стабилизации цен на социально значимые продовольственные товары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z188" w:id="285"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z188" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) защиты внутреннего рынка мерами таможенно-тарифного, нетарифного регулирования, применения специальных защитных, антидемпинговых и компенсационных мер в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z189" w:id="286"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z189" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В целях стабилизации рынка продовольственных товаров реализуются механизмы стабилизации цен на социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16121,90 +16161,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="287"/>
+    <w:bookmarkStart w:name="z193" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Исключен Законом РК от 10.07.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2012).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16400,230 +16440,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Обеспечение ветеринарно-санитарной и фитосанитарной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z463" w:id="288"/>
+    <w:bookmarkStart w:name="z463" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обеспечение ветеринарно-санитарной и фитосанитарной безопасности осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z195" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z195" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В целях соответствия качества и безопасности сельскохозяйственной продукции международным требованиям государством осуществляются следующие мероприятия: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z196" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z196" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведение государственного ветеринарно-санитарного контроля и надзора, карантинного фитосанитарного контроля и надзора, фитосанитарного контроля в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z197" w:id="291"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z197" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) профилактика, диагностика и ликвидация особо опасных болезней животных по перечню, утверждаемому уполномоченным органом в области ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z198" w:id="292"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z198" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организация государственных пунктов искусственного осеменения сельскохозяйственных животных, заготовки животноводческой продукции и сырья, убойных площадок (площадок по убою сельскохозяйственных животных), скотомогильников (биотермических ям), специальных хранилищ (могильников) пестицидов и тары из-под них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z199" w:id="293"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z199" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) ветеринарные мероприятия, направленные на охрану территории Республики Казахстан и недопущение распространения болезней, общих для животных и человека; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z200" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z200" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) фитосанитарные мероприятия, направленные на недопущение распространения вредных и особо опасных вредных организмов, охрану территории Республики Казахстан от карантинных объектов, а также на выявление, локализацию и ликвидацию очагов их распространения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z201" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z201" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) возмещение ущерба, понесенного субъектами агропромышленного комплекса в результате изъятия и уничтожения животных, продуктов и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z464" w:id="296"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z464" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) возмещение физическим и юридическим лицам затрат на закладку и выращивание уничтоженных плодово-ягодных культур, зараженных бактериальным ожогом плодовых.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16679,90 +16719,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13-1. Обеспечение агрохимического обслуживания сельскохозяйственного производства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z410" w:id="297"/>
+    <w:bookmarkStart w:name="z410" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Агрохимическое обслуживание сельскохозяйственного производства осуществляется республиканским государственным предприятием на праве хозяйственного ведения, созданным по решению Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z411" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z411" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Функциями республиканского государственного предприятия на праве хозяйственного ведения, созданного по решению Правительства Республики Казахстан, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проведение агрохимического обследования почв;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16881,70 +16921,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z413" w:id="299"/>
+    <w:bookmarkStart w:name="z413" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Финансирование республиканского государственного предприятия на праве хозяйственного ведения, созданного по решению Правительства Республики Казахстан, осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17151,150 +17191,150 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Государственное регулирование технического и технологического обеспечения агропромышленного комплекса осуществляется посредством: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="300"/>
+    <w:bookmarkStart w:name="z203" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) организации обновления машинно-тракторного парка и технологического оборудования; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z204" w:id="301"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z204" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) развития сети машинно-технологических станций (сервис-центров) и осуществления мониторинга их деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z205" w:id="302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z205" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) проведения испытаний и обязательной сертификации продукции сельскохозяйственного машиностроения отечественного и зарубежного производства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z206" w:id="303"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z206" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществления государственной технической инспекции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z481" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z481" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) поиска, трансферта и внедрения передовых отечественных и зарубежных технологий специализированной организацией по трансферту технологий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkEnd w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17423,226 +17463,226 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Информационно-маркетинговое обеспечение агропромышленного комплекса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Информационно-маркетинговое обеспечение агропромышленного комплекса осуществляется посредством: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="305"/>
+    <w:bookmarkStart w:name="z208" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) организации информационно-маркетинговой системы агропромышленного комплекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1) обеспечения агропромышленного комплекса данными агрометеорологического и космического мониторинга; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z209" w:id="306"/>
+    <w:bookmarkStart w:name="z209" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) проведения сельскохозяйственной переписи не реже одного раза в десять лет; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z210" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z210" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) публикации информационных материалов в средствах массовой информации и издания специализированных сборников, журналов, тематических изданий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z211" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z211" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) содействия созданию и развитию информационно-коммуникационных технологий и информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z212" w:id="309"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z212" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) организации выставок-ярмарок и оказания рекламной поддержки продукции казахстанских сельскохозяйственных товаропроизводителей; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z213" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z213" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) организации обучающих семинаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkEnd w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) предоставления электронных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z214" w:id="311"/>
+    <w:bookmarkStart w:name="z214" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Перечень информации и услуг, подлежащих предоставлению субъектам агропромышленного комплекса на безвозмездной основе специализированными организациями, определяется уполномоченным органом в области развития агропромышленного комплекса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkEnd w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17788,70 +17828,70 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 16. Специализированные организации в сфере агропромышленного комплекса </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="312"/>
+    <w:bookmarkStart w:name="z216" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок создания, организационно-правовые формы и задачи специализированных организаций определяются законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkEnd w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18040,170 +18080,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Научное обеспечение и подготовка кадров для агропромышленного комплекса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственная поддержка научного и кадрового обеспечения развития агропромышленного комплекса осуществляется посредством организации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="313"/>
+    <w:bookmarkStart w:name="z218" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) научно-исследовательских и опытно-конструкторских работ; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z219" w:id="314"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z219" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) подготовки и переподготовки, аттестации кадров по приоритетным направлениям развития агропромышленного комплекса и аграрной науки, в том числе путем организации разработки и реализации программ развития подведомственных высших учебных заведений, модернизации их инфраструктуры, повышения квалификации профессорско-преподавательского состава и разработки новых образовательных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z220" w:id="315"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z220" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) распространения и внедрения научных разработок в производство, включая разработки, направленные на адаптацию к изменению климата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z221" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z221" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) сохранения и развития генофонда высокоценных сортов растений, пород и видов сельскохозяйственных животных, птиц и рыб; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z222" w:id="317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z222" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) формирования машинно-тракторного парка и обновления технологического оборудования для государственных организаций образования, осуществляющих подготовку кадров для агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z482" w:id="318"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z482" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) интеграции науки, образования и производства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkEnd w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18277,310 +18317,404 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Развитие сельских территорий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственное регулирование развития сельских территорий направлено на развитие социальной и инженерной инфраструктуры сельских территорий и обеспечение сельского населения благоприятными условиями жизни. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="319"/>
+    <w:bookmarkStart w:name="z224" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государство регулирует развитие сельских территорий посредством:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z225" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z225" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) исключен Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z226" w:id="321"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z226" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) классификации сельских населенных пунктов по уровню социально-экономического развития и экологического состояния; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z227" w:id="322"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z227" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) разработки нормативов обеспеченности сельских населенных пунктов объектами социальной и инженерной инфраструктуры сельских территорий и экологического состояния сельских населенных пунктов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z228" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z228" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осуществления мониторинга: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z229" w:id="324"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z229" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       состояния обеспеченности сельского населения услугами социальной и инженерной инфраструктуры сельских территорий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z230" w:id="325"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z230" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       экологического состояния сельских населенных пунктов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z231" w:id="326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z231" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) создания и развития социальной и инженерной инфраструктуры сельских территорий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z232" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z232" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) оптимального сельского расселения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z233" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z233" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) стимулирования привлечения в сельские населенные пункты работников здравоохранения, образования, социального обеспечения, культуры, спорта, агропромышленного комплекса, лесного хозяйства и особо охраняемых природных территорий, государственных служащих аппаратов акимов сел, поселков, сельских округов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z234" w:id="329"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z234" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Граждане Республики Казахстан, проживающие в сельских населенных пунктах с неблагоприятными экологическими условиями и низким экономическим потенциалом, имеют право на государственную поддержку при переселении с их согласия в соответствии с законодательными актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z235" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 4 предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Специалистам в области здравоохранения, социального обеспечения, образования, культуры, спорта, ветеринарии, лесного хозяйства и особо охраняемых природных территорий, являющимся гражданскими служащими и работающим в сельских населенных пунктах, а также указанным специалистам, работающим в государственных организациях, финансируемых из местных бюджетов, по решению местных представительных органов (маслихатов) могут устанавливаться повышенные не менее чем на двадцать пять процентов оклады и тарифные ставки по сравнению со ставками специалистов, занимающихся этими видами деятельности в городских условиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
     <w:bookmarkStart w:name="z236" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Социальная поддержка по оплате коммунальных услуг и приобретению топлива за счет бюджетных средств специалистам государственных организаций здравоохранения, социального обеспечения, образования, культуры, спорта и ветеринарии, проживающим и работающим в сельских населенных пунктах, оказывается в порядке и размерах, утвержденных местными представительными органами (маслихатами).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
     <w:bookmarkStart w:name="z237" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -21117,55 +21251,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>