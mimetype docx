--- v0 (2025-10-03)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="675ed45" w14:textId="675ed45">
+    <w:p w14:paraId="f6c1035" w14:textId="f6c1035">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -13746,638 +13746,732 @@
         <w:t>
       1. Право на страховую выплату по договору предпенсионного аннуитета имеет работник при возникновении условий, предусмотренных пунктом 1 статьи 195-1 Социального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
     <w:bookmarkStart w:name="z2961" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Страховая выплата по договору предпенсионного аннуитета осуществляется со дня обращения. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z2962" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 пункта 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Днем обращения за осуществлением страховой выплаты по договору предпенсионного аннуитета считается день регистрации заявления и необходимых документов или день получения согласия на осуществление страховой выплаты по договору предпенсионного аннуитета через проактивную услугу в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственных услугах".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z2963" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Размер страховой выплаты по договору предпенсионного аннуитета ежемесячно составляет одну величину прожиточного минимума, установленную на соответствующий финансовый год законом о республиканском бюджете.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z2963" w:id="189"/>
-[...15 lines deleted...]
-      3. Размер страховой выплаты по договору предпенсионного аннуитета ежемесячно составляет одну величину прожиточного минимума, установленную на соответствующий финансовый год законом о республиканском бюджете.</w:t>
+    <w:bookmarkStart w:name="z2964" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Страховая выплата по договору предпенсионного аннуитета осуществляется с учетом изменения величины прожиточного минимума, установленной на соответствующий финансовый год законом о республиканском бюджете.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z2964" w:id="190"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2965" w:id="191"/>
+    <w:bookmarkStart w:name="z2965" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Страховая выплата по договору предпенсионного аннуитета осуществляется до достижения ее получателем пенсионного возраста, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Социального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z2966" w:id="192"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z2966" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Организация и осуществление страховой выплаты по договору предпенсионного аннуитета производятся через Государственную корпорацию. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z2967" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Оплата услуг Государственной корпорации за организацию и осуществление страховой выплаты по договору предпенсионного аннуитета производится за счет средств уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z2967" w:id="193"/>
-[...15 lines deleted...]
-      6. Оплата услуг Государственной корпорации за организацию и осуществление страховой выплаты по договору предпенсионного аннуитета производится за счет средств уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z2968" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Порядок осуществления, приостановления, возобновления и прекращения страховых выплат по договору предпенсионного аннуитета определяется уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z2968" w:id="194"/>
-[...15 lines deleted...]
-      7. Порядок осуществления, приостановления, возобновления и прекращения страховых выплат по договору предпенсионного аннуитета определяется уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций по согласованию с уполномоченным органом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 23-2 в соответствии с Законом РК от 21.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 24. Порядок освидетельствования работника на определение степени утраты трудоспособности </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Каждый несчастный случай, вызвавший у работника (работников) утрату трудоспособности более одного дня, в соответствии с медицинским заключением оформляется актом о несчастном случае в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z174" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Освидетельствование работника на определение степени утраты трудоспособности производится территориальным подразделением уполномоченного органа по обращению страхователя, страховщика либо работника или по решению суда в соответствии с законодательством Республики Казахстан. Основаниями для освидетельствования являются заключение организации здравоохранения и акт о несчастном случае.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z175" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Освидетельствование работника на определение степени утраты трудоспособности в результате несчастного случая или профессионального заболевания, а также определение нуждаемости в дополнительных видах помощи и ухода осуществляются путем проведения медико-социальной экспертизы в соответствии с законодательством Республики Казахстан о социальной защите.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z176" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень профессиональных заболеваний утверждается уполномоченным органом в области здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 23-2 в соответствии с Законом РК от 21.12.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 311-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 226-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 24. Порядок освидетельствования работника на определение степени утраты трудоспособности </w:t>
-[...217 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Статья 24-1. Особенности урегулирования споров по обязательному страхованию работника от несчастных случаев </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="199"/>
+    <w:bookmarkStart w:name="z243" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>При наличии спора, возникающего из договора обязательного страхования работника от несчастных случаев, страхователь (выгодоприобретатель) вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z2930" w:id="200"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z2930" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       направить страховщику (в том числе через филиал, представительство, интернет-ресурсы страховщика) письменное заявление с указанием требований и приложением документов, подтверждающих его требования, либо направить заявление страховому омбудсману (напрямую страховому омбудсману, в том числе через его интернет-ресурс, либо через страховщика, в том числе через его филиал, представительство, иное обособленное структурное подразделение, интернет-ресурс) или в суд для урегулирования споров, возникающих из договора обязательного страхования работника от несчастных случаев, с учетом особенностей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О страховой деятельности".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z246" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Страховщик при получении от страхователя (выгодоприобретателя) заявления в течение пяти рабочих дней рассматривает и предоставляет письменный ответ с указанием дальнейшего порядка урегулирования спора.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z246" w:id="201"/>
-[...15 lines deleted...]
-      2. Страховщик при получении от страхователя (выгодоприобретателя) заявления в течение пяти рабочих дней рассматривает и предоставляет письменный ответ с указанием дальнейшего порядка урегулирования спора.</w:t>
+    <w:bookmarkStart w:name="z247" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае обращения страхователя (выгодоприобретателя) к страховому омбудсману страховщик обязан по запросу страхователя (выгодоприобретателя), страхового омбудсмана представить документы, относящиеся к рассмотрению и разрешению спора, в течение трех рабочих дней с даты получения запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z247" w:id="202"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14778,55 +14872,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>