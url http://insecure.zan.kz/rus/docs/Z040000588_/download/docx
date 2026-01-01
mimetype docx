--- v0 (2025-10-01)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="607e25d" w14:textId="607e25d">
+    <w:p w14:paraId="2ddd8a4" w14:textId="2ddd8a4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -46920,55 +46920,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>