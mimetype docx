--- v1 (2026-01-01)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2ddd8a4" w14:textId="2ddd8a4">
+    <w:p w14:paraId="3d4d8cc" w14:textId="3d4d8cc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -12970,135 +12970,75 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">Часть третья статьи 5-2 действовла до 01.01.2026 в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 настоящего Закона РК.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...78 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Глава 1 дополнена статьей 5-2 в соответствии с Законом РК от 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -22611,51 +22551,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст. 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); с изменением, внесенным Законом РК от 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
@@ -30910,416 +30850,370 @@
         <w:t xml:space="preserve">
       3) не допускать действий, приводящих к прекращению передачи электрической энергии потребителям по своим сетям, а также разрушению, демонтажу, повреждению, уничтожению, умышленному повреждению (порче) своих электрических сетей. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="681"/>
     <w:bookmarkStart w:name="z454" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае, когда собственник электрических сетей изъявил желание передать принадлежащие ему на праве собственности электрические сети энергопередающей организации, к чьим сетям непосредственно они подключены, в доверительное управление или на безвозмездной основе, региональная электросетевая компания не вправе препятствовать такой передаче.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="682"/>
-    <w:p>
-[...85 lines deleted...]
-    <w:bookmarkStart w:name="z455" w:id="683"/>
+    <w:bookmarkStart w:name="z1483" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. Собственник электрических сетей, не являющийся энергопередающей организацией, вправе передать право собственности на принадлежащую (принадлежащие) ему отдельную часть (отдельные части) электрической сети энергопередающей организации, к чьим сетям непосредственно данная часть (данные части) электрической сети подключена (подключены).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z455" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Положения, указанные в пунктах 1 и 4 настоящей статьи, не распространяются на системного оператора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z456" w:id="684"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z456" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Энергопередающие организации должны соответствовать требованиям, предъявляемым к деятельности по передаче электрической энергии и включающим наличие: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z457" w:id="685"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z457" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) диспетчерского технологического управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z458" w:id="686"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z458" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) служб, укомплектованных обученным и аттестованным персоналом, осуществляющих эксплуатацию и техническое обслуживание электрических сетей, оборудования, механизмов, охрану труда и технику безопасности, обеспеченных средствами индивидуальной и коллективной защиты, спецодеждой, инструментами и приспособлениями; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z459" w:id="687"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z459" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) договоров с системным оператором на оказание системных услуг в соответствии с законодательством Республики Казахстан об электроэнергетике; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z460" w:id="688"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z460" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) автоматизированных систем коммерческого учета, систем телекоммуникаций, обеспечивающих их унификацию с системами, установленными у системного оператора и региональной электросетевой компании. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z461" w:id="689"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z461" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок определения соответствия энергопередающих организаций требованиям, предъявляемым к деятельности по передаче электрической энергии, определяется уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z462" w:id="690"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z462" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Не допускается включать в тарифы или их предельные уровни на услугу по передаче электрической энергии затраты, связанные с выполнением требований к деятельности по передаче электрической энергии, предусмотренных настоящим пунктом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z463" w:id="691"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z463" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Вновь создаваемые энергопередающие организации должны соответствовать требованиям, предъявляемым к деятельности по передаче электрической энергии, указанным в пункте 6 настоящей статьи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z464" w:id="692"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z464" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Энергопередающие организации не позднее одного года с момента наступления случаев, установленных статьей 119-2 Закона Республики Казахстан "О государственном имуществе", обеспечивают переутверждение тарифа на услугу по передаче электрической энергии в соответствии с законодательством Республики Казахстан о естественных монополиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkEnd w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 13-1 в соответствии с Законом РК от 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 89-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="693"/>
+    <w:bookmarkStart w:name="z17" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Организация энергоснабжения на основе функционирования рынка электрической энергии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkEnd w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Рынок электрической энергии</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31331,208 +31225,208 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 14 с изменением, внесенным Законом РК от 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z402" w:id="694"/>
+    <w:bookmarkStart w:name="z402" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Энергоснабжение в Республике Казахстан осуществляется в условиях функционирования рынков электрической энергии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z403" w:id="695"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z403" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Электрическая энергия являются товаром на рынке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z404" w:id="696"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z404" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Рынок электрической энергии состоит из двух уровней: оптового и розничного рынков электрической энергии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkEnd w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Исключен Законом РК от 05.07.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 13.10.2011).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z405" w:id="697"/>
+    <w:bookmarkStart w:name="z405" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Системный оператор, региональные электросетевые компании и иные организации, владеющие электрическими сетями, обеспечивают свободный доступ к рынку электрической энергии всех участников рынка в порядке, определяемом государственным органом, осуществляющим руководство в сферах естественных монополий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z406" w:id="698"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z406" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Энергопередающая организация не вправе отказывать в подключении энергопроизводящим организациям, нетто-потребителям и потребителям к электрическим сетям, а также в передаче электрической энергии при условии выполнения ими требований, установленных нормативными правовыми актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z407" w:id="699"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z407" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Отношения, возникающие при производстве, передаче и потреблении на рынке электрической энергии, регулируются в электроэнергетике соответствующими договорами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkEnd w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31726,380 +31620,380 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 15 - в редакции Закона РК от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z860" w:id="700"/>
+    <w:bookmarkStart w:name="z860" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Оптовый рынок электрической энергии и мощности состоит из:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z861" w:id="701"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z861" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оптового рынка электрической энергии, связанного с куплей-продажей плановых объемов электрической энергии, включенных в суточный график производства-потребления электрической энергии, утвержденный системным оператором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z862" w:id="702"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z862" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) балансирующего рынка электрической энергии в режиме реального времени, функционирующего в целях физического и последующего финансового урегулирования почасовых дисбалансов, возникающих в операционные сутки между фактическими и плановыми объемами электрической энергии, включенными в суточный график производства-потребления электрической энергии, утвержденный системным оператором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z863" w:id="703"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z863" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) рынка системных и вспомогательных услуг, функционирующего на основе как приобретения у субъектов оптового рынка электрической энергии вспомогательных услуг, так и оказания системным оператором системных услуг субъектам оптового рынка электрической энергии для обеспечения установленных национальными стандартами надежности работы единой электроэнергетической системы Республики Казахстан и качества электрической энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z864" w:id="704"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z864" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) рынка электрической мощности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z337" w:id="705"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z337" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Оператор рынка централизованной торговли:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z342" w:id="706"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z342" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет организацию и проведение спот-торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z343" w:id="707"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z343" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществляет организацию и проведение централизованной торговли электрической мощностью на один год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z344" w:id="708"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z344" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) обеспечивает равные условия доступа субъектов оптового рынка электрической энергии на рынок централизованной торговли электрической энергией; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z799" w:id="709"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z799" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) обеспечивает открытый доступ к итогам торгов электрической энергии и мощности, включающим информацию об участниках торгов, поданных заявках энергопроизводящих организаций и единого закупщика (дата и время подачи, цена, объем) и результаты торгов (дата и время заключения сделки, цена, объем, стоимость, стороны сделки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z1380" w:id="710"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z1380" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-2) ежедневно опубликовывает информацию о централизованных торгах, включая информацию об участниках торгов, поданных заявках (дата и время подачи, цена, объем), и о результатах торгов (дата, цена, объем, стоимость, стороны сделки) на своем интернет-ресурсе после согласования с системным оператором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z345" w:id="711"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z345" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) определяет соответствие субъектов оптового рынка электрической энергии требованиям, установленным правилами централизованной торговли электрической энергией; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z346" w:id="712"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z346" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осуществляет регистрацию и учет заключенных сделок по купле-продаже электрической энергии на централизованных торгах электрической энергией; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z347" w:id="713"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z347" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) обеспечивает в пределах своей компетенции субъектов оптового рынка электрической энергии информацией по индикативным ценам на электрическую энергию, сложившимся на централизованных торгах, и другой рыночной информацией; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z348" w:id="714"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z348" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) организует и проводит финансовые взаиморасчеты по сделкам, заключенным на спот-торгах. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z349" w:id="715"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z349" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Функционирование балансирующего рынка электрической энергии в имитационном режиме осуществляется в порядке и сроки, установленные уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkEnd w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32275,470 +32169,470 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-1. Порядок и требования к разработке прогнозного баланса электрической энергии и мощности на предстоящий семилетний период</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z527" w:id="716"/>
+    <w:bookmarkStart w:name="z527" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Системный оператор ежегодно в срок до пятнадцатого октября разрабатывает прогнозный баланс электрической энергии и мощности на предстоящий семилетний период в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z528" w:id="717"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z528" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В прогнозном балансе электрической энергии и мощности на предстоящий семилетний период в части баланса электрической мощности, разрабатываемого на день годового максимума электрической нагрузки в единой электроэнергетической системе Республики Казахстан, учитывается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z529" w:id="718"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z529" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объем располагаемой электрической мощности генерирующих установок, вновь вводимых в эксплуатацию на тендерной основе, на строительство которых уполномоченный орган заключил с победителем тендера соответствующий договор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z530" w:id="719"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z530" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объем располагаемой электрической мощности генерирующих установок действующих энергопроизводящих организаций, вводимых в эксплуатацию в рамках инвестиционных соглашений на модернизацию, расширение, реконструкцию и (или) обновление, заключенных с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z531" w:id="720"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z531" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) объем располагаемой электрической мощности существующих генерирующих установок действующих энергопроизводящих организаций, за исключением располагаемой электрической мощности, указанной в подпункте 2) настоящего пункта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z532" w:id="721"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z532" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) объем располагаемой электрической мощности, планируемый к введению действующими энергопроизводящими организациями дополнительно к объему располагаемой электрической мощности, указанному в подпункте 3) настоящего пункта, без заключения с уполномоченным органом инвестиционного соглашения на модернизацию, расширение, реконструкцию и (или) обновление (при наличии проектно-сметной документации, утвержденной в соответствии с законодательством Республики Казахстан об архитектурной, градостроительной и строительной деятельности);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z533" w:id="722"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z533" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) объем располагаемой электрической мощности новых электростанций, введение в эксплуатацию которых планируется без применения механизма проведения уполномоченным органом тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию (при наличии проектно-сметной документации, утвержденной в соответствии с законодательством Республики Казахстан об архитектурной, градостроительной и строительной деятельности);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z670" w:id="723"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z670" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) объем располагаемой регулировочной электрической мощности вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации, включая победителей аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z671" w:id="724"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z671" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) требуемый объем и дефицит регулировочной электрической мощности для единой электроэнергетической системы Республики Казахстан или для какой-либо из ее зон, определяемые системным оператором в соответствии с порядком, определенным уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z534" w:id="725"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z534" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уполномоченный орган в течение месяца со дня поступления разработанного прогнозного баланса электрической энергии и мощности на предстоящий семилетний период направляет его совету рынка для получения экспертного заключения с обязательным приложением пояснительной записки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z535" w:id="726"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z535" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Совет рынка направляет в уполномоченный орган экспертное заключение к разработанному проекту прогнозного баланса электрической энергии и мощности на предстоящий семилетний период в течение пятнадцати рабочих дней со дня его поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z537" w:id="727"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z537" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Экспертные заключения представляются на государственном языке и, при необходимости, на русском языке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z538" w:id="728"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z538" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уполномоченный орган при согласии с экспертным заключением вносит в прогнозный баланс электрической энергии и мощности на предстоящий семилетний период соответствующие изменения и (или) дополнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z539" w:id="729"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z539" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае несогласия с экспертным заключением уполномоченный орган направляет совету рынка ответ с обоснованием причин несогласия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z540" w:id="730"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z540" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случаях, когда совет рынка требует проведения совместного с уполномоченным органом заседания, проведение такого заседания является обязательным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z541" w:id="731"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z541" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Уполномоченный орган утверждает прогнозный баланс электрической энергии и мощности на предстоящий семилетний период в течение трех месяцев со дня его поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z542" w:id="732"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z542" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Утвержденный прогнозный баланс электрической энергии и мощности на предстоящий семилетний период размещается на интернет-ресурсах уполномоченного органа и системного оператора не позднее десяти рабочих дней со дня его утверждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z543" w:id="733"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z543" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В случае, если в утвержденном прогнозном балансе электрической энергии и мощности на предстоящий семилетний период прогнозируемый непокрываемый дефицит электрической мощности в единой электроэнергетической системе Республики Казахстан или в какой-либо из ее зон в течение первых пяти лет прогноза превышает 100 мегаватт, уполномоченный орган в течение тридцати календарных дней направляет уведомления потребителям, включенным в Реестр, о возникновении прогнозируемого непокрываемого дефицита электрической мощности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z544" w:id="734"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z544" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Зона единой электроэнергетической системы Республики Казахстан является частью единой электроэнергетической системы Республики Казахстан, в которой отсутствуют ограничения технического характера, препятствующие передаче электрической энергии, произведенной генерирующими источниками, определяемой в соответствии с порядком разработки прогнозных балансов электрической энергии и мощности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z545" w:id="735"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z545" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Непокрываемый дефицит электрической мощности рассчитывается с учетом пропускной способности линий электропередачи, связывающих энергодефицитные зоны с другими зонами единой электроэнергетической системы Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z672" w:id="736"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z672" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В случае, если в утвержденном прогнозном балансе электрической энергии и мощности на предстоящий семилетний период прогнозируемый непокрываемый дефицит регулировочной электрической мощности в единой электроэнергетической системе Республики Казахстан или в какой-либо из ее зон в течение последних трех лет прогноза превышает 100 мегаватт, уполномоченный орган определяет объемы, сроки ввода в эксплуатацию регулировочных генерирующих установок с маневренным режимом генерации и направляет уведомления потребителям, включенным в Реестр, о возникновении прогнозируемого непокрываемого дефицита регулировочной электрической мощности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkEnd w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32834,110 +32728,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-2. Аттестация электрической мощности генерирующих установок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="737"/>
+    <w:bookmarkStart w:name="z106" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Энергопроизводящая организация осуществляет реализацию услуги по поддержанию готовности электрической мощности после проведения аттестации электрической мощности генерирующих установок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z107" w:id="738"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z107" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Системный оператор осуществляет аттестацию электрической мощности генерирующих установок энергопроизводящей организации в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z108" w:id="739"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z108" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Системный оператор осуществляет аттестацию электрической мощности генерирующих установок по заявке энергопроизводящей организации в согласованные с ней сроки, но не позднее двадцати календарных дней после получения заявки на проведение аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkEnd w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При проведении аттестации электрической мощности генерирующих установок системный оператор определяет:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32948,90 +32842,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) величину электрической мощности генерирующих установок, которой располагает энергопроизводящая организация и в соответствии с которой энергопроизводящая организация имеет техническую возможность вырабатывать электрическую энергию;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соответствие требуемых параметров генерирующих установок значениям, указанным в заявке энергопроизводящей организации на проведение аттестации электрической мощности генерирующих установок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="740"/>
+    <w:bookmarkStart w:name="z109" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. По результатам аттестации электрической мощности генерирующих установок системный оператор не позднее пяти календарных дней после проведения аттестации оформляет и направляет энергопроизводящей организации акт аттестации электрической мощности генерирующих установок, в котором указывается величина аттестованной электрической мощности генерирующих установок энергопроизводящей организации, готовой к выработке электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z110" w:id="741"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z110" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Внеочередная аттестация электрической мощности генерирующих установок проводится в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkEnd w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при выявлении системным оператором несоответствия фактической величины электрической мощности и параметров генерирующих установок аттестованным;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33143,340 +33037,340 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-3. Рынок электрической мощности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z408" w:id="742"/>
+    <w:bookmarkStart w:name="z408" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Рынок электрической мощности функционирует в целях привлечения инвестиций для поддержания существующих и ввода новых электрических мощностей в единой электроэнергетической системе Республики Казахстан для покрытия спроса на электрическую мощность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkEnd w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок организации и функционирования рынка электрической мощности устанавливается уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z409" w:id="743"/>
+    <w:bookmarkStart w:name="z409" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Энергоснабжающие, энергопередающие организации и потребители, являющиеся субъектами оптового рынка, формируют прогнозные заявки на потребление, в которых указывают максимальные значения электрической мощности потребления на каждый месяц предстоящего и последующего календарных годов, не покрываемые за счет электрической мощности имеющихся в их составе на праве собственности, аренды или ином вещном праве генерирующих источников, и направляют их системному оператору не позднее первого августа года, предшествующего расчетному году.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkEnd w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом потребители, являющиеся субъектами оптового рынка и входящие в группу лиц, включенную в Реестр, формируют прогнозные заявки на потребление, в которых указывают максимальные значения электрической мощности потребления на каждый месяц предстоящего и последующего календарных годов, не покрываемые за счет электрической мощности имеющихся в их составе на праве собственности, аренды или ином вещном праве генерирующих источников, а также за счет электрической мощности энергопроизводящих организаций, включенных с ними в Реестр соответствующей группы лиц, и направляют их системному оператору не позднее первого августа года, предшествующего расчетному году.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Системный оператор в срок не позднее первого октября года, предшествующего расчетному году, разрабатывает прогнозный спрос на электрическую мощность на предстоящий и последующий календарные годы на основе прогнозных заявок субъектов оптового рынка с учетом необходимой величины резерва электрической мощности и среднегодовой электрической мощности потребления для компенсации технологического расхода, на собственные и хозяйственные нужды национальной электрической сети.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z482" w:id="744"/>
+    <w:bookmarkStart w:name="z482" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Для покрытия прогнозного спроса на электрическую мощность единый закупщик осуществляет заключение договоров о покупке услуги по поддержанию готовности электрической мощности (в порядке приоритетности):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkEnd w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) с победителями тендеров на строительство генерирующих установок, вновь вводимых в эксплуатацию. При этом индивидуальный тариф на услугу по поддержанию готовности электрической мощности вновь вводимых в эксплуатацию энергопроизводящих организаций определяется по итогам проведенного тендера. Объем и сроки покупки услуги по поддержанию готовности электрической мощности для каждого договора о покупке услуги по поддержанию готовности электрической мощности, заключаемого с данными организациями, устанавливаются уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z673" w:id="745"/>
+    <w:bookmarkStart w:name="z673" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) с победителями аукционных торгов. При этом индивидуальный тариф на услугу по поддержанию готовности электрической мощности при строительстве вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации, объем покупки услуги по поддержанию готовности электрической мощности для каждого договора о покупке услуги по поддержанию готовности электрической мощности, заключаемого с данными организациями, определяются по итогам аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z800" w:id="746"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z800" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2) с юридическими лицами, планирующими осуществить не ранее 1 января 2024 года строительство вновь вводимых в эксплуатацию генерирующих установок мощностью более 35 МВт, использующих гидродинамическую энергию воды, водохозяйственные сооружения которых включены в перечень стратегических водохозяйственных и гидротехнических сооружений, в том числе которые могут быть переданы в аренду и доверительное управление в порядке, определяемом Правительством Республики Казахстан. При этом индивидуальный тариф на услугу по поддержанию готовности электрической мощности вновь вводимой в эксплуатацию энергопроизводящей организации, использующей гидродинамическую энергию воды, объем и срок покупки услуги по поддержанию готовности электрической мощности данной организацией устанавливаются Правительством Республики Казахстан на основании технико-экономических обоснований, получивших положительное заключение государственной экспертизы, на срок окупаемости не менее семи лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z801" w:id="747"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z801" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действие договора на продажу услуги по поддержанию готовности электрической мощности прекращается досрочно при раннем наступлении фактического срока окупаемости.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z802" w:id="748"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z802" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данная энергопроизводящая организация выставляет всю вырабатываемую электрическую энергию только единому закупщику электрической энергии по предельному тарифу, устанавливаемому уполномоченным органом с учетом ставок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z803" w:id="749"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z803" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом в предельном тарифе не учитываются амортизация и прибыль в период действия договора с единым закупщиком на продажу услуги по поддержанию готовности электрической мощности в соответствии с настоящим подпунктом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkEnd w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) с действующими энергопроизводящими организациями, которые заключили инвестиционное соглашение на модернизацию, расширение, реконструкцию и (или) обновление с уполномоченным органом. При этом индивидуальный тариф на услугу по поддержанию готовности электрической мощности, объем и сроки покупки услуги по поддержанию готовности электрической мощности для каждого договора о покупке услуги по поддержанию готовности электрической мощности, заключаемого с данными организациями, устанавливаются уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z546" w:id="750"/>
+    <w:bookmarkStart w:name="z546" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) с энергопроизводящими организациями, включенными в Реестр, в объеме, созданном для покрытия дефицита в единой электроэнергетической системе Республики Казахстан в соответствии с подпунктами 1) и 2) пункта 6 статьи 15-5 настоящего Закона и не востребованном соответствующей группой лиц. Объем и сроки определяются в соответствии с правилами участия потребителей, включенных в Реестр, в создании электрической мощности для покрытия прогнозируемого дефицита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z747" w:id="751"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z747" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2) с действующими энергопроизводящими организациями, реализующими мероприятия по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkEnd w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ежегодно с действующими энергопроизводящими организациями, в состав которых входят теплоэлектроцентрали, за исключением энергопроизводящих организаций, включенных в Реестр, на предстоящий календарный год по предельному тарифу на услугу по поддержанию готовности электрической мощности. Объем услуги по поддержанию готовности электрической мощности для каждого договора о покупке услуги по поддержанию готовности электрической мощности, заключаемого с данными организациями, определяется в порядке, определенном уполномоченным органом, и представляет из себя разность планового максимального за соответствующий год значения минимальной электрической мощности генерирующих установок (при заданном уровне их тепловой нагрузки) теплоэлектроцентралей, входящих в состав энергопроизводящей организации, и максимального за соответствующий год значения электрической мощности собственного потребления данной энергопроизводящей организации, при этом:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33543,250 +33437,250 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, и объемов услуги по поддержанию готовности электрической мощности, определяемых в соответствии с подпунктами 1), 1-1), 2), 2-1), 2-2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единый закупщик заключает договоры о покупке услуги по поддержанию готовности электрической мощности с действующими энергопроизводящими организациями по результатам централизованных торгов электрической мощностью в суммарном объеме меньше суммарного объема услуги по поддержанию готовности электрической мощности, определенного в соответствии с настоящим подпунктом, в случаях, когда суммарный объем услуги по поддержанию готовности электрической мощности допущенных к торгам энергопроизводящих организаций меньше суммарного объема услуги по поддержанию готовности электрической мощности, определенного в соответствии с настоящим подпунктом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z483" w:id="752"/>
+    <w:bookmarkStart w:name="z483" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-2. Единый закупщик оплачивает услугу по поддержанию готовности электрической мощности по договорам, заключаемым в соответствии с пунктом 3-1 настоящей статьи, ежемесячно, но не позднее сорока пяти рабочих дней после завершения месяца поставки данной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z810" w:id="753"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z810" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-3. Юридическое лицо, осуществившее строительство генерирующих установок, использующих гидродинамическую энергию воды, обязано ежегодно заключать договор на оказание услуг по регулированию электрической мощности в порядке, определяемом в соответствии с подпунктом 70-17) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z811" w:id="754"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z811" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Договорная электрическая мощность вновь вводимых в эксплуатацию генерирующих установок, использующих гидродинамическую энергию воды, со дня их ввода в эксплуатацию подлежит ежегодной аттестации системным оператором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z812" w:id="755"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z812" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если в результате проведения очередной аттестации электрической мощности значение аттестованной электрической мощности вновь вводимых в эксплуатацию генерирующих установок, использующих гидродинамическую энергию воды, окажется меньше объема услуги по поддержанию готовности электрической мощности, установленного в договоре о покупке услуги по поддержанию готовности электрической мощности, объем услуги по поддержанию готовности электрической мощности, принимаемый при расчете фактически оказанных услуг по поддержанию готовности электрической мощности, снижается до аттестованного значения до проведения очередной аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z1381" w:id="756"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z1381" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-4. В случае образования у единого закупщика дополнительного дохода, возникшего за счет увеличения объемов реализации услуги по обеспечению готовности электрической мощности к несению нагрузки от объемов услуги по обеспечению готовности электрической мощности к несению нагрузки, включенных системным оператором в прогнозный спрос на электрическую мощность на соответствующий расчетный год, единый закупщик осуществляет дополнительную покупку услуги по поддержанию готовности электрической мощности в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z1382" w:id="757"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z1382" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-5. Дополнительная покупка услуги по поддержанию готовности электрической мощности осуществляется ежемесячно у энергопроизводящих организаций, которые заключили договор с единым закупщиком в соответствии с подпунктом 4) части первой пункта 3-1 настоящей статьи и фактически превысили объем данной услуги, указанной в договоре, по цене, не превышающей цену, указанную в данном договоре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z1383" w:id="758"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z1383" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом дополнительная покупка услуги по поддержанию готовности электрической мощности не осуществляется у энергопроизводящих организаций, которые реализовали услугу по поддержанию готовности электрической мощности на централизованных торгах на весь заявленный объем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z1384" w:id="759"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z1384" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-6. Расчет объема фактического превышения в соответствии с пунктом 3-5 настоящей статьи осуществляется системным оператором в порядке, установленном уполномоченным органом, и предоставляется единому закупщику.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z131" w:id="760"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z131" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. На централизованные торги электрической мощностью энергопроизводящие организации допускаются после проведения системным оператором аттестации электрической мощности генерирующих установок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkEnd w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергопроизводящие организации осуществляют реализацию услуги по поддержанию готовности электрической мощности единому закупщику на централизованных торгах электрической мощностью в объеме, не превышающем аттестованной электрической мощности, за вычетом:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33797,70 +33691,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрической мощности генерирующих установок, вновь вводимых в эксплуатацию на тендерной основе, а также электрической мощности вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации по результатам аукционных торгов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электрической мощности генерирующих установок, вводимых в эксплуатацию в рамках инвестиционного соглашения на модернизацию, расширение, реконструкцию и (или) обновление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z748" w:id="761"/>
+    <w:bookmarkStart w:name="z748" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) электрической мощности генерирующих установок, вводимых в эксплуатацию в рамках реализации мероприятий по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkEnd w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) максимальной в расчетном году электрической мощности экспорта;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33925,266 +33819,266 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       максимального в расчетном году значения минимальной электрической мощности генерирующих установок (при заданном уровне их тепловой нагрузки) теплоэлектроцентралей, которые входят в состав энергопроизводящих организаций.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если в результате проведения внеочередной аттестации электрической мощности значение аттестованной электрической мощности энергопроизводящей организации окажется меньше объема услуги по поддержанию готовности электрической мощности, указанного в договоре о покупке услуги по поддержанию готовности электрической мощности, заключенном с единым закупщиком по результатам централизованных торгов электрической мощностью, указанный объем услуги по поддержанию готовности электрической мощности энергопроизводящей организации снижается до аттестованного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z547" w:id="762"/>
+    <w:bookmarkStart w:name="z547" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Энергопроизводящие организации, включенные в Реестр, осуществляют реализацию услуги по поддержанию готовности электрической мощности единому закупщику на централизованных торгах в объеме, не превышающем аттестованной электрической мощности, за вычетом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z548" w:id="763"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z548" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) максимальной в расчетном году электрической мощности экспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z549" w:id="764"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z549" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) максимальной в расчетном году электрической мощности поставок субъектам розничного рынка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z550" w:id="765"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z550" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) максимального в расчетном году значения электрической мощности собственного потребления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z551" w:id="766"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z551" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) максимального в расчетном году значения электрической мощности поставок потребителям, являющимся субъектами оптового рынка и входящим с ними в одну группу лиц, включенную в Реестр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z552" w:id="767"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z552" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае если в результате проведения внеочередной аттестации электрической мощности значение аттестованной электрической мощности энергопроизводящих организаций, включенных в Реестр, окажется меньше объема услуги по поддержанию готовности электрической мощности, указанного в договоре о покупке услуги по поддержанию готовности электрической мощности, заключенном с единым закупщиком по результатам централизованных торгов электрической мощностью, то указанный объем услуги по поддержанию готовности электрической мощности снижается до аттестованного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z410" w:id="768"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z410" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Оператор рынка централизованной торговли ежегодно во второй декаде ноября месяца организует и проводит централизованные торги электрической мощностью на предстоящий календарный год в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkEnd w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оператор рынка централизованной торговли осуществляет безвозмездную регистрацию итогов централизованных торгов электрической мощностью.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оператор рынка централизованной торговли оказывает услуги по организации и проведению централизованных торгов электрической мощностью единому закупщику и субъектам рынка на договорной основе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="769"/>
+    <w:bookmarkStart w:name="z133" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Единый закупщик осуществляет предоставление услуги по обеспечению готовности электрической мощности к несению нагрузки энергоснабжающим, энергопередающим организациям и потребителям, являющимся субъектами оптового рынка, на основании заключенного договора на оказание услуги по обеспечению готовности электрической мощности к несению нагрузки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z484" w:id="770"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z484" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Энергоснабжающие, энергопередающие организации и потребители, являющиеся субъектами оптового рынка, обязаны оплачивать услугу единого закупщика по обеспечению готовности электрической мощности к несению нагрузки ежемесячно не позднее тридцати календарных дней после завершения месяца поставки данной услуги по фиксированной в течение календарного года цене, рассчитываемой единым закупщиком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkEnd w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Цена на услугу по обеспечению готовности электрической мощности к несению нагрузки рассчитывается единым закупщиком ежегодно на предстоящий календарный год с учетом подпункта 8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34269,150 +34163,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) прогнозных заявок на потребление энергоснабжающих, энергопередающих организаций и потребителей, являющихся субъектами оптового рынка;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) прогнозного спроса на электрическую мощность на предстоящий и последующий календарные годы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z674" w:id="771"/>
+    <w:bookmarkStart w:name="z674" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) положительного финансового результата, подтвержденного аудиторским отчетом, по деятельности единого закупщика на рынке электрической мощности за год, предшествующий году, в котором осуществляется расчет цены.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z675" w:id="772"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z675" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Финансовый результат формируется исходя из валового результата от деятельности единого закупщика по покупке услуги по поддержанию готовности электрической мощности и оказания услуги по обеспечению готовности электрической мощности, рассчитанной в соответствии с правилами расчета и размещения на интернет-ресурсе единым закупщиком цены на услугу по обеспечению готовности электрической мощности к несению нагрузки, за вычетом в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z676" w:id="773"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z676" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       фактически понесенных операционных затрат единого закупщика, но не выше затрат, учтенных при утверждении цены на соответствующий год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z677" w:id="774"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z677" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       непокрытых затрат на разработку предварительного технико-экономического обоснования по заказу уполномоченного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z678" w:id="775"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z678" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       расчетного корпоративного подоходного налога.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkEnd w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единый закупщик ежегодно до 1 декабря размещает на своем интернет-ресурсе цену на услугу по обеспечению готовности электрической мощности к несению нагрузки на предстоящий календарный год вместе с подтверждающими расчетами.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34459,70 +34353,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Изменение объема услуги по обеспечению готовности электрической мощности к несению нагрузки, установленного на расчетный год в договоре на оказание услуги по обеспечению готовности электрической мощности к несению нагрузки, осуществляется в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Договор о покупке услуги по поддержанию готовности электрической мощности и договор на оказание услуги по обеспечению готовности электрической мощности к несению нагрузки заключаются на основании типовых договоров, разрабатываемых и утверждаемых уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z778" w:id="776"/>
+    <w:bookmarkStart w:name="z778" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. На правоотношения, связанные с покупкой услуги по поддержанию готовности электрической мощности единым закупщиком, не распространяется законодательство Республики Казахстан о государственных закупках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkEnd w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34778,428 +34672,428 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-4. Инвестиционные соглашения на модернизацию, расширение, реконструкцию и (или) обновление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1454" w:id="777"/>
+    <w:bookmarkStart w:name="z1454" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Инвестиционные соглашения на модернизацию, расширение, реконструкцию и (или) обновление заключаются в отношении основного генерирующего оборудования, а также вспомогательного оборудования действующих (существующих) электрических станций действующих энергопроизводящих организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z1455" w:id="778"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z1455" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действующие энергопроизводящие организации, сто процентов акций (долей участия в уставном капитале) которых принадлежат государству, и находящиеся в коммунальной собственности и осуществляющие одновременно деятельность по производству электрической, тепловой энергии и воды (дистиллята), вправе реализовать инвестиционное соглашение на модернизацию, расширение, реконструкцию и (или) обновление с созданием отдельного юридического лица с передачей ему обязательств по заключенному инвестиционному соглашению на модернизацию, расширение, реконструкцию и (или) обновление путем заключения дополнительного соглашения к действующему инвестиционному соглашению на модернизацию, расширение, реконструкцию и (или) обновление между уполномоченным органом, указанной энергопроизводящей организацией и юридическим лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z1456" w:id="779"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z1456" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Под юридическим лицом, указанным в части второй настоящего пункта, понимается юридическое лицо, аффилированное с действующей энергопроизводящей организацией, определенной в соответствии с частью второй настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z1457" w:id="780"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z1457" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действие законодательства в области электроэнергетики, применяемое к энергопроизводящим организациям, которые заключили инвестиционное соглашение на модернизацию, расширение, реконструкцию и (или) обновление с уполномоченным органом, распространяется на юридическое лицо, которому согласно части второй настоящего пункта были переданы обязательства по заключенному инвестиционному соглашению на модернизацию, расширение, реконструкцию и (или) обновление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z1385" w:id="781"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z1385" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Перечень и требования к вспомогательному оборудованию действующих (существующих) электрических станций действующих энергопроизводящих организаций, в отношении которых заключается инвестиционное соглашение, устанавливаются в соответствии с порядком, установленным уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z488" w:id="782"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z488" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для осуществления модернизации, расширения, реконструкции и (или) обновления действующие энергопроизводящие организации разрабатывают соответствующие инвестиционные программы, при разработке которых проводится независимый технический и финансовый аудит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z489" w:id="783"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z489" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Результатами технического и финансового аудита являются: выявление оптимальной схемы модернизации, расширения, реконструкции и (или) обновления, определение влияния инвестиционной программы на срок службы основного генерирующего оборудования, целесообразности инвестиционной программы и требуемого объема финансирования инвестиционной программы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z490" w:id="784"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z490" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Результаты технического, финансового аудита и инвестиционная программа модернизации, расширения, реконструкции и (или) обновления подлежат рассмотрению советом рынка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z491" w:id="785"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z491" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. На основании рекомендации совета рынка уполномоченный орган принимает решение о заключении (об отказе в заключении) инвестиционного соглашения на модернизацию, расширение, реконструкцию и (или) обновление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z553" w:id="786"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z553" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Энергопроизводящие организации, включенные уполномоченным органом в Реестр, не вправе заключать с уполномоченным органом инвестиционные соглашения на модернизацию, расширение, реконструкцию и (или) обновление, за исключением инвестиционных соглашений, заключаемых для обеспечения электроснабжения потребителей, приобретающих электрическую энергию у единого закупщика электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z492" w:id="787"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z492" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В инвестиционных соглашениях на модернизацию, расширение, реконструкцию и (или) обновление на каждый год устанавливаются целевые индикаторы по следующим показателям: удельные расходы условного топлива на отпуск электрической и (или) тепловой энергии; располагаемая электрическая мощность; срок службы основного генерирующего оборудования; степень износа основного генерирующего оборудования; экологические показатели.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z493" w:id="788"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z493" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. После заключения уполномоченным органом инвестиционного соглашения на модернизацию, расширение, реконструкцию и (или) обновление с действующей энергопроизводящей организацией единый закупщик заключает договор о покупке услуги по поддержанию готовности электрической мощности с данной энергопроизводящей организацией по индивидуальному тарифу на услугу по поддержанию готовности электрической мощности в объеме и на сроки, которые определены уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z494" w:id="789"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z494" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрическая мощность генерирующих установок, вводимых в эксплуатацию в рамках инвестиционного соглашения на модернизацию, расширение, реконструкцию и (или) обновление, со дня их ввода в эксплуатацию подлежит ежегодной аттестации системным оператором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z495" w:id="790"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z495" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если в результате проведения очередной аттестации электрической мощности значение аттестованной электрической мощности генерирующих установок, вводимых в эксплуатацию в рамках инвестиционного соглашения на модернизацию, расширение, реконструкцию и (или) обновление, окажется меньше объема услуги по поддержанию готовности электрической мощности, установленного в договоре о покупке услуги по поддержанию готовности электрической мощности, объем услуги по поддержанию готовности электрической мощности, установленный в договоре о покупке услуги по поддержанию готовности электрической мощности, снижается до аттестованного значения до проведения очередной аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z496" w:id="791"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z496" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Действующие энергопроизводящие организации, заключившие инвестиционные соглашения на модернизацию, расширение, реконструкцию и (или) обновление с уполномоченным органом, обязаны ежегодно не позднее 31 марта года, следующего за отчетным, представлять в уполномоченный орган отчет о достижении показателей (индикаторов), установленных в данных соглашениях, подтвержденный независимой энергетической экспертизой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z497" w:id="792"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z497" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае недостижения установленных в инвестиционном соглашении на модернизацию, расширение, реконструкцию и (или) обновление целевых индикаторов уполномоченный орган вправе расторгнуть данное соглашение либо изменить индивидуальный тариф на услугу по поддержанию готовности электрической мощности, объем и сроки покупки услуги по поддержанию готовности электрической мощности с уведомлением системного оператора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkEnd w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Энергопроизводящие организации, заключившие с уполномоченным органом соглашения и реализовавшие масштабные инвестиционные программы с 2009 по 2015 годы в период действия программы предельных тарифов на электроэнергию, источником затрат которых, помимо инвестиционной составляющей предельного тарифа, явились значительное дополнительное внешнее финансирование (кредиты, займы), а также кредиты (займы), иные деньги, полученные для целей рефинансирования и погашения основного долга ранее привлеченных обязательств по проектам, включенным в программы развития, утвержденные местными исполнительными органами, заключают с уполномоченным органом индивидуальные инвестиционные соглашения на модернизацию, расширение, реконструкцию и (или) обновление в упрощенном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z616" w:id="793"/>
+    <w:bookmarkStart w:name="z616" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. Энергопроизводящие организации, электростанции которых введены в эксплуатацию с 2009 по 2015 годы, на строительство которых привлечены заемное финансирование (кредиты, займы) до 2015 года, а также кредиты (займы), иные деньги, полученные для целей рефинансирования и погашения основного долга ранее привлеченных обязательств с целевым назначением финансирования строительства электростанции, и заключившие с уполномоченным органом и государственным органом, осуществляющим руководство в сферах естественных монополий, инвестиционные договоры, заключают с уполномоченным органом индивидуальные инвестиционные соглашения по введенным в эксплуатацию электростанциям в упрощенном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z499" w:id="794"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z499" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Допуск на рассмотрение, рассмотрение и отбор инвестиционных программ модернизации, расширения, реконструкции и (или) обновления, заключение инвестиционных соглашений на модернизацию, расширение, реконструкцию и (или) обновление, соответствующее заключение договора о покупке услуги по поддержанию готовности электрической мощности и установление для данного договора индивидуальных тарифов на услугу по поддержанию готовности электрической мощности, объемов и сроков покупки услуги по поддержанию готовности электрической мощности осуществляются в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkEnd w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35335,390 +35229,390 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-5. Формирование Реестра и участие потребителей и энергопроизводящих организаций, включенных в Реестр, в создании электрической мощности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z555" w:id="795"/>
+    <w:bookmarkStart w:name="z555" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Потребители, входящие с энергопроизводящими организациями в одну группу лиц, вправе обеспечиваться мощностью за счет принадлежащих юридическим лицам в данной группе лиц на праве собственности, аренды или ином вещном праве генерирующих источников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z556" w:id="796"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z556" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Право, предусмотренное частью первой настоящего пункта, не распространяется на энергоснабжающие и энергопередающие организации, входящие с энергопроизводящими организациями в одну группу лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z557" w:id="797"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z557" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Группа лиц включается уполномоченным органом в Реестр на основании заявления юридического лица, под контролем которого находятся потребители и энергопроизводящие организации в соответствии с частями второй, третьей и четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z558" w:id="798"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z558" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Заявление юридического лица, указанного в пункте 2 настоящей статьи, содержит: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z559" w:id="799"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z559" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) перечень энергопроизводящих организаций, в том числе использующих вторичные энергетические ресурсы, за счет которых будут обеспечиваться электрической мощностью потребители, входящие с ними в одну группу лиц при условии наличия контроля, определенного в соответствии с частями второй, третьей и четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z560" w:id="800"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z560" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) перечень потребителей, которые будут обеспечиваться мощностью за счет энергопроизводящих организаций, в том числе использующих вторичные энергетические ресурсы, входящих с ними в одну группу лиц при условии наличия контроля, определенного в соответствии с частями второй, третьей и четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z561" w:id="801"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z561" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Реестр включает перечни энергопроизводящих организаций и потребителей, указанные в подпунктах 1) и 2) части первой настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z562" w:id="802"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z562" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Внесение изменений и дополнений в Реестр соответствующей группы лиц осуществляется уполномоченным органом на основании заявления юридического лица, под контролем которого находятся потребители и энергопроизводящие организации в соответствии с частями второй, третьей и четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z563" w:id="803"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z563" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В рамках соответствующей группы лиц, включенной в Реестр, заключаются двусторонние договоры по обеспечению электрической мощностью между энергопроизводящими организациями и потребителями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z564" w:id="804"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z564" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В случае, указанном в пункте 8 или 9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 15-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, потребители, включенные в Реестр, обязаны в порядке, определенном уполномоченным органом, участвовать в создании электрической мощности и (или) регулировочной электрической мощности для покрытия дефицита пропорционально их доле пиковой нагрузки к общей пиковой нагрузке в единой электроэнергетической системе Республики Казахстан, рассчитанной на момент возникновения прогнозируемого дефицита, путем осуществления одного или нескольких из следующих действий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z565" w:id="805"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z565" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) строительство новых электрической мощности и (или) регулировочной электрической мощности, включая реконструкцию выбывших электрической мощности и (или) регулировочной электрической мощности, не учтенных в утвержденном прогнозном балансе электрической энергии и мощности на предстоящий семилетний период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z566" w:id="806"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z566" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) расширение собственной существующей электрической мощности и (или) регулировочной электрической мощности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkEnd w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35747,71 +35641,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z568" w:id="807"/>
+    <w:bookmarkStart w:name="z568" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) покупка услуг по обеспечению готовности электрической мощности к несению нагрузки у единого закупщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z569" w:id="808"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z569" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Действия, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35826,232 +35720,232 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 6 настоящей статьи, могут осуществляться любым субъектом оптового рынка, включенным в Реестр соответствующей группы лиц. При этом остальные потребители соответствующей группы лиц, включенные в Реестр, освобождаются от участия в создании электрической мощности и регулировочной электрической мощности в соответствии с правилами участия потребителей, включенных в Реестр, в создании электрической мощности для покрытия прогнозируемого дефицита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z570" w:id="809"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z570" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Действие, указанное в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 6 настоящей статьи, осуществляется потребителями, включенными в Реестр соответствующей группы лиц, в соответствии с правилами участия потребителей, включенных в Реестр, в создании электрической мощности, в том числе регулировочной электрической мощности, для покрытия прогнозируемого дефицита. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z571" w:id="810"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z571" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Обязательства потребителей, включенных в Реестр, по созданию электрической мощности, в том числе регулировочной электрической мощности, предусмотренные пунктом 6 настоящей статьи, снижаются на величину электрической мощности, созданной субъектами оптового рынка, включенными в Реестр соответствующей группы лиц, в том числе в перечень электростанций, при выполнении в совокупности следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z572" w:id="811"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z572" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрическая мощность введена в эксплуатацию после 1 января 2019 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z573" w:id="812"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z573" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электрическая мощность создана в единой электроэнергетической системе Республики Казахстан или в какой-либо из ее зон, в которой прогнозируется непокрываемый дефицит электрической мощности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z574" w:id="813"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z574" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электрическая мощность введена без применения механизма проведения уполномоченным органом тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию, а также проведения уполномоченным органом аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z575" w:id="814"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z575" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) электрическая мощность введена без заключения с уполномоченным органом инвестиционного соглашения на модернизацию, расширение, реконструкцию и (или) обновление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z576" w:id="815"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z576" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) объем электрической мощности не был учтен ранее при исполнении обязательств, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z577" w:id="816"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z577" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. При исполнении обязательств, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36086,92 +35980,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 6 настоящей статьи, место размещения (площадка), тип и вид топлива для генерирующих установок, вводимых в эксплуатацию, субъектами оптового рынка, включенными в Реестр, согласовываются с уполномоченным органом в соответствии с утвержденными правилами участия потребителей, включенных в Реестр, в создании электрической мощности для покрытия прогнозируемого дефицита с учетом прогнозируемого дефицита электрической мощности на предстоящий семилетний период в единой электроэнергетической системе Республики Казахстан или в какой-либо из ее зон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z579" w:id="817"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z579" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Потребители, включенные в Реестр соответствующей группы лиц, в течение сорока пяти календарных дней со дня получения уведомления уполномоченного органа о возникновении прогнозируемого непокрываемого дефицита электрической мощности и (или) регулировочной электрической мощности в единой электроэнергетической системе Республики Казахстан или в какой-либо из ее зон принимают решение о действиях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, в соответствии с которыми они будут участвовать в создании электрической мощности для покрытия дефицита, и направляют его в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z580" w:id="818"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z580" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. При принятии решения об участии в создании электрической мощности путем выполнения действий, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36186,152 +36080,152 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 6 настоящей статьи, субъекты оптового рынка, включенные в Реестр соответствующей группы лиц, в течение ста восьмидесяти пяти календарных дней со дня принятия решения заключают с уполномоченным органом договор на создание электрической мощности, в котором определяется срок ввода в эксплуатацию генерирующих установок. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z581" w:id="819"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z581" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В течение тридцати календарных дней со дня заключения договора на создание электрической мощности единый закупщик заключает договор о покупке услуги по поддержанию готовности электрической мощности с субъектом оптового рынка, включенным в Реестр соответствующей группы лиц, по тарифу за услугу по поддержанию готовности электрической мощности в размере 1 тенге за 1 мегаватт в месяц без учета налога на добавленную стоимость в объеме и на сроки, которые установлены уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z582" w:id="820"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z582" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объем электрической мощности и (или) регулировочной электрической мощности, закупаемый единым закупщиком, определяется как соотношение прогнозируемого дефицита к доле пиковой нагрузки потребителей, включенных в Реестр соответствующей группы лиц, к общей пиковой нагрузке в единой электроэнергетической системе Республики Казахстан или в какой-либо из ее зон, рассчитанной на момент возникновения прогнозируемого дефицита за вычетом электрической мощности, востребованной соответствующей группой лиц для собственного потребления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z583" w:id="821"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z583" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок действия договора о покупке услуги по поддержанию готовности электрической мощности с субъектом оптового рынка, включенным в Реестр соответствующей группы лиц, устанавливается на тот же период, что и с победителями тендеров на строительство генерирующих установок, вновь вводимых в эксплуатацию, а также с победителями аукционных торгов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z584" w:id="822"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z584" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. При принятии решения об участии в создании электрической мощности или регулировочной электрической мощности путем выполнения действия, указанного в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 6 настоящей статьи, потребители, включенные в Реестр соответствующей группы лиц, покупают у единого закупщика услуги по обеспечению готовности электрической мощности к несению нагрузки в соответствии с правилами участия потребителей, включенных в Реестр, в создании электрической мощности для покрытия прогнозируемого дефицита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z585" w:id="823"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z585" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Договоры, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36346,52 +36240,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, предусматривают ответственность за неисполнение и (или) ненадлежащее исполнение принятых обязательств и заключаются на основании типовых договоров. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z586" w:id="824"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z586" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. На энергопроизводящие организации и потребителей, входящих в одну группу лиц при условии наличия контроля, определенного в соответствии с частями второй, третьей и четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36446,51 +36340,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и 15-8 настоящего Закона, установленные для группы лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkEnd w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36606,550 +36500,550 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-6. Порядок проведения тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z588" w:id="825"/>
+    <w:bookmarkStart w:name="z588" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В случае, указанном в пункте 8 статьи 15-1 настоящего Закона, уполномоченный орган проводит тендер на строительство генерирующих установок, вновь вводимых в эксплуатацию, осуществляющих производство электрической энергии на твердом топливе, на объем электрической мощности для покрытия прогнозируемого дефицита за вычетом величины электрической мощности, которая будет создана субъектами оптового рынка, включенными в Реестр, в соответствии с договором с уполномоченным органом, предусмотренным пунктом 11 статьи 15-5 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z589" w:id="826"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z589" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Место размещения (площадка), тип топлива для генерирующих установок, вновь вводимых в эксплуатацию на тендерной основе, определяются по результатам технико-экономического обоснования или предварительного технико-экономического обоснования, проведенного по заказу уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z590" w:id="827"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z590" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Уполномоченный орган не позднее трех рабочих дней со дня утверждения тендерной документации, но не менее чем за пятнадцать календарных дней до окончательной даты представления потенциальными инвесторами документов и материалов для участия в тендере публикует в средствах массовой информации объявление о проведении тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z591" w:id="828"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z591" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Пакет тендерной документации на строительство генерирующих установок, вновь вводимых в эксплуатацию, содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z592" w:id="829"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z592" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) описание и требуемые технические, качественные и эксплуатационные характеристики генерирующих установок, вновь вводимых в эксплуатацию, соответствующие требованиям Экологического кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z593" w:id="830"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z593" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проект договора на строительство генерирующих установок, вновь вводимых в эксплуатацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z594" w:id="831"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z594" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В тендере на строительство генерирующих установок, вновь вводимых в эксплуатацию, участвуют потенциальные инвесторы, которые представили:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z595" w:id="832"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z595" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копии учредительных документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z596" w:id="833"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z596" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) документы, подтверждающие наличие финансовых и материальных ресурсов, определяемых в соответствии с тендерной документацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z597" w:id="834"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z597" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тендерная комиссия подводит итоги тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию, в срок не более пятнадцати рабочих дней со дня вскрытия конвертов с тендерными заявками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z598" w:id="835"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z598" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган в течение пяти рабочих дней со дня подведения итогов тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию, направляет проект договора на строительство генерирующих установок, вновь вводимых в эксплуатацию, потенциальному инвестору, признанному победителем тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z599" w:id="836"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z599" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Победитель тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию, в течение пяти рабочих дней со дня получения проекта договора на строительство генерирующих установок, вновь вводимых в эксплуатацию, подписывает указанный договор.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z600" w:id="837"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z600" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тендер на строительство генерирующих установок, вновь вводимых в эксплуатацию, признается несостоявшимся в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z601" w:id="838"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z601" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличия менее двух потенциальных инвесторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z602" w:id="839"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z602" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) несоответствия документов, представленных всеми потенциальными инвесторами, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z603" w:id="840"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z603" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае признания тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию, несостоявшимся уполномоченный орган в течение пятнадцати рабочих дней проводит повторный тендер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z1386" w:id="841"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z1386" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1. При признании повторного тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию, несостоявшимся и в случае предоставления тендерной заявки только от одного участника уполномоченный орган направляет в Правительство Республики Казахстан предложение об определении данного участника победителем тендера для заключения договора на строительство генерирующих установок, вновь вводимых в эксплуатацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z1387" w:id="842"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z1387" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-2. Правительство Республики Казахстан при поступлении предложения в соответствии с пунктом 7-1 настоящей статьи в случае целесообразности поручает уполномоченному органу заключить договор на строительство генерирующих установок, вновь вводимых в эксплуатацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z604" w:id="843"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z604" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В течение двадцати календарных дней со дня подведения итогов тендера на строительство генерирующих установок, вновь вводимых в эксплуатацию, уполномоченный орган заключает с победителем тендера договор на строительство генерирующих установок, вновь вводимых в эксплуатацию, в котором устанавливаются срок ввода в эксплуатацию генерирующих установок и ответственность за неисполнение и (или) ненадлежащее исполнение принятых победителем тендера обязательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z605" w:id="844"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z605" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В течение тридцати календарных дней со дня заключения договора на строительство генерирующих установок, вновь вводимых в эксплуатацию, единый закупщик заключает договор о покупке услуги по поддержанию готовности электрической мощности с победителем тендера по индивидуальному тарифу на услугу по поддержанию готовности электрической мощности в объеме и на сроки, которые установлены уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z606" w:id="845"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z606" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Электрическая мощность генерирующих установок, вновь вводимых в эксплуатацию на тендерной основе, со дня их ввода в эксплуатацию подлежит ежегодной аттестации системным оператором. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z607" w:id="846"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z607" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если в результате проведения очередной аттестации электрической мощности значение аттестованной электрической мощности генерирующих установок, вновь вводимых в эксплуатацию на тендерной основе, окажется меньше объема услуги по поддержанию готовности электрической мощности, установленного в договоре о покупке услуги по поддержанию готовности электрической мощности, объем услуги по поддержанию готовности электрической мощности, установленный в договоре о покупке услуги по поддержанию готовности электрической мощности, снижается до аттестованного значения до проведения очередной аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z608" w:id="847"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z608" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Договоры, предусмотренные пунктами 8 и 9 настоящей статьи, заключаются на основании типовых договоров, по которым уполномоченный орган вправе единожды осуществить корректировку объемов услуги по поддержанию готовности электрической мощности, сроков покупки услуги по поддержанию готовности электрической мощности и индивидуального тарифа на услугу по поддержанию готовности, на основании проектно-сметной документации и положительного заключения государственной экспертизы до даты начала строительства генерирующих установок, вновь вводимых в эксплуатацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z609" w:id="848"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z609" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Энергопроизводящие организации и потребители, включенные уполномоченным органом в Реестр, не вправе участвовать в проводимом уполномоченным органом тендере на строительство генерирующих установок, вновь вводимых в эксплуатацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkEnd w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37205,190 +37099,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-7. Формирование перечня электростанций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z627" w:id="849"/>
+    <w:bookmarkStart w:name="z627" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Юридическое лицо включается в перечень электростанций при условии соответствия критериям и наличия документов, указанных в настоящей статье, а также в случае определения юридического лица в качестве победителя аукционных торгов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z628" w:id="850"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z628" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Юридическое лицо для включения в перечень электростанций должно соответствовать в совокупности следующим критериям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z629" w:id="851"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z629" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) новые электрические мощности создаются и вводятся в эксплуатацию после 1 января 2021 года в зоне единой электроэнергетической системы Республики Казахстан, в которой имеется и (или) прогнозируется непокрываемый дефицит электрической мощности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z630" w:id="852"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z630" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) товарный газ используется или будет использоваться в качестве топлива для производства электрической энергии на новых созданных электрических мощностях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z631" w:id="853"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z631" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) новые созданные электрические мощности подключаются к автоматическому регулированию электрической мощности и имеют диапазон регулирования не менее двадцати процентов от установленной электрической мощности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z632" w:id="854"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z632" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Юридическое лицо для включения в перечень электростанций подает заявление в уполномоченный орган в соответствии с правилами включения потребителей в перечень электростанций с приложением технических условий, полученных или согласованных с системным оператором, на подключение к единой электроэнергетической системе Республики Казахстан, содержащих условия подключения новых электрических мощностей к автоматическому регулированию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z633" w:id="855"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z633" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. После введения в эксплуатацию новых электрических мощностей в течение десяти лет между энергопроизводящей организацией, включенной в перечень электростанций, и системным оператором ежегодно заключается договор на оказание услуг по регулированию электрической мощности по цене, равной средневзвешенной договорной цене приобретения системным оператором данных услуг за календарный год, предшествующий году заключения договора, в диапазоне регулирования не менее двадцати процентов от установленной электрической мощности на увеличение или снижение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkEnd w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37444,871 +37338,871 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-8. Порядок организации и проведения аукционных торгов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z680" w:id="856"/>
+    <w:bookmarkStart w:name="z680" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В случае, указанном в пункте 9 статьи 15-1 настоящего Закона, уполномоченный орган учитывает в плане размещения генерирующих установок с маневренным режимом генерации объемы вводимых мощностей, в том числе для покрытия прогнозируемого дефицита регулировочной электрической мощности, и объемы регулировочной электрической мощности, которые созданы или будут созданы субъектами оптового рынка, включенными в Реестр, в соответствии с договором на создание электрической мощности с уполномоченным органом, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 15-5 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z681" w:id="857"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z681" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В целях реализации плана размещения генерирующих установок с маневренным режимом генерации уполномоченный орган проводит отбор проектов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z682" w:id="858"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z682" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Отбор проектов по строительству вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации проводится путем организации и проведения аукционных торгов среди (последовательно в порядке приоритетности):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z683" w:id="859"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z683" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) площадок, включенных в план размещения генерирующих установок с маневренным режимом генерации и имеющих предварительные технико-экономические обоснования, подготовленные единым закупщиком по заказу уполномоченного органа на основании технического задания, разработанного системным оператором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z684" w:id="860"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z684" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) площадок действующих энергопроизводящих организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z685" w:id="861"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z685" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) площадок, не имеющих предварительных технико-экономических обоснований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z686" w:id="862"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z686" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом аукционные торги не проводятся в отношении генерирующих установок, которые будут созданы субъектами оптового рынка, включенными в Реестр, в соответствии с договором на создание регулировочной электрической мощности с уполномоченным органом, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 15-5 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z687" w:id="863"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z687" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Вновь вводимые в эксплуатацию генерирующие установки с маневренным режимом генерации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z688" w:id="864"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z688" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) создаются и вводятся в эксплуатацию после 1 января 2022 года в зоне единой электроэнергетической системы Республики Казахстан, в которой имеется и (или) прогнозируется непокрываемый дефицит регулировочной электрической мощности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z689" w:id="865"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z689" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеют подключение к автоматическому регулированию генерирующих установок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z690" w:id="866"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z690" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) имеют диапазон регулирования, определяемый в соответствии с подпунктом 70-41) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z691" w:id="867"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z691" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При строительстве генерирующей установки с маневренным режимом генерации по типу контррегулирующей гидроэлектростанции режим ее работы строится в прямой зависимости от режима работы действующей гидроэлектростанции, расположенной выше по руслу реки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z692" w:id="868"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z692" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После получения заявителем допуска к регистрации организатор аукционных торгов производит в электронной системе регистрацию заявителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z693" w:id="869"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z693" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для регистрации в электронной системе организатора аукционных торгов заявитель обращается на официальный интернет-ресурс организатора аукционных торгов для прохождения онлайн-регистрации и представляет в его адрес в электронном виде следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z694" w:id="870"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z694" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копию устава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z695" w:id="871"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z695" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копию справки о государственной регистрации (перерегистрации) юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z696" w:id="872"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z696" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копию решения соответствующего органа юридического лица о назначении первого руководителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z697" w:id="873"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z697" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) доверенность на представителя (в случае, если представление интересов осуществляет не первый руководитель);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z698" w:id="874"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z698" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) информацию о реквизитах юридического лица (банковские реквизиты, адрес, контактные телефоны, электронный адрес).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z699" w:id="875"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z699" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Организация и проведение аукционных торгов согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части первой пункта 3 настоящей статьи осуществляются в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z700" w:id="876"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z700" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) документация аукционных торгов разрабатывается на основе предварительного технико-экономического обоснования, подготовленного единым закупщиком в соответствии с подпунктом 70-41) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона. Предварительное технико-экономическое обоснование должно содержать место размещения, точку подключения к национальным электрическим сетям, прогнозную стоимость реализации проекта, прогнозный индивидуальный тариф на услугу по поддержанию готовности электрической мощности при строительстве вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации, срок покупки услуги по поддержанию готовности электрической мощности, равный пятнадцати годам, объем услуги по поддержанию готовности электрической мощности, зону дефицита регулируемой электрической мощности в единой электроэнергетической системе Республики Казахстан, требуемые технические, технологические и эксплуатационные характеристики вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z701" w:id="877"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z701" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уполномоченный орган направляет информацию в местные исполнительные органы областей, городов республиканского значения и столицы о необходимости резервирования земельных участков на строительство генерирующих установок с маневренным режимом генерации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z702" w:id="878"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z702" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) местные исполнительные органы областей, городов республиканского значения и столицы осуществляют резервирование земельных участков, определенных в предварительном технико-экономическом обосновании для планируемых к строительству вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации, до момента предоставления победителям аукционных торгов прав на земельный участок в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 49-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Земельного кодекса Республики Казахстан и направляют соответствующую информацию в уполномоченный орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z703" w:id="879"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z703" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уполномоченный орган не позднее чем за шесть месяцев до предполагаемой даты проведения аукционных торгов разрабатывает и публикует на своем интернет-ресурсе график проведения аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z704" w:id="880"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z704" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) заявитель для участия в аукционных торгах представляет не позднее чем за тридцать календарных дней до проведения аукционных торгов в уполномоченный орган копии учредительных документов, документы, подтверждающие наличие финансовых ресурсов, определяемых уполномоченным органом, в соответствии с подпунктом 70-41) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z705" w:id="881"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z705" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) уполномоченный орган формирует комиссию, которая не позднее чем за пятнадцать календарных дней до проведения аукционных торгов проверяет представленные заявителем документы на наличие и соответствие требованиям, установленным настоящим пунктом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z706" w:id="882"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z706" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При соответствии представленных заявителем документов требованиям настоящего пункта заявитель получает допуск к регистрации в электронной системе организатора аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z707" w:id="883"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z707" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) уполномоченный орган после проверки документов комиссией направляет информацию и список заявителей, получивших допуск к регистрации, организатору аукционных торгов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z708" w:id="884"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z708" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае строительства вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации, которые будут использовать товарный газ для выработки электрической энергии, до проведения аукционных торгов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z709" w:id="885"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z709" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       центральным исполнительным органом, осуществляющим государственное регулирование производства, транспортировки (перевозки), хранения и оптовой реализации газа, а также розничной реализации и потребления товарного и сжиженного нефтяного газа, по согласованию с уполномоченным органом, осуществляющим руководство в соответствующих сферах естественных монополий, определяются объем и предельные цены оптовой реализации товарного газа в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О газе и газоснабжении";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z710" w:id="886"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z710" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выдаются технические условия на подключение к магистральному газопроводу и (или) газораспределительной системе в соответствии с Законом Республики Казахстан "О газе и газоснабжении".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z711" w:id="887"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z711" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Организация и проведение аукционных торгов согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части первой пункта 3 настоящей статьи осуществляются в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z712" w:id="888"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z712" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) документация аукционных торгов разрабатывается в соответствии с подпунктом 70-41) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38323,252 +38217,252 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона. Документация должна содержать прогнозный индивидуальный тариф на услугу по поддержанию готовности электрической мощности при строительстве вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации, рассчитанный по предварительным технико-экономическим обоснованиям аналогичных проектов и (или) результатам аукционных торгов аналогичных проектов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части первой пункта 3 настоящей статьи, за вычетом затрат на строительство инфраструктуры, срок покупки услуги по поддержанию готовности электрической мощности, равный пятнадцати годам, объем услуги по поддержанию готовности электрической мощности, зону дефицита регулируемой электрической мощности в единой электроэнергетической системе Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z713" w:id="889"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z713" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) заявитель для участия в аукционных торгах не позднее чем за тридцать календарных дней представляет в уполномоченный орган копии учредительных документов, документы, подтверждающие наличие финансовых ресурсов, определяемых уполномоченным органом, в соответствии с подпунктом 70-41) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z714" w:id="890"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z714" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) действующие энергопроизводящие организации должны находиться в той зоне единой электроэнергетической системы Республики Казахстан, по которой уполномоченным органом объявлено проведение аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z715" w:id="891"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z715" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) действующие энергопроизводящие организации при строительстве вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации обязаны реализовать проекты, использующие гидродинамическую энергию воды и (или) газ для выработки электрической энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z716" w:id="892"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z716" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уполномоченный орган формирует комиссию, которая не позднее чем за пятнадцать календарных дней до проведения аукционных торгов проверяет представленные заявителем документы на наличие и соответствие требованиям, установленным настоящим пунктом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z717" w:id="893"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z717" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При соответствии представленных заявителем документов требованиям настоящего пункта заявитель получает допуск к регистрации в электронной системе организатора аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z718" w:id="894"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z718" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) уполномоченный орган после проверки документов комиссией направляет информацию и список заявителей, получивших допуск к регистрации, организатору аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z719" w:id="895"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z719" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) уполномоченный орган не позднее чем за шесть месяцев до предполагаемой даты проведения аукционных торгов разрабатывает и публикует на своем интернет-ресурсе график проведения аукционных торгов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z720" w:id="896"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z720" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Организация и проведение аукционных торгов согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части первой пункта 3 настоящей статьи осуществляются в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z721" w:id="897"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z721" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) документация аукционных торгов разрабатывается в соответствии с подпунктом 70-41) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38583,392 +38477,392 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона. Документация должна содержать прогнозный индивидуальный тариф на услугу по поддержанию готовности электрической мощности при строительстве вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации, рассчитанный по предварительным технико-экономическим обоснованиям аналогичных проектов и (или) результатам аукционных торгов аналогичных проектов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части первой пункта 3 настоящей статьи, срок покупки услуги по поддержанию готовности электрической мощности, равный пятнадцати годам, объем услуги по поддержанию готовности электрической мощности, зону дефицита регулируемой электрической мощности в единой электроэнергетической системе Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z722" w:id="898"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z722" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) заявитель для участия в аукционных торгах представляет не позднее чем за тридцать календарных дней в уполномоченный орган копии учредительных документов, документы, подтверждающие наличие финансовых ресурсов, определяемых уполномоченным органом, в соответствии с подпунктом 70-41) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z723" w:id="899"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z723" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уполномоченный орган формирует комиссию, которая не позднее чем за пятнадцать календарных дней до проведения аукционных торгов проверяет представленные заявителем документы на наличие и соответствие требованиям, установленным настоящим пунктом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z724" w:id="900"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z724" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При соответствии представленных заявителем документов требованиям настоящего пункта заявитель получает допуск к регистрации в электронной системе организатора аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z725" w:id="901"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z725" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уполномоченный орган после проверки документов комиссией направляет информацию и список заявителей, получивших допуск к регистрации, организатору аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z726" w:id="902"/>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z726" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уполномоченный орган не позднее чем за шесть месяцев до предполагаемой даты проведения аукционных торгов разрабатывает и публикует на своем интернет-ресурсе график проведения аукционных торгов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z727" w:id="903"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z727" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Единый закупщик в течение пятнадцати календарных дней со дня подведения итогов аукционных торгов направляет победителю аукционных торгов проект договора о покупке услуги по поддержанию готовности электрической мощности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z728" w:id="904"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z728" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Победитель аукционных торгов в течение тридцати календарных дней со дня получения проекта договора о покупке услуги по поддержанию готовности электрической мощности подписывает указанный договор на срок, равный пятнадцати годам с даты ее первой аттестации, по индивидуальному тарифу на услугу по поддержанию готовности электрической мощности при строительстве вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации, определенному по результату аукционных торгов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z729" w:id="905"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z729" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом объем и срок покупки услуги по поддержанию готовности электрической мощности победителя аукционных торгов не подлежат корректировке в сторону увеличения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z1458" w:id="906"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z1458" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индивидуальный тариф на услугу по поддержанию готовности электрической мощности при строительстве вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации (при необходимости) подлежит ежегодной индексации в период строительства на уровень инфляции, определяемый по данным уполномоченного органа в области государственной статистики, или ежегодной индексации в порядке, определяемом уполномоченным органом, на объем привлеченного заемного финансирования в иностранной валюте с учетом изменения обменного курса национальной валюты к иностранным валютам, определенного по данным Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z730" w:id="907"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z730" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Победитель аукционных торгов обязан ежегодно заключать договор на оказание услуг по регулированию электрической мощности в порядке, определяемом в соответствии с подпунктом 70-37) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z731" w:id="908"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z731" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответственность за невыполнение обязательств по договорам о покупке услуги по поддержанию готовности электрической мощности и на оказание услуг по регулированию электрической мощности наступает посредством использования механизмов рынка электрической мощности, определяемых в соответствии с подпунктом 42) статьи 5 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z732" w:id="909"/>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z732" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Договорная электрическая мощность вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации со дня их ввода в эксплуатацию подлежит ежегодной аттестации системным оператором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z733" w:id="910"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z733" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если в результате проведения очередной аттестации электрической мощности значение аттестованной электрической мощности вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации окажется меньше объема услуги по поддержанию готовности электрической мощности, установленного в договоре о покупке услуги по поддержанию готовности электрической мощности, объем услуги по поддержанию готовности электрической мощности, принимаемый при расчете фактически оказанных услуг по поддержанию готовности электрической мощности, снижается до аттестованного значения до проведения очередной аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z734" w:id="911"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z734" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аукционные торги признаются несостоявшимися в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z735" w:id="912"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z735" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличия менее двух участников аукционных торгов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z736" w:id="913"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z736" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) несоответствия документов, представленных всеми участниками аукционных торгов, требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -39003,52 +38897,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи и подпункта 70-41) статьи 5 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z737" w:id="914"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z737" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае признания аукционных торгов несостоявшимися уполномоченный орган вправе проводить повторные аукционные торги среди площадок, определенных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -39083,111 +38977,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части первой пункта 3 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z738" w:id="915"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z738" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Победители аукционных торгов возмещают единому закупщику затраты, понесенные на разработку предварительного технико-экономического обоснования, на основании которого были проведены аукционные торги. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z739" w:id="916"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z739" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Уполномоченный орган включает победителя аукционных торгов в перечень электростанций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z740" w:id="917"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z740" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Генерирующие установки, введенные в рамках аукционных торгов, обязаны соблюдать диапазон регулирования, определяемый в соответствии с подпунктом 70-41) статьи 5 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkEnd w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -39243,670 +39137,670 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-9. Инвестиционные соглашения на модернизацию, реконструкцию и (или) расширение со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z750" w:id="918"/>
+    <w:bookmarkStart w:name="z750" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Инвестиционные соглашения на модернизацию, реконструкцию и (или) расширение со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива заключаются только с действующими (существующими) энергопроизводящими организациями, в составе которых действуют электрические станции, в том числе осуществляющими комбинированное производство тепловой и электрической энергии, находящимися в городах республиканского значения, в отношении основного генерирующего тепловую и электрическую энергию оборудования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z751" w:id="919"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z751" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Энергопроизводящая организация, намеревающаяся заключить с уполномоченным органом инвестиционное соглашение на модернизацию, реконструкцию и (или) расширение со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива, направляет на рассмотрение в совет рынка инвестиционную программу по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z752" w:id="920"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z752" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Вместе с инвестиционной программой по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива в совет рынка также вносятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z753" w:id="921"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z753" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) информация о соответствующем мероприятии по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z754" w:id="922"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z754" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) технико-экономическое обоснование мероприятия по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z755" w:id="923"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z755" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) положительное заключение комплексной вневедомственной экспертизы на технико-экономическое обоснование мероприятия по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z756" w:id="924"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z756" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) положительное заключение государственной экологической экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z757" w:id="925"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z757" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Инвестиционные программы по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива, представленные позже срока, определенного уполномоченным органом, и не соответствующие пункту 3 настоящей статьи, не принимаются к рассмотрению советом рынка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z758" w:id="926"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z758" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Инвестиционные программы по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива не подлежат изменению в период рассмотрения советом рынка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z992" w:id="927"/>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z992" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В период принятия уполномоченным органом решения о заключении (об отказе в заключении) инвестиционного соглашения с энергопроизводящей организацией по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива энергопроизводящая организация вправе внести изменения в соответствующую инвестиционную программу на основании документов, подтверждающих изменение технико-экономических показателей мероприятия, в порядке, определенном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z993" w:id="928"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z993" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом энергопроизводящие организации обязаны повторно получить положительное заключение совета рынка и государственной экспертизы на технико-экономическое обоснование мероприятия по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z759" w:id="929"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z759" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Инвестиционные программы по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива, представленные в совет рынка согласно пунктам 2 и 3 настоящей статьи, рассматриваются советом рынка в порядке, определенном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z760" w:id="930"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z760" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Совет рынка отдельно по каждой инвестиционной программе по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива готовит заключение о целесообразности либо нецелесообразности ее реализации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z761" w:id="931"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z761" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. На основании заключения совета рынка уполномоченный орган принимает решение о заключении (об отказе в заключении) инвестиционного соглашения на модернизацию, реконструкцию и (или) расширение со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z762" w:id="932"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z762" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основанием для отказа в заключении инвестиционного соглашения на модернизацию, реконструкцию и (или) расширение со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива является отсутствие газотранспортной инфраструктуры в городе республиканского значения, в котором энергопроизводящая организация планирует осуществление мероприятия по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z763" w:id="933"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z763" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Инвестиционное соглашение на модернизацию, реконструкцию и (или) расширение со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива содержит следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z764" w:id="934"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z764" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование энергопроизводящих организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z765" w:id="935"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z765" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) объем услуги по поддержанию готовности электрической мощности. При этом энергопроизводящей организации запрещается заключать с единым закупщиком договоры о покупке услуги по поддержанию готовности электрической мощности согласно подпунктам 3) и 4) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 15-3 настоящего Закона на объем электрической мощности генерирующих установок, вводимых в эксплуатацию в рамках реализации мероприятия по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z766" w:id="936"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z766" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тариф на услугу по поддержанию готовности электрической мощности как переменную величину по годам с учетом возврата инвестиций в отношении основного генерирующего тепловую и электрическую энергию оборудования в рамках инвестиционной программы по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива, включая вознаграждения, выплачиваемые по соответствующим инвестиционным займам, с учетом срока покупки услуги по поддержанию готовности электрической мощности (в месяцах) и объема услуги по поддержанию готовности электрической мощности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z767" w:id="937"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z767" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если генерирующие установки с использованием газа в качестве альтернативного типа топлива вводятся поочередно и (или) поэтапно и (или) пусковыми комплексами, тарифы на услугу по поддержанию готовности электрической мощности определяются в зависимости от объемов электрической мощности вводимых генерирующих установок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z768" w:id="938"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z768" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) срок покупки услуги по поддержанию готовности электрической мощности не менее десяти лет, начиная с даты, указанной в подпункте 5) настоящего пункта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z769" w:id="939"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z769" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дату начала покупки услуги по поддержанию готовности электрической мощности, соответствующую плановой дате ввода в эксплуатацию генерирующей установки с использованием газа в качестве альтернативного типа топлива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z770" w:id="940"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z770" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) сведения о соответствующем мероприятии по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z771" w:id="941"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z771" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. После заключения уполномоченным органом инвестиционного соглашения на модернизацию, реконструкцию и (или) расширение со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива единый закупщик заключает с данными организациями договоры о покупке услуги по поддержанию готовности электрической мощности по тарифам, в объеме и на сроки, которые указаны в инвестиционном соглашении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z772" w:id="942"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z772" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Покупка услуги по поддержанию готовности электрической мощности по договорам, указанным в пункте 10 настоящей статьи, осуществляется с первого числа месяца, следующего за месяцем, в котором соответствующие энергопроизводящие организации внесли единому закупщику акты проведения системным оператором аттестаций электрической мощности генерирующих установок, но не ранее даты, указанной в подпункте 5) пункта 9 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z773" w:id="943"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z773" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если генерирующие установки с использованием газа в качестве альтернативного типа топлива вводятся поочередно и (или) поэтапно и (или) пусковыми комплексами, оплата услуги по поддержанию готовности электрической мощности осуществляется по тарифам на услугу по поддержанию готовности электрической мощности в зависимости от объемов электрической мощности вводимых генерирующих установок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z774" w:id="944"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z774" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Электрическая мощность энергопроизводящей организации, с которой заключено инвестиционное соглашение на модернизацию, реконструкцию и (или) расширение со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива, с даты фактической покупки ее услуги по поддержанию готовности электрической мощности, указанной в пункте 11 настоящей статьи, подлежит обязательной ежегодной аттестации электрической мощности генерирующих установок системным оператором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z775" w:id="945"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z775" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если в результате проведения очередной аттестации электрической мощности генерирующих установок значение аттестованной электрической мощности генерирующих установок, вводимых в эксплуатацию в рамках мероприятий по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива, окажется меньше объема услуги по поддержанию готовности электрической мощности, установленного в договоре о покупке услуги по поддержанию готовности электрической мощности, объем услуги по поддержанию готовности электрической мощности, установленный в договоре о покупке услуги по поддержанию готовности электрической мощности, снижается до аттестованного значения до проведения очередной аттестации электрической мощности генерирующих установок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z776" w:id="946"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z776" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Величина ежегодной амортизации мероприятия по модернизации, реконструкции и (или) расширению со строительством генерирующих установок с использованием газа в качестве альтернативного типа топлива в рамках настоящей статьи не подлежит включению в тариф на услугу по поддержанию готовности электрической мощности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z777" w:id="947"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z777" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Действие настоящей статьи не распространяется на энергопроизводящие организации, включенные уполномоченным органом в Реестр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkEnd w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -39962,750 +39856,750 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-10. Балансирующий рынок электрической энергии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z866" w:id="948"/>
+    <w:bookmarkStart w:name="z866" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Балансирующий рынок электрической энергии функционирует в целях обеспечения финансового урегулирования дисбалансов в единой электроэнергетической системе Республики Казахстан, стимулирования субъектов балансирующего рынка электрической энергии участвовать в урегулировании дисбалансов в единой электроэнергетической системе Республики Казахстан, а также обеспечения адресного распределения оплаты за дисбалансы в единой электроэнергетической системе Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z867" w:id="949"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z867" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Купля-продажа балансирующей электроэнергии и отрицательных дисбалансов на балансирующем рынке электрической энергии осуществляется в рамках договора купли-продажи балансирующей электроэнергии и отрицательных дисбалансов, заключаемого по типовой форме, утвержденной уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z868" w:id="950"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z868" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъекты балансирующего рынка электрической энергии обязаны заключать с расчетным центром балансирующего рынка договоры на куплю-продажу балансирующей электроэнергии и отрицательных дисбалансов, а также договор присоединения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z869" w:id="951"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z869" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъекты балансирующего рынка электрической энергии несут взаимные финансовые обязательства на балансирующем рынке электрической энергии по купле-продаже балансирующей электроэнергии и отрицательных дисбалансов на основании расчетов почасовых объемов балансирующей электроэнергии и дисбалансов субъектов балансирующего рынка электрической энергии, осуществляемых расчетным центром балансирующего рынка по результатам физического урегулирования дисбалансов электроэнергии и производимых им взаимозачетов в рамках договора присоединения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z870" w:id="952"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z870" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объемы купли-продажи балансирующей электроэнергии и отрицательных дисбалансов субъекта балансирующего рынка электрической энергии с расчетным центром балансирующего рынка рассчитываются отдельно для каждой зоны балансирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z871" w:id="953"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z871" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Зоны балансирования определяются в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z872" w:id="954"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z872" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъекты балансирующего рынка электрической энергии вправе передать ответственность за куплю-продажу балансирующей электроэнергии и отрицательных дисбалансов провайдеру баланса в рамках одной зоны балансирования по договору передачи ответственности, заключаемому в соответствии с гражданским законодательством Республики Казахстан, с одновременным внесением соответствующих изменений в договор купли-продажи балансирующей электроэнергии и отрицательных дисбалансов, заключенный с расчетным центром балансирующего рынка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z873" w:id="955"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z873" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования к деятельности провайдера баланса определяются в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z874" w:id="956"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z874" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объемы купли-продажи балансирующей электроэнергии и отрицательных дисбалансов провайдера баланса с расчетным центром балансирующего рынка рассчитываются в зоне балансирования в совокупности по провайдеру баланса и субъектам балансирующего рынка электрической энергии, передавшим ответственность за финансовое урегулирование собственных дисбалансов провайдеру баланса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z875" w:id="957"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z875" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Субъекты балансирующего рынка электрической энергии осуществляют реализацию (продажу) балансирующей электроэнергии на балансирующем рынке электрической энергии только расчетному центру балансирующего рынка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z876" w:id="958"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z876" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъекты балансирующего рынка электрической энергии осуществляют покупку отрицательных дисбалансов на балансирующем рынке электрической энергии только у расчетного центра балансирующего рынка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z877" w:id="959"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z877" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для продажи балансирующей электроэнергии (покупки отрицательных дисбалансов) субъекты балансирующего рынка электрической энергии, имеющие оперативно-информационный комплекс диспетчерского управления, унифицированный с оперативно-информационным комплексом системного оператора, подают системному оператору заявки на участие в балансировании на повышение (понижение) согласно порядку, установленному уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z878" w:id="960"/>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z878" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Цены, указываемые в заявках на участие в балансировании на повышение, не должны превышать предельный тариф на балансирующую электроэнергию. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z879" w:id="961"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z879" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Цены, указываемые в заявках на участие в балансировании на понижение, не должны превышать предельный тариф на отрицательные дисбалансы и не могут быть отрицательными либо равными нулю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z880" w:id="962"/>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z880" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объемы балансирования на повышение (понижение), указываемые в заявках на участие в балансировании на повышение (понижение), определяются субъектами балансирующего рынка электрической энергии самостоятельно, но не ниже соответствующих данным субъектам минимальных объемов балансирования на понижение (повышение), рассчитываемых в порядке, определенном уполномоченным органом, с учетом требований рынка электрической мощности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
-    <w:bookmarkStart w:name="z881" w:id="963"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z881" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предельный тариф на балансирующую электроэнергию и предельный тариф на отрицательные дисбалансы не подлежат утверждению и определяются расчетным центром балансирующего рынка в порядке, определенном настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z882" w:id="964"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z882" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Отбор и активация заявок на участие в балансировании на повышение (понижение) осуществляются в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z883" w:id="965"/>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z883" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом запрещается принимать и активировать заявки энергопроизводящих организаций на балансирующем рынке электрической энергии в объеме, превышающем разницу выставленной и реализованной электрической энергии единому закупщику электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z1000" w:id="966"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z1000" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5. Расчетный центр балансирующего рынка покупает балансирующую электроэнергию отдельно для каждой зоны балансирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z1002" w:id="967"/>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z1002" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объем балансирующей электроэнергии, который покупается расчетным центром балансирующего рынка для соответствующей зоны балансирования за соответствующий час операционных суток, определяется в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z1003" w:id="968"/>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z1003" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Покупку балансирующей электроэнергии расчетный центр балансирующего рынка осуществляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
-    <w:bookmarkStart w:name="z1004" w:id="969"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z1004" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на балансирующем рынке электрической энергии по ценам, указанным в соответствующих активированных заявках на участие в балансировании на повышение (в соответствующей зоне балансирования), с учетом фактического исполнения данных заявок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z1005" w:id="970"/>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z1005" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) у системного оператора в рамках его взаимодействия с энергосистемами других государств по ценам и условиям, указанным в соответствующих договорах (при этом одновременно с покупкой балансирующей электроэнергии допускается и продажа отрицательных дисбалансов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
-    <w:bookmarkStart w:name="z1006" w:id="971"/>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z1006" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъекты балансирующего рынка электрической энергии, допустившие положительные дисбалансы в часы, в которых расчетный центр балансирующего рынка осуществлял покупку балансирующей электроэнергии, обязаны покупать у расчетного центра балансирующего рынка балансирующую электроэнергию в объемах допущенных ими почасовых положительных дисбалансов по ценам на продажу балансирующей электроэнергии, рассчитанным расчетным центром балансирующего рынка, в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z1007" w:id="972"/>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z1007" w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъекты балансирующего рынка электрической энергии, допустившие отрицательные дисбалансы в часы, в которых расчетный центр балансирующего рынка осуществлял покупку балансирующей электроэнергии, обязаны продавать данные отрицательные дисбалансы расчетному центру балансирующего рынка по ценам, рассчитанным расчетным центром балансирующего рынка, в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z1008" w:id="973"/>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z1008" w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для часа суток, определенного как режим "Авария", все операции в зоне балансирования по купле-продаже балансирующей электроэнергии и отрицательных дисбалансов между расчетным центром балансирующего рынка и субъектами балансирующего рынка электрической энергии осуществляются в соответствии с порядком, установленным уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z1009" w:id="974"/>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z1009" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6. Расчетный центр балансирующего рынка продает отрицательные дисбалансы каждой зоны балансирования по отдельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z1011" w:id="975"/>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z1011" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объем отрицательных дисбалансов соответствующей зоны балансирования, который продается расчетным центром балансирующего рынка за соответствующий час операционных суток, определяется в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z1012" w:id="976"/>
+    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkStart w:name="z1012" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продажу отрицательных дисбалансов расчетный центр балансирующего рынка осуществляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z1013" w:id="977"/>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z1013" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на балансирующем рынке электрической энергии по ценам, указанным в соответствующих активированных заявках на участие в балансировании на понижение (в соответствующей зоне балансирования), с учетом фактического исполнения данных заявок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z1014" w:id="978"/>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z1014" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) системному оператору в рамках его взаимодействия с энергосистемами других государств по ценам и условиям, указанным в соответствующих договорах (при этом одновременно с продажей отрицательных дисбалансов допускается и покупка балансирующей электроэнергии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
-    <w:bookmarkStart w:name="z1015" w:id="979"/>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z1015" w:id="980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъекты балансирующего рынка электрической энергии, допустившие отрицательные дисбалансы в часы, в которых расчетный центр балансирующего рынка осуществлял продажу отрицательных дисбалансов, обязаны продавать расчетному центру балансирующего рынка допущенные ими почасовые отрицательные дисбалансы по ценам на покупку отрицательных дисбалансов, рассчитанным расчетным центром балансирующего рынка, в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="979"/>
-    <w:bookmarkStart w:name="z1016" w:id="980"/>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z1016" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъекты балансирующего рынка электрической энергии, допустившие положительные дисбалансы в часы, в которых расчетный центр балансирующего рынка осуществлял продажу отрицательных дисбалансов, обязаны покупать у расчетного центра балансирующего рынка балансирующую электроэнергию в объемах допущенных ими почасовых положительных дисбалансов по ценам, рассчитанным расчетным центром балансирующего рынка, в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="980"/>
-    <w:bookmarkStart w:name="z1017" w:id="981"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z1017" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для часа суток, определенного как режим "Авария", все операции в зоне балансирования по купле-продаже балансирующей электроэнергии и отрицательных дисбалансов между расчетным центром балансирующего рынка и субъектами балансирующего рынка электрической энергии осуществляются в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkEnd w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40754,670 +40648,670 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.07.2024). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z906" w:id="982"/>
+    <w:bookmarkStart w:name="z906" w:id="983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Дисбалансы субъекта балансирующего рынка электрической энергии и провайдера баланса рассчитываются (определяются) отдельно по каждой зоне балансирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="982"/>
-    <w:bookmarkStart w:name="z907" w:id="983"/>
+    <w:bookmarkEnd w:id="983"/>
+    <w:bookmarkStart w:name="z907" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Оплата балансирующей электроэнергии и отрицательных дисбалансов, купленных расчетным центром балансирующего рынка у субъектов балансирующего рынка электрической энергии в рамках заключенных договоров на куплю-продажу балансирующей электроэнергии и отрицательных дисбалансов, осуществляется расчетным центром балансирующего рынка ежемесячно, но не позднее сорока пяти рабочих дней после завершения месяца покупки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="983"/>
-    <w:bookmarkStart w:name="z908" w:id="984"/>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z908" w:id="985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оплата балансирующей электроэнергии и отрицательных дисбалансов, купленных субъектами балансирующего рынка электрической энергии у расчетного центра балансирующего рынка в рамках заключенных договоров на куплю-продажу балансирующей электроэнергии и отрицательных дисбалансов, осуществляется данными субъектами ежемесячно, но не позднее тридцати календарных дней после завершения месяца покупки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="984"/>
-    <w:bookmarkStart w:name="z909" w:id="985"/>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z909" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Взаиморасчеты на балансирующем рынке электрической энергии осуществляются на основании расчетов почасовых объемов балансирующей электроэнергии и почасовых дисбалансов субъектов балансирующего рынка электрической энергии, осуществляемых расчетным центром балансирующего рынка на основе данных системного оператора в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="985"/>
-    <w:bookmarkStart w:name="z910" w:id="986"/>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z910" w:id="987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом субъекты балансирующего рынка электрической энергии, которые заключили с Правительством Республики Казахстан договоры о разделе продукции, по итогам расчетного периода осуществляют куплю-продажу балансирующей электроэнергии и отрицательных дисбалансов на балансирующем рынке электрической энергии в порядке, предусмотренном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="986"/>
-    <w:bookmarkStart w:name="z911" w:id="987"/>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z911" w:id="988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Субъект балансирующего рынка электрической энергии, осуществляющий поставку электрической энергии организации (потребителю) другого государства в рамках договора коммерческого экспорта электрической энергии (далее – договор экспорта), помимо ответственности за свои дисбалансы на территории Республики Казахстан также несет ответственность за отклонения сальдо-перетоков электрической энергии на границе зоны балансирования с энергосистемой государства Центральной Азии, связанные с отклонениями отпуска электроэнергии этим субъектом от объемов экспорта электрической энергии из Республики Казахстан, указанных в договоре экспорта, согласно порядку, определенному уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="987"/>
-    <w:bookmarkStart w:name="z912" w:id="988"/>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z912" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субъект балансирующего рынка электрической энергии, осуществляющий прием электрической энергии от организации (производителя) другого государства в рамках договора коммерческого импорта электрической энергии (далее – договор импорта), помимо ответственности за свои дисбалансы на территории Республики Казахстан также несет ответственность за отклонения сальдо-перетоков электрической энергии на границе зоны балансирования с энергосистемой государства Центральной Азии, связанные с отклонениями приема электроэнергии этим субъектом от объемов импорта электрической энергии в Республику Казахстан, указанных в договоре импорта, согласно порядку, определенному уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="988"/>
-    <w:bookmarkStart w:name="z913" w:id="989"/>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z913" w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При работе балансирующего рынка электрической энергии в режиме реального времени энергопроизводящие организации, заключившие с единым закупщиком договор (договоры) о покупке услуги по поддержанию готовности электрической мощности, и энергопроизводящие организации, включенные в Реестр и заключившие двусторонние договоры по обеспечению электрической мощностью с потребителями в рамках соответствующей группы лиц, обязаны ежедневно подавать системному оператору заявки на участие в балансировании на повышение (понижение) на каждый час предстоящих суток планирования согласно порядку, установленному уполномоченным органом, и исполнять данные заявки в случае их активации системным оператором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="989"/>
-    <w:bookmarkStart w:name="z914" w:id="990"/>
+    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:name="z914" w:id="991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Расчетный центр балансирующего рынка, определяемый уполномоченным органом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="990"/>
-    <w:bookmarkStart w:name="z915" w:id="991"/>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z915" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заключает договоры купли-продажи балансирующей электроэнергии и отрицательных дисбалансов с субъектами балансирующего рынка электрической энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="991"/>
-    <w:bookmarkStart w:name="z916" w:id="992"/>
+    <w:bookmarkEnd w:id="992"/>
+    <w:bookmarkStart w:name="z916" w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществляет куплю-продажу балансирующей электроэнергии и отрицательных дисбалансов на балансирующем рынке электрической энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="992"/>
-    <w:bookmarkStart w:name="z917" w:id="993"/>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z917" w:id="994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет расчет почасовых средневзвешенных цен на продажу балансирующей электроэнергии и покупку отрицательных дисбалансов в рамках каждой зоны балансирования единой электроэнергетической системы Республики Казахстан в соответствии с порядком, утвержденным уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="993"/>
-    <w:bookmarkStart w:name="z918" w:id="994"/>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z918" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) непрерывно обеспечивает доступность информации об аукционных ценах на балансирующем рынке по итогам операционного часа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="994"/>
-    <w:bookmarkStart w:name="z919" w:id="995"/>
+    <w:bookmarkEnd w:id="995"/>
+    <w:bookmarkStart w:name="z919" w:id="996"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществляет расчет почасовых объемов балансирующей электроэнергии и дисбалансов субъектов балансирующего рынка электрической энергии в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="995"/>
-    <w:bookmarkStart w:name="z920" w:id="996"/>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z920" w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) определяет предельный тариф на балансирующую электроэнергию и предельный тариф на отрицательные дисбалансы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="996"/>
-    <w:bookmarkStart w:name="z921" w:id="997"/>
+    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkStart w:name="z921" w:id="998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) формирует перечень провайдеров баланса в порядке, определенном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="997"/>
-    <w:bookmarkStart w:name="z922" w:id="998"/>
+    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkStart w:name="z922" w:id="999"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) заключает договоры на передачу электрической энергии с энергопередающими организациями и оплачивает услуги по передаче электрической энергии в случаях и порядке, определенных уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="998"/>
-    <w:bookmarkStart w:name="z923" w:id="999"/>
+    <w:bookmarkEnd w:id="999"/>
+    <w:bookmarkStart w:name="z923" w:id="1000"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) заключает договор присоединения со всеми субъектами балансирующего рынка по типовой форме, утвержденной уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="999"/>
-    <w:bookmarkStart w:name="z924" w:id="1000"/>
+    <w:bookmarkEnd w:id="1000"/>
+    <w:bookmarkStart w:name="z924" w:id="1001"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществляет взаимозачеты по обязательствам по покупке (продаже) балансирующей электроэнергии и отрицательных дисбалансов на балансирующем рынке между субъектами балансирующего рынка в рамках договора присоединения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1000"/>
-    <w:bookmarkStart w:name="z1388" w:id="1001"/>
+    <w:bookmarkEnd w:id="1001"/>
+    <w:bookmarkStart w:name="z1388" w:id="1002"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-1) осуществляет распределение финансовых обязательств и передачу своих прав и обязанностей субъектам балансирующего рынка на основании заключенных договоров купли-продажи балансирующей электроэнергии и отрицательных дисбалансов и присоединения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1001"/>
-    <w:bookmarkStart w:name="z925" w:id="1002"/>
+    <w:bookmarkEnd w:id="1002"/>
+    <w:bookmarkStart w:name="z925" w:id="1003"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществляет иные функции, предусмотренные настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1002"/>
-    <w:bookmarkStart w:name="z926" w:id="1003"/>
+    <w:bookmarkEnd w:id="1003"/>
+    <w:bookmarkStart w:name="z926" w:id="1004"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В случае если по причине аварии на сетях энергопередающей организации, подтвержденной уполномоченным органом, у субъектов балансирующего рынка электрической энергии, непосредственно присоединенных к ним, возникают отрицательные дисбалансы, то положительная разница затрат на покупку электрической энергии данных субъектов и доходов данных субъектов от продажи указанных отрицательных дисбалансов, возникшая за время данной аварии, компенсируется данной энергопередающей организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1003"/>
-    <w:bookmarkStart w:name="z927" w:id="1004"/>
+    <w:bookmarkEnd w:id="1004"/>
+    <w:bookmarkStart w:name="z927" w:id="1005"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Энергопроизводящие организации, использующие возобновляемые источники энергии, и энергопроизводящие организации, использующие энергетическую утилизацию отходов, имеющие заключенный с единым закупщиком электрической энергии долгосрочный договор купли-продажи электрической энергии, включенные в перечень субъектов оптового рынка электрической энергии, формируемый системным оператором (далее – возобновляемые источники), обязаны заключить договор передачи ответственности с единым закупщиком электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1004"/>
-    <w:bookmarkStart w:name="z928" w:id="1005"/>
+    <w:bookmarkEnd w:id="1005"/>
+    <w:bookmarkStart w:name="z928" w:id="1006"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Единый закупщик электрической энергии не имеет своих собственных дисбалансов на балансирующем рынке электрической энергии и участвует на данном рынке только как провайдер баланса, принимая на себя ответственность за куплю-продажу балансирующей электроэнергии и отрицательных дисбалансов возобновляемых источников. При этом возобновляемые источники, имеющие заключенный после 1 июля 2023 года с единым закупщиком электрической энергии долгосрочный договор купли-продажи электрической энергии, включенные в перечень субъектов оптового рынка электрической энергии, формируемый системным оператором, отвечают за свои допущенные дисбалансы в порядке, определенном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1005"/>
-    <w:bookmarkStart w:name="z929" w:id="1006"/>
+    <w:bookmarkEnd w:id="1006"/>
+    <w:bookmarkStart w:name="z929" w:id="1007"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В рамках договора передачи ответственности, заключенного с единым закупщиком электрической энергии, возобновляемые источники:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1006"/>
-    <w:bookmarkStart w:name="z930" w:id="1007"/>
+    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkStart w:name="z930" w:id="1008"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) покрывают все свои положительные дисбалансы посредством покупки у единого закупщика электрической энергии балансирующей электроэнергии в соответствующих объемах по цене на продажу электроэнергии, указанной в действующем договоре купли-продажи электрической энергии с единым закупщиком электрической энергии либо с субъектом оптового рынка электрической энергии, умноженной на повышающий коэффициент, рассчитываемый в порядке, определенном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1007"/>
-    <w:bookmarkStart w:name="z931" w:id="1008"/>
+    <w:bookmarkEnd w:id="1008"/>
+    <w:bookmarkStart w:name="z931" w:id="1009"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) продают все свои отрицательные дисбалансы единому закупщику электрической энергии по цене на продажу электроэнергии, указанной в действующем договоре купли-продажи электрической энергии с единым закупщиком электрической энергии либо с субъектом оптового рынка электрической энергии, умноженной на понижающий коэффициент, рассчитываемый в порядке, определенном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1008"/>
-    <w:bookmarkStart w:name="z932" w:id="1009"/>
+    <w:bookmarkEnd w:id="1009"/>
+    <w:bookmarkStart w:name="z932" w:id="1010"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Значение повышающего коэффициента, указанного в настоящем пункте, приравнивается к единице для часа операционных суток, в котором значение положительного дисбаланса не превышает значения допустимого отклонения от планового значения отпуска электрической энергии в сеть, включенного в суточный график производства-потребления электрической энергии, утвержденный системным оператором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1009"/>
-    <w:bookmarkStart w:name="z933" w:id="1010"/>
+    <w:bookmarkEnd w:id="1010"/>
+    <w:bookmarkStart w:name="z933" w:id="1011"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Значение понижающего коэффициента, указанного в настоящем пункте, приравнивается к единице для часа операционных суток, в котором модуль значения отрицательного дисбаланса не превышает значения допустимого отклонения от планового значения отпуска электрической энергии в сеть, включенного в суточный график производства-потребления электрической энергии, утвержденный системным оператором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1010"/>
-    <w:bookmarkStart w:name="z934" w:id="1011"/>
+    <w:bookmarkEnd w:id="1011"/>
+    <w:bookmarkStart w:name="z934" w:id="1012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Значения допустимых отклонений, указанных в настоящем пункте, определяются в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1011"/>
-    <w:bookmarkStart w:name="z1389" w:id="1012"/>
+    <w:bookmarkEnd w:id="1012"/>
+    <w:bookmarkStart w:name="z1389" w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Значение понижающего и повышающего коэффициентов, указанных в настоящем пункте, для возобновляемых источников, заключивших договор купли-продажи электрической энергии с расчетно-финансовым центром по поддержке возобновляемых источников энергии до 1 июля 2023 года в соответствии с законодательством Республики Казахстан в области поддержки использования возобновляемых источников энергии, определяется согласно правилам функционирования балансирующего рынка электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1012"/>
+    <w:bookmarkEnd w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -41446,217 +41340,217 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-11. Гибридная группа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1391" w:id="1013"/>
+    <w:bookmarkStart w:name="z1391" w:id="1014"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В состав гибридной группы входят следующие юридические лица, более двадцати пяти процентов голосующих акций (долей участия в уставном капитале, паев) каждого из которых прямо или косвенно принадлежит одному и тому же лицу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1013"/>
-    <w:bookmarkStart w:name="z1392" w:id="1014"/>
+    <w:bookmarkEnd w:id="1014"/>
+    <w:bookmarkStart w:name="z1392" w:id="1015"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       энергопроизводящие организации, совокупно использующие возобновляемые источники энергии и генерирующие установки с маневренным режимом генерации, объекты которых введены в эксплуатацию не ранее 1 июля 2024 года и подключены к национальным или региональным электрическим сетям в одной точке подключения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1014"/>
-    <w:bookmarkStart w:name="z1393" w:id="1015"/>
+    <w:bookmarkEnd w:id="1015"/>
+    <w:bookmarkStart w:name="z1393" w:id="1016"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       потребители гибридной группы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1015"/>
-    <w:bookmarkStart w:name="z1394" w:id="1016"/>
+    <w:bookmarkEnd w:id="1016"/>
+    <w:bookmarkStart w:name="z1394" w:id="1017"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       администратор гибридной группы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1016"/>
-    <w:bookmarkStart w:name="z1395" w:id="1017"/>
+    <w:bookmarkEnd w:id="1017"/>
+    <w:bookmarkStart w:name="z1395" w:id="1018"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Гибридная группа включается в перечень гибридных групп на основании заявления лица, которому прямо или косвенно принадлежат более двадцати пяти процентов голосующих акций (долей участия в уставном капитале, паев) лиц, указанных в пункте 1 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1017"/>
-    <w:bookmarkStart w:name="z1396" w:id="1018"/>
+    <w:bookmarkEnd w:id="1018"/>
+    <w:bookmarkStart w:name="z1396" w:id="1019"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В перечень гибридных групп включаются энергопроизводящие организации, потребители, администраторы гибридных групп, указанные в пункте 1 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1018"/>
+    <w:bookmarkEnd w:id="1019"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -41692,90 +41586,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Розничный рынок электрической энергии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z411" w:id="1019"/>
+    <w:bookmarkStart w:name="z411" w:id="1020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Порядок доступа на розничный рынок электрической энергии определяется уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1019"/>
-    <w:bookmarkStart w:name="z412" w:id="1020"/>
+    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkStart w:name="z412" w:id="1021"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Региональные электросетевые компании осуществляют функции передачи электрической энергии по электрическим сетям в границах ее балансовой принадлежности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkEnd w:id="1021"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -41794,90 +41688,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z413" w:id="1021"/>
+    <w:bookmarkStart w:name="z413" w:id="1022"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Гарантирующим поставщикам электрической энергии при осуществлении хозяйственной деятельности не могут быть предоставлены преимущества по отношению к иным энергоснабжающим организациям, за исключением случаев, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1021"/>
-    <w:bookmarkStart w:name="z414" w:id="1022"/>
+    <w:bookmarkEnd w:id="1022"/>
+    <w:bookmarkStart w:name="z414" w:id="1023"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Порядок определения гарантирующего поставщика электроэнергии и зоны его ответственности устанавливаются правилами организации и функционирования розничного рынка электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1022"/>
+    <w:bookmarkEnd w:id="1023"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42051,166 +41945,166 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 17 - в редакции РК от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z376" w:id="1023"/>
+    <w:bookmarkStart w:name="z376" w:id="1024"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Купля-продажа электрической энергии, купля-продажа балансирующей электроэнергии и отрицательных дисбалансов, взаимозачеты на балансирующем рынке, оказание услуг по передаче электрической энергии, в том числе по национальной электрической сети, пользованию национальной электрической сетью, технической диспетчеризации, регулированию электрической мощности, балансированию производства-потребления электрической энергии, обеспечению готовности электрической мощности к несению нагрузки, поддержанию готовности электрической мощности, участию в централизованной торговле электрической энергией, участию в централизованных торгах электрической мощностью, по организации и проведению аукционных торгов на строительство вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации осуществляются на основании договоров, заключаемых в соответствии с Гражданским кодексом Республики Казахстан, настоящим Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1023"/>
-    <w:bookmarkStart w:name="z377" w:id="1024"/>
+    <w:bookmarkEnd w:id="1024"/>
+    <w:bookmarkStart w:name="z377" w:id="1025"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Договоры купли-продажи электрической энергии должны содержать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1024"/>
+    <w:bookmarkEnd w:id="1025"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) график суточного электропотребления; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) порядок резервирования энергопроизводящими организациями электрической мощности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z378" w:id="1025"/>
+    <w:bookmarkStart w:name="z378" w:id="1026"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Договоры купли-продажи электрической энергии, купли-продажи балансирующей электроэнергии и отрицательных дисбалансов, договор присоединения, договоры на оказание услуг по передаче электрической энергии, в том числе по национальной электрической сети, пользованию национальной электрической сетью, технической диспетчеризации, регулированию электрической мощности, обеспечению готовности электрической мощности к несению нагрузки, поддержанию готовности электрической мощности, балансированию производства-потребления электрической энергии на оптовом рынке электрической энергии, договоры участия на рынке централизованной торговли, договоры на оказание услуги по организации и проведению аукционных торгов на строительство вновь вводимых в эксплуатацию генерирующих установок с маневренным режимом генерации должны содержать условия и порядок прекращения оказания соответствующих услуг в случае несвоевременной оплаты по договорам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1025"/>
-    <w:bookmarkStart w:name="z741" w:id="1026"/>
+    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkStart w:name="z741" w:id="1027"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае неисполнения или ненадлежащего исполнения обязательств по договорам купли-продажи, передачи электрической энергии возмещение причиненного этим реального ущерба производит сторона, ответственная за неисполнение обязательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkEnd w:id="1027"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42364,288 +42258,288 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 18 с изменением, внесенным Законом РК от 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z415" w:id="1027"/>
+    <w:bookmarkStart w:name="z415" w:id="1028"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Купля-продажа электрической энергии на розничном рынке осуществляется на основании публичных договоров энергоснабжения, заключаемых потребителями с энергоснабжающими организациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1027"/>
-    <w:bookmarkStart w:name="z1397" w:id="1028"/>
+    <w:bookmarkEnd w:id="1028"/>
+    <w:bookmarkStart w:name="z1397" w:id="1029"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергоснабжающие организации не вправе отказывать потребителям в реализации (продаже) электрической энергии по тарифам, дифференцированным в зависимости от объемов (для физических лиц) потребляемой электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1028"/>
-    <w:bookmarkStart w:name="z1398" w:id="1029"/>
+    <w:bookmarkEnd w:id="1029"/>
+    <w:bookmarkStart w:name="z1398" w:id="1030"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергоснабжающие организации не вправе прекращать подачу электрической энергии потребителю при наличии задолженности по оплате за использованную тепловую энергию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1029"/>
-    <w:bookmarkStart w:name="z465" w:id="1030"/>
+    <w:bookmarkEnd w:id="1030"/>
+    <w:bookmarkStart w:name="z465" w:id="1031"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1. Энергоснабжающие организации заключают типовые договоры электроснабжения по следующим группам потребителей: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1030"/>
-    <w:bookmarkStart w:name="z466" w:id="1031"/>
+    <w:bookmarkEnd w:id="1031"/>
+    <w:bookmarkStart w:name="z466" w:id="1032"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) типовой договор электроснабжения для бытовых потребителей; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1031"/>
-    <w:bookmarkStart w:name="z467" w:id="1032"/>
+    <w:bookmarkEnd w:id="1032"/>
+    <w:bookmarkStart w:name="z467" w:id="1033"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) типовой договор электроснабжения для потребителей, использующих электрическую энергию не для бытовых нужд; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1032"/>
-    <w:bookmarkStart w:name="z468" w:id="1033"/>
+    <w:bookmarkEnd w:id="1033"/>
+    <w:bookmarkStart w:name="z468" w:id="1034"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) типовой договор электроснабжения для юридических лиц, финансируемых из государственного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1033"/>
-    <w:bookmarkStart w:name="z416" w:id="1034"/>
+    <w:bookmarkEnd w:id="1034"/>
+    <w:bookmarkStart w:name="z416" w:id="1035"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Договоры, заключаемые энергоснабжающими и энергопередающими организациями на розничном рынке, обязаны содержать равные условия для всех участников розничного рынка электрической энергии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1034"/>
-    <w:bookmarkStart w:name="z417" w:id="1035"/>
+    <w:bookmarkEnd w:id="1035"/>
+    <w:bookmarkStart w:name="z417" w:id="1036"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Цены и условия поставки электрической энергии, поставляемой энергоснабжающими организациями, устанавливаются в соответствии с договором купли-продажи по соглашению сторон с учетом тарифа энергопередающей организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1035"/>
+    <w:bookmarkEnd w:id="1036"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оплата потребителями за потребленную электрическую энергию производится по платежному документу, выписанному энергоснабжающей организацией на основании фактических показателей приборов коммерческого учета, а при их отсутствии или временном нарушении - расчетным путем, за исключением случаев использования автоматизированной системы коммерческого учета энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z418" w:id="1036"/>
+    <w:bookmarkStart w:name="z418" w:id="1037"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Передача электрической энергии по региональным электрическим сетям осуществляется на основании договора на оказание услуг по передаче электрической энергии, заключаемого энергоснабжающей организацией или потребителем с региональной электросетевой компанией, по типовой форме, установленной уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1036"/>
-    <w:bookmarkStart w:name="z419" w:id="1037"/>
+    <w:bookmarkEnd w:id="1037"/>
+    <w:bookmarkStart w:name="z419" w:id="1038"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Договор энергоснабжения между гарантирующими поставщиками и потребителями электрической энергии является публичным. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1037"/>
+    <w:bookmarkEnd w:id="1038"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42859,70 +42753,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 19 с изменением, внесенным Законом РК от 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z379" w:id="1038"/>
+    <w:bookmarkStart w:name="z379" w:id="1039"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Потребители электрической энергии имеют право: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1038"/>
+    <w:bookmarkEnd w:id="1039"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) получать электрическую энергию в соответствии с заключенными договорами; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -42951,70 +42845,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) обращаться в суд для решения спорных вопросов, связанных с заключением и исполнением договоров; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) производить оплату за потребленную электроэнергию по дифференцированным тарифным системам учета в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z380" w:id="1039"/>
+    <w:bookmarkStart w:name="z380" w:id="1040"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Потребители электрической энергии обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1039"/>
+    <w:bookmarkEnd w:id="1040"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поддерживать надлежащее техническое состояние электро- и энергоустановок и приборов коммерческого учета, находящихся в собственности потребителей, выполнять требования к их техническому состоянию в соответствии с нормативными правовыми актами Республики Казахстан в области электроэнергетики;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -43061,90 +42955,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) своевременно оплачивать отпущенную, переданную и потребленную электрическую энергию согласно заключенным договорам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) допускать работников энергоснабжающих и энергопередающих организаций к приборам коммерческого учета, а также работников органа по государственному энергетическому надзору и контролю, уполномоченных представителей местных исполнительных органов для осуществления контроля технического состояния и безопасности эксплуатации электро- и энергоустановок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z381" w:id="1040"/>
+    <w:bookmarkStart w:name="z381" w:id="1041"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Исключен Законом РК от 12.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 394-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1040"/>
+    <w:bookmarkEnd w:id="1041"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -43280,591 +43174,591 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19-1. Функционирование оптового рынка электрической энергии при едином закупщике электрической энергии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z936" w:id="1041"/>
+    <w:bookmarkStart w:name="z936" w:id="1042"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Единый закупщик электрической энергии определяется уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1041"/>
-    <w:bookmarkStart w:name="z937" w:id="1042"/>
+    <w:bookmarkEnd w:id="1042"/>
+    <w:bookmarkStart w:name="z937" w:id="1043"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Единый закупщик электрической энергии начинает функционировать одновременно с вступлением в силу настоящей статьи с учетом действия </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1042"/>
-    <w:bookmarkStart w:name="z938" w:id="1043"/>
+    <w:bookmarkEnd w:id="1043"/>
+    <w:bookmarkStart w:name="z938" w:id="1044"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Единый закупщик электрической энергии осуществляет следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1043"/>
-    <w:bookmarkStart w:name="z939" w:id="1044"/>
+    <w:bookmarkEnd w:id="1044"/>
+    <w:bookmarkStart w:name="z939" w:id="1045"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) покупает электрическую энергию у энергопроизводящих организаций и (или) у администратора гибридной группы на час и (или) сутки, и (или) месяц, и (или) квартал, и (или) год (годы) вперед в порядке, установленном уполномоченным органом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1044"/>
-    <w:bookmarkStart w:name="z940" w:id="1045"/>
+    <w:bookmarkEnd w:id="1045"/>
+    <w:bookmarkStart w:name="z940" w:id="1046"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для продажи энергоснабжающим, энергопередающим организациям, потребителям, включенным в перечень субъектов оптового рынка электрической энергии, а также условным потребителям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1045"/>
-    <w:bookmarkStart w:name="z941" w:id="1046"/>
+    <w:bookmarkEnd w:id="1046"/>
+    <w:bookmarkStart w:name="z941" w:id="1047"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для продажи цифровым майнерам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1046"/>
-    <w:bookmarkStart w:name="z1399" w:id="1047"/>
+    <w:bookmarkEnd w:id="1047"/>
+    <w:bookmarkStart w:name="z1399" w:id="1048"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для продажи потребителям гибридной группы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1047"/>
-    <w:bookmarkStart w:name="z942" w:id="1048"/>
+    <w:bookmarkEnd w:id="1048"/>
+    <w:bookmarkStart w:name="z942" w:id="1049"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) продает электрическую энергию энергопередающим и энергоснабжающим организациям, потребителям электрической энергии, являющимся субъектами оптового рынка электрической энергии, условным потребителям, потребителям гибридной группы, а также на централизованных торгах электрической энергией выше предельных тарифов на электрическую энергию лицам, осуществляющим деятельность по цифровому майнингу, в порядке, установленном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1048"/>
-    <w:bookmarkStart w:name="z1400" w:id="1049"/>
+    <w:bookmarkEnd w:id="1049"/>
+    <w:bookmarkStart w:name="z1400" w:id="1050"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) продает на краткосрочной (год) или долгосрочной (более года) основе потребителю зеленой энергии электрическую энергию, вырабатываемую объектами по использованию возобновляемых источников энергии, по зеленым тарифам в порядке, определяемом уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1049"/>
-    <w:bookmarkStart w:name="z1442" w:id="1050"/>
+    <w:bookmarkEnd w:id="1050"/>
+    <w:bookmarkStart w:name="z1442" w:id="1051"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2) продает электрическую энергию по инвестиционному тарифу получателям инвестиционного тарифа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1050"/>
-    <w:bookmarkStart w:name="z943" w:id="1051"/>
+    <w:bookmarkEnd w:id="1051"/>
+    <w:bookmarkStart w:name="z943" w:id="1052"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) покупает отрицательные дисбалансы у возобновляемых источников энергии в рамках договоров на передачу ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1051"/>
-    <w:bookmarkStart w:name="z944" w:id="1052"/>
+    <w:bookmarkEnd w:id="1052"/>
+    <w:bookmarkStart w:name="z944" w:id="1053"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) продает балансирующую электроэнергию возобновляемым источникам в рамках договора на передачу ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1052"/>
-    <w:bookmarkStart w:name="z945" w:id="1053"/>
+    <w:bookmarkEnd w:id="1053"/>
+    <w:bookmarkStart w:name="z945" w:id="1054"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заключает с возобновляемыми источниками, имеющими заключенный с единым закупщиком электрической энергии долгосрочный договор купли-продажи электрической энергии, договор передачи ответственности и выступает их провайдером баланса на балансирующем рынке электрической энергии в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1053"/>
-    <w:bookmarkStart w:name="z946" w:id="1054"/>
+    <w:bookmarkEnd w:id="1054"/>
+    <w:bookmarkStart w:name="z946" w:id="1055"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) заключает соответствующие договоры купли-продажи электрической энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1054"/>
-    <w:bookmarkStart w:name="z947" w:id="1055"/>
+    <w:bookmarkEnd w:id="1055"/>
+    <w:bookmarkStart w:name="z947" w:id="1056"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) заключает договор участия в централизованной торговле электрической энергией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1055"/>
-    <w:bookmarkStart w:name="z948" w:id="1056"/>
+    <w:bookmarkEnd w:id="1056"/>
+    <w:bookmarkStart w:name="z948" w:id="1057"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осуществляет (при необходимости) покупку электрической энергии у поставщиков (производителей) электрической энергии других стран (импорт) и (или) уполномоченной организации, определяемой межправительственным соглашением, в порядке, определенном уполномоченным органом, и по ценам данных поставщиков (производителей);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1056"/>
-    <w:bookmarkStart w:name="z949" w:id="1057"/>
+    <w:bookmarkEnd w:id="1057"/>
+    <w:bookmarkStart w:name="z949" w:id="1058"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет (при необходимости) продажу электрической энергии потребителям других стран (экспорт) и (или) уполномоченной организации, определяемой межправительственным соглашением, в порядке, определенном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1057"/>
-    <w:bookmarkStart w:name="z950" w:id="1058"/>
+    <w:bookmarkEnd w:id="1058"/>
+    <w:bookmarkStart w:name="z950" w:id="1059"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществляет адресную поддержку для потребителей оптового рынка путем дифференциации тарифов в порядке, определенном уполномоченным органом, с целью возможности осуществления поэтапного изменения тарифов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1058"/>
-    <w:bookmarkStart w:name="z951" w:id="1059"/>
+    <w:bookmarkEnd w:id="1059"/>
+    <w:bookmarkStart w:name="z951" w:id="1060"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) заключает договор купли-продажи балансирующей электрической энергии и отрицательных дисбалансов с расчетным центром балансирующего рынка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1059"/>
-    <w:bookmarkStart w:name="z952" w:id="1060"/>
+    <w:bookmarkEnd w:id="1060"/>
+    <w:bookmarkStart w:name="z952" w:id="1061"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) определяет прогнозные цены на продажу электрической энергии в соответствии с порядком, определенным уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1060"/>
-    <w:bookmarkStart w:name="z953" w:id="1061"/>
+    <w:bookmarkEnd w:id="1061"/>
+    <w:bookmarkStart w:name="z953" w:id="1062"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) заключает (при необходимости) договоры на передачу электрической энергии с энергопередающими организациями и оплачивает услуги по передаче электрической энергии в случаях и порядке, определенных уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1061"/>
-    <w:bookmarkStart w:name="z954" w:id="1062"/>
+    <w:bookmarkEnd w:id="1062"/>
+    <w:bookmarkStart w:name="z954" w:id="1063"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) заключает с системным оператором договор на оказание услуг по технической диспетчеризации отпуска в сеть импортируемой электрической энергии (при необходимости).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1062"/>
-    <w:bookmarkStart w:name="z955" w:id="1063"/>
+    <w:bookmarkEnd w:id="1063"/>
+    <w:bookmarkStart w:name="z955" w:id="1064"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Покупку электрической энергии для покрытия суточного графика потребления электрической энергии единый закупщик электрической энергии осуществляет с учетом технической экспертизы системного оператора в следующем порядке (приоритетности):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1063"/>
-    <w:bookmarkStart w:name="z956" w:id="1064"/>
+    <w:bookmarkEnd w:id="1064"/>
+    <w:bookmarkStart w:name="z956" w:id="1065"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) у возобновляемых источников, имеющих заключенный после 1 июля 2023 года с единым закупщиком электрической энергии долгосрочный договор купли-продажи электрической энергии, согласно законодательству Республики Казахстан о поддержке использования возобновляемых источников энергии в полном объеме их планового отпуска электрической энергии в сеть по ценам данных договоров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1064"/>
-    <w:bookmarkStart w:name="z1401" w:id="1065"/>
+    <w:bookmarkEnd w:id="1065"/>
+    <w:bookmarkStart w:name="z1401" w:id="1066"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       У возобновляемых источников, имеющих заключенный до 1 июля 2023 года с расчетно-финансовым центром долгосрочный договор купли-продажи электрической энергии, согласно законодательству Республики Казахстан о поддержке использования возобновляемых источников энергии в полном объеме их фактического отпуска электрической энергии в сеть по ценам данных договоров по итогам расчетного календарного месяца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1065"/>
-    <w:bookmarkStart w:name="z957" w:id="1066"/>
+    <w:bookmarkEnd w:id="1066"/>
+    <w:bookmarkStart w:name="z957" w:id="1067"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) у теплоэлектроцентралей в соответствии с правилами организации и функционирования оптового рынка электрической энергии, утвержденными уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1066"/>
-    <w:bookmarkStart w:name="z958" w:id="1067"/>
+    <w:bookmarkEnd w:id="1067"/>
+    <w:bookmarkStart w:name="z958" w:id="1068"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) у энергопроизводящих организаций, заключивших на рынке электрической мощности долгосрочные договоры о покупке услуги по поддержанию готовности электрической мощности в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -43879,551 +43773,551 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, в объеме планового отпуска электрической энергии в сеть генерирующих установок, мощность которых является предметом данных договоров, по соответствующим предельным тарифам на электрическую энергию, умноженным на соответствующие часовые ставки, определяемые в порядке, определенном уполномоченным органом, в течение действия указанных договоров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1067"/>
-    <w:bookmarkStart w:name="z959" w:id="1068"/>
+    <w:bookmarkEnd w:id="1068"/>
+    <w:bookmarkStart w:name="z959" w:id="1069"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) остальные, необходимые для покрытия суточного графика потребления электрической энергии, плановые объемы отпускаемой в сеть электрической энергии покупаются единым закупщиком на централизованных торгах электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1068"/>
-    <w:bookmarkStart w:name="z960" w:id="1069"/>
+    <w:bookmarkEnd w:id="1069"/>
+    <w:bookmarkStart w:name="z960" w:id="1070"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если плановых объемов электрической энергии, указанных в настоящем пункте, окажется недостаточно для покрытия суточного графика потребления электрической энергии, единый закупщик осуществляет плановый импорт электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1069"/>
-    <w:bookmarkStart w:name="z961" w:id="1070"/>
+    <w:bookmarkEnd w:id="1070"/>
+    <w:bookmarkStart w:name="z961" w:id="1071"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Покупка электрической энергии, указанная в настоящем пункте, осуществляется в порядке, определенном уполномоченном органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1070"/>
-    <w:bookmarkStart w:name="z962" w:id="1071"/>
+    <w:bookmarkEnd w:id="1071"/>
+    <w:bookmarkStart w:name="z962" w:id="1072"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При функционировании единого закупщика электрической энергии:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1071"/>
-    <w:bookmarkStart w:name="z963" w:id="1072"/>
+    <w:bookmarkEnd w:id="1072"/>
+    <w:bookmarkStart w:name="z963" w:id="1073"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) все энергопроизводящие организации обязаны осуществлять продажу электрической энергии только единому закупщику электрической энергии и потребителям, входящим с ними в одну группу лиц, либо администратору гибридной группы, входящему с ними в одну гибридную группу, и заключать с ними соответствующие договоры купли-продажи электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1072"/>
-    <w:bookmarkStart w:name="z964" w:id="1073"/>
+    <w:bookmarkEnd w:id="1073"/>
+    <w:bookmarkStart w:name="z964" w:id="1074"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1073"/>
-    <w:bookmarkStart w:name="z1443" w:id="1074"/>
+    <w:bookmarkEnd w:id="1074"/>
+    <w:bookmarkStart w:name="z1443" w:id="1075"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       энергопроизводящие организации, оказывающие услуги по автоматическому регулированию мощности системному оператору, освобождаются от продажи электрической энергии единому закупщику электрической энергии на величину договорного объема (диапазона регулирования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1074"/>
-    <w:bookmarkStart w:name="z1444" w:id="1075"/>
+    <w:bookmarkEnd w:id="1075"/>
+    <w:bookmarkStart w:name="z1444" w:id="1076"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       энергопроизводящая организация, использующая возобновляемые источники энергии, не менее двадцати пяти процентов голосующих акций (долей участия в уставном капитале) которой прямо или косвенно принадлежат Фонду национального благосостояния, вправе осуществлять продажу электрической энергии энергопроизводящим организациям, голосующие акции (доли участия в уставном капитале) которых прямо или косвенно принадлежат Фонду национального благосостояния, в соответствии с договорами купли-продажи электрической энергии, заключенными в соответствии с пунктом 16 статьи 13 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1075"/>
-    <w:bookmarkStart w:name="z965" w:id="1076"/>
+    <w:bookmarkEnd w:id="1076"/>
+    <w:bookmarkStart w:name="z965" w:id="1077"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) все возобновляемые источники, имеющие заключенный с единым закупщиком электрической энергии долгосрочный договор купли-продажи электрической энергии, согласно законодательству Республики Казахстан о поддержке использования возобновляемых источников энергии обязаны осуществлять продажу электрической энергии только единому закупщику электрической энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1076"/>
-    <w:bookmarkStart w:name="z966" w:id="1077"/>
+    <w:bookmarkEnd w:id="1077"/>
+    <w:bookmarkStart w:name="z966" w:id="1078"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) субъекты оптового рынка электрической энергии обязаны осуществлять покупку электрической энергии только у единого закупщика электрической энергии и (или) у энергопроизводящих организаций, входящих с ними в одну группу лиц в Реестре, и (или) у администратора гибридной группы, входящего с ними в гибридную группу, и (или) у возобновляемых источников и заключать с ними соответствующие договоры купли-продажи электрической энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1077"/>
-    <w:bookmarkStart w:name="z1402" w:id="1078"/>
+    <w:bookmarkEnd w:id="1078"/>
+    <w:bookmarkStart w:name="z1402" w:id="1079"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом потребители зеленой энергии имеют право покупать на краткосрочной (год) или долгосрочной (более года) основе у единого закупщика электрической энергии электрическую энергию, вырабатываемую объектами по использованию возобновляемых источников энергии, по зеленым тарифам в порядке, определяемом уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1078"/>
-    <w:bookmarkStart w:name="z967" w:id="1079"/>
+    <w:bookmarkEnd w:id="1079"/>
+    <w:bookmarkStart w:name="z967" w:id="1080"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) субъекты оптового рынка электрической энергии, осуществляющие деятельность по цифровому майнингу, обязаны осуществлять покупку электрической энергии из-за пределов Республики Казахстан либо у единого закупщика электрической энергии в порядке, определенном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1079"/>
-    <w:bookmarkStart w:name="z968" w:id="1080"/>
+    <w:bookmarkEnd w:id="1080"/>
+    <w:bookmarkStart w:name="z968" w:id="1081"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) запрещается продажа электрической энергии от единого закупщика субъектам розничного рынка электрической энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1080"/>
-    <w:bookmarkStart w:name="z969" w:id="1081"/>
+    <w:bookmarkEnd w:id="1081"/>
+    <w:bookmarkStart w:name="z969" w:id="1082"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) энергоснабжающие организации, энергопередающие организации, потребители и цифровые майнеры, являющиеся субъектами оптового рынка электрической энергии, обязаны заключить с системным оператором договор на оказание услуги по пользованию национальной электрической сетью, за исключением случаев, предусмотренных пунктом 7-1 статьи 13 настоящего Закона. Единому закупщику электрической энергии запрещается реализация (продажа) электрической энергии энергоснабжающим, энергопередающим организациям, потребителям и цифровым майнерам, являющимся субъектами оптового рынка электрической энергии, не имеющим договоров на оказание услуги по пользованию национальной электрической сетью или услуги по передаче электрической энергии по национальной электрической сети, в случае, предусмотренном подпунктом 3) пункта 7-1 статьи 13 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1081"/>
-    <w:bookmarkStart w:name="z970" w:id="1082"/>
+    <w:bookmarkEnd w:id="1082"/>
+    <w:bookmarkStart w:name="z970" w:id="1083"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) условные потребители и администраторы гибридных групп, получатели инвестиционного тарифа обязаны покупать у единого закупщика электрической энергии электрическую энергию по ценам и в объемах, которые рассчитываются единым закупщиком электрической энергии, в порядке, определенном уполномоченным органом, с учетом доли их планового потребления электрической энергии в общем объеме планового потребления республики, объемов электрической энергии, произведенных возобновляемыми источниками, входящими в их состав, объемов электрической энергии, приобретаемой ими у возобновляемых источников, являющихся субъектами оптового рынка электрической энергии, и затрат единого закупщика электрической энергии на покупку электрической энергии от возобновляемых источников, а также заключать соответствующие договоры купли-продажи электрической энергии с единым закупщиком электрической энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1082"/>
-    <w:bookmarkStart w:name="z971" w:id="1083"/>
+    <w:bookmarkEnd w:id="1083"/>
+    <w:bookmarkStart w:name="z971" w:id="1084"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) между возобновляемыми источниками, имеющими заключенный с единым закупщиком электрической энергии долгосрочный договор купли-продажи электрической энергии, согласно законодательству Республики Казахстан о поддержке использования возобновляемых источников энергии допускается взаимная корректировка на увеличение (вверх) или уменьшение (вниз) суточного графика производства-потребления электрической энергии, утвержденного системным оператором, не позднее чем за два часа до наступления соответствующего часа фактического производства-потребления электрической энергии при условии сохранения баланса производства-потребления электрической энергии в указанном суточном графике производства-потребления электрической энергии в порядке, определенном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1083"/>
-    <w:bookmarkStart w:name="z972" w:id="1084"/>
+    <w:bookmarkEnd w:id="1084"/>
+    <w:bookmarkStart w:name="z972" w:id="1085"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) покупка и продажа электрической энергии единым закупщиком электрической энергии, указанные в настоящем пункте, а также соответствующие взаиморасчеты осуществляются в порядке, определенном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1084"/>
-    <w:bookmarkStart w:name="z973" w:id="1085"/>
+    <w:bookmarkEnd w:id="1085"/>
+    <w:bookmarkStart w:name="z973" w:id="1086"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) цены покупки и продажи электрической энергии единым закупщиком электрической энергии определяются в порядке, определенном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1085"/>
-    <w:bookmarkStart w:name="z974" w:id="1086"/>
+    <w:bookmarkEnd w:id="1086"/>
+    <w:bookmarkStart w:name="z974" w:id="1087"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) затраты и доходы единого закупщика электрической энергии на балансирующем рынке электрической энергии учитываются при определении цены продажи электрической энергии субъектам оптового рынка электрической энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1086"/>
-    <w:bookmarkStart w:name="z975" w:id="1087"/>
+    <w:bookmarkEnd w:id="1087"/>
+    <w:bookmarkStart w:name="z975" w:id="1088"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) объемом купленной (проданной) электрической энергии на оптовом рынке электрической энергии по всем договорам купли-продажи электрической энергии, заключенным субъектами оптового рынка электрической энергии, является плановый объем купли-продажи электрической энергии, включенный в суточный график производства-потребления электрической энергии, утвержденный системным оператором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1087"/>
-    <w:bookmarkStart w:name="z976" w:id="1088"/>
+    <w:bookmarkEnd w:id="1088"/>
+    <w:bookmarkStart w:name="z976" w:id="1089"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) субъекты оптового рынка электроэнергии обязаны оплачивать единому закупщику электрической энергии купленную ими электрическую энергию в порядке и сроки, которые определены уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1088"/>
-    <w:bookmarkStart w:name="z977" w:id="1089"/>
+    <w:bookmarkEnd w:id="1089"/>
+    <w:bookmarkStart w:name="z977" w:id="1090"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) единый закупщик электрической энергии обязан оплачивать энергопроизводящим организациям и возобновляемым источникам купленную у них электрическую энергию в порядке и сроки, определенные уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1089"/>
-    <w:bookmarkStart w:name="z978" w:id="1090"/>
+    <w:bookmarkEnd w:id="1090"/>
+    <w:bookmarkStart w:name="z978" w:id="1091"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) оплата электрической энергии, купленной субъектами оптового рынка электрической энергии (кроме энергоснабжающих организаций) у единого закупщика электрической энергии, осуществляется посредством перечисления денежных средств до начала операционных суток в соответствии с суточным графиком производства-потребления электрической энергии в единой электроэнергетической системе Республики Казахстан в порядке, установленном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1090"/>
-    <w:bookmarkStart w:name="z979" w:id="1091"/>
+    <w:bookmarkEnd w:id="1091"/>
+    <w:bookmarkStart w:name="z979" w:id="1092"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) энергоснабжающие организации осуществляют оплату электрической энергии, купленной у единого закупщика электрической энергии, по факту согласно порядку, определенному уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1091"/>
-    <w:bookmarkStart w:name="z980" w:id="1092"/>
+    <w:bookmarkEnd w:id="1092"/>
+    <w:bookmarkStart w:name="z980" w:id="1093"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) сумма денежных средств к перечислению рассчитывается в соответствии с суточным графиком производства-потребления электрической энергии в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1092"/>
+    <w:bookmarkEnd w:id="1093"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -44494,250 +44388,250 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) оптовые потребители электрической энергии (промышленные объекты) для получения инвестиционного тарифа представляют Правительству Республики Казахстан заявку с приложением обосновывающих материалов в порядке, определяемом Правительством Республики Казахстан. По результатам рассмотрения заявки в случае принятия решения о предоставлении инвестиционного тарифа Правительством Республики Казахстан оптовые потребители электрической энергии (промышленные объекты) включаются в перечень получателей инвестиционного тарифа. Правительство Республики Казахстан при формировании перечня получателей инвестиционного тарифа и установлении инвестиционного тарифа учитывает норму доходности данных потребителей в целях определения срока предоставления инвестиционного тарифа, который не превышает сроков исполнения инвестиционных обязательств по инвестиционным проектам, реализация которых началась до 1 июля 2023 года и в совокупности не превышает десяти лет с момента ввода производственного объекта в эксплуатацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1446" w:id="1093"/>
+    <w:bookmarkStart w:name="z1446" w:id="1094"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) инвестиционный тариф определяется как отношение суммы затрат на покупку электрической энергии по предельному тарифу энергопроизводящей организации, к сетям которой подключен соответствующий потребитель, доли затрат единого закупщика электрической энергии на покупку импортной электрической энергии и поддержку возобновляемых источников энергии с учетом доли покупки электрической энергии у единого закупщика соответствующего потребителя в общем объеме продажи электрической энергии единым закупщиком электрической энергии к объему потребления получателя инвестиционного тарифа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1093"/>
-    <w:bookmarkStart w:name="z1447" w:id="1094"/>
+    <w:bookmarkEnd w:id="1094"/>
+    <w:bookmarkStart w:name="z1447" w:id="1095"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) получатели инвестиционного тарифа обязаны на ежегодной основе представлять в Правительство Республики Казахстан аудиторский отчет и анализ финансово-хозяйственной деятельности в соответствии с законодательством Республики Казахстан об аудиторской деятельности в порядке, определяемом Правительством Республики Казахстан, для установления факта целевого использования инвестиционного тарифа с предоставлением информации о прибыли, полученной в результате деятельности в период действия инвестиционного тарифа до выплаты дивидендов, в порядке, определенном Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1094"/>
-    <w:bookmarkStart w:name="z1448" w:id="1095"/>
+    <w:bookmarkEnd w:id="1095"/>
+    <w:bookmarkStart w:name="z1448" w:id="1096"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Непредставление аудиторского отчета и анализа финансово-хозяйственной деятельности, а также факт выявления нецелевого использования инвестиционного тарифа является основанием для отмены предоставления инвестиционного тарифа и исключения получателя инвестиционного тарифа из перечня получателей инвестиционного тарифа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1095"/>
-    <w:bookmarkStart w:name="z1449" w:id="1096"/>
+    <w:bookmarkEnd w:id="1096"/>
+    <w:bookmarkStart w:name="z1449" w:id="1097"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае получения прибыли, достаточной для покрытия затрат получателя инвестиционного тарифа, в том числе инвестиционных обязательств, в результате действия инвестиционного тарифа получатели инвестиционного тарифа обеспечивают возврат средств от образовавшегося сверхдохода, рассчитываемого в порядке, определяемом Правительством Республики Казахстан, в размере разницы от цены единого закупщика электрической энергии и инвестиционного тарифа в пользу единого закупщика электрической энергии. В этом случае получатели инвестиционного тарифа исключаются из перечня потребителей инвестиционного тарифа в порядке, определяемом Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1096"/>
-    <w:bookmarkStart w:name="z1450" w:id="1097"/>
+    <w:bookmarkEnd w:id="1097"/>
+    <w:bookmarkStart w:name="z1450" w:id="1098"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полученные средства единым закупщиком электрической энергии направляются на снижение тарифа на электрическую энергию для потребителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1097"/>
-    <w:bookmarkStart w:name="z981" w:id="1098"/>
+    <w:bookmarkEnd w:id="1098"/>
+    <w:bookmarkStart w:name="z981" w:id="1099"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В случае неоплаты субъектом оптового рынка электрической энергии за электрическую энергию, купленную у единого закупщика электрической энергии, до начала операционных суток в соответствии с суточным графиком производства-потребления электрической энергии заявка субъекта оптового рынка электрической энергии в суточный график производства-потребления электрической энергии на последующие сутки не допускается (исключается).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1098"/>
-    <w:bookmarkStart w:name="z982" w:id="1099"/>
+    <w:bookmarkEnd w:id="1099"/>
+    <w:bookmarkStart w:name="z982" w:id="1100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Оплата суммы денежных средств за купленную электрическую энергию у энергопроизводящих организаций производится после утверждения суточного графика производства-потребления электрической энергии системным оператором в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1099"/>
-    <w:bookmarkStart w:name="z983" w:id="1100"/>
+    <w:bookmarkEnd w:id="1100"/>
+    <w:bookmarkStart w:name="z983" w:id="1101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Затраты, связанные с открытием, ведением и обслуживанием счета, возлагаются на субъект оптового рынка электрической энергии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1100"/>
-    <w:bookmarkStart w:name="z984" w:id="1101"/>
+    <w:bookmarkEnd w:id="1101"/>
+    <w:bookmarkStart w:name="z984" w:id="1102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. На правоотношения, связанные с покупкой единым закупщиком электрической энергии электрической энергии у энергопроизводящих организаций, в том числе использующих возобновляемые источники энергии, энергетическую утилизацию отходов и вторичные энергетические ресурсы, балансирующей электроэнергии и отрицательных дисбалансов, услуг по передаче электрической энергии, в том числе по национальной электрической сети, технической диспетчеризации, организации балансирования производства-потребления электрической энергии, услуг оператора рынка централизованной торговли, не распространяется законодательство Республики Казахстан о государственных закупках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1101"/>
-    <w:bookmarkStart w:name="z985" w:id="1102"/>
+    <w:bookmarkEnd w:id="1102"/>
+    <w:bookmarkStart w:name="z985" w:id="1103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Действие настоящей статьи не распространяется на субъекты оптового рынка электроэнергии в случае их участия на общем электроэнергетическом рынке Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1102"/>
+    <w:bookmarkEnd w:id="1103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -44856,68 +44750,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="1103"/>
+    <w:bookmarkStart w:name="z24" w:id="1104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Управление объектами электроэнергетики при аварийных нарушениях в единой электроэнергетической системе Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1103"/>
+    <w:bookmarkEnd w:id="1104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Меры, предпринимаемые для предотвращения и ликвидации аварийных нарушений</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -44929,110 +44823,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       1. Исключен Законом РК от 05.07.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 13.10.2011).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z420" w:id="1104"/>
+    <w:bookmarkStart w:name="z420" w:id="1105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для предотвращения или ликвидации системных аварий системный оператор задействует резервы любых энергопроизводящих организаций (как на загрузку, так и на разгрузку генерируемой мощности) независимо от формы собственности и автономные источники питания потребителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1104"/>
-    <w:bookmarkStart w:name="z421" w:id="1105"/>
+    <w:bookmarkEnd w:id="1105"/>
+    <w:bookmarkStart w:name="z421" w:id="1106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При необходимости изменить генерируемую мощность гидроэлектростанций для предотвращения или ликвидации аварийных нарушений системный оператор имеет право оперативно вносить изменения в утвержденные графики расходов воды через гидроузлы для использования регулировочной способности гидроэлектростанций. При этом собственник (владелец) гидроэлектростанции в течение трех календарных дней после внесения изменений в утвержденные графики расходов воды через гидроузлы обязан уведомить бассейновую водную инспекцию по охране и регулированию использования водных ресурсов о времени, продолжительности и расходах воды, сброшенной сверх утвержденного графика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1105"/>
-    <w:bookmarkStart w:name="z422" w:id="1106"/>
+    <w:bookmarkEnd w:id="1106"/>
+    <w:bookmarkStart w:name="z422" w:id="1107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При возникновении дисбаланса, не покрываемого балансирующим рынком электрической энергии в целях поддержания нормативной частоты электрического тока в единой электроэнергетической системе Республики Казахстан, системный оператор имеет право осуществлять куплю-продажу электрической энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1106"/>
+    <w:bookmarkEnd w:id="1107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -45128,110 +45022,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Энергоснабжение по аварийной брони</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z423" w:id="1107"/>
+    <w:bookmarkStart w:name="z423" w:id="1108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При возникновении системной аварии энергоснабжение потребителей, имеющих соответствующие акты аварийной и технологической брони энергоснабжения с энергопередающей и энергоснабжающей организациями, осуществляется по разрабатываемым энергопередающими организациями схемам, обеспечивающим поставку электрической мощности в размере аварийной брони для организаций хозяйственной инфраструктуры, в силу технологических причин нуждающихся в непрерывном энергоснабжении, остановка деятельности которых влечет за собой угрозу жизни, здоровью людей и окружающей среде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1107"/>
-    <w:bookmarkStart w:name="z212" w:id="1108"/>
+    <w:bookmarkEnd w:id="1108"/>
+    <w:bookmarkStart w:name="z212" w:id="1109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Порядок и условия энергоснабжения потребителей, имеющих аварийную бронь, утверждаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1108"/>
-    <w:bookmarkStart w:name="z213" w:id="1109"/>
+    <w:bookmarkEnd w:id="1109"/>
+    <w:bookmarkStart w:name="z213" w:id="1110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственным учреждениям, содержащимся за счет бюджетных средств, аварийная бронь предоставляется в пределах средств, предусмотренных на расходы государственных учреждений по потреблению электрической энергии, а также при наличии соответствующей банковской гарантии, оформленной в порядке, установленном законодательством Республики Казахстан, для государственных предприятий и иных организаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1109"/>
+    <w:bookmarkEnd w:id="1110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -45287,150 +45181,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Обеспечение сохранности и целостности объектов электроэнергетики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z424" w:id="1110"/>
+    <w:bookmarkStart w:name="z424" w:id="1111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Охрана наиболее важных объектов электроэнергетики осуществляется специальными службами военизированной охраны или подразделениями Министерства внутренних дел Республики Казахстан. Перечни таких объектов устанавливаются Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1110"/>
-    <w:bookmarkStart w:name="z205" w:id="1111"/>
+    <w:bookmarkEnd w:id="1111"/>
+    <w:bookmarkStart w:name="z205" w:id="1112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Запрещаются производство строительных, монтажных, земляных, погрузочно-разгрузочных работ, поисковых работ, связанных с устройством скважин и шурфов, обустройство площадок, стоянок автомобильного транспорта, размещение рынков, строений, сооружений, складирование материалов, сооружение ограждений и заборов, сброс и слив едких коррозионных веществ и горюче-смазочных материалов в охранных зонах линий электрических сетей без согласования с организацией, в ведении которой находятся электрические сети.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1111"/>
-    <w:bookmarkStart w:name="z206" w:id="1112"/>
+    <w:bookmarkEnd w:id="1112"/>
+    <w:bookmarkStart w:name="z206" w:id="1113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Имущество энергопроизводящих, энергопередающих организаций, участвующее в едином технологическом процессе производства и передачи электрической и (или) тепловой энергии, является неделимым. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1112"/>
-    <w:bookmarkStart w:name="z207" w:id="1113"/>
+    <w:bookmarkEnd w:id="1113"/>
+    <w:bookmarkStart w:name="z207" w:id="1114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Купля-продажа, передача в аренду или доверительное управление объектов электроэнергетики и (или) его отдельных частей осуществляются с предварительного уведомления уполномоченного органа и государственного органа, осуществляющего руководство в сферах естественных монополий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1113"/>
-    <w:bookmarkStart w:name="z1423" w:id="1114"/>
+    <w:bookmarkEnd w:id="1114"/>
+    <w:bookmarkStart w:name="z1423" w:id="1115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Самовольное подключение к электрическим сетям в нарушение порядка, предусмотренного законодательством Республики Казахстан об электроэнергетике, запрещается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1114"/>
+    <w:bookmarkEnd w:id="1115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -45624,68 +45518,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Ответственность за нарушение законодательства Республики Казахстан об электроэнергетике</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лица, виновные в нарушении законодательства Республики Казахстан об электроэнергетике, несут ответственность в порядке, установленном законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="1115"/>
+    <w:bookmarkStart w:name="z29" w:id="1116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Заключительные и переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1115"/>
+    <w:bookmarkEnd w:id="1116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -45946,150 +45840,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Заключительные и переходные положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Энергопередающим организациям осуществить разделение деятельности по передаче электрической и (или) тепловой энергии от деятельности по энергоснабжению до 1 октября 2004 года. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="1116"/>
+    <w:bookmarkStart w:name="z208" w:id="1117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Региональным электросетевым компаниям осуществить разделение деятельности по передаче электрической энергии от деятельности по энергоснабжению путем создания энергоснабжающих организаций до 1 октября 2004 года. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1116"/>
-    <w:bookmarkStart w:name="z209" w:id="1117"/>
+    <w:bookmarkEnd w:id="1117"/>
+    <w:bookmarkStart w:name="z209" w:id="1118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Энергопроизводящим организациям заключить соглашения с 1 мая 2009 года в порядке, установленном настоящим Законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1117"/>
-    <w:bookmarkStart w:name="z210" w:id="1118"/>
+    <w:bookmarkEnd w:id="1118"/>
+    <w:bookmarkStart w:name="z210" w:id="1119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Запрет, предусмотренный пунктом 3-3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, не распространяется на случаи продажи электрической энергии энергоснабжающим организациям, поставляющим ее в объеме не более 1 мегаватта среднесуточной (базовой) мощности, до 1 июля 2009 года. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1118"/>
-    <w:bookmarkStart w:name="z779" w:id="1119"/>
+    <w:bookmarkEnd w:id="1119"/>
+    <w:bookmarkStart w:name="z779" w:id="1120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. Запрет, предусмотренный подпунктом 2) части первой пункта 3-3 статьи 13 настоящего Закона, не распространяется на гарантирующих поставщиков электрической энергии до 1 января 2030 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1119"/>
+    <w:bookmarkEnd w:id="1120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -46132,428 +46026,428 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="1120"/>
+    <w:bookmarkStart w:name="z211" w:id="1121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Энергопроизводящие организации, не принявшие меры по заключению соглашения в порядке, предусмотренном пунктом 3-1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 12-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, и не заключившие с уполномоченным органом соглашение, реализуют электрическую энергию по цене, не превышающей затраты на выработку электрической энергии, без учета затрат на амортизацию и прибыль.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1120"/>
-    <w:bookmarkStart w:name="z469" w:id="1121"/>
+    <w:bookmarkEnd w:id="1121"/>
+    <w:bookmarkStart w:name="z469" w:id="1122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Энергопередающие организации, оказывающие услуги по передаче электрической энергии, должны соответствовать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1121"/>
-    <w:bookmarkStart w:name="z470" w:id="1122"/>
+    <w:bookmarkEnd w:id="1122"/>
+    <w:bookmarkStart w:name="z470" w:id="1123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) требованию, предъявляемому к деятельности по передаче электрической энергии, указанному в подпункте 1) пункта 6 статьи 13-1 настоящего Закона, не позднее 1 января 2018 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1122"/>
-    <w:bookmarkStart w:name="z471" w:id="1123"/>
+    <w:bookmarkEnd w:id="1123"/>
+    <w:bookmarkStart w:name="z471" w:id="1124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) требованиям, предъявляемым к деятельности по передаче электрической энергии, указанным в подпунктах 2) и 3) пункта 6 статьи 13-1 настоящего Закона, не позднее 1 января 2020 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1123"/>
-    <w:bookmarkStart w:name="z472" w:id="1124"/>
+    <w:bookmarkEnd w:id="1124"/>
+    <w:bookmarkStart w:name="z472" w:id="1125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) требованию, предъявляемому к деятельности по передаче электрической энергии, указанному в подпункте 4) пункта 6 статьи 13-1 настоящего Закона, не позднее 1 января 2022 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1124"/>
-    <w:bookmarkStart w:name="z473" w:id="1125"/>
+    <w:bookmarkEnd w:id="1125"/>
+    <w:bookmarkStart w:name="z473" w:id="1126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Местные исполнительные органы обеспечивают передачу электрических сетей, находящихся на праве хозяйственного ведения или оперативного управления государственных юридических лиц, в соответствии с пунктом 2 статьи 13-1 настоящего Закона не позднее 1 января 2019 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1125"/>
+    <w:bookmarkEnd w:id="1126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Потребители, являющиеся субъектами оптового рынка электрической энергии, должны соответствовать требованию, установленному пунктом 6-2 статьи 13 настоящего Закона, не позднее 1 января 2023 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z780" w:id="1126"/>
+    <w:bookmarkStart w:name="z780" w:id="1127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Действие пункта 10 статьи 15-3 настоящего Закона распространяется на договоры о покупке услуги по поддержанию готовности электрической мощности, заключенные единым закупщиком с 1 января 2022 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1126"/>
-    <w:bookmarkStart w:name="z807" w:id="1127"/>
+    <w:bookmarkEnd w:id="1127"/>
+    <w:bookmarkStart w:name="z807" w:id="1128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уполномоченный орган совместно с системным оператором обеспечивает ввод балансирующего рынка электрической энергии в режиме реального времени с 1 июля 2023 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1127"/>
-    <w:bookmarkStart w:name="z808" w:id="1128"/>
+    <w:bookmarkEnd w:id="1128"/>
+    <w:bookmarkStart w:name="z808" w:id="1129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Уполномоченный орган обеспечивает переход к модели единого закупщика на рынке электрической энергии с 1 июля 2023 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1128"/>
-    <w:bookmarkStart w:name="z809" w:id="1129"/>
+    <w:bookmarkEnd w:id="1129"/>
+    <w:bookmarkStart w:name="z809" w:id="1130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Действие настоящего Закона в части покупки и продажи электрической энергии единому закупщику электрической энергии распространяется на отношения, возникшие из ранее заключенных договоров, которые подлежат расторжению до 1 июля 2023 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1129"/>
-    <w:bookmarkStart w:name="z1429" w:id="1130"/>
+    <w:bookmarkEnd w:id="1130"/>
+    <w:bookmarkStart w:name="z1429" w:id="1131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Энергопередающие организации, соответствующие квалификационным требованиям, указанным в статье 7-1 настоящего Закона, обязаны в срок до 1 января 2025 года получить лицензию на вид деятельности по покупке электрической энергии с целью энергоснабжения потребителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1130"/>
-    <w:bookmarkStart w:name="z1018" w:id="1131"/>
+    <w:bookmarkEnd w:id="1131"/>
+    <w:bookmarkStart w:name="z1018" w:id="1132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Лицензии и (или) приложения к лицензии (разрешения и (или) приложения к разрешению) на осуществление деятельности по покупке электрической энергии в целях энергоснабжения, выданные энергоснабжающим организациям, не соответствующим требованиям статьи 7-1 настоящего Закона, подлежат лишению (отзыву) или приостановлению действия лицензии лицензиаром.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1131"/>
-    <w:bookmarkStart w:name="z995" w:id="1132"/>
+    <w:bookmarkEnd w:id="1132"/>
+    <w:bookmarkStart w:name="z995" w:id="1133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Установить, что часть третья </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> действует до 1 января 2026 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1132"/>
-    <w:bookmarkStart w:name="z1451" w:id="1133"/>
+    <w:bookmarkEnd w:id="1133"/>
+    <w:bookmarkStart w:name="z1451" w:id="1134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Установить, что пункт 2-2 статьи 10 настоящего Закона действует до 31 декабря 2028 года. Договоры купли-продажи электрической энергии, заключенные в соответствии с пунктом 2-2 статьи 10 настоящего Закона, действуют до полного исполнения обязательств системным оператором и энергопроизводящими организациями, использующими возобновляемые источники энергии, не менее двадцати пяти процентов голосующих акций (долей участия в уставном капитале) которых прямо или косвенно принадлежат Фонду национального благосостояния.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1133"/>
-    <w:bookmarkStart w:name="z1452" w:id="1134"/>
+    <w:bookmarkEnd w:id="1134"/>
+    <w:bookmarkStart w:name="z1452" w:id="1135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Установить, что пункт 16 статьи 13 настоящего Закона действует до 31 декабря 2028 года. Договоры купли-продажи электрической энергии, заключенные в соответствии с пунктом 16 статьи 13 настоящего Закона, действуют до полного исполнения обязательств энергопроизводящими организациями, голосующие акции (доли участия в уставном капитале) которых прямо или косвенно принадлежат Фонду национального благосостояния, и энергопроизводящей организацией, использующей возобновляемые источники энергии, не менее двадцати пяти процентов голосующих акций (долей участия в уставном капитале) которой прямо или косвенно принадлежат Фонду национального благосостояния.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1134"/>
-    <w:bookmarkStart w:name="z1453" w:id="1135"/>
+    <w:bookmarkEnd w:id="1135"/>
+    <w:bookmarkStart w:name="z1453" w:id="1136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Установить, что подпункт 18) пункта 5 статьи 19-1 настоящего Закона действует до 31 декабря 2036 года. Договоры купли-продажи электрической энергии, заключенные в соответствии с подпунктом 18) пункта 5 статьи 19-1 настоящего Закона, действуют до истечения срока их действия, но не более десяти лет с даты предоставления инвестиционного тарифа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1135"/>
+    <w:bookmarkEnd w:id="1136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>