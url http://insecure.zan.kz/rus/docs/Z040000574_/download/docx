--- v0 (2025-11-13)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2eb8f44" w14:textId="2eb8f44">
+    <w:p w14:paraId="b4082c2" w14:textId="b4082c2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -13737,17544 +13737,17790 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17-2. Порядок проведения профилактического контроля без посещения субъекта (объекта) контроля и надзора</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок статьи 17-2 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1060" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Профилактический контроль без посещения субъекта (объекта) контроля и надзора осуществляется уполномоченным органом на основе анализа данных информационных систем, а также других сведений о деятельности субъекта (объекта) контроля и надзора. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1061" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Субъектами контроля и надзора являются судовладельцы, физические или юридические лица, осуществляющие деятельность, связанную с эксплуатацией судов, портов, портовых средств, береговых объектов, судоходных шлюзов и сооружений на море и внутренних водных путях.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z1061" w:id="277"/>
-[...15 lines deleted...]
-      2. Субъектами контроля и надзора являются судовладельцы, физические или юридические лица, осуществляющие деятельность, связанную с эксплуатацией судов, портов, портовых средств, береговых объектов, судоходных шлюзов и сооружений на море и внутренних водных путях.</w:t>
+    <w:bookmarkStart w:name="z1062" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Целями профилактического контроля без посещения субъекта (объекта) контроля и надзора являются своевременное пресечение и недопущение нарушений, предоставление субъекту контроля и надзора права самостоятельного устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, и снижение административной нагрузки на субъект контроля и надзора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z1062" w:id="278"/>
-[...15 lines deleted...]
-      3. Целями профилактического контроля без посещения субъекта (объекта) контроля и надзора являются своевременное пресечение и недопущение нарушений, предоставление субъекту контроля и надзора права самостоятельного устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, и снижение административной нагрузки на субъект контроля и надзора.</w:t>
+    <w:bookmarkStart w:name="z1063" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для предоставления субъектам контроля и надзора права самостоятельного устранения нарушений профилактический контроль без посещения субъекта (объекта) контроля и надзора проводится только по тем нарушениям, последствия которых возможно устранить в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z1063" w:id="279"/>
-[...15 lines deleted...]
-      4. Для предоставления субъектам контроля и надзора права самостоятельного устранения нарушений профилактический контроль без посещения субъекта (объекта) контроля и надзора проводится только по тем нарушениям, последствия которых возможно устранить в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1064" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. По итогам профилактического контроля без посещения субъекта (объекта) контроля и надзора составляется рекомендация об устранении выявленных нарушений без возбуждения дела об административном правонарушении с обязательным разъяснением субъекту контроля и надзора порядка устранения нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z1064" w:id="280"/>
-[...15 lines deleted...]
-      5. По итогам профилактического контроля без посещения субъекта (объекта) контроля и надзора составляется рекомендация об устранении выявленных нарушений без возбуждения дела об административном правонарушении с обязательным разъяснением субъекту контроля и надзора порядка устранения нарушений.</w:t>
+    <w:bookmarkStart w:name="z1065" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Рекомендация должна быть вручена субъекту контроля и надзора лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z1065" w:id="281"/>
-[...15 lines deleted...]
-      6. Рекомендация должна быть вручена субъекту контроля и надзора лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
+    <w:bookmarkStart w:name="z1066" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z1066" w:id="282"/>
-[...15 lines deleted...]
-      7. Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
+    <w:bookmarkStart w:name="z1067" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) нарочно – с даты отметки в рекомендации о получении; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z1067" w:id="283"/>
-[...15 lines deleted...]
-      1) нарочно – с даты отметки в рекомендации о получении; </w:t>
+    <w:bookmarkStart w:name="z1068" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) почтой – заказным письмом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z1068" w:id="284"/>
-[...15 lines deleted...]
-      2) почтой – заказным письмом;</w:t>
+    <w:bookmarkStart w:name="z1069" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронным способом – с даты отправки уполномоченным органом на электронный адрес субъекта контроля и надзора, указанный в письме при запросе уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z1069" w:id="285"/>
-[...15 lines deleted...]
-      3) электронным способом – с даты отправки уполномоченным органом на электронный адрес субъекта контроля и надзора, указанный в письме при запросе уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z1070" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, должна быть исполнена в течение двадцати рабочих дней со дня, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z1070" w:id="286"/>
-[...15 lines deleted...]
-      8. Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, должна быть исполнена в течение двадцати рабочих дней со дня, следующего за днем ее вручения.</w:t>
+    <w:bookmarkStart w:name="z1071" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Субъект контроля и надзора в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный орган, направивший рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z1071" w:id="287"/>
-[...15 lines deleted...]
-      9. Субъект контроля и надзора в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный орган, направивший рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+    <w:bookmarkStart w:name="z1072" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля и надзора путем включения в полугодовой список проведения профилактического контроля и надзора с посещением субъекта (объекта) контроля и надзора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z1072" w:id="288"/>
-[...15 lines deleted...]
-      10. Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля и надзора путем включения в полугодовой список проведения профилактического контроля и надзора с посещением субъекта (объекта) контроля и надзора.</w:t>
+    <w:bookmarkStart w:name="z1073" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Профилактический контроль без посещения субъекта (объекта) контроля и надзора проводится не чаще одного раза в год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z1073" w:id="289"/>
-[...15 lines deleted...]
-      11. Профилактический контроль без посещения субъекта (объекта) контроля и надзора проводится не чаще одного раза в год.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 17-2 в соответствии с Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Контроль за обеспечением безопасности судоходства и порядка в порту</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 18 исключена Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Контроль за обеспечением экологической безопасности и надзор в области санитарно-эпидемиологического благополучия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 19 в редакции Закона РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z292" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Контроль за обеспечением экологической безопасности при эксплуатации судов осуществляется государственным уполномоченным органом в области охраны окружающей среды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z293" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Уполномоченный орган совместно с государственным уполномоченным органом в области охраны окружающей среды осуществляет: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z294" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) исключен Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z295" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) информационное обслуживание собственников судна, судовладельцев и капитанов судов по вопросам, связанным с экологической безопасностью. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z296" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Надзор в области санитарно-эпидемиологического благополучия на внутреннем водном транспорте осуществляется государственным уполномоченным органом в области здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 17-2 в соответствии с Законом РК от 24.05.2018 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными законами РК от 31.01.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Лоцманская проводка судов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z297" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Лоцманская проводка судов осуществляется в целях обеспечения безопасности судоходства по внутренним водным путям и предотвращения транспортных происшествий с судами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Услуги по лоцманской проводке судов оказываются на платной основе. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z298" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К работе в качестве лоцманов могут быть допущены граждане Республики Казахстан при условии соответствия их требованиям, установленным положением о лоцманской службе, а также требованиям к лоцманской проводке судов, определяемым уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z299" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае необходимости в целях обеспечения безопасности судоходства лоцман вправе приостановить лоцманскую проводку судна до наступления обстоятельств, позволяющих обеспечить безопасность судоходства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z300" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Присутствие на судне лоцмана не снимает ответственности с капитана судна за управление судном. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z733" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Капитан судна вправе в целях обеспечения безопасности судоходства в случае возникновения сомнений в правильности рекомендаций лоцмана отказаться от его услуг, при этом, если лоцманская проводка судна является обязательной, капитан судна обязан потребовать замену такого лоцмана. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z301" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. За вред, причиненный собственнику судна и (или) судовладельцу по вине лоцмана, ответственность несет организация, работником которой он является в момент причинения вреда собственнику судна и (или) судовладельцу. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z734" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лоцман или организация, работником которой является лоцман, несет ответственность в полном объеме, если доказано, что убытки, причиненные в результате ненадлежащей лоцманской проводки, явились результатом совершенного умышленно или по неосторожности действия (бездействия) лоцмана или организации, работником которой он является. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z735" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лоцман, виновный в ненадлежащей лоцманской проводке судна, может быть дисквалифицирован в порядке и на условиях, определяемых Правилами осуществления лоцманской проводки судов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z302" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Суда, плавающие под флагом иностранного государства, в течение всего пути следования по внутренним водным путям подлежат обязательной лоцманской проводке, если иное не установлено международными договорами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z303" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Во время лоцманской проводки судна лоцман обязан незамедлительно сообщить территориальному подразделению о: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z304" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) любых изменениях судового хода, которые могут создать угрозу безопасности судоходства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z305" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) любых происшествиях с судном, лоцманскую проводку которого он осуществляет, и другими судами на обслуживаемом им участке внутренних водных путей; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z306" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) невыполнении капитаном судна, лоцманскую проводку которого он осуществляет, правил плавания судов и правил предотвращения загрязнения с судов сточными и нефтесодержащими водами внутренних водных путей. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Исключен Законом РК от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 06.04.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными законами РК от 31.01.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Ограничение или запрещение движения судов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z308" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае возникновения стихийных бедствий, военных действий, а также при чрезмерном скоплении грузов и судов в порту территориальное подразделение в целях безопасности судоходства, охраны жизни и здоровья людей, сохранности грузов вправе принять решение об ограничении или запрещении движения судов, о чем незамедлительно уведомляет уполномоченный орган, который принимает решение о сроках действия такого ограничения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z736" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае введения ограничения или запрещения движения судов на срок более пяти дней уполномоченный орган незамедлительно уведомляет об этом Правительство Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z309" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Территориальное подразделение обязано о принятом решении информировать перевозчиков, грузоотправителей и грузополучателей в порядке, установленном правилами перевозок грузов, с указанием причин и сроков введения ограничения или запрещения движения судов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z26" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Судно</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Средства идентификации судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z310" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Судно, подлежащее государственной регистрации в Государственном судовом реестре и реестре арендованных иностранных судов, обязано иметь название, пункт приписки, регистрационный номер, позывной сигнал и в зависимости от технической оснащенности судна идентификационный номер судовой станции спутниковой связи и номер избирательного вызова судовой станции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маломерное судно, подлежащее государственной регистрации в судовой книге, обязано нести на обоих бортах регистрационный номер согласно Правилам государственной регистрации судна, в том числе маломерного судна, и прав на него.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z311" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Собственник присваивает и изменяет название судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z1146" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается присвоение одинаковых названий судам, эксплуатирующимся в замкнутом бассейне, смежных бассейнах и бассейнах смешанного "река-море" плавания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z1147" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Об изменении названия судна собственник незамедлительно уведомляет залогодержателей зарегистрированных залогов судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z312" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Регистрационный номер судна присваивается территориальным подразделением в соответствии с Правилами государственной регистрации судна, в том числе маломерного судна, и прав на него. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z313" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Позывной сигнал, идентификационный номер судовой станции спутниковой связи и номер избирательного вызова судовой станции присваиваются в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 18. Контроль за обеспечением безопасности судоходства и порядка в порту</w:t>
-[...24 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t>Статья 23. Судовые документы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z314" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На судне, осуществляющем судоходство по внутренним водным путям, должны находиться следующие судовые документы, порядок выдачи и ведения которых определяется уполномоченным органом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) судовое свидетельство, которое подтверждает право плавания судна под Государственным флагом Республики Казахстан и право собственности на судно (для судов, подлежащих регистрации в Государственном судовом реестре);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) свидетельство о временном предоставлении права плавания под Государственным флагом Республики Казахстан иностранному судну (для судов, зарегистрированных в реестре арендованных иностранных судов); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) свидетельство о годности судна к плаванию с указанием его класса или с классификационным свидетельством; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) судовой журнал (вахтенный журнал) для самоходных судов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) судовая роль (для самоходных судов) - список членов экипажа судна, составляемый капитаном судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) радиожурнал (если судно имеет судовую радиостанцию); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) разрешение судовой станции (если судно имеет судовую радиостанцию); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) машинный журнал (для судов с механическим двигателем); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) исключен Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) санитарно-эпидемиологическое заключение на судно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) свидетельство о предотвращении загрязнения с судна нефтью, сточными водами и мусором; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) свидетельство о минимальном составе экипажа судна (для самоходных судов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z827" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. На подлежащем государственной регистрации маломерном судне, эксплуатируемом на внутренних водных путях и иных водоемах, должны находиться следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) судовой билет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z315" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Судовые документы должны находиться на судне в оригиналах, за исключением свидетельства о праве собственности на судно, копия которого должна быть заверена органом, выдавшим такое свидетельство, или нотариально засвидетельствована. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z316" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. На судне, в том числе на маломерном судне, зарегистрированном в Государственном судовом реестре или судовой книге, осуществляющем плавание, связанное с пересечением Государственной границы Республики Казахстан, кроме документов, предусмотренных пунктами 1 и 1-1 настоящей статьи, должны находиться документы, установленные законодательством Республики Казахстан и международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z317" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. На судне, плавающем под флагом иностранного государства, осуществляющем судоходство по внутренним водным путям, должны находиться документы, установленные законодательством Республики Казахстан и международными договорами, ратифицированными Республикой Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z318" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Признание судовых документов судна, плавающего под флагом иностранного государства и заходящего в порты Республики Казахстан или совершающего проход по внутренним водным путям, осуществляется в соответствии с законодательством Республики Казахстан и международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 31.01.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Право плавания под Государственным флагом Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z319" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Плавание судов по внутренним водным путям допускается только под Государственным флагом Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z320" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Плавание судов под флагом иностранного государства, в том числе в целях транзита, по внутренним водным путям осуществляется на основании международных договоров, ратифицированных Республикой Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z321" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Право плавания под Государственным флагом Республики Казахстан предоставляется судам, находящимся в собственности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z322" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) государства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z323" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) граждан и негосударственных юридических лиц Республики Казахстан, зарегистрированных в порядке, установленном законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z324" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) исключен Законом РК от 31.01.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z325" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Судно, пользующееся правом плавания под Государственным флагом Республики Казахстан, обязано нести Государственный флаг Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z326" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Право плавания под Государственным Флагом Республики Казахстан возникает с момента государственной регистрации судна в Государственном судовом реестре Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z327" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Исключен Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z328" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. При государственной регистрации судна в реестре арендованных иностранных судов территориальным подразделением выдается свидетельство о временном предоставлении права плавания под Государственным флагом Республики Казахстан иностранному судну на срок, указанный в решении о временном предоставлении судну права плавания под Государственным флагом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z329" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Судно, приобретенное в собственность за пределами Республики Казахстан, пользуется правом плавания под Государственным флагом Республики Казахстан со дня выдачи консульской службой Республики Казахстан временного свидетельства, удостоверяющего такое право и действительного до государственной регистрации судна в Государственном судовом реестре Республики Казахстан, на срок не более одного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z330" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В случае утраты собственником судна свидетельства о праве плавания под Государственным флагом Республики Казахстан уполномоченный орган по заявлению собственника выдает ему дубликат указанного свидетельства. Порядок выдачи дубликата свидетельства о праве плавания под Государственным флагом Республики Казахстан устанавливается Правилами государственной регистрации судна, в том числе маломерного судна, и прав на него.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z331" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Судно утрачивает право плавания под Государственным флагом Республики Казахстан со дня исключения его из Государственного судового реестра Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z332" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. На основании решения уполномоченного органа право плавания под Государственным флагом Республики Казахстан временно может быть предоставлено судну, зарегистрированному в судовом реестре иностранного государства, арендованному без экипажа (бербоут-чартер) казахстанским лицом в случае, если: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z333" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) арендатор отвечает требованиям, предъявляемым к собственнику судна в соответствии с пунктом 3 настоящей статьи; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z334" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) собственник судна дал в письменной форме согласие на перевод судна под Государственный флаг Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z335" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) законодательство государства собственника судна не запрещает предоставления судну права плавания под флагом иностранного государства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z336" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Право плавания под Государственным флагом Республики Казахстан может быть предоставлено судну, указанному в пункте 11 настоящей статьи, на срок, не превышающий двух лет, с правом последующего продления его через каждые два года, но не свыше срока действия договора аренды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z337" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Право плавания под Государственным флагом Республики Казахстан может быть временно приостановлено в случае передачи судна иностранному лицу в аренду без экипажа (бербоут-чартер) при условии, что собственник судна дал в письменной форме согласие на такую передачу и законодательство государства арендатора судна допускает предоставление судну права плавания под флагом такого государства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z737" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Решение о возможности перевода судна под флаг иностранного государства принимается уполномоченным органом. Срок, на который судно может быть переведено под флаг иностранного государства, определяется сроком действия договора аренды судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными законами РК от 31.01.2006 N 125; от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...26 lines deleted...]
-          <w:color w:val="ff0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Право собственности на судно. Государственная регистрация судна и прав на него. Залог судна. Ипотека судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 6 в редакции Закона РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Право собственности на судно</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z338" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Суда могут находиться в собственности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z339" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) государства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z340" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) граждан и юридических лиц Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z341" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) иностранных государств, иностранцев, лиц без гражданства и иностранных юридических лиц, если иное не предусмотрено законодательными актами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z342" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Право собственности на судно или часть судна возникает с момента государственной регистрации такого права в Государственном судовом реестре Республики Казахстан и подтверждается судовым свидетельством, выданным территориальным подразделением. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае утраты судового свидетельства территориальное подразделение по заявлению собственника судна выдает ему дубликат указанного документа. Порядок выдачи дубликата судового свидетельства устанавливается Правилами государственной регистрации судна, в том числе маломерного судна, и прав на него.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z828" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Право собственности на маломерное судно или часть маломерного судна возникает с момента государственной регистрации такого права в судовой книге и подтверждается судовым билетом, выданным территориальным подразделением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае утраты судового билета территориальное подразделение по заявлению собственника маломерного судна выдает ему дубликат указанного документа. Порядок выдачи дубликата судового билета устанавливается Правилами государственной регистрации судна, в том числе маломерного судна, и прав на него.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z343" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-1. Исключен Законом РК от 26.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 412-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z344" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Собственник судна вправе передать его доверительному управляющему по договору доверительного управления судном для осуществления управления судном за вознаграждение в интересах собственника, если иное не предусмотрено договором. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z739" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Передача судна в доверительное управление не влечет за собой перехода права собственности на него к доверительному управляющему. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z345" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Исключен Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z292" w:id="290"/>
-[...62 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключить Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными законами РК от 26.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 311</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его официального опубликования); от 25.03.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 421-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 412-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 26. Государственная регистрация судна, в том числе маломерного судна, и прав на него</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок с изменением, внесенным Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z347" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Судно подлежит государственной регистрации в Государственном судовом реестре Республики Казахстан или судовой книге с присвоением ему регистрационного номера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z348" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Судно, которому в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 24 настоящего Закона временно предоставлено право плавания под Государственным флагом Республики Казахстан, подлежит государственной регистрации в реестре арендованных иностранных судов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z349" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Под государственной регистрацией судна и прав на него понимается акт признания и подтверждения государством возникновения, ограничения (обременения), перехода или прекращения прав на судно в соответствии с гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z350" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. За государственную регистрацию (перерегистрацию) судна и прав на него, а также при получении дубликата документа, удостоверяющего государственную регистрацию судна, взимается сбор в порядке и размере, которые установлены налоговым законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z230" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. В случае, если в результате происшествия или по другой причине судно перестает соответствовать сведениям, ранее внесенным в Государственный судовой реестр Республики Казахстан или судовую книгу, осуществляется государственная перерегистрация судна в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием для перерегистрации судна является также использование судна, находящегося в собственности Республики Казахстан и используемого государственными органами для выполнения возложенных на них функций, в коммерческих целях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z351" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В Государственном судовом реестре Республики Казахстан регистрируются пассажирские, грузопассажирские, нефтеналивные, буксирные суда, сухогрузы, плавучие краны и суда технического флота, а также суда, не являющиеся маломерными судами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z355" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Маломерные суда подлежат государственной регистрации в судовой книге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не подлежат государственной регистрации маломерные суда массой до двухсот килограммов включительно и мощностью двигателей (в случае установки) до восьми киловатт включительно, а также спортивные парусные суда, длина которых не превышает девяти метров, которые не имеют двигателей и на которых не оборудованы места для отдыха.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z466" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. В Государственном судовом реестре и судовых книгах не регистрируются шлюпки и иные плавучие средства, которые являются принадлежностями судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z356" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Территориальное подразделение отказывает в государственной регистрации в случае, если формы и содержание представленных документов не соответствуют требованиям, установленным Правилами государственной регистрации судна, в том числе маломерного судна, и прав на него. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z357" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Отказ в государственной регистрации судна и прав на него может быть обжалован заинтересованным лицом в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z358" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Право собственности на судно не может быть зарегистрировано в Государственном судовом реестре Республики Казахстан, если оно зарегистрировано в судовом реестре иностранного государства. В этом случае для регистрации права собственности на судно в Государственном судовом реестре Республики Казахстан собственником должна быть предъявлена выписка об исключении судна из судового реестра иностранного государства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z359" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Судно, зарегистрированное в судовом реестре иностранного государства, подлежит государственной регистрации в реестре арендованных иностранных судов в течение месяца со дня принятия решения о временном предоставлении такому судну права плавания под Государственным флагом Республики Казахстан в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 24 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 26 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Основания государственной регистрации судна, в том числе маломерного судна, и прав на него</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок с изменением, внесенным Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основаниями государственной регистрации судна, в том числе маломерного судна, и прав на него являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z360" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) акты, изданные государственными органами в пределах их компетенции; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z361" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) договоры и другие сделки в отношении судна, в том числе маломерного судна, совершенные в соответствии с законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z362" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) свидетельство о праве на наследство; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z363" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) вступившее в законную силу решение суда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z364" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иные документы, подтверждающие право собственности на судно, в том числе на маломерное судно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 27 с изменениями, внесенными Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28. Перечень документов, необходимых для государственной регистрации судна, в том числе маломерного судна, и прав на него</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 28 с изменением, внесенным Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z365" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Форма заявления о государственной регистрации судна и прав на него устанавливается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      К заявлению о государственной регистрации судна и прав на него должны быть приложены следующие документы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) правоустанавливающие и иные документы, являющиеся основаниями государственной регистрации судна и прав на него в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) классификационное свидетельство; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Форма заявления о государственной регистрации маломерного судна и прав на него устанавливается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-1. Действовал до 31.12.2015 в соответствии с Законом РК от 27.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 311-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац первый пункта 1-2 предусматривается изменение Законом РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-2. При проведении операции, предусмотренной подпунктом 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5-1, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 61-4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", к заявлению о государственной регистрации судна и прав на него должны быть приложены следующие документы: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1051" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) нотариально засвидетельствованные копии договора об одновременной передаче активов и обязательств, договора, предусматривающего приобретение организацией, специализирующейся на улучшении качества кредитных портфелей банков второго уровня, активов и прав требований (с приложением передаточного акта или выписки из него), договора, содержащего условие об уступке права (требования); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, подтверждающий уплату в бюджет суммы сбора за государственную регистрацию транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z373" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Для государственной регистрации судна в реестре арендованных иностранных судов к заявлению арендатора судна о государственной регистрации судна, кроме документов, указанных в пункте 1 настоящей статьи, дополнительно представляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z374" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) нотариально засвидетельствованная копия договора аренды судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z375" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) письменное разрешение собственника судна и залогодержателя зарегистрированной ипотеки судна или обременения на него на перевод судна под Государственный флаг Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z376" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) документ, подтверждающий имя и местожительство либо наименование и местонахождение казахстанского арендатора судна по договору аренды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z377" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) решение уполномоченного органа о временном предоставлении иностранному судну права плавания под Государственным флагом Республики Казахстан и об определении названия этого судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z378" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) документ, выданный компетентными властями иностранного государства, в котором судно зарегистрировано непосредственно до смены флага, и подтверждающий, что право плавания под флагом такого государства приостановлено на срок предоставления судну права плавания под Государственным флагом Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z829" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Форма заявления о государственной регистрации маломерного судна и прав на него устанавливается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      К заявлению о государственной регистрации маломерного судна и прав на него должны быть приложены следующие документы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) правоустанавливающие и иные документы, являющиеся основаниями государственной регистрации судна и прав на него в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, подтверждающий уплату в бюджет суммы сбора за государственную регистрацию транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-1. Действовал до 31.12.2015 в соответствии с Законом РК от 27.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 311-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац первый пункта 3-2 предусматривается изменение Законом РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3-2. При проведении операции, предусмотренной подпунктом 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5-1, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 61-4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", к заявлению о государственной регистрации маломерного судна и прав на него должны быть приложены следующие документы: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1054" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) нотариально засвидетельствованные копии договора об одновременной передаче активов и обязательств, договора, предусматривающего приобретение организацией, специализирующейся на улучшении качества кредитных портфелей банков второго уровня, активов и прав требований (с приложением передаточного акта или выписки из него), договора, содержащего условие об уступке права (требования); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, подтверждающий уплату в бюджет суммы сбора за государственную регистрацию транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 28 с изменениями, внесенными законами РК от 11.12.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2007); от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 27.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 311-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 27.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 29. Исключение судна из Государственного судового реестра Республики Казахстан или судовой книги </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z379" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Исключению из Государственного судового реестра Республики Казахстан или судовой книги подлежит судно: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z380" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) погибшее или пропавшее без вести; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z381" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) конструктивно погибшее; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z382" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) утратившее качество судна в результате перестройки или других изменений; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z383" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) переставшее соответствовать требованиям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 24 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z1100" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в связи со сменой владельца судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z384" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Для исключения судна из Государственного судового реестра Республики Казахстан или судовой книги собственник судна обязан подать в территориальное подразделение заявление и документы, подтверждающие обстоятельства, явившиеся основанием для такого исключения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 29 с изменениями, внесенными законами РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 30. Ответственность за нарушение Правил государственной регистрации судна, в том числе маломерного судна, и прав на него</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лицо, уклоняющееся от обязательной государственной регистрации судна и прав на него, а также лицо, зарегистрировавшее судно в Государственном судовом реестре Республики Казахстан с нарушением установленного порядка, несут ответственность в соответствии с законами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 31. Арест и принудительная продажа судна</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если судом принято определение об обеспечении иска в виде наложения ареста на судно или судно продано в порядке исполнительного производства, территориальным подразделением вносится соответствующая запись в Государственный судовой реестр Республики Казахстан или судовую книгу. При этом собственник судна должен быть проинформирован территориальным подразделением о наложении на судно или снятии с судна мер по обеспечению иска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 31 в редакции Закона РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 32. Залог судна, ипотека судна, в том числе маломерного судна</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Залог судна, ипотека судна, в том числе маломерного судна, осуществляются в порядке, установленном гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 32 в редакции Закона РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 32-1. Государственная регистрация ипотеки судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ипотека судна регистрируется территориальным подразделением в том же реестре, в котором зарегистрировано судно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z234" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ипотека иностранного судна, которому временно предоставлено право плавания под Государственным флагом Республики Казахстан в соответствии с пунктами 7 и 11 статьи 24 настоящего Закона, не может быть зарегистрирована в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z235" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ипотека судна регистрируется на день подачи заявления о государственной регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z236" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок государственной регистрации ипотеки судна определяется уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z290" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственная регистрация ипотеки судна удостоверяется выдачей свидетельства о государственной регистрации ипотеки судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z291" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. За государственную регистрацию ипотеки судна и выдачу дубликата свидетельства о государственной регистрации ипотеки судна взимается сбор в порядке и размере, которые установлены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 6 дополнена статьей 32-1 в соответствии с Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменением, внесенным Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 32-2. Государственная регистрация ипотеки маломерного судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z353" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ипотека маломерного судна регистрируется территориальным подразделением в той же судовой книге, в которой зарегистрировано маломерное судно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z354" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ипотека маломерного судна регистрируется на день подачи заявления о государственной регистрации ипотеки маломерного судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z748" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Порядок государственной регистрации ипотеки маломерного судна определяется Правилами государственной регистрации судна, в том числе маломерного судна, и прав на него.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z749" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная регистрация ипотеки маломерного судна удостоверяется выдачей свидетельства о государственной регистрации ипотеки маломерного судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z750" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. За государственную регистрацию ипотеки маломерного судна и выдачу дубликата свидетельства о государственной регистрации ипотеки судна взимается сбор в порядке и размере, которые установлены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 6 дополнена статьей 32-2 в соответствии с Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Экипаж судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 33. Состав экипажа судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z385" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Экипаж судна состоит из лиц командного состава судна, судовой команды, а на пассажирских судах - также из персонала, обслуживающего пассажиров судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z386" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. К командному составу судна относятся капитан судна, командир дноуглубительного или дноочистительного снаряда, их помощники, механики и электромеханики, помощники механиков и электромехаников, радиоспециалисты и врачи. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z387" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Судовая команда состоит из работающих на судне лиц, не относящихся к командному составу судна и персоналу, обслуживающему пассажиров судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z388" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Минимальный состав экипажа судна в соответствии с требованиями эксплуатации судна определенного типа устанавливается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z389" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Лица, входящие в состав экипажа судна, должны быть включены в список членов экипажа судна (судовая роль), ведение которого является обязанностью капитана судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 33 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 34. Требования, предъявляемые к членам экипажа судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К занятию должностей командного состава судов допускаются лица, имеющие соответствующую квалификацию согласно правилам дипломирования и аттестации лиц командного состава судов, подлежащих государственной регистрации в Государственном судовом реестре Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z1148" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестация лиц командного состава судов проводится по истечении каждых последующих пяти лет. Лица, окончившие учебные заведения по соответствующей специальности в год очередной аттестации, а также прошедшие в том же году дипломирование, от аттестации освобождаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z751" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-1. Исключен Законом РК от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z391" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. К работе на судне допускаются лица, имеющие заключение медицинской комиссии о пригодности к такой работе по состоянию здоровья. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z392" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Иностранцы и лица без гражданства, входящие в состав экипажа судна, плавающего под Государственным флагом Республики Казахстан, не могут быть назначены на должности капитана судна, старшего помощника капитана судна, старшего механика и радиоспециалистов. Условия, на которых иностранцы и лица без гражданства могут входить в состав экипажа судна, определяются уполномоченным органом в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z393" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 34 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 35. Капитан судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z394" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Капитаном судна должен быть гражданин Республики Казахстан, квалификационный уровень которого соответствует предъявляемым требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z740" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Квалификационные требования к капитану судна, порядок его аттестации определяются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z395" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. На капитана судна возлагается управление судном, в том числе судовождение, принятие мер по обеспечению безопасности плавания судна, поддержанию порядка на судне, защите окружающей среды, предотвращению причинения вреда судну, находящимся на судне людям, багажу и грузу. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z396" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В отсутствие собственника судна, судовладельца, грузоотправителя или их представителей капитан судна является представителем собственника судна, судовладельца и грузоотправителя при совершении в случаях необходимости сделок в отношении судна, груза или плавания судна, а также предъявлении исков в отношении имущества, находящегося на судне. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае, если, по мнению капитана судна, судну грозит неминуемая гибель, капитан судна после принятия всех мер по спасанию пассажиров разрешает членам экипажа судна оставить судно. Капитан судна оставляет судно последним после принятия всех зависящих от него мер по спасанию судового журнала, машинного журнала, карт маршрута следования судна, судовой печати, документов и ценностей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Собственник судна и судовладелец не несут ответственности за нарушение капитаном судна обязанностей, предусмотренных пунктом 4 настоящей статьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 35 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 36. Права и обязанности капитана судна</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Распоряжения капитана судна, отданные в пределах его полномочий, должны исполняться всеми находящимися на судне лицами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Капитан судна вправе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отстранять членов экипажа от исполнения служебных обязанностей в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) применять поощрения и налагать дисциплинарные взыскания на членов экипажа судна в порядке, установленном трудовым законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) удостоверять завещание лица, находящегося во время плавания на судне, при этом завещание, удостоверенное капитаном судна, приравнивается к нотариально удостоверенному в соответствии с законодательством Республики Казахстан о нотариате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Капитан судна обязан: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z405" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) оказать помощь лицу, терпящему бедствие на воде, если это не влечет опасности для его судна и находящихся на нем лиц; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z406" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) при столкновении судов оказать помощь другому, участвовавшему в этом столкновении судну, его пассажирам и членам экипажа, при этом капитаны столкнувшихся судов обязаны сообщить друг другу названия своих судов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z407" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в случае, если член экипажа судна или пассажир нуждается в неотложной медицинской помощи, которая не может быть оказана во время нахождения судна в плавании, зайти в ближайший порт с извещением об этом собственника судна и (или) судовладельца, а при заходе судна в иностранный порт с извещением также консула Республики Казахстан и агента судовладельца (при наличии такого агента в иностранном порту);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z408" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) в случае исчезновения члена экипажа судна или пассажира при обстоятельствах, допускающих возможность его гибели, сделать запись в судовом журнале, составить акт, а также опись находящегося на судне имущества исчезнувшего члена экипажа судна или пассажира и передать указанные акт и имущество капитану ближайшего порта; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z409" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) в случае рождения на судне ребенка или в каждом случае смерти на судне капитан обязан составить соответствующий акт при участии двух свидетелей и врача, если он имеется на судне, а также сделать запись в судовом журнале; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z410" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) уведомить собственника судна и (или) судовладельца о случае смерти на судне и принять меры по сохранению тела умершего и передаче его родственникам или администрации ближайшего порта; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z411" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) составить опись и обеспечить сохранность находящегося на судне имущества умершего до передачи такого имущества согласно описи родственникам умершего или администрации ближайшего порта; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z412" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) изолировать лицо, действия которого создают угрозу безопасности судна или находящихся на нем людей и имущества; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z413" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) в случае обнаружения на судне, находящемся в плавании, деяния, содержащего признаки уголовного правонарушения, предусмотренного уголовным законодательством Республики Казахстан, незамедлительно информировать об этом правоохранительные органы и задержать лицо, подозреваемое в совершении такого уголовного правонарушения, до передачи его указанным органам в ближайшем порту или населенном пункте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z414" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) в случае нападения на судно лиц с целью совершения противоправных действий действовать по согласованию с органами внутренних дел и национальной безопасности и в соответствии с порядком, установленным уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z415" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае болезни или иной причины, препятствующей исполнению капитаном судна своих служебных обязанностей, а также его смерти обязанности капитана судна возлагаются на старшего помощника капитана судна до получения распоряжения собственника судна и (или) судовладельца. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 36 с изменениями, внесенными законами РК от 15.05.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 253</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 37. Трудовые отношения на судне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z416" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Назначение членов экипажа судна осуществляется собственником судна и (или) судовладельцем по согласованию с капитаном судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z417" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок заключения трудового договора с членами экипажа судна, их права и обязанности, условия труда и оплаты, а также порядок и основания прекращения с ними трудового договора определяются трудовым законодательством Республики Казахстан и настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z418" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Судовладелец обязан обеспечить членам экипажа во время их нахождения на судне: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z419" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) безопасные условия труда в соответствии с трудовым законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z420" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) охрану здоровья и медицинскую помощь в соответствии с законодательством Республики Казахстан об охране здоровья граждан Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z421" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) наличие спасательных средств; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z422" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) бесперебойное снабжение продовольствием и водой; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z423" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) помещения для отдыха, питания, лечения, культурного и бытового обслуживания, соответствующие санитарно-гигиеническим требованиям. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z424" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае гибели или причинения вреда жизни и здоровью члена экипажа судна при исполнении им служебных обязанностей собственник судна и (или) судовладелец обязаны возместить причиненный такому члену экипажа судна вред в соответствии с гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z425" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Член экипажа судна вправе провозить на судне имущество, предназначенное для личного пользования. В случае гибели или повреждения такого имущества вследствие происшествия с судном собственник судна и (или) судовладелец обязаны возместить данному члену экипажа судна причиненный ущерб. При этом не подлежит возмещению ущерб, причиненный имуществу члена экипажа, виновного в происшествии с судном. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 37 с изменениями, внесенными Законом РК от 15 мая 2007 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 253</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 38. Возвращение члена экипажа судна к месту приема его на работу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z426" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Собственник судна и (или) судовладелец обязаны обеспечить возвращение члена экипажа судна и его личного имущества весом до тридцати килограммов к месту приема члена экипажа судна на работу или в другое обусловленное сторонами место за свой счет в случае: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z427" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) гибели судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z428" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) болезни члена экипажа судна или получения им травмы, требующей лечения вне судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z429" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) прекращения трудового договора в соответствии с трудовым законодательством Республики Казахстан, в том числе окончания за пределами Республики Казахстан срока действия трудового договора, заключенного на определенный срок; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z430" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) невозможности исполнения собственником судна и (или) судовладельцем своих обязанностей в отношении членов экипажа судна, предусмотренных законодательством Республики Казахстан или трудовым и коллективным договорами, вследствие банкротства судовладельца, продажи судна или изменения государства регистрации судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z431" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) направления судна без согласия члена экипажа судна в зону военных действий или зону эпидемиологической опасности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z432" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если причиной возвращения членов экипажа судна к месту приема на работу является нарушение ими условий трудового и коллективного договоров, собственник судна и (или) судовладелец вправе взыскать с данных членов экипажа расходы, связанные с таким возвращением, полностью или частично в соответствии с законодательством Республики Казахстан, трудовым и коллективным договорами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 38 с изменениями, внесенными Законом РК от 15.05.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 253</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. Аренда судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 39. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z433" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Аренда судна осуществляется в соответствии с гражданским законодательством Республики Казахстан и правилами, установленными настоящей главой. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z741" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Правила, установленные настоящей главой, применяются, если иное не установлено договором аренды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z434" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Аренда судна с экипажем предусматривает предоставление арендодателем арендатору судна также услуг по управлению судном и его технической эксплуатации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z435" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Аренда судна без экипажа не включает оказания арендодателем услуг по управлению судном и его технической эксплуатации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z436" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Не допускается обращение взысканий, вытекающих из требований к арендатору со стороны третьих лиц, на арендованное судно. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z437" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Отчуждение судна во время действия договора аренды не влечет за собой прекращения его действия, при этом новый собственник приобретает все права и обязанности, предусмотренные таким договором в порядке, установленном гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лицо, у которого отчуждается судно, обязано уведомить лицо, приобретающее право собственности на судно, о договоре аренды, заключенном в отношении отчуждаемого судна. Обязанностью лица, приобретающего право собственности на судно, является уведомление арендатора данного судна о смене собственника. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z438" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Передача судна в аренду и возврат судна осуществляются в месте, указываемом в договоре аренды. Расходы, связанные с доставкой судна в указанное договором место, несет сторона, передающая судно, если иное не предусмотрено договором аренды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z439" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Договором аренды предусматривается срок передачи судна во владение и пользование арендатора с указанием дат наступления и окончания такого срока. Арендатор не обязан принимать судно во владение и пользование ранее даты наступления такого срока. Арендатор обязан принять судно в свое распоряжение до истечения даты окончания такого срока. В случае, если судно не будет предоставлено во владение и пользование арендатора в срок, указанный в договоре аренды, арендатор имеет право требовать расторжения договора аренды. Арендодатель также вправе расторгнуть договор аренды, если судно по истечении даты окончания такого срока не было принято арендатором. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок изменения и расторжения договора аренды производится в соответствии с Гражданским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z440" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Арендатор вправе с согласия арендодателя сдавать судно в субаренду. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При заключении договора субаренды лицо, передающее судно, приобретает права и обязанности, предусмотренные законодательством Республики Казахстан для арендодателей, по отношению к лицу, которому судно сдается в субаренду, но при этом сохраняет права и обязанности, предусмотренные законодательством Республики Казахстан и договором аренды по отношению к лицу, у которого до этого судно было принято в аренду или субаренду. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договор субаренды не может быть заключен на срок, превышающий срок договора аренды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 40. Права и обязанности арендодателя при аренде судна с экипажем</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z441" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Арендодатель обязан обеспечить пригодность судна для целей, предусмотренных договором аренды, укомплектование экипажем и надлежащее снаряжение судна, а также безопасную техническую эксплуатацию судна, содержание его экипажа и наличие предусмотренных настоящим Законом судовых документов в соответствии с целями аренды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z442" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Члены экипажа судна сохраняют трудовые отношения с арендодателем. При этом арендодатель вправе выдавать распоряжения членам экипажа судна, относящиеся к управлению и технической эксплуатации судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z742" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если договором аренды не предусмотрено иное, расходы по оплате услуг членов экипажа, а также расходы по их содержанию несет арендодатель. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z443" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Арендодатель несет ответственность за недостатки сданного в наем судна в соответствии с Гражданским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z444" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случае, если арендодатель не является собственником судна, передача такого судна в аренду или субаренду производится с согласия собственника судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 41. Права и обязанности арендатора при аренде судна с экипажем и осуществлении коммерческой эксплуатации судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z445" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Арендатор в рамках осуществления коммерческой эксплуатации вправе от своего имени заключать договоры перевозки или буксировки без согласия арендодателя, если они не противоречат назначению и классу судна, а также целям, предусмотренным договором аренды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z446" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При коммерческой эксплуатации судна члены экипажа судна подчиняются распоряжениям арендатора. Арендатор несет все расходы, связанные с коммерческой эксплуатацией судна, в том числе расходы на оплату топлива и других, расходуемых в процессе эксплуатации материалов и на оплату сборов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z447" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Арендатор в рамках осуществления коммерческой эксплуатации судна вправе назначить своего представителя, распоряжения которого в части коммерческой эксплуатации судна являются для капитана судна обязательными. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 42. Права и обязанности арендодателя и арендатора при аренде судна без экипажа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Права и обязанности арендодателя и арендатора при аренде судна без экипажа определяются гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 43. Расчеты за аренду судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z448" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Арендатор уплачивает арендодателю арендную плату в порядке и сроки, которые предусмотрены договором аренды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z449" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Арендатор освобождается от уплаты арендной платы и расходов, связанных с судном, на время, в течение которого судно было не пригодно к эксплуатации по вине арендодателя. В случае, если судно было не пригодно к эксплуатации по вине арендатора, арендная плата подлежит выплате в полном объеме. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z450" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае гибели судна арендная плата должна быть внесена арендатором за время, включающее в себя день его гибели, а если этот день установить невозможно, - день получения последнего известия о нем. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z451" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. При несвоевременном возврате судна арендодателю арендатор уплачивает арендную плату за весь срок пользования судном, превышающий срок договора аренды, исходя из ставки арендной платы, предусмотренной договором аренды, или рыночной ставки арендной платы, если она превышает ставку арендной платы, предусмотренную договором аренды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z452" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. В случае невнесения арендной платы более двух раз по истечении установленного договором срока платежа арендодатель вправе расторгнуть договор аренды досрочно в судебном порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z453" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Если иное не предусмотрено договором аренды, отделимые улучшения судна, произведенные арендатором, являются его собственностью и могут быть им изъяты. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z52" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 9. Порты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 44. Правовой статус порта, его территория и акватория</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z454" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Порты могут находиться в собственности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z455" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) государства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z456" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) граждан и негосударственных юридических лиц Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Порты, находящиеся на внутренних водных путях, являются объектами общего пользования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z457" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Территорию порта составляют земельные участки, отведенные порту в соответствии с земельным законодательством Республики Казахстан, в том числе зоны, необходимые для его перспективного развития. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z458" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Акваторию порта составляют участки акватории в пределах внутренних водных путей, в том числе рейды и подходы к порту, отведенные ему в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z747" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Обозначение границ акватории порта осуществляется уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z459" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Акватория и земли береговой полосы портов являются государственной собственностью. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z460" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Для строительства, реконструкции портов, находящихся в собственности государства, земельные участки, находящиеся в частной собственности, могут быть изъяты в порядке, установленном земельным законодательством Республики Казахстан, с возмещением убытков в полном объеме или предоставлением другого равноценного земельного участка. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 45. Капитан порта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 45 исключена Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 46. Основные требования, предъявляемые к эксплуатации портов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z482" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Владельцы причалов портов обязаны обеспечить безопасные подходы для судов, безопасную стоянку судов у таких причалов, иметь склады, средства для определения массы груза, погрузочно-разгрузочное оборудование, устройства и приспособления для посадки, высадки, пребывания в ожидании судна пассажиров, в том числе лиц с инвалидностью, а в необходимых случаях - железнодорожные подъездные пути для подачи вагонов в порты. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z1101" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В местах обслуживания пассажиров, в том числе в пунктах продажи билетов, владельцы причалов, портов обязаны предоставить информацию на государственном и русском языках, при необходимости также на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z1102" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Текст информации должен соответствовать требованиям Закона Республики Казахстан "О языках в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z743" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Средства для определения массы грузов подлежат государственному метрологическому контролю в установленном порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z483" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Портовые гидротехнические сооружения, средства навигационного оборудования, перегрузочные комплексы, причалы, служебные здания и иное, расположенное и используемое в порту имущество содержатся за счет владельца порта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z484" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В портах должны находиться средства для защиты окружающей среды, приема и обработки хозяйственно-бытовых и нефтесодержащих вод, других отходов, а также средства для осуществления работ по спасанию судов в пределах акватории порта и ликвидации пожаров. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 46 с изменениями, внесенными законами РК от 31.01.2006 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 47. Порядок захода судов в порт и их выхода из порта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z485" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Заход судов в порт и выход их из порта, плавание судов в пределах акватории порта и стоянка в порту осуществляются в порядке, установленном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z486" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Заход иностранных судов в порты Республики Казахстан и их обслуживание осуществляются на основании международных договоров. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 47 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 48. Услуги, оказываемые в порту</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z487" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Порт осуществляет: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z488" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) погрузку (выгрузку) грузов и обслуживание судов в порядке очередности их прибытия; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z489" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) транспортно-экспедиторские и складские операции с грузами; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z490" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) перевалку на внутренний водный транспорт грузов с других видов транспорта и обратно; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z491" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) обслуживание пассажиров судов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z492" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) перевозку пассажиров, багажа и грузов на судах порта и на других видах транспорта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z493" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Установление цен (тарифов) и их предельного уровня на обязательные услуги порта производится в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z494" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Размеры платы за услуги, не входящие в перечень обязательных услуг порта, устанавливаемых уполномоченным органом, определяются договорами, заключенными в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 48 с изменением, внесенным Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 10. Перевозка пассажиров, багажа и почтовых</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>отправлений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 49. Договор перевозки пассажира и багажа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z495" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозка пассажиров и их багажа производится на основании договора перевозки пассажира. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z496" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. По договору перевозки пассажира перевозчик обязуется перевезти пассажира в пункт назначения, а в случае сдачи пассажиром багажа - также доставить багаж в пункт назначения и выдать его пассажиру или лицу, уполномоченному на получение багажа; пассажир обязуется уплатить плату за проезд, а при сдаче багажа - и за провоз багажа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z497" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Договор перевозки пассажира и багажа оформляется соответственно проездным билетом и багажной квитанцией по форме, утвержденной уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z498" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Договор перевозки пассажира по экскурсионным и туристским маршрутам может оформляться в форме путевки или билета на перевозку групп пассажиров. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 50. Порядок и виды перевозки пассажиров и багажа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z499" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Перевозка пассажиров в зависимости от ее условий, продолжительности, протяженности и качества, представляемых внутренним водным транспортом, подразделяется на следующие виды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) транспортные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) туристские;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) экскурсионные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иные виды в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z461" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. По видам сообщения перевозки пассажиров подразделяются на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) международные - перевозки между Республикой Казахстан и иностранными государствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) внутриреспубликанские - перевозки между населенными пунктами, расположенными на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z462" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. По административно-территориальному признаку внутриреспубликанские перевозки пассажиров и багажа подразделяются на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) межобластные - перевозки, осуществляемые между пунктами отправления и назначения, находящимися в разных областях, или соединяющие населенные пункты с городами республиканского значения, столицей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) межрайонные (междугородные внутриобластные) - перевозки в пределах одной области, осуществляемые между населенными пунктами, находящимися в разных районах, или соединяющие населенные пункты с городами областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) внутрирайонные - перевозки между населенными пунктами в пределах одного района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) пригородные - перевозки по маршрутам, соединяющим населенный пункт с пригородной зоной протяженностью до пятидесяти километров, измеряемых от установленных границ населенного пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) городские - перевозки в пределах установленных границ города.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z463" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок и виды перевозки пассажиров и багажа (далее – правила перевозок пассажиров) определяются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 50 в редакции Закона РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменением, внесенным Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 51. Права и обязанности перевозчика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z505" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик вправе свободно назначать цены на перевозки в соответствии с правилами ценообразования, за исключением регулируемых перевозок. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z506" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Перевозчик обязан предоставить пассажиру указанное в билете или путевке место на судне. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z507" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В местах обслуживания пассажиров, в том числе в пунктах продажи билетов, должна быть предоставлена информация об организации перевозок пассажиров на государственном и русском языках, при необходимости также на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z1103" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Текст информации должен соответствовать требованиям Закона Республики Казахстан "О языках в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z508" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Перевозчик обязан организовать продажу билетов, в том числе предварительную, а также предоставить услуги справочных служб, камер хранения, комнат отдыха и других служб в соответствии с правилами перевозок пассажиров. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z509" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. В населенных пунктах, где нет дебаркадеров с пассажирскими помещениями, должны быть павильоны, а на пригородных линиях и переправах - навесы с сидениями. При этом владельцы таких павильонов обязаны в целях безопасности пассажиров оборудовать места посадки и высадки пассажиров необходимыми устройствами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z510" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Пассажирам обеспечиваются условия перевозки, установленные национальными стандартами и нормативами по перевозке пассажиров. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z511" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Перечень и порядок предоставления льгот и услуг пассажирам устанавливаются законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z512" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Перевозчик обязан обеспечить безопасное плавание судна, укомплектовать его экипажем и снабдить всем необходимым для надлежащего содержания его на все время перевозки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z513" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Благоустройство привокзальных и пристанских территорий осуществляется за счет их владельцев. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 51 с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 51-1. Организация социально значимых перевозок</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация социально значимых перевозок пассажиров, утверждение их маршрутов, организация и проведение конкурсов на право их обслуживания и утверждение расписаний движения по маршрутам осуществляются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в межрайонном (междугородном внутриобластном) сообщении - местными исполнительными органами областей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в городском и пригородном сообщении - местными исполнительными органами районов, городов областного значения, городов республиканского значения, столицы в пределах их юрисдикции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) во внутрирайонном сообщении - местными исполнительными органами районов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Убытки перевозчиков, связанных с осуществлением социально значимых перевозок пассажиров внутренним водным транспортом, субсидируются местными исполнительными органами за счет бюджетных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 51-1 в соответствии с Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 51-2. Доступность услуг в сфере внутреннего водного транспорта для лиц с инвалидностью</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Для доступа лиц с инвалидностью к услугам в сфере внутреннего водного транспорта в порту должны быть обеспечены:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z397" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение мест с установкой специальных дорожных знаков для парковки автотранспортных средств лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z398" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) приспособление зданий, подъезда к зданиям (входа в здание, лестниц), путей движения внутри здания для маломобильных групп населения, включая лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z399" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оборудование информационными сигнальными устройствами и средствами связи, доступными для лиц с инвалидностью по слуху и зрению, в соответствии с требованиями законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z400" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наличие дежурного кресла-коляски для обслуживания лиц с инвалидностью, имеющих нарушение опорно-двигательного аппарата, и других маломобильных групп населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z401" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) отведение в залах ожидания специальных мест для лиц с инвалидностью, которые должны быть оборудованы с учетом потребностей маломобильных групп населения, включая лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z402" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оборудование общественных туалетов кабинами для лиц, передвигающихся на креслах-колясках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z403" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) установление специализированных таксофонов для лиц, передвигающихся на креслах-колясках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z404" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оборудование специализированных билетных касс для обслуживания лиц с инвалидностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 10 дополнена статьей 51-2 в соответствии с Законом РК от 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); в редакции Закона РК от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 52. Права и обязанности пассажира</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z514" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пассажир вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z515" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) приобрести билет на пассажирское место любой категории для проезда до любого порта (пункта), указанного в расписании движения судов или объявленного по маршруту следования судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z516" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) перевозить с собой бесплатно без права предоставления отдельного места одного ребенка в возрасте до семи лет, а в международном сообщении - до пяти лет; приобрести билеты на детей в возрасте от семи до пятнадцати лет с оплатой пятидесяти процентов от полной стоимости билета при перевозке, осуществляемой перевозчиком Республики Казахстан, в международном сообщении - на детей в возрасте от пяти до двенадцати лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z517" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) провозить с собой бесплатно ручную кладь (легко переносимые, не стесняющие других пассажиров вещи длиной не более чем 1,8 метра или суммарной длиной по периметру не более чем 2,6 метра), общий вес которой составляет не более чем тридцать шесть килограммов, и на скоростных судах - не более чем двадцать килограммов. Ответственность за сохранность ручной клади лежит на ее владельце. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пассажиры из числа лиц с инвалидностью и маломобильных групп населения дополнительно имеют право провозить с собой бесплатно технические вспомогательные (компенсаторные) средства и специальные средства передвижения, предназначенные для личного пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z518" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) сдавать багаж для перевозки за плату в соответствии с тарифом на перевозку багажа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z519" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) делать остановку в пути следования и продлить срок действия проездного документа (билета) не более чем на десять суток при проезде на судах на расстояние пятьсот километров и более; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z520" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) продлевать срок действия билета в случае болезни, подтвержденной документом лечебного учреждения, на время болезни или сдать билет и получить провозную плату; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z521" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) до отхода судна в любое время, а после начала рейса в любом порту остановки судна отказаться от договора перевозки, сдать билет в порядке, установленном правилами перевозок пассажиров, и получить провозную плату за не пройденную судном часть пути; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z522" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) отказаться от договора перевозки в случае задержки отхода судна и получить провозную плату. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z523" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Пассажир обязан: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z524" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) предъявить документ, удостоверяющий личность, при приобретении проездного документа (билета), при поездке и проверке проездного документа (билета) в пути следования; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z525" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) иметь проездной документ (билет) при посадке на судно и в пути следования до окончания поездки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z526" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) соблюдать общественный порядок, правила пользования судами и расположенными на берегу, предназначенными для обслуживания перевозок пассажиров объектами, а также бережно относиться к имуществу перевозчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 52 с изменениями, внесенными законами РК от 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 53. Прекращение или изменение договора перевозки пассажира по инициативе перевозчика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z527" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик вправе в одностороннем порядке расторгнуть договор перевозки пассажира в случае: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z528" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) невозможности перевозки пассажира в порт назначения вследствие непреодолимой силы, военных действий, чрезвычайных ситуаций социального, природного и техногенного характера или иных не зависящих от перевозчика причин;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z529" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) задержания судна на основании решения соответствующих государственных органов или привлечения судна для государственных нужд; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z530" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) гибели судна или его насильственного захвата; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z531" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) нарушения пассажиром правил перевозок пассажиров или отказа пассажира от соблюдения таких правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z532" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При прекращении по инициативе перевозчика договора перевозки до отхода судна пассажиру возвращается плата за проезд и провоз багажа, а при прекращении указанного договора до окончания рейса - плата за проезд и провоз багажа за не пройденное судном расстояние. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z744" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если прекращение указанного договора вызвано нарушением пассажиром правил перевозок пассажиров или его действиями, создающими угрозу безопасности судоходства, жизни и здоровью других пассажиров, плата за проезд и провоз багажа пассажиру не возвращается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z533" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. При прекращении по инициативе перевозчика договора перевозки пассажира во время рейса судна, за исключением случаев, указанных в подпункте 4) пункта 1 настоящей статьи, перевозчик обязан за свой счет доставить пассажира по его требованию в порт отправления или в ближайший населенный пункт в целях обеспечения пассажиру возможности прибыть в порт назначения, а также возместить убытки, причиненные пассажиру по вине перевозчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 53 с изменением, внесенным Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 54. Невостребованный багаж</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z534" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае, когда пассажир не получил багаж по причинам, не зависящим от перевозчика, перевозчик обязан хранить его в порту прибытия в течение трех месяцев со дня прибытия. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z535" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. По истечении предельных сроков хранения, указанных в пункте 1 настоящей статьи, невостребованный багаж может быть реализован. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z536" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Предъявитель багажной квитанции в течение срока исковой давности вправе получить вырученную в соответствии с пунктом 2 настоящей статьи сумму за вычетом затрат, понесенных перевозчиком при хранении невостребованного багажа и его реализации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 55. Перевозка почтовых отправлений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z537" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Операторам почты предоставляется право перевозить почтовые отправления в сопровождении своих работников за установленную плату на судах, совершающих регулярные рейсы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На судах, перевозящих почтовые отправления в сопровождении работников операторов почты, для осуществления почтовой деятельности, хранения почтовых отправлений и отдыха работников операторов почты в установленном порядке предоставляются помещения на платной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z538" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок перевозки почтовых отправлений внутренним водным транспортом устанавливается уполномоченным органом в области почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z539" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ответственность перевозчика перед операторами почты за утрату, недостачу, повреждение (порчу) и (или) задержку доставки почтовых отправлений по вине перевозчика не может превышать размер ответственности, которую несут операторы почты перед отправителем или адресатом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 55 в редакции Закона РК от 09.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 499-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 11. Перевозка грузов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 56. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z540" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозка грузов на внутреннем водном транспорте осуществляется в соответствии с Гражданским кодексом Республики Казахстан, настоящим Законом, иными нормативными правовыми актами и договором перевозки грузов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z541" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок осуществления перевозок грузов на внутреннем водном транспорте (далее – правила перевозок грузов) утверждается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z746" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В правилах перевозок грузов определяются условия и порядок: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z542" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) предъявления и приема грузов для перевозки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z543" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) оформления накладной и перевозочных документов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z544" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) погрузки и выгрузки грузов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z545" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) перевозки грузов насыпью и навалом; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z546" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) перевозки скоропортящихся грузов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z547" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) определения массы груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z548" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) требований к судам и контейнерам; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z549" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) пломбирования судов и контейнеров; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z550" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) размещения и крепления грузов на судах; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z551" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) подачи судна или контейнера под погрузку и выгрузку груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z552" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) расчетов по перевозкам; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z553" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) сроков доставки и исчисления сроков доставки грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z554" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) распоряжения, переадресовки и возврата грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z555" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) хранения, удержания и выдачи грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z556" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) реализации грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z557" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) перевозки опасных грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z558" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) переадресовки грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z559" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) очистки судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 56 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 56-1. Смешанные перевозки грузов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отношения перевозчиков, а также других лиц, участвующих в перевозке грузов различными видами транспорта по единой товарно-транспортной накладной (единому коносаменту), определяются законодательными актами Республики Казахстан о транспорте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 11 дополнена статьей 56-1 в соответствии с Законом РК от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 57. Договор об организации перевозки грузов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перевозчики, грузоотправители при необходимости осуществления систематических перевозок грузов вправе заключать длительные договоры об организации перевозки грузов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z560" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с договором об организации перевозки грузов перевозчик обязуется в установленные сроки принимать грузы, а грузоотправитель - предъявлять их для перевозки в обусловленном объеме. Договором устанавливаются объемы, сроки и другие условия предоставления транспортных средств и предъявления грузов для перевозок, порядок расчетов, а также иные, не предусмотренные законодательными актами Республики Казахстан условия организации перевозки грузов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 58. Договор перевозки грузов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z561" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Договор перевозки грузов оформляется посредством составления перевозочных документов - транспортной накладной, дорожной ведомости (оформленной на основании транспортной накладной) и квитанции о приеме груза для перевозки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z562" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Формы и порядок заполнения перевозочных документов устанавливаются правилами перевозок грузов и являются обязательными для физических и юридических лиц, связанных с перевозками грузов на внутреннем водном транспорте. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 59. Перевозка опасных грузов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z563" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Порядок судоходства по внутренним водным путям судов, плотов и иных плавучих объектов, перевозящих опасные грузы, определяется уполномоченным органом и международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z564" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Объекты, на которых осуществляются производство, погрузка, выгрузка, хранение и транспортировка опасных грузов, должны быть удалены от населенных пунктов, зданий, строений, сооружений, земель сельскохозяйственного назначения на необходимые расстояния в соответствии с государственными строительными нормами и правилами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z565" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отправитель (грузоотправитель) опасного груза обязан подготовить груз к перевозке таким образом, чтобы обеспечивались безопасность движения, сохранность груза и судна, перевозчик, выполняющий перевозку опасных грузов, обязан обеспечить безопасность их перевозки, иметь средства и мобильные подразделения, необходимые для ликвидации аварийных ситуаций и их последствий (в том числе по договору).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z1149" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При возникновении аварийной ситуации в процессе перевозки опасных грузов перевозчик обязан обеспечить немедленную отправку указанных подразделений на место происшествия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 59 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 60. Последствия невозможности доставки груза</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z566" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При невозможности доставки принятого для перевозки груза в порт назначения или выдачи его лицу, указанному в транспортной накладной, вследствие непреодолимой силы, военных действий, издания акта государственными органами, включая местные представительные и исполнительные органы (публичного акта), явлений стихийного характера, чрезвычайных ситуаций социального, природного и техногенного характера или иных не зависящих от перевозчика причин перевозчик уведомляет об этом грузоотправителя, грузополучателя и организации, осуществляющие погрузочно-разгрузочные работы в портах отправления и назначения, с указанием причин, препятствующих доставке груза, и запрашивает распоряжение грузоотправителя, грузополучателя о том, как поступить с грузом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z567" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если по истечении четырех суток (в отношении скоропортящихся грузов - двух суток) перевозчик не получит распоряжения грузоотправителя, грузополучателя о том, как поступить с грузом, или получит заведомо невыполнимое распоряжение, то перевозчик вправе выгрузить груз в одном из ближайших портов, известив об этом грузоотправителя, грузополучателя, либо возвратить груз в порт отправления в зависимости от того, что, по его мнению, представляется более выгодным для грузоотправителя, грузополучателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z568" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если груз требует особых условий хранения (скоропортящийся) и хранение его невозможно и может привести к его порче, перевозчик вправе реализовать груз. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z569" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сумма, вырученная от реализации груза, вносится на условиях депозита на имя нотариуса за вычетом суммы, причитающейся перевозчику. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z570" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Не подлежит реализации груз, изъятый из оборота и ограниченный в обороте в соответствии с законодательством Республики Казахстан, а также специальный, в том числе груз военного назначения, предназначенный для удовлетворения государственных и оборонных нужд. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z571" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случае, если груз был принят для перевозки до наступления срока прекращения обязательного приема груза для перевозки и судно было задержано в пути в связи с длительным препятствием продолжению рейса, за исключением причин, указанных в пункте 1 настоящей статьи, перевозчик обязан по согласованию с грузоотправителем, грузополучателем принять меры по отправлению груза в порт или другой пункт назначения другим видом транспорта или реализовать его в порядке, предусмотренном статьей 61 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z572" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Провозная плата за непройденное расстояние возвращается грузоотправителю или грузополучателю, оплатившему перевозку груза. Выгрузка и хранение груза в порту осуществляются за счет перевозчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z573" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. В случае, если груз принят для перевозки после наступления срока прекращения обязательного приема груза для перевозки и задержан в пути в связи с длительным препятствием продолжению рейса, за исключением причин, указанных в пункте 1 настоящей статьи, и от грузоотправителя, грузополучателя в течение четырех суток не поступило распоряжения о том, как поступить с грузом, перевозчик вправе по своему усмотрению за счет грузоотправителя, грузополучателя оставить его на хранение до появления возможности продолжения рейса, в том числе на судне на межнавигационный период, или реализовать груз в порядке, предусмотренном статьей 61 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 60 с изменением, внесенным Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 61. Порядок реализации грузов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z574" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Реализация грузов в случаях, предусмотренных настоящим Законом, за исключением грузов, указанных в пункте 3 настоящей статьи, осуществляется: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z575" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в соответствии с договором купли-продажи, исходя из цены грузов, подтвержденной документами об оплате их стоимости; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z576" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) по соглашению сторон, исходя из цены, которая при сравнимых обстоятельствах обычно взимается за аналогичные товары. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z577" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок учета реализуемых грузов и расчетов за них определяется уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z578" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Сумма, полученная за реализацию грузов, за вычетом причитающихся перевозчику платежей и затрат на их реализацию подлежит перечислению грузополучателю в случае оплаты им стоимости грузов или грузоотправителю в остальных случаях. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z579" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если суммы, вырученной за реализацию грузов, недостаточно для покрытия причитающихся перевозчику платежей и расходов на хранение и реализацию грузов, перевозчик вправе взыскать недополученную сумму с грузоотправителя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z580" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Перевозчик вправе реализовать грузы ранее сроков, предусмотренных настоящим Законом, в случае, если грузы являются скоропортящимися или расходы на хранение грузов в указанные сроки превысят стоимость грузов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 61 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 62. Договор транспортной экспедиции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z581" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. По договору транспортной экспедиции одна сторона (экспедитор) обязуется за вознаграждение и за счет другой стороны (клиента, отправителя или грузополучателя) выполнить или организовать выполнение определенных договором услуг, связанных с перевозкой груза, в том числе заключить от имени клиента или от своего имени договор перевозки грузов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z582" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Договор транспортной экспедиции заключается в соответствии с гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z74" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 12. Буксировка судов, плотов, и иных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>плавучих объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 63. Договор буксировки судов, плотов и иных плавучих объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z583" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В соответствии с договором буксировки судов, плотов и иных плавучих объектов одна сторона (буксировщик) обязуется своевременно и в сохранности отбуксировать судно, плот или иной плавучий объект в пункт назначения с соблюдением условий буксировки и сдать его лицу, указанному в транспортной накладной, а другая сторона (отправитель) обязуется предъявить буксируемый объект для буксировки и оплатить ее. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z584" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Буксировка буксируемых объектов (далее – буксировка) осуществляется в соответствии с договором буксировки и Правилами буксировки судов, плотов и иных плавучих объектов, утверждаемыми уполномоченным органом. Правила буксировки судов, плотов и иных плавучих объектов определяют порядок и условия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z585" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) оформления накладной, перевозочных и иных документов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z586" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) организации буксировок; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z587" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) оплаты услуг по буксировке; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z588" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) предъявления буксируемого объекта для буксировки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z589" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) требований к составу экипажа судна, плотов и иных плавучих объектов и лицам, осуществляющим буксировку; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z590" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) отправления, приема и сдачи буксируемого объекта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 63 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 64. Ответственность при буксировке судов, плотов и других плавучих объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z591" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Буксировка судов, плотов и других плавучих объектов по внутренним водным путям либо по акватории порта осуществляется под управлением капитана буксирующего судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z592" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Собственник и (или) владелец буксирующего судна несет ответственность за ущерб, причиненный буксируемому судну, плоту или другому плавучему объекту, находящимся на них людям или имуществу, если не докажет, что такой ущерб причинен не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z593" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если договором буксировки обязанность по управлению буксировкой возложена на капитана буксируемого судна, ответственность за ущерб, причиненный при такой буксировке буксирующему судну, находящимся на нем людям или имуществу, несет собственник и (или) владелец буксируемого судна, плота или другого плавучего объекта, если не докажет, что ущерб причинен не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z77" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 13. Общая авария. Спасание судов и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>другого имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 65. Регулирование отношений, возникающих при общей аварии, спасании судов и другого имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Регулирование отношений, возникающих при общей аварии, спасании судов и другого имущества на внутреннем водном транспорте осуществляется в соответствии с законодательством Республики Казахстан о торговом мореплавании с учетом особенностей, установленных настоящей главой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 66. Контрибуционная стоимость имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z594" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Общая стоимость имущества (судна, груза и провозной платы), соразмерно которой устанавливаются взносы на покрытие убытков, возмещаемых в порядке распределения общей аварии (контрибуционная стоимость), определяется в соответствии с положениями, установленными настоящей статьей, на основе действительной чистой стоимости данного имущества по окончании рейса судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z595" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Контрибуционная стоимость судна определяется исходя из стоимости судна в поврежденном состоянии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z596" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Контрибуционная стоимость груза определяется в момент выгрузки груза исходя из стоимости, устанавливаемой на основании торгового счета, выставленного грузополучателю, при отсутствии такого счета - на основании стоимости груза в момент его отгрузки. Стоимость груза включает в себя расходы на страхование и провозную плату, если только риск убытков несет грузоотправитель. Из стоимости груза вычитаются суммы всех убытков от гибели или повреждения груза до его выгрузки либо во время выгрузки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z597" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Контрибуционная стоимость провозной платы, если риск убытков несет перевозчик, равна потерянной провозной плате. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z598" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. К контрибуционной стоимости имущества (судна, груза и провозной платы) прибавляется сумма, возмещаемая в порядке распределения общей аварии, если только данная сумма в нее не включена. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z599" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Любые средства укрепления грузовых мест учитываются во взносах по общей аварии наравне с грузом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 67. Диспаша и диспашеры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По заявлению заинтересованных лиц устанавливается наличие общей аварии, и расчет по ее распределению (диспаша) составляется диспашерами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 68. Бремя доказывания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сторона, требующая распределения общей аварии, обязана доказать, что заявленные убытки должны быть признаны общей аварией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 69. Караван судов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z600" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Караваном судов является группа судов, соединенных между собой таким образом, что каждое судно такой группы судов в отдельности не может самостоятельно осуществлять движение. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z601" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если были произведены действия в целях осуществления спасательных операций в отношении одного и (или) нескольких судов каравана и их грузов от общей для них опасности, применяются положения, установленные законодательством Республики Казахстан о торговом мореплавании, с учетом положений, установленных настоящей главой. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z602" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Судно каравана не считается находящимся в общей опасности вместе с другим судном в караване, если оно в результате отсоединения от другого судна или других судов находится в безопасности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z603" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. При определении контрибуционной стоимости в отношении каравана судов под судном и грузом понимается общая стоимость всех судов каравана и грузов, находящихся в общей опасности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 70. Место убежища</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z604" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Общей аварией признаются расходы на заход судна в порт или иное место убежища вследствие половодья, ледохода, внезапного и стремительного понижения уровня воды на внутренних водных путях или при иных чрезвычайных обстоятельствах, связанных с необходимостью захода судна в порт или иное место убежища, нахождением его в порту или ином месте убежища и выходом судна из порта или иного места убежища. Расходы подлежат возмещению в случае возвращения судна с грузом в порт погрузки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z605" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если половодье или ледоход наступили после захода судна с грузом в порт выгрузки и судно должно покинуть данный порт до окончания выгрузки груза в целях захода в другой, безопасный порт, такой порт будет считаться портом убежища. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z606" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если судно вследствие половодья или ледохода не может продолжить рейс и должно остаться в порту после выгрузки части груза, предназначенного для этого порта, он считается портом убежища для такого судна только в отношении грузов, предназначенных для других портов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 71. Общая авария, вызванная повреждением машин, намеренной посадкой на мель, подъемом затонувшего судна и пожаром на судне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z607" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Общей аварией, вызванной повреждением машин, намеренной посадкой на мель, подъемом затонувшего судна и пожаром на судне, признаются расходы на устранение повреждений, возникших в результате изменения работы машин, а также при попытке судна сняться с мели, повреждений рулевого, движительного, буксирного, других устройств. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z608" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Общей аварией, вызванной повреждением машин, намеренной посадкой на мель, подъемом затонувшего судна и пожаром на судне, признаются убытки от повреждений, причиненных судну и (или) грузу намеренной посадкой судна на мель или намеренным затоплением его. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z609" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если судно с грузом вследствие аварии было затоплено, затраты на подъем судна с грузом и соответствующие убытки относятся к общей аварии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z610" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Причиненные судну и (или) грузу убытки вследствие повреждения судна водой или иным образом, в том числе убытки от выбрасывания на берег или затопления горящего судна, признаются общей аварией. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 72. Убытки от потери провозной платы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Неоплаченная провозная плата за утраченный, вынужденно сброшенный груз возмещается в размере утерянной провозной платы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 73. Проценты на убытки, возмещаемые в порядке распределения общей аварии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На сумму расходов и другие суммы, возмещаемые в порядке распределения общей аварии (убытки), начисляются семь процентов годовых в течение трех месяцев после даты составления диспаши. При этом должным образом учитываются платежи, произведенные за счет участвующих в покрытии общей аварии сторон или депонированных для ее возмещения средств. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 74. Частичная выгрузка груза с одного судна и погрузка его на другое судно</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если судно вынуждено осуществлять частичную выгрузку груза с дальнейшим его хранением на берегу или на другом судне, к общей аварии относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z611" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) затраты на выгрузку груза из судна, его хранение и обратную погрузку груза на судно; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z612" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) расходы на аренду судна, на которое осуществляется частичная погрузка груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z613" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) потери и затраты на ремонт повреждений, которые понесло судно, на которое осуществлялась частичная погрузка груза, а также потери, связанные с выводом такого судна из эксплуатации; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z614" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) расходы, вызванные повреждениями, возникшими на потерпевшем аварию судне во время выгрузки с него груза или погрузки его на другое судно; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z615" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) убытки и расходы, связанные с утратой, недостачей или повреждением (порчей) груза при его выгрузке, хранении и погрузке; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z616" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) страховые премии, выплаченные страховщикам за дополнительное страхование. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 75. Исключение косвенных убытков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z617" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В общую аварию включаются только такие убытки, которые являются прямым следствием общей аварии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z618" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Убытки, вызванные задержкой судна во время рейса, его простоем, изменением цен, и другие косвенные убытки не признаются общей аварией. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z89" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 14. Затонувшее имущество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 76. Затонувшее имущество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z619" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. К затонувшему имуществу относятся потерпевшие крушение суда, их обломки, оборудование, грузы и другие предметы независимо от того, находятся они на плаву или под водой, опустились на дно в пределах внутренних водных путей либо выброшены на мелководье или берег. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z620" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Положения настоящей главы не применяются к: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z621" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) подъему, удалению и уничтожению затонувшего военного имущества; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z622" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) подъему затонувшего имущества, имеющего археологическое или историческое значение, если такое имущество находится на дне в пределах внутренних водных путей. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 77. Обязанность собственника поднять затонувшее имущество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z623" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случаях, если затонувшее имущество создает угрозу безопасности судоходства или причинения ущерба окружающей среде загрязнением либо препятствует осуществлению промысла водных биологических ресурсов, деятельности на внутреннем водном транспорте и проводимым в пределах внутренних водных путей путевым работам, собственник затонувшего имущества обязан по требованию уполномоченного органа в установленный им срок поднять затонувшее имущество и при необходимости удалить или уничтожить его. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z624" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если собственник затонувшего имущества известен, уполномоченный орган уведомляет его о порядке и сроке подъема, удаления или уничтожения затонувшего имущества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если собственник затонувшего имущества не известен, уполномоченный орган обязан опубликовать в средствах массовой информации сведения о сроках, установленных для подъема затонувшего имущества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z625" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если собственник затонувшего имущества не сделает заявления после публикации сведений о затонувшем имуществе, вещи, составляющие такое имущество, признаются бесхозяйными в соответствии с гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 78. Подъем затонувшего имущества его собственником</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z626" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Собственник затонувшего имущества обязан известить уполномоченный орган о своем намерении поднять такое имущество в течение одного года со дня, когда имущество затонуло. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z627" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Уполномоченный орган в течение трех месяцев со дня получения заявления собственника затонувшего имущества устанавливает порядок подъема, а также срок для подъема затонувшего имущества, который должен составлять не менее чем один год со дня получения собственником уведомления уполномоченного органа о порядке и сроке подъема затонувшего имущества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 79. Подъем, удаление или уничтожение затонувшего имущества предприятиями уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z628" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Предприятия уполномоченного органа вправе поднять затонувшее имущество, а при необходимости удалить или уничтожить его в случаях, если: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z629" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) собственник затонувшего имущества не поднял затонувшее имущество и не удалил (уничтожил) его в срок, установленный уполномоченным органом; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z630" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) собственник затонувшего имущества не установлен, в целях предотвращения аварии, бедствия или катастрофы, которые могут повлечь гибель людей, нанести вред их жизни и здоровью, окружающей среде и объектам хозяйствования, значительные материальные потери и нарушение условий жизнедеятельности населения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z631" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) собственник затонувшего имущества для подъема, удаления, уничтожения применяет средства, не соответствующие требованиям технической безопасности, установленным законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z632" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) собственник затонувшего имущества в течение одного года со дня, когда имущество затонуло, не установлен. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z633" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Если собственник затонувшего имущества известен, то подъем, удаление или уничтожение такого имущества в случаях, предусмотренных пунктом 1 настоящей статьи, осуществляются за его счет. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z634" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Затонувшее имущество, поднятое в соответствии с пунктом 1 настоящей статьи, может быть истребовано его собственником после возмещения им расходов на подъем затонувшего имущества и других понесенных в связи с этим расходов при условии, если с момента подъема затонувшего имущества прошло не более одного года. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 80. Право предприятия уполномоченного органа на полное возмещение понесенных им расходов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По истечении срока, предусмотренного пунктом 3 статьи 79 настоящего Закона, при признании судом затонувшего имущества бесхозяйным предприятие уполномоченного органа вправе: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z635" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) продать поднятое затонувшее имущество или его часть в порядке, установленном законодательством Республики Казахстан, и получить за счет суммы, вырученной от его продажи, возмещение расходов на его подъем и других, понесенных в связи с этим расходов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z636" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) получить от собственника затонувшего имущества возмещение расходов, не покрываемых суммой, вырученной от его продажи, а при уничтожении затонувшего имущества возмещение расходов, понесенных в связи с уничтожением такого имущества. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 81. Случайно поднятое затонувшее имущество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Затонувшее имущество, случайно поднятое в пределах внутренних водных путей при осуществлении операций, связанных с судоходством, должно быть сдано уполномоченному органу, который обязан принять в отношении такого имущества меры, предусмотренные гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 15. Ответственность по обязательствам, вытекающим из перевозок</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 82. Ответственность за нарушение обязательств по перевозке</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z637" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае неисполнения или ненадлежащего исполнения обязательств, вытекающих из перевозки, стороны несут ответственность по основаниям и в размерах, установленных Гражданским кодексом Республики Казахстан, настоящим Законом, международными договорами Республики Казахстан, правилами перевозок, а также заключаемыми на их основе договорами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z638" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Соглашения сторон, имеющие цель ограничить или устранить ответственность, установленную настоящим Законом, недействительны. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z639" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Стороны по соглашению вправе увеличить размер ответственности, установленный настоящим Законом, а также предусмотреть дополнительную ответственность по договору перевозки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z640" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Взаимная ответственность перевозчиков за неисполнение или ненадлежащее исполнение обязательств по перевозке, в том числе при смешанных перевозках и международном сообщении, определяется настоящим Законом, законодательными актами Республики Казахстан о транспорте, международными договорами и соглашениями между перевозчиками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z641" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае осуществления перевозки несколькими перевозчиками они несут солидарную ответственность перед грузоотправителем, грузополучателем за утрату, недостачу или повреждение (порчу) груза, багажа, а за просрочку доставки груза, багажа ответственность несет последний перевозчик, если не докажет, что просрочка произошла не по вине перевозчиков. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z642" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Перевозчик вправе предъявить регрессное требование к иному перевозчику, грузоотправителю, грузополучателю, экспедитору, если понесет ответственность, наступившую по их вине.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 82 с изменениями, внесенными Законом РК от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 83. Неустойка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z643" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. За неисполнение или ненадлежащее исполнение обязательств по перевозке уплачивается неустойка в размерах, установленных Гражданским кодексом Республики Казахстан, настоящим Законом или договором. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z644" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. За просрочку уплаты причитающихся перевозчику платежей взимается неустойка в размере ответственности за неправомерное пользование чужими деньгами в соответствии с Гражданским кодексом Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 84. Ответственность перевозчика за причинение вреда жизни и здоровью пассажира</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z645" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Перевозчик несет ответственность по обязательствам, возникающим вследствие причинения вреда жизни и здоровью пассажира при перевозке в соответствии с законодательством Республики Казахстан, если договором перевозки пассажира не предусмотрена повышенная ответственность перевозчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z646" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Ответственность перевозчика наступает за причинение вреда жизни и здоровью пассажира в период нахождения его на судне и на территории порта при посадке (высадке) на судно. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 85. Ответственность за нарушение сроков доставки пассажира и багажа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z647" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. За задержку отправления пассажирского судна или прибытие его в порт назначения с опозданием (за исключением перевозок в городском и пригородном сообщении, а также на переправах) перевозчик уплачивает пассажиру штраф в размере трех процентов провозной платы за каждый час задержки или опоздания, если перевозчик не докажет, что такая задержка или прибытие с опозданием произошли вследствие непреодолимой силы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сумма взысканного штрафа не может превышать размер провозной платы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уплата указанных штрафов производится по заявлению пассажира в соответствии с правилами перевозок пассажиров. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z648" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. За каждые сутки просрочки доставки багажа перевозчик уплачивает пассажиру или лицу, уполномоченному на получение багажа, штраф в размере пяти процентов провозной платы, но не свыше размера провозной платы, если не докажет, что просрочка произошла не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 86. Ответственность за безбилетный проезд и провоз пассажиров, провоз ручной клади и багажа без оплаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За безбилетный проезд и провоз пассажиров, а также провоз ручной клади и багажа без оплаты виновные лица подлежат административной ответственности в порядке, предусмотренном Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 87. Ответственность перевозчика за утрату, недостачу или повреждение (порчу) груза, багажа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z649" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик обеспечивает сохранность груза, багажа с момента принятия их к перевозке и до выдачи грузополучателю, пассажиру или лицу, уполномоченному на получение багажа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перевозчик несет ответственность за утрату, недостачу или повреждение (порчу) груза или багажа в соответствии с гражданским законодательством Республики Казахстан, если не докажет, что утрата, недостача или повреждение (порча) произошли не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z650" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. За утрату, недостачу или повреждение (порчу) груза, багажа, принятых к перевозке без объявления ценности, перевозчик несет ответственность в размерах и случае: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z651" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) утраты или недостачи груза, багажа - в размере стоимости утраченного либо недостающего груза, багажа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z652" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) повреждения (порчи) груза, багажа - в размере суммы, на которую понизилась стоимость груза, багажа, а при невозможности восстановления поврежденного груза, багажа - в размере его стоимости. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z653" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. За утрату, недостачу или повреждение (порчу) груза, багажа, принятых к перевозке с объявлением ценности, перевозчик несет ответственность в размере объявленной ценности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z654" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Груз, багаж считаются утраченными, если не прибудут в порт назначения по истечении тридцати суток после окончания срока доставки и стоимость таких груза, багажа подлежит возмещению в размере, предусмотренном пунктом 2 настоящей статьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z655" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае прибытия груза, багажа по истечении указанных сроков грузополучатель или лицо, уполномоченное на получение багажа, вправе получить их при возвращении перевозчику суммы, ранее полученной за утрату груза или багажа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z656" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Стоимость груза или багажа определяется исходя из его цены, указанной в счете продавца или предусмотренной договором, а при отсутствии счета или указания цены в договоре - исходя из цены, которая при сравнимых обстоятельствах обычно взимается за аналогичные товары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z657" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Перевозчик, наряду с возмещением установленного ущерба, вызванного утратой, недостачей или повреждением (порчей) груза, багажа, возвращает грузополучателю, пассажиру или лицу, уполномоченному на получение груза, багажа, провозную плату, полученную за перевозку таких груза, багажа, если провозная плата не входит в стоимость груза или багажа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z658" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Перевозчик не несет ответственности за сохранность багажа, следующего вместе с пассажиром в качестве ручной клади, кроме случаев порчи багажа по вине перевозчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 88. Ответственность за невыполнение заявки по плану перевозки грузов или буксировки судов буксируемых объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перевозчик, буксировщик за неподачу транспортных средств для перевозки груза или буксировки буксируемого объекта в соответствии с принятой заявкой или договором, грузоотправитель или отправитель буксируемого объекта за непредъявление груза или буксируемого объекта, а также неиспользование поданных транспортных средств по иным причинам несут ответственность в виде штрафа в следующих размерах: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z659" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) при перевозке груза на судне и буксировке плавучего объекта - 0,3 размера величины месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, за каждую тонну груза или буксируемого объекта; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z660" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) при перевозке груза в контейнерах: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1,5 размера величины месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, за каждый контейнер массой брутто до 5 тонн включительно; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z661" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3,5 размера величины месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, за каждый контейнер массой брутто от 5 до 10 тонн включительно; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z662" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7 размеров величины месячного расчетного показателя, установленного законом о республиканском бюджете на соответствующий финансовый год, за каждый контейнер массой брутто свыше 10 тонн. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 89. Ответственность грузоотправителя, грузополучателя</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z663" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. За неправильное указание в транспортной накладной наименования груза, особых отметок и необходимых при перевозке груза мер предосторожности, за предъявление запрещенного для перевозки груза или неправильное указание свойств груза с грузоотправителя взыскивается штраф в размере пятикратной платы за перевозку такого груза на все расстояние его перевозки независимо от возмещения вызванных данным обстоятельством убытков перевозчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z664" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. За сверхнормативный простой судов и задержку возврата контейнеров с грузоотправителя, грузополучателя, по вине которых они допущены, взыскивается штраф, размер которого устанавливается соглашением сторон. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z665" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. За неочистку судов или контейнеров после разгрузки грузов грузополучатель обязан уплатить перевозчику стоимость работ по очистке в двукратном размере. Перевозчик вправе отказаться от уборки неочищенного судна или контейнера впредь до выполнения грузополучателем работ по его очистке с взысканием штрафа за сверхнормативный простой судна или контейнера. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z666" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. За повреждение судна, контейнера или средств пакетирования с виновной стороны взыскивается стоимость необходимого ремонта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 90. Ответственность буксировщика за утрату или повреждение (порчу) буксируемого объекта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z667" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Буксировщик несет ответственность за утрату или повреждение (порчу) буксируемого объекта с момента его приема и до момента выдачи его получателю, если не докажет, что утрата или повреждение (порча) произошли не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z668" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае утраты буксируемого объекта с буксировщика взыскиваются ущерб в размере стоимости утраченного буксируемого объекта и плата за его буксировку, если эта плата не входит в стоимость утраченного буксируемого объекта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z669" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При повреждении (порче) буксируемого объекта с буксировщика взыскивается стоимость ремонта буксируемого объекта, определяемая отправителем или получателем буксируемого объекта. При возникновении разногласий стоимость ремонта буксируемого объекта может быть оценена независимым экспертом, определенным сторонами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z670" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Исключен Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z673" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Буксируемый объект считается утраченным, если не прибудет в порт (пункт) назначения по истечении десяти дней после окончания срока буксировки, указанного в договоре.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 90 с изменениями, внесенными Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 91. Ответственность за нарушение сроков доставки груза или буксируемого объекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За каждые сутки просрочки доставки груза или буксируемого объекта перевозчик или буксировщик уплачивает грузополучателю или получателю буксируемого объекта штраф в размере девяти процентов провозной платы, но не свыше пятидесяти процентов провозной платы, если не докажет, что просрочка произошла не по его вине.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 92. Ответственность при осуществлении перевозок грузов в прямом смешанном сообщении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 92 исключена Законом РК от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 93. Освобождение от ответственности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z677" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Стороны могут быть освобождены от ответственности за неисполнение или ненадлежащее исполнение обязательств, вытекающих из договора перевозки, буксировки по основаниям, предусмотренным Гражданским кодексом Республики Казахстан, настоящим Законом, международными договорами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z678" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Стороны освобождаются от ответственности, если неисполнение или ненадлежащее исполнение обязательств произошло вследствие: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z679" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) непреодолимой силы, а также чрезвычайных ситуаций социального, природного и техногенного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z680" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) военных действий, введения чрезвычайного положения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z681" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) прекращения или ограничения перемещения грузов, движения судов, плотов и иных плавучих объектов, объявленного в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z682" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Перевозчик, буксировщик освобождаются от ответственности также при: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z683" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) неисполнении или ненадлежащем исполнении обязательств по вине пассажира, грузоотправителя, грузополучателя, отправителя, получателя, экспедитора; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z684" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) несохранности груза, багажа вследствие скрытых недостатков транспортной тары или их свойств; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z685" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) разнице в массе груза в пределах норм естественной убыли, норм снижения влажности и норм расхождения в показаниях весовых приборов, а также разнице в массе груза, принятого к перевозке по весу, определенному грузоотправителем без участия перевозчика; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z686" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) перевозке груза в сопровождении проводника грузоотправителя или грузополучателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z687" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Грузоотправитель, отправитель освобождаются от ответственности, если груз или буксируемый объект не был предъявлен для перевозки или буксировки вследствие обстоятельств. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 93 с изменением, внесенным Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 16. Возмещение вреда, причиненного при</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>осуществлении деятельности на внутреннем</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>водном транспорте</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 94. Ответственность за вред, причиненный при осуществлении судоходства и иной деятельности на внутренних водных путях и в портах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вред, причиненный физическими и юридическими лицами в результате повреждения или уничтожения средств навигационного оборудования, судоходных гидротехнических сооружений (шлюзов), судовых ходов и других объектов, подлежит возмещению в соответствии с Гражданским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 94 с изменением, внесенным Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 95. Ответственность за вред, причиненный в результате столкновения судов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z688" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Вред, причиненный при столкновении судов, возмещается в порядке, установленном Гражданским кодексом Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z689" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если столкновение судов произошло по вине двух или более сторон, ответственность за причиненный вред определяется соразмерно степени вины каждой из них. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z690" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если установить степень вины каждой из сторон, исходя из обстоятельств столкновения, невозможно, ответственность распределяется между ними поровну. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z691" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. За вред, причиненный жизни и здоровью гражданина, стороны несут солидарную ответственность в соответствии с гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 96. Основания, освобождающие от ответственности за вред, причиненный в результате столкновения судов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z692" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае отсутствия вины сторон в причинении вреда при столкновении судов, столкновении вследствие непреодолимой силы или невозможности установления причин столкновения ни одна из сторон не вправе требовать возмещения вреда. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z693" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В этом случае каждая из сторон несет риск понесенных ею убытков. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z694" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Положения, установленные пунктом 1 настоящей статьи, применяются также в случае, если суда или одно из них в момент столкновения находились на якоре либо были закреплены иным способом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z113" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 17. Акты, претензии, иски и исковая давность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 97. Акты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z695" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Обстоятельства, которые могут служить основанием для имущественной ответственности перевозчиков, буксировщиков, грузоотправителей, грузополучателей, отправителей буксируемых объектов и их получателей, а также пассажиров при осуществлении соответствующих перевозок, удостоверяются по заявлениям коммерческими актами или актами общей формы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z696" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Формы коммерческого акта и акта общей формы, а также правила их составления устанавливаются правилами перевозок грузов и правилами перевозок пассажиров и багажа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z697" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Перевозчик обязан составить коммерческий акт при выдаче груза, багажа или буксируемого объекта для удостоверения следующих обстоятельств: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z698" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) несоответствия фактического наименования груза, багажа или буксируемого объекта, массы груза или багажа, количества грузовых мест или мест багажа данным, указанным в перевозочном документе; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z699" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) утраты, недостачи или повреждении (порчи) груза, багажа или буксируемого объекта; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z700" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обнаружения груза, багажа или буксируемого объекта без перевозочных документов, а также перевозочных документов без груза, багажа или буксируемого объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z701" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) исключен Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z702" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) возвращения перевозчику похищенного груза, багажа или буксируемого объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z703" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перевозчик обязан сделать в перевозочных документах отметку о составлении коммерческого акта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z704" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отказ от составления коммерческого акта или оформление его с нарушением установленных требований могут быть обжалованы в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z705" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Недостача или порча грузов, перевозимых наливом, удостоверяется перевозочными документами в порядке, установленном правилами перевозок грузов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z706" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Коммерческий акт не составляется в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z707" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) недостачи массы груза в пределах норм естественной убыли, норм снижения процента влажности или сорности при перевозке груза, норм расхождения в показаниях весовых приборов, разницы в массе груза, принятого для перевозки, исходя из условий расчетов по итогам за навигацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z708" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) выдачи груза, доставка которого осуществлена на технически исправном судне или в контейнере с неповрежденными запорно-пломбировочными устройствами или в сопровождении представителя грузоотправителя или грузополучателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z709" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Акты общей формы составляются в случае удостоверения обстоятельств, не предусмотренных пунктом 2 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z710" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Стороны, участвующие в составлении акта, вправе отказаться от его подписания. При несогласии с содержанием акта стороны вправе изложить в нем свое мнение. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z711" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Лица, составившие или подписавшие акт, содержащий недостоверную информацию, несут ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными законами РК от 31.01.2006 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 97 с изменением, внесенным Законом РК от 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 20. Лоцманская проводка судов</w:t>
-[...279 lines deleted...]
-    <w:bookmarkEnd w:id="307"/>
+        <w:t>Статья 98. Право на предъявление претензий и исков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z712" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Право на предъявление претензий и исков к перевозчику или буксировщику имеют: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z713" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в случае утраты груза или буксируемого объекта - грузоотправитель, грузополучатель или отправитель буксируемого объекта, получатель буксируемого объекта при условии представления ими квитанции о приеме груза для перевозки или буксируемого объекта для буксировки с отметкой перевозчика или буксировщика о неприбытии груза или буксируемого объекта; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z714" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в случае недостачи или повреждения (порчи) груза, повреждения буксируемого объекта - грузополучатель или получатель буксируемого объекта при условии представления ими транспортной накладной, коммерческого акта или перевозочного документа при перевозке грузов наливом, а при отсутствии коммерческого акта - документа об обжаловании отказа в составлении коммерческого акта; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z715" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в случае уплаты провозной платы и иных платежей в размере сверх установленного - грузоотправитель, грузополучатель или отправитель, получатель буксируемого объекта при условии представления транспортной накладной; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z716" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) при утрате багажа - пассажир при предъявлении багажной квитанции; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z717" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) в случае недостачи или повреждения (порчи) багажа - предъявитель выданного перевозчиком коммерческого акта о недостаче или повреждении (порче) багажа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z718" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) в случае задержки отправления или прибытия пассажирского судна с опозданием - пассажир при предъявлении билета; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z719" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) в случае несоблюдения сроков доставки груза или буксируемого объекта - грузополучатель или получатель буксируемого объекта при условии представления транспортной накладной. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z720" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Право на предъявление претензий и исков, установленное настоящей статьей, может быть передано грузоотправителю, грузополучателю и иным физическим и юридическим лицам при условии надлежащего оформления договора поручения или доверенности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 99. Условия и порядок предъявления претензий </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z721" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Претензии, вытекающие из договора перевозки (буксировки), могут быть предъявлены к перевозчику в течение срока исковой давности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z722" w:id="733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Претензии, возникающие в связи с перевозками пассажиров, багажа, грузов или буксировкой буксируемых объектов, предъявляются перевозчикам или буксировщикам по их местонахождению. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z723" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. К претензии об утрате, недостаче или повреждении (порче) груза, кроме перевозочных документов, должны быть приложены документы, подтверждающие право на предъявление претензии, и документы, удостоверяющие количество и стоимость отправленного груза. Перевозочные документы предъявляются в оригинале. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 100. Сроки рассмотрения претензии </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z724" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Претензия подлежит рассмотрению в двухнедельный срок со дня ее получения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z725" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Исключен Законом РК от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...19 lines deleted...]
-        <w:t>№ 156-VI</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 100 с изменениями, внесенными Законом РК от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...122 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 21. Ограничение или запрещение движения судов</w:t>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="311"/>
+        <w:t>Статья 101. Сроки исковой давности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z727" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Иски к перевозчику (буксировщику), вытекающие из договора перевозки по внутренним водным путям, могут быть предъявлены в случае полного или частичного отказа перевозчика удовлетворить претензию либо в случае неполучения ответа в срок от перевозчика на предъявленную претензию. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z728" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Течение сроков исковой давности начинается со дня наступления событий, послуживших основаниями предъявления претензии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z729" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Срок исковой давности устанавливается: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z730" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) по договору перевозки (буксировки) грузов - один год; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z731" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) по договору перевозки пассажиров и багажа - шесть месяцев. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z732" w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Иски по требованиям, возникающим в связи со столкновением судов и осуществлением спасательной операции, могут быть предъявлены в течение двух лет. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z119" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Судно</w:t>
-[...16108 lines deleted...]
-      1) по договору перевозки (буксировки) грузов - один год; </w:t>
+        <w:t xml:space="preserve"> Глава 18. Заключительные положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z731" w:id="744"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 102. Рассмотрение споров</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31547,55 +31793,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>