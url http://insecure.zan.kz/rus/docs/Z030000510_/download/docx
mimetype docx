--- v0 (2025-10-02)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e0a4d9f" w14:textId="e0a4d9f">
+    <w:p w14:paraId="242023b" w14:textId="242023b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2390,541 +2390,467 @@
         <w:t xml:space="preserve">
       7) защиту информационных систем от неправомерного доступа, порчи или уничтожения данных об объектах правовой статистики и специальных учетов; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) соблюдение прав и законных интересов человека и гражданина, юридических лиц и государства при формировании государственной правовой статистики и ведении специальных учетов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) представление по запросу уполномоченного органа по финансовому мониторингу сведений из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z143" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) выполнять иные обязанности, предусмотренные законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 28.08.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 08.03.2010); от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 28.12.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 522-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...262 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Права и обязанности субъектов правовой статистики и специальных учетов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Субъекты правовой статистики и специальных учетов в пределах своих полномочий имеют право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) вносить предложения о мерах по совершенствованию государственной правовой статистики и специальных учетов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проводить ведомственные правовые статистические наблюдения и вести оперативные, ведомственные учеты, предназначенные для обеспечения оперативно-розыскной, контрразведывательной и служебной деятельности, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Субъекты правовой статистики и специальных учетов обязаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) предоставлять уполномоченному органу информационные учетные документы, иные необходимые материалы и сведения в порядке, пределах, объемах и в сроки, которые установлены уполномоченным органом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечивать целостность, объективность, достоверность и достаточность правовой статистической информации и в пределах своих полномочий осуществлять контроль за полнотой и достоверностью отражения правовой статистической информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивать сохранность получаемых сведений, составляющих государственные секреты, персональные данные и иную охраняемую законом тайну, а также электронных информационных ресурсов, полученных из информационных систем по формированию государственной правовой статистики и ведению специальных учетов, системы информационного обмена правоохранительных, специальных государственных и иных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) регистрировать акты о назначении проверок, профилактического контроля с посещением субъекта (объекта) контроля и надзора и других форм государственного контроля, а также надзора, предусмотренных законами Республики Казахстан, подлежащих регистрации в уполномоченном органе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3068,151 +2994,151 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Гарантии прав физических и юридических лиц</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В ходе регистрации, накопления, обработки, хранения и предоставления правовой статистической информации уполномоченным органом принимаются меры, предусмотренные законодательством Республики Казахстан, по охране сведений, составляющих государственные секреты, персональные данные и иную охраняемую законом тайну. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Правовая статистическая информация о конкретных явлениях, процессах и лицах, составляющих данные следствия и дознания, не подлежит разглашению. Она может быть предана гласности с разрешения следователя, дознавателя, прокурора и суда в том объеме, в каком ими будет признано это возможным, если это не противоречит интересам расследования и не связано с нарушением прав, свобод, охраняемых законом интересов других лиц. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В целях соблюдения прав и законных интересов человека и гражданина, юридических лиц и государства обеспечивается сохранность всей первичной правовой статистической информации, предоставленной в уполномоченный орган. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уполномоченный орган обязан обеспечить каждому гражданину возможность ознакомиться с затрагивающими его права, свободы и интересы сведениями, содержащимися в отношении его в специальных учетах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Факт незаконного внесения сведений о нем в специальные учеты может быть обжалован в порядке, установленном законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3442,70 +3368,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 12. Назначение и ведение специальных учетов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="70"/>
+    <w:bookmarkStart w:name="z109" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Специальные учеты предназначены для информационного обеспечения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) деятельности государственных органов по совершенствованию законодательства Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3516,200 +3442,200 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) правоприменительной деятельности государственных органов; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) физических и юридических лиц в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Уполномоченным органом обеспечиваются сбор, регистрация, обработка, накопление, систематизация, классификация, хранение и использование специальных учетов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Уполномоченный орган осуществляет ведение следующих видов специальных учетов: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лиц, совершивших уголовные правонарушения, привлеченных и привлекаемых к уголовной ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дактилоскопический учет задержанных, содержащихся под стражей и осужденных лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) разыскиваемых лиц, скрывшихся от дознания, следствия, суда, а также лиц, уклоняющихся от отбывания наказания или осуществления пробационного контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разыскиваемых лиц, пропавших без вести;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) трупов, личность которых не установлена;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) лиц, привлеченных к административной ответственности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3756,190 +3682,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="78"/>
+    <w:bookmarkStart w:name="z144" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-2) граждан Республики Казахстан, привлеченных к уголовной ответственности, осужденных и отбывающих наказание за границей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) лиц, признанных судом недееспособными и ограниченно дееспособными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) лиц, лишенных права занимать определенные должности или заниматься определенной деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) лиц, совершивших коррупционные правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) проверок, профилактического контроля с посещением субъекта (объекта) контроля и надзора и других форм государственного контроля, а также надзора, предусмотренных законами Республики Казахстан, регистрируемых в уполномоченном органе в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-1) лиц, привлеченных к ответственности за осуществление террористической деятельности, а также организаций и информационных материалов, признанных судом террористическими;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) лиц, привлеченных к ответственности за совершение экстремизма, а также организаций и информационных материалов, признанных судом экстремистскими;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11-1) лиц, совершивших дисциплинарные проступки, дискредитирующие государственную службу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4028,1104 +3954,842 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) лиц, уволенных с государственной службы по отрицательным мотивам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) дорожно-транспортных происшествий, повлекших гибель или ранение людей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z100" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z100" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) лиц, не исполнивших обязательства по исполнительным документам, а также лиц, добровольно не исполнивших постановления о наложении административного штрафа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z101" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z101" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) разыскиваемых лиц, являющихся должниками по исполнительному производству, ответчиками по искам, предъявленным в интересах государства, а также о взыскании алиментов, возмещении вреда, причиненного увечьем или иным повреждением здоровью, смертью кормильца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-[...114 lines deleted...]
-    <w:bookmarkStart w:name="z111" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z102" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) лиц, привлеченных к ответственности за совершение легализации (отмывания) денег и (или) иного имущества, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z111" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-1) лиц, привлеченных к уголовной ответственности за совершение уголовных правонарушений против половой неприкосновенности несовершеннолетних;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z128" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z128" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16-2) разыскиваемых лиц, утративших связь с родственниками; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z129" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z129" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-3) лиц, не способных сообщить о себе установочные данные;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z103" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) сумм конфискованного имущества, связанных с легализацией (отмыванием) денег и (или) иного имущества, полученных преступным путем, финансированием терроризма и финансированием распространения оружия массового уничтожения, а также сумм, полученных преступным путем, подлежащих возращению и возвращенных в Республику Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z104" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) взаимной правовой помощи и иных международных запросов, связанных с легализацией (отмыванием) денег и (или) иного имущества, полученных преступным путем, финансированием терроризма и финансированием распространения оружия массового уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">19) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В подпункт 17) предусматривается изменение Законом РК от 19.09.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Правила ведения, использования и хранения специальных учетов, за исключением оперативных и ведомственных учетов, устанавливаются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 23.02.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 28.08.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 08.03.2010); от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 379-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.12.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 522-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 15.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 04.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 03.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.04.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 58-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...738 lines deleted...]
-        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5133,315 +4797,315 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Объекты специальных учетов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Объектом специального учета на территории Республики Казахстан может быть физическое лицо независимо от происхождения, социального, должностного и имущественного положения, пола, расы, национальности, языка, гражданства, отношения к религии, убеждений, принадлежности к общественным объединениям, места жительства или любых иных обстоятельств, а также юридическое лицо. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="92"/>
+    <w:bookmarkStart w:name="z61" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Не требуется согласие объекта учета для включения сведений о нем в систему специальных учетов уполномоченного органа, если иное не предусмотрено законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z62" w:id="93"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z62" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Не требуется согласие объекта учета на использование сведений о нем государственным органом при решении задач, входящих в его компетенцию, если иное не предусмотрено законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z63" w:id="94"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z63" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Фамилия, имя, отчество, дата рождения, место рождения лица, а также факт изменения этих данных лицом, равно как и сами прежние данные не являются личной или семейной тайной. Лицо не вправе запрещать или разрешать включение этих, а также иных сведений, полученных законным путем, в специальные учеты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Формирование специальных учетов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Специальные учеты, сведения которых могут быть использованы различными государственными органами при решении задач, входящих в их компетенцию, подлежат ведению только в уполномоченном органе. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="95"/>
+    <w:bookmarkStart w:name="z95" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Субъектами правовой статистики и специальных учетов информационные учетные документы и иные необходимые материалы и сведения для формирования специальных учетов представляются в порядке, пределах, объемах и в сроки, которые установлены уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Назначение и ведение ведомственных учетов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Субъектами правовой статистики и специальных учетов ведомственные учеты осуществляются в целях решения задач, входящих в их компетенцию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="96"/>
+    <w:bookmarkStart w:name="z96" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Порядок формирования ведомственных учетов определяется ведомственными инструкциями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z97" w:id="97"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z97" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сведения, содержащиеся в ведомственных учетах, могут быть использованы исключительно в пределах решения задач, входящих в компетенцию государственного органа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 16. Порядок использования и хранения правовой статистической информации </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Уполномоченный орган вправе с соблюдением требований законодательства Республики Казахстан публиковать статистическую информацию в средствах массовой информации, издавать статистические сборники и использовать иным образом правовую статистическую информацию для практических и научно-исследовательских целей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="98"/>
+    <w:bookmarkStart w:name="z98" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Правовая статистическая информация в виде информационных учетных документов и отчетных форм хранится в условиях, обеспечивающих ее сохранность в соответствии с требованиями, определенными уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z99" w:id="99"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z99" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сроки хранения правовой статистической информации устанавливаются уполномоченным органом в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5487,148 +5151,148 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16-1. Система информационного обмена правоохранительных, специальных государственных и иных органов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="100"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Системой информационного обмена правоохранительных, специальных государственных и иных органов является конфиденциальная информационная система, предназначенная для предоставления сотрудникам и (или) работникам уполномоченного органа по финансовому мониторингу, правоохранительных, специальных государственных и иных органов электронных информационных ресурсов из информационных систем государственных, иных органов и организаций, позволяющая получать электронные информационные ресурсы исключительно по их запросам в рамках осуществления ими своей деятельности в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень интернет-ресурсов и информационных систем, интегрируемых с системой информационного обмена правоохранительных, специальных государственных и иных органов определяется Генеральным Прокурором Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="101"/>
+    <w:bookmarkStart w:name="z145" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок и основания получения иными органами из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для решения возложенных на них задач, определяются совместными нормативными правовыми актами Генерального Прокурора Республики Казахстан и первых руководителей иных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z114" w:id="102"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z114" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Функционирование системы информационного обмена правоохранительных, специальных государственных и иных органов осуществляется оператором системы информационного обмена правоохранительных, специальных государственных и иных органов в соответствии с законодательством Республики Казахстан о государственной правовой статистике и специальных учетах и об информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z115" w:id="103"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z115" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Правила использования системы информационного обмена правоохранительных, специальных государственных и иных органов определяются Генеральным Прокурором Республики Казахстан по согласованию с уполномоченным органом в сфере информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5734,110 +5398,110 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 16-2. Порядок и основания получения электронных информационных ресурсов из системы информационного обмена правоохранительных, специальных государственных и иных органов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="104"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Получение электронных информационных ресурсов из системы информационного обмена правоохранительных, специальных государственных и иных органов осуществляется зарегистрированными в системе пользователями посредством единой транспортной среды государственных органов и защищенных каналов связи с использованием электронной цифровой подписи Национального удостоверяющего центра Республики Казахстан в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z118" w:id="105"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Запрос в форме электронного документа, соответствующий требованиям законодательства Республики Казахстан об электронном документе и электронной цифровой подписи, равнозначен документу на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z119" w:id="106"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для получения информации в рамках уголовных, гражданских, административных, розыскных дел и исполнительного производства в запросе указываются обстоятельства, послужившие основанием для истребования информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обоснованность запроса подлежит проверке оператором системы информационного обмена правоохранительных, специальных государственных и иных органов путем сверки в базах данных наличия в производстве пользователя материалов, ставших основанием для инициирования запроса.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5848,423 +5512,349 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Получение электронных информационных ресурсов из системы информационного обмена правоохранительных, специальных государственных и иных органов возможно только при положительном результате проверки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок и основания получения правоохранительными, специальными государственными органами Республики Казахстан и органами военной разведки Министерства обороны Республики Казахстан из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для проведения негласных следственных действий и оперативно-розыскной деятельности, а также для решения иных возложенных на них задач, определяются совместными нормативными правовыми актами Генерального Прокурора Республики Казахстан, Министра обороны Республики Казахстан и первых руководителей правоохранительных и специальных государственных органов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="107"/>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Судам информация предоставляется в рамках рассматриваемых уголовных, гражданских, административных дел в соответствии с нормами действующего законодательства Республики Казахстан и с соблюдением требований пункта 3 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z127" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Порядок и основания получения уполномоченным органом по финансовому мониторингу из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения, определяются совместным нормативным правовым актом Генерального Прокурора Республики Казахстан и уполномоченного органа по финансовому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 16-2 в соответствии с Законом РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); с изменениями, внесенными законами РК от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...182 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 16-3. Ограничения по использованию электронных информационных ресурсов, полученных из системы информационного обмена правоохранительных, специальных государственных и иных органов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="108"/>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пользователи системы информационного обмена правоохранительных, специальных государственных и иных органов обеспечивают обоснованность запроса, использование полученной информации исключительно в целях, заявленных в запросе, а также соблюдение законодательства Республики Казахстан о персональных данных и их защите.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z123" w:id="109"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Полученная информация хранится в материалах, на основании которых она запрошена. Копирование, изъятие, последующая передача, распространение такой информации запрещается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z124" w:id="110"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сроки, условия хранения информации определяются исходя из содержания основного материала. Информация подлежит уничтожению вместе с соответствующими материалами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z125" w:id="111"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Должностные лица, ответственные за обеспечение обоснованности запросов, организацию работы с электронными информационными ресурсами, полученными из системы информационного обмена правоохранительных, специальных государственных и иных органов, и их использование, определяются руководителями этих органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z126" w:id="112"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Должностные лица за нарушение требований законодательства Республики Казахстан о персональных данных и их защите несут ответственность, предусмотренную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>