--- v1 (2025-12-28)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="242023b" w14:textId="242023b">
+    <w:p w14:paraId="d40c0da" w14:textId="d40c0da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -127,50 +127,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "информационных систем", "информационная система", "государственной правовой информационной статистической системы", "государственной правовой информационной статистической системой", "информационно-коммуникационные технологии", "электронные информационные ресурсы", "электронных информационных ресурсов", "электронными информационными ресурсами" предусматриваются заменить соответственно словами "цифровых систем", "цифровая система", "государственной цифровой правовой статистической системы", "государственной цифровой правовой статистической системой", "цифровые технологии", "цифровые ресурсы", "цифровых ресурсов", "цифровыми ресурсами" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон определяет правовые основы и принципы осуществления государственной правовой статистики и ведения специальных учетов, полномочия и функции уполномоченного органа, субъектов правовой статистики и специальных учетов. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1411,342 +1487,436 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-2) публикует сведения о лицах, привлеченных к уголовной ответственности за совершение правонарушений против половой неприкосновенности несовершеннолетних;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-3) осуществляет функции оператора информационных систем по формированию государственной правовой статистики и ведению специальных учетов, системы информационного обмена правоохранительных, специальных государственных и иных органов по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац второй подпункта 12-3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечению соблюдения единых требований в области информационно-коммуникационных технологий и обеспечения информационной безопасности;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z134" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлению эксплуатации, сопровождения, развития, мониторинга;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z134" w:id="33"/>
-[...15 lines deleted...]
-      осуществлению эксплуатации, сопровождения, развития, мониторинга;</w:t>
+    <w:bookmarkStart w:name="z135" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечению бесперебойного и надлежащего функционирования, а также защиты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z135" w:id="34"/>
-[...15 lines deleted...]
-      обеспечению бесперебойного и надлежащего функционирования, а также защиты;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечению безопасности хранения электронных информационных ресурсов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z136" w:id="35"/>
-[...15 lines deleted...]
-      обеспечению безопасности хранения электронных информационных ресурсов;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечению оперативного реагирования на выявленные недостатки и принятию мер по их устранению;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z137" w:id="36"/>
-[...15 lines deleted...]
-      обеспечению оперативного реагирования на выявленные недостатки и принятию мер по их устранению;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-4) определяет должностных лиц, ответственных за функционирование, администрирование, использование информационных систем по формированию государственной правовой статистики и ведению специальных учетов, системы информационного обмена правоохранительных, специальных государственных и иных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-5) обеспечивает функционирование географических информационных карт государственной правовой информационной статистической системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-6) осуществляет прием, выдачу, ознакомление, хранение и уничтожение прекращенных уголовных дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-7) разрабатывает и утверждает формы актов государственного контроля и предписаний об устранении выявленных нарушений, предусмотренные Предпринимательским кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12-4) определяет должностных лиц, ответственных за функционирование, администрирование, использование информационных систем по формированию государственной правовой статистики и ведению специальных учетов, системы информационного обмена правоохранительных, специальных государственных и иных органов;</w:t>
-[...54 lines deleted...]
-      12-7) разрабатывает и утверждает формы актов государственного контроля и предписаний об устранении выявленных нарушений, предусмотренные Предпринимательским кодексом Республики Казахстан;</w:t>
+      12-8) вносит предложения по совершенствованию порядка проведения государственного контроля и надзора в регулирующие государственные органы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-9) внедряет информационно-коммуникационные технологии в процессы расследования уголовных дел, производства по делам об административных правонарушениях, регистрации и (или) учета форм государственного контроля, а также надзора, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p>
-[...33 lines deleted...]
-      12-9) внедряет информационно-коммуникационные технологии в процессы расследования уголовных дел, производства по делам об административных правонарушениях, регистрации и (или) учета форм государственного контроля, а также надзора, предусмотренных законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z139" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-10) проводит операционную оценку по рассмотрению обращений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z139" w:id="39"/>
-[...15 lines deleted...]
-      12-10) проводит операционную оценку по рассмотрению обращений;</w:t>
+    <w:bookmarkStart w:name="z140" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-11) оказывает государственные услуги физическим и юридическим лицам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z140" w:id="40"/>
-[...15 lines deleted...]
-      12-11) оказывает государственные услуги физическим и юридическим лицам;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) осуществляет иные функции, предусмотренные настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
-[...15 lines deleted...]
-      13) осуществляет иные функции, предусмотренные настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ведомство с территориальными органами и приравненными к ним органами осуществляет свою деятельность в пределах компетенции уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z141" w:id="42"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2018,462 +2188,462 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Уполномоченный орган в пределах своих полномочий имеет право: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) получать безвозмездно от субъектов правовой статистики и специальных учетов правовую статистическую информацию по вопросам государственной правовой статистики и ведения специальных учетов, ведомственную отчетность, документы и формы первичного учета, а также другую информацию для производства статистической информации и ведения специальных учетов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осуществлять надзор за целостностью, объективностью, достоверностью и достаточностью правовой статистической информации, предоставляемой субъектами правовой статистики и специальных учетов, без вмешательства в их деятельность, не связанную с формированием государственной правовой статистики и ведением специальных учетов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проводить проверку соблюдения законности, анализ состояния законности, оценку актов, вступивших в силу, в сфере государственной правовой статистики и специальных учетов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
-[...15 lines deleted...]
-      3) проводить проверку соблюдения законности, анализ состояния законности, оценку актов, вступивших в силу, в сфере государственной правовой статистики и специальных учетов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) Исключен Законом РК от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) отказывать в регистрации актов о назначении проверок, профилактического контроля с посещением субъекта (объекта) контроля и надзора и других форм государственного контроля, а также надзора, предусмотренных законами Республики Казахстан, подлежащих регистрации в уполномоченном органе, в случаях выявления нарушений законодательства Республики Казахстан при их назначении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:p>
-[...87 lines deleted...]
-      5) отказывать в регистрации актов о назначении проверок, профилактического контроля с посещением субъекта (объекта) контроля и надзора и других форм государственного контроля, а также надзора, предусмотренных законами Республики Казахстан, подлежащих регистрации в уполномоченном органе, в случаях выявления нарушений законодательства Республики Казахстан при их назначении;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) предоставлять доступ к правовой статистической информации способами, не запрещенными законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z142" w:id="47"/>
-[...15 lines deleted...]
-      5-1) предоставлять доступ к правовой статистической информации способами, не запрещенными законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществлять иные права в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Уполномоченный орган в пределах своих полномочий обязан осуществлять: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сбор, обработку, накопление, свод и актуализацию информации в сфере государственной правовой статистики и ведения специальных учетов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) согласование и утверждение программы проводимых правовых статистических наблюдений с центральным исполнительным органом, осуществляющим руководство государственной статистикой; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение правовой статистической информацией государственных органов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
-[...15 lines deleted...]
-      3) обеспечение правовой статистической информацией государственных органов;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечение на безвозмездной основе правовой статистической информацией, сведениями специальных учетов субъектов правовой статистики и специальных учетов в пределах, объемах и в сроки, которые установлены нормативными правовыми актами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) информационно-справочное обслуживание физических и юридических лиц в пределах, объемах и в сроки, которые установлены нормативными правовыми актами Республики Казахстан, за счет их средств, поступающих в республиканский бюджет в соответствии с законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) сохранность получаемых сведений, составляющих государственные секреты, персональные данные и иную охраняемую законом тайну; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) защиту информационных систем от неправомерного доступа, порчи или уничтожения данных об объектах правовой статистики и специальных учетов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) соблюдение прав и законных интересов человека и гражданина, юридических лиц и государства при формировании государственной правовой статистики и ведении специальных учетов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
-[...15 lines deleted...]
-      8) соблюдение прав и законных интересов человека и гражданина, юридических лиц и государства при формировании государственной правовой статистики и ведении специальных учетов;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) представление по запросу уполномоченного органа по финансовому мониторингу сведений из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
-[...15 lines deleted...]
-      9) представление по запросу уполномоченного органа по финансовому мониторингу сведений из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) выполнять иные обязанности, предусмотренные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z143" w:id="59"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2667,190 +2837,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Права и обязанности субъектов правовой статистики и специальных учетов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Субъекты правовой статистики и специальных учетов в пределах своих полномочий имеют право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) вносить предложения о мерах по совершенствованию государственной правовой статистики и специальных учетов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводить ведомственные правовые статистические наблюдения и вести оперативные, ведомственные учеты, предназначенные для обеспечения оперативно-розыскной, контрразведывательной и служебной деятельности, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Субъекты правовой статистики и специальных учетов обязаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) предоставлять уполномоченному органу информационные учетные документы, иные необходимые материалы и сведения в порядке, пределах, объемах и в сроки, которые установлены уполномоченным органом; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивать целостность, объективность, достоверность и достаточность правовой статистической информации и в пределах своих полномочий осуществлять контроль за полнотой и достоверностью отражения правовой статистической информации;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
-[...15 lines deleted...]
-      2) обеспечивать целостность, объективность, достоверность и достаточность правовой статистической информации и в пределах своих полномочий осуществлять контроль за полнотой и достоверностью отражения правовой статистической информации;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивать сохранность получаемых сведений, составляющих государственные секреты, персональные данные и иную охраняемую законом тайну, а также электронных информационных ресурсов, полученных из информационных систем по формированию государственной правовой статистики и ведению специальных учетов, системы информационного обмена правоохранительных, специальных государственных и иных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
-[...15 lines deleted...]
-      3) обеспечивать сохранность получаемых сведений, составляющих государственные секреты, персональные данные и иную охраняемую законом тайну, а также электронных информационных ресурсов, полученных из информационных систем по формированию государственной правовой статистики и ведению специальных учетов, системы информационного обмена правоохранительных, специальных государственных и иных органов;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) регистрировать акты о назначении проверок, профилактического контроля с посещением субъекта (объекта) контроля и надзора и других форм государственного контроля, а также надзора, предусмотренных законами Республики Казахстан, подлежащих регистрации в уполномоченном органе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2994,151 +3164,151 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Гарантии прав физических и юридических лиц</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В ходе регистрации, накопления, обработки, хранения и предоставления правовой статистической информации уполномоченным органом принимаются меры, предусмотренные законодательством Республики Казахстан, по охране сведений, составляющих государственные секреты, персональные данные и иную охраняемую законом тайну. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Правовая статистическая информация о конкретных явлениях, процессах и лицах, составляющих данные следствия и дознания, не подлежит разглашению. Она может быть предана гласности с разрешения следователя, дознавателя, прокурора и суда в том объеме, в каком ими будет признано это возможным, если это не противоречит интересам расследования и не связано с нарушением прав, свобод, охраняемых законом интересов других лиц. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В целях соблюдения прав и законных интересов человека и гражданина, юридических лиц и государства обеспечивается сохранность всей первичной правовой статистической информации, предоставленной в уполномоченный орган. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уполномоченный орган обязан обеспечить каждому гражданину возможность ознакомиться с затрагивающими его права, свободы и интересы сведениями, содержащимися в отношении его в специальных учетах.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
-[...15 lines deleted...]
-      4. Уполномоченный орган обязан обеспечить каждому гражданину возможность ознакомиться с затрагивающими его права, свободы и интересы сведениями, содержащимися в отношении его в специальных учетах.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Факт незаконного внесения сведений о нем в специальные учеты может быть обжалован в порядке, установленном законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3368,70 +3538,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 12. Назначение и ведение специальных учетов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="71"/>
+    <w:bookmarkStart w:name="z109" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Специальные учеты предназначены для информационного обеспечения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) деятельности государственных органов по совершенствованию законодательства Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3442,888 +3612,888 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) правоприменительной деятельности государственных органов; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) физических и юридических лиц в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Уполномоченным органом обеспечиваются сбор, регистрация, обработка, накопление, систематизация, классификация, хранение и использование специальных учетов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Уполномоченный орган осуществляет ведение следующих видов специальных учетов: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лиц, совершивших уголовные правонарушения, привлеченных и привлекаемых к уголовной ответственности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
-[...15 lines deleted...]
-      1) лиц, совершивших уголовные правонарушения, привлеченных и привлекаемых к уголовной ответственности;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дактилоскопический учет задержанных, содержащихся под стражей и осужденных лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) разыскиваемых лиц, скрывшихся от дознания, следствия, суда, а также лиц, уклоняющихся от отбывания наказания или осуществления пробационного контроля;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) разыскиваемых лиц, пропавших без вести;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
-[...15 lines deleted...]
-      4) разыскиваемых лиц, пропавших без вести;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) трупов, личность которых не установлена;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
-[...15 lines deleted...]
-      5) трупов, личность которых не установлена;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) лиц, привлеченных к административной ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-1) исключен Законом РК от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) граждан Республики Казахстан, привлеченных к уголовной ответственности, осужденных и отбывающих наказание за границей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:p>
-[...14 lines deleted...]
-      6) лиц, привлеченных к административной ответственности;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) лиц, признанных судом недееспособными и ограниченно дееспособными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) лиц, лишенных права занимать определенные должности или заниматься определенной деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) лиц, совершивших коррупционные правонарушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проверок, профилактического контроля с посещением субъекта (объекта) контроля и надзора и других форм государственного контроля, а также надзора, предусмотренных законами Республики Казахстан, регистрируемых в уполномоченном органе в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) лиц, привлеченных к ответственности за осуществление террористической деятельности, а также организаций и информационных материалов, признанных судом террористическими;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) лиц, привлеченных к ответственности за совершение экстремизма, а также организаций и информационных материалов, признанных судом экстремистскими;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1) лиц, совершивших дисциплинарные проступки, дискредитирующие государственную службу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6-1) исключен Законом РК от 05.11.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...136 lines deleted...]
-      11) лиц, привлеченных к ответственности за совершение экстремизма, а также организаций и информационных материалов, признанных судом экстремистскими;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 12) предусмотрен в редакции Закона РК от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) лиц, уволенных с государственной службы по отрицательным мотивам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) дорожно-транспортных происшествий, повлекших гибель или ранение людей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:p>
-[...147 lines deleted...]
-      13) дорожно-транспортных происшествий, повлекших гибель или ранение людей;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) лиц, не исполнивших обязательства по исполнительным документам, а также лиц, добровольно не исполнивших постановления о наложении административного штрафа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z100" w:id="87"/>
-[...15 lines deleted...]
-      14) лиц, не исполнивших обязательства по исполнительным документам, а также лиц, добровольно не исполнивших постановления о наложении административного штрафа;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) разыскиваемых лиц, являющихся должниками по исполнительному производству, ответчиками по искам, предъявленным в интересах государства, а также о взыскании алиментов, возмещении вреда, причиненного увечьем или иным повреждением здоровью, смертью кормильца;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z101" w:id="88"/>
-[...15 lines deleted...]
-      15) разыскиваемых лиц, являющихся должниками по исполнительному производству, ответчиками по искам, предъявленным в интересах государства, а также о взыскании алиментов, возмещении вреда, причиненного увечьем или иным повреждением здоровью, смертью кормильца;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) лиц, привлеченных к ответственности за совершение легализации (отмывания) денег и (или) иного имущества, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z102" w:id="89"/>
-[...15 lines deleted...]
-      16) лиц, привлеченных к ответственности за совершение легализации (отмывания) денег и (или) иного имущества, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) лиц, привлеченных к уголовной ответственности за совершение уголовных правонарушений против половой неприкосновенности несовершеннолетних;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z111" w:id="90"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z128" w:id="91"/>
+    <w:bookmarkStart w:name="z128" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16-2) разыскиваемых лиц, утративших связь с родственниками; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z129" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-3) лиц, не способных сообщить о себе установочные данные;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z129" w:id="92"/>
-[...15 lines deleted...]
-      16-3) лиц, не способных сообщить о себе установочные данные;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) сумм конфискованного имущества, связанных с легализацией (отмыванием) денег и (или) иного имущества, полученных преступным путем, финансированием терроризма и финансированием распространения оружия массового уничтожения, а также сумм, полученных преступным путем, подлежащих возращению и возвращенных в Республику Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z103" w:id="93"/>
-[...15 lines deleted...]
-      17) сумм конфискованного имущества, связанных с легализацией (отмыванием) денег и (или) иного имущества, полученных преступным путем, финансированием терроризма и финансированием распространения оружия массового уничтожения, а также сумм, полученных преступным путем, подлежащих возращению и возвращенных в Республику Казахстан;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) взаимной правовой помощи и иных международных запросов, связанных с легализацией (отмыванием) денег и (или) иного имущества, полученных преступным путем, финансированием терроризма и финансированием распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z104" w:id="94"/>
-[...15 lines deleted...]
-      18) взаимной правовой помощи и иных международных запросов, связанных с легализацией (отмыванием) денег и (или) иного имущества, полученных преступным путем, финансированием терроризма и финансированием распространения оружия массового уничтожения.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Правила ведения, использования и хранения специальных учетов, за исключением оперативных и ведомственных учетов, устанавливаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:p>
-[...144 lines deleted...]
-    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4797,1064 +4967,1524 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Объекты специальных учетов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Объектом специального учета на территории Республики Казахстан может быть физическое лицо независимо от происхождения, социального, должностного и имущественного положения, пола, расы, национальности, языка, гражданства, отношения к религии, убеждений, принадлежности к общественным объединениям, места жительства или любых иных обстоятельств, а также юридическое лицо. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="96"/>
+    <w:bookmarkStart w:name="z61" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Не требуется согласие объекта учета для включения сведений о нем в систему специальных учетов уполномоченного органа, если иное не предусмотрено законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z62" w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z62" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Не требуется согласие объекта учета на использование сведений о нем государственным органом при решении задач, входящих в его компетенцию, если иное не предусмотрено законом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z63" w:id="98"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z63" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Фамилия, имя, отчество, дата рождения, место рождения лица, а также факт изменения этих данных лицом, равно как и сами прежние данные не являются личной или семейной тайной. Лицо не вправе запрещать или разрешать включение этих, а также иных сведений, полученных законным путем, в специальные учеты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Формирование специальных учетов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Специальные учеты, сведения которых могут быть использованы различными государственными органами при решении задач, входящих в их компетенцию, подлежат ведению только в уполномоченном органе. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="99"/>
+    <w:bookmarkStart w:name="z95" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Субъектами правовой статистики и специальных учетов информационные учетные документы и иные необходимые материалы и сведения для формирования специальных учетов представляются в порядке, пределах, объемах и в сроки, которые установлены уполномоченным органом.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Назначение и ведение ведомственных учетов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Субъектами правовой статистики и специальных учетов ведомственные учеты осуществляются в целях решения задач, входящих в их компетенцию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок формирования ведомственных учетов определяется ведомственными инструкциями.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:p>
-[...54 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="101"/>
+    <w:bookmarkStart w:name="z97" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сведения, содержащиеся в ведомственных учетах, могут быть использованы исключительно в пределах решения задач, входящих в компетенцию государственного органа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 16. Порядок использования и хранения правовой статистической информации </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Уполномоченный орган вправе с соблюдением требований законодательства Республики Казахстан публиковать статистическую информацию в средствах массовой информации, издавать статистические сборники и использовать иным образом правовую статистическую информацию для практических и научно-исследовательских целей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="102"/>
+    <w:bookmarkStart w:name="z98" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Правовая статистическая информация в виде информационных учетных документов и отчетных форм хранится в условиях, обеспечивающих ее сохранность в соответствии с требованиями, определенными уполномоченным органом. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z99" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сроки хранения правовой статистической информации устанавливаются уполномоченным органом в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z99" w:id="103"/>
-[...15 lines deleted...]
-      3. Сроки хранения правовой статистической информации устанавливаются уполномоченным органом в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16-1. Система информационного обмена правоохранительных, специальных государственных и иных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Системой информационного обмена правоохранительных, специальных государственных и иных органов является конфиденциальная информационная система, предназначенная для предоставления сотрудникам и (или) работникам уполномоченного органа по финансовому мониторингу, правоохранительных, специальных государственных и иных органов электронных информационных ресурсов из информационных систем государственных, иных органов и организаций, позволяющая получать электронные информационные ресурсы исключительно по их запросам в рамках осуществления ими своей деятельности в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень интернет-ресурсов и информационных систем, интегрируемых с системой информационного обмена правоохранительных, специальных государственных и иных органов определяется Генеральным Прокурором Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок и основания получения иными органами из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для решения возложенных на них задач, определяются совместными нормативными правовыми актами Генерального Прокурора Республики Казахстан и первых руководителей иных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 19.03.2010 </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Функционирование системы информационного обмена правоохранительных, специальных государственных и иных органов осуществляется оператором системы информационного обмена правоохранительных, специальных государственных и иных органов в соответствии с законодательством Республики Казахстан о государственной правовой статистике и специальных учетах и об информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Правила использования системы информационного обмена правоохранительных, специальных государственных и иных органов определяются Генеральным Прокурором Республики Казахстан по согласованию с уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 16-1 в соответствии с Законом РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); с изменениями, внесенными законами РК от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 16-1. Система информационного обмена правоохранительных, специальных государственных и иных органов</w:t>
-[...56 lines deleted...]
-      Порядок и основания получения иными органами из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для решения возложенных на них задач, определяются совместными нормативными правовыми актами Генерального Прокурора Республики Казахстан и первых руководителей иных органов.</w:t>
+        <w:t>Статья 16-2. Порядок и основания получения электронных информационных ресурсов из системы информационного обмена правоохранительных, специальных государственных и иных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Получение электронных информационных ресурсов из системы информационного обмена правоохранительных, специальных государственных и иных органов осуществляется зарегистрированными в системе пользователями посредством единой транспортной среды государственных органов и защищенных каналов связи с использованием электронной цифровой подписи Национального удостоверяющего центра Республики Казахстан в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
-[...15 lines deleted...]
-      2. Функционирование системы информационного обмена правоохранительных, специальных государственных и иных органов осуществляется оператором системы информационного обмена правоохранительных, специальных государственных и иных органов в соответствии с законодательством Республики Казахстан о государственной правовой статистике и специальных учетах и об информатизации.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Запрос в форме электронного документа, соответствующий требованиям законодательства Республики Казахстан об электронном документе и электронной цифровой подписи, равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для получения информации в рамках уголовных, гражданских, административных, розыскных дел и исполнительного производства в запросе указываются обстоятельства, послужившие основанием для истребования информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
-[...15 lines deleted...]
-      3. Правила использования системы информационного обмена правоохранительных, специальных государственных и иных органов определяются Генеральным Прокурором Республики Казахстан по согласованию с уполномоченным органом в сфере информатизации.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обоснованность запроса подлежит проверке оператором системы информационного обмена правоохранительных, специальных государственных и иных органов путем сверки в базах данных наличия в производстве пользователя материалов, ставших основанием для инициирования запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получение электронных информационных ресурсов из системы информационного обмена правоохранительных, специальных государственных и иных органов возможно только при положительном результате проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок и основания получения правоохранительными, специальными государственными органами Республики Казахстан и органами военной разведки Министерства обороны Республики Казахстан из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для проведения негласных следственных действий и оперативно-розыскной деятельности, а также для решения иных возложенных на них задач, определяются совместными нормативными правовыми актами Генерального Прокурора Республики Казахстан, Министра обороны Республики Казахстан и первых руководителей правоохранительных и специальных государственных органов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Судам информация предоставляется в рамках рассматриваемых уголовных, гражданских, административных дел в соответствии с нормами действующего законодательства Республики Казахстан и с соблюдением требований пункта 3 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z127" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Порядок и основания получения уполномоченным органом по финансовому мониторингу из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения, определяются совместным нормативным правовым актом Генерального Прокурора Республики Казахстан и уполномоченного органа по финансовому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 16-1 в соответствии с Законом РК от 24.11.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 16-2 в соответствии с Законом РК от 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 419-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); с изменениями, внесенными законами РК от 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.07.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...48 lines deleted...]
-      2. Запрос в форме электронного документа, соответствующий требованиям законодательства Республики Казахстан об электронном документе и электронной цифровой подписи, равнозначен документу на бумажном носителе.</w:t>
+        <w:t xml:space="preserve">Статья 16-3. Ограничения по использованию электронных информационных ресурсов, полученных из системы информационного обмена правоохранительных, специальных государственных и иных органов </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пользователи системы информационного обмена правоохранительных, специальных государственных и иных органов обеспечивают обоснованность запроса, использование полученной информации исключительно в целях, заявленных в запросе, а также соблюдение законодательства Республики Казахстан о персональных данных и их защите.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Полученная информация хранится в материалах, на основании которых она запрошена. Копирование, изъятие, последующая передача, распространение такой информации запрещается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z119" w:id="110"/>
-[...15 lines deleted...]
-      3. Для получения информации в рамках уголовных, гражданских, административных, розыскных дел и исполнительного производства в запросе указываются обстоятельства, послужившие основанием для истребования информации.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сроки, условия хранения информации определяются исходя из содержания основного материала. Информация подлежит уничтожению вместе с соответствующими материалами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:p>
-[...69 lines deleted...]
-      4. Судам информация предоставляется в рамках рассматриваемых уголовных, гражданских, административных дел в соответствии с нормами действующего законодательства Республики Казахстан и с соблюдением требований пункта 3 настоящей статьи.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Должностные лица, ответственные за обеспечение обоснованности запросов, организацию работы с электронными информационными ресурсами, полученными из системы информационного обмена правоохранительных, специальных государственных и иных органов, и их использование, определяются руководителями этих органов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z127" w:id="112"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 16-2 в соответствии с Законом РК от 24.11.2015 </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z126" w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Должностные лица за нарушение требований законодательства Республики Казахстан о персональных данных и их защите несут ответственность, предусмотренную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6077,55 +6707,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>