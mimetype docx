--- v0 (2025-10-03)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ac7615d" w14:textId="ac7615d">
+    <w:p w14:paraId="77f6bc5" w14:textId="77f6bc5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1575,983 +1575,1097 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 5. Лица, гражданско-правовая ответственность которых подлежит обязательному страхованию</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Обязательному страхованию подлежит гражданско-правовая ответственность владельцев:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 1) предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) легковых, грузовых автомобилей, автобусов, микроавтобусов и транспортных средств, построенных на их базе, мототранспорта и прицепов (полуприцепов) к ним, зарегистрированных (подлежащих государственной регистрации) в подразделениях уполномоченного органа по обеспечению безопасности дорожного движения, а также трамваев и троллейбусов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z67" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) временно въехавших (ввезенных) на территорию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z67" w:id="28"/>
-[...15 lines deleted...]
-      2) временно въехавших (ввезенных) на территорию Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) транспортных средств, указанных в подпунктах 1) и 2) настоящего пункта, доставляемых своим ходом с организаций-изготовителей, ремонтных и торговых организаций, органов таможенного контроля к месту регистрации, а также снятых с учета подразделением уполномоченного органа по обеспечению безопасности дорожного движения в связи с изменением места жительства владельца или изменением права собственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z68" w:id="29"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="30"/>
+    <w:bookmarkStart w:name="z69" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Гражданско-правовая ответственность владельца транспортного средства подлежит страхованию по каждой единице эксплуатируемого им транспортного средства. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заключение договора добровольного страхования гражданско-правовой ответственности владельцев транспортных средств не освобождает владельца транспортного средства от обязанности по заключению договора обязательного страхования ответственности владельцев транспортных средств. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="31"/>
+    <w:bookmarkStart w:name="z70" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Договор обязательного страхования ответственности владельцев транспортных средств не заключается в случае въезда на территорию Республики Казахстан зарегистрированного в другом государстве транспортного средства, владелец которого заключил договор страхования ответственности владельцев транспортных средств, признаваемый Республикой Казахстан в соответствии с условиями международного договора, заключенного между этим государством и Республикой Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z71" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Договор обязательного страхования ответственности владельцев транспортных средств не заключается владельцами, транспортные средства которых не подлежат государственной регистрации и учету (за исключением трамваев и троллейбусов) в подразделениях уполномоченного органа по обеспечению безопасности дорожного движения в соответствии с законодательством Республики Казахстан, за исключением случаев, когда транспортное средство считается находящимся в международном движении по территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z71" w:id="32"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="33"/>
+    <w:bookmarkStart w:name="z72" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Не подлежит обязательному страхованию гражданско-правовая ответственность лица, управляющего транспортным средством в силу исполнения своих служебных или трудовых обязанностей, в том числе на основании трудового или иного договора с владельцем транспортного средства, либо в присутствии владельца транспортного средства на основании его волеизъявления без оформления письменной формы сделки. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными законами РК от 30.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 17.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 195-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Обеспечение функционирования системы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обязательного страхования ответственности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>владельцев транспортных средств</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 6. Государственный контроль и надзор в области обязательного страхования ответственности владельцев транспортных средств </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль и надзор за деятельностью страховых организаций осуществляются уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее – уполномоченный орган) в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственный контроль за выполнением владельцами транспортных средств обязанности по заключению договора обязательного страхования ответственности владельцев транспортных средств, установленной настоящим Законом, осуществляется подразделениями уполномоченного органа по обеспечению безопасности дорожного движения при регистрации транспортных средств и осуществлении иных своих полномочий в области контроля за соблюдением правил дорожного движения, а также нормативных правовых актов Республики Казахстан в области обеспечения безопасности дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственный контроль за выполнением владельцами транспортных средств обязанности по заключению договора обязательного страхования ответственности владельцев транспортных средств, установленной настоящим Законом, осуществляется в автомобильных пунктах пропуска через Государственную границу Республики Казахстан, совпадающую с таможенной границей Евразийского экономического союза, органами государственных доходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными законами РК от 30.12.2009 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 234-IV</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 31.01.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 20.02.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); от 17.04.2014 </w:t>
+        <w:t xml:space="preserve">); от 11.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 185-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 30.08.2009); от 06.01.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 238-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 30.06.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2011); от 24.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2012); от 05.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 17.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 195-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 12.07.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016); от 26.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2018); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="34"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...454 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 7. Недопустимость эксплуатации транспортного средства без заключения договора обязательного страхования ответственности владельцев транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="36"/>
+    <w:bookmarkStart w:name="z243" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Эксплуатация транспортного средства в случае незаключения договора обязательного страхования ответственности владельцев транспортных средств не допускается. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z244" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Подразделения уполномоченного органа по обеспечению безопасности дорожного движения и органы транспортного контроля при проверке документов обязаны проверить выполнение владельцами транспортных средств обязанности по заключению договора обязательного страхования ответственности владельцев транспортных средств.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z244" w:id="37"/>
-[...15 lines deleted...]
-      2. Подразделения уполномоченного органа по обеспечению безопасности дорожного движения и органы транспортного контроля при проверке документов обязаны проверить выполнение владельцами транспортных средств обязанности по заключению договора обязательного страхования ответственности владельцев транспортных средств.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 в редакции Закона РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Особенности осуществления обязательного страхования ответственности владельцев транспортных средств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z229" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Страховая организация до получения лицензии на право осуществления обязательного страхования ответственности владельцев транспортных средств обязана заключить договор участия с Фондом гарантирования страховых выплат в порядке, определенном Законом Республики Казахстан "О Фонде гарантирования страховых выплат", за исключением вновь создаваемой страховой организации, которая заключает данный договор в течение тридцати календарных дней с даты получения лицензии по указанному виду обязательного страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Страховая организация до получения лицензии на право осуществления обязательного страхования ответственности владельцев транспортных средств обязана заключить договор участия с Фондом гарантирования страховых выплат в порядке, определенном Законом Республики Казахстан "О Фонде гарантирования страховых выплат", за исключением вновь создаваемой страховой организации, которая заключает данный договор в течение тридцати календарных дней с даты получения лицензии по указанному виду обязательного страхования.</w:t>
+    <w:bookmarkStart w:name="z230" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Не допускается деятельность, направленная на ограничение или устранение конкуренции, предоставление или получение необоснованных преимуществ по заключению договоров обязательного страхования ответственности владельцев транспортных средств одними страховщиками перед другими, ущемление прав и законных интересов страхователей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z230" w:id="39"/>
-[...15 lines deleted...]
-      2. Не допускается деятельность, направленная на ограничение или устранение конкуренции, предоставление или получение необоснованных преимуществ по заключению договоров обязательного страхования ответственности владельцев транспортных средств одними страховщиками перед другими, ущемление прав и законных интересов страхователей.</w:t>
+    <w:bookmarkStart w:name="z231" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Владельцы транспортных средств вправе заключать договоры страхования ответственности владельцев транспортных средств со страховщиками других государств, в том числе в электронной форме, при условии, что это страхование обеспечивает страховую защиту владельцев транспортных средств только за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z231" w:id="40"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2826,360 +2940,360 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Органы внутренних дел, органы прокуратуры, суды, организации здравоохранения, иные государственные органы и организации, располагающие информацией о транспортном происшествии и его последствиях, обязаны предоставить данную информацию страховщику, страховому омбудсману и Фонду гарантирования страховых выплат при их обращении и (или) при обмене электронными информационными ресурсами.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При невозможности сообщения страхователем (застрахованным), потерпевшим или их наследниками о наступлении транспортного происшествия подразделения уполномоченного органа по обеспечению безопасности дорожного движения осуществляют информирование соответствующего страховщика о данном транспортном происшествии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z364" w:id="41"/>
+    <w:bookmarkStart w:name="z364" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Указанные в пунктах 1, 2 и 3 настоящей статьи виды информационного взаимодействия осуществляются путем обмена электронными информационными ресурсами посредством единой базы данных по страхованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z365" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z365" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В целях получения информации о случаях причинения вреда жизни потерпевшего в результате транспортного происшествия информационное взаимодействие между государственным органом, осуществляющим статистическую деятельность в области правовой статистики и специальных учетов, и организацией по формированию и ведению базы данных осуществляется путем обмена электронными информационными ресурсами. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z366" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях определения выгодоприобретателя и предоставления доступа к сведениям, подтверждающим родственные отношения заявителя с умершим лицом, осуществляется информационное взаимодействие государственного органа, реализующего в соответствии с законами Республики Казахстан право владения, пользования и распоряжения базой, содержащей такую информацию, с организацией по формированию и ведению базы данных.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z366" w:id="43"/>
-[...15 lines deleted...]
-      В целях определения выгодоприобретателя и предоставления доступа к сведениям, подтверждающим родственные отношения заявителя с умершим лицом, осуществляется информационное взаимодействие государственного органа, реализующего в соответствии с законами Республики Казахстан право владения, пользования и распоряжения базой, содержащей такую информацию, с организацией по формированию и ведению базы данных.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация по формированию и ведению базы данных направляет информацию, указанную в частях первой и второй настоящего пункта, страховщику, заключившему договор обязательного страхования ответственности владельцев транспортных средств с участником данного транспортного происшествия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2102" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Уполномоченные органы в сфере таможенного дела, защиты и охраны Государственной границы Республики Казахстан и иные государственные органы представляют сведения о транспортных средствах, временно въехавших (ввезенных) на территорию Республики Казахстан, в организацию по формированию и ведению базы данных посредством системы информационного обмена.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      6. Уполномоченные органы в сфере таможенного дела, защиты и охраны Государственной границы Республики Казахстан и иные государственные органы представляют сведения о транспортных средствах, временно въехавших (ввезенных) на территорию Республики Казахстан, в организацию по формированию и ведению базы данных посредством системы информационного обмена.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 - в редакции Закона РК от 17.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 195-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); с изменениями, внесенными законами РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Договор обязательного страхования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ответственности владельцев транспортных средств</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:p>
-[...210 lines deleted...]
-    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 10. Договор обязательного страхования ответственности владельцев транспортных средств и порядок его заключения </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3315,128 +3429,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) стандартный; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) комплексный. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z245" w:id="46"/>
+    <w:bookmarkStart w:name="z245" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Договор обязательного страхования ответственности владельцев транспортных средств заключается путем оформления страховщиком страхового полиса в электронной форме.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z246" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием для заключения договора обязательного страхования ответственности владельцев транспортных средств является заявление страхователя, содержащее данные, необходимые для расчета страховой премии и идентификации страхователя, застрахованного.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z246" w:id="47"/>
-[...15 lines deleted...]
-      Основанием для заключения договора обязательного страхования ответственности владельцев транспортных средств является заявление страхователя, содержащее данные, необходимые для расчета страховой премии и идентификации страхователя, застрахованного.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Договор обязательного страхования ответственности владельцев транспортных средств по желанию страхователя может быть заключен путем обращения к страховщику либо обмена электронными информационными ресурсами между страхователем и страховщиком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2103" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-2. Не допускается заключение договора обязательного страхования ответственности владельцев транспортных средств, не находящихся в международном движении на территории Республики Казахстан, за исключением транспортных средств, зарегистрированных (подлежащих государственной регистрации) в территориальных подразделениях уполномоченного органа по обеспечению безопасности дорожного движения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4714,530 +4828,530 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 12-1. Требования к страховщику и интернет-ресурсам при заключении договора обязательного страхования ответственности владельцев транспортных средств и урегулировании страховых случаев путем обмена электронными информационными ресурсами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2106" w:id="49"/>
+    <w:bookmarkStart w:name="z2106" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При заключении договора обязательного страхования ответственности владельцев транспортных средств в электронной форме и урегулировании страховых случаев по ним для обмена электронными информационными ресурсами между организацией по формированию и ведению базы данных, страховщиком и страхователем (застрахованным, выгодоприобретателем) используются интернет-ресурс и (или) информационная система страховщика.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z2107" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче заявления для заключения договора обязательного страхования ответственности владельцев транспортных средств и уведомлении о совершении транспортного происшествия, заявления для определения размера причиненного вреда, осуществления страховой выплаты по такому договору от страхователя (застрахованного, выгодоприобретателя) в электронной форме не требуется использование специализированного программного обеспечения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z2107" w:id="50"/>
-[...15 lines deleted...]
-      При подаче заявления для заключения договора обязательного страхования ответственности владельцев транспортных средств и уведомлении о совершении транспортного происшествия, заявления для определения размера причиненного вреда, осуществления страховой выплаты по такому договору от страхователя (застрахованного, выгодоприобретателя) в электронной форме не требуется использование специализированного программного обеспечения.</w:t>
+    <w:bookmarkStart w:name="z2108" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На интернет-ресурсе организации по формированию и ведению базы данных размещается ссылка на интернет-ресурс страховой организации, используемый для заключения договоров обязательного страхования ответственности владельцев транспортных средств и урегулирования страховых случаев в электронной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z2108" w:id="51"/>
-[...15 lines deleted...]
-      На интернет-ресурсе организации по формированию и ведению базы данных размещается ссылка на интернет-ресурс страховой организации, используемый для заключения договоров обязательного страхования ответственности владельцев транспортных средств и урегулирования страховых случаев в электронной форме.</w:t>
+    <w:bookmarkStart w:name="z2109" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок обмена электронными информационными ресурсами между организацией по формированию и ведению базы данных и страховщиком, страховщиком и страхователем (застрахованным, выгодоприобретателем) определяется нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z2109" w:id="52"/>
-[...15 lines deleted...]
-      2. Порядок обмена электронными информационными ресурсами между организацией по формированию и ведению базы данных и страховщиком, страховщиком и страхователем (застрахованным, выгодоприобретателем) определяется нормативным правовым актом уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z2110" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При заключении договора обязательного страхования ответственности владельцев транспортных средств и урегулировании страховых случаев по нему с использованием интернет-ресурса страховщика страховщик обязан обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z2110" w:id="53"/>
-[...15 lines deleted...]
-      3. При заключении договора обязательного страхования ответственности владельцев транспортных средств и урегулировании страховых случаев по нему с использованием интернет-ресурса страховщика страховщик обязан обеспечить:</w:t>
+    <w:bookmarkStart w:name="z2111" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) незамедлительное отправление страхователю уведомления о заключении договора обязательного страхования ответственности владельцев транспортных средств либо отказе в его заключении (с указанием причин отказа) в виде электронного сообщения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z2111" w:id="54"/>
-[...15 lines deleted...]
-      1) незамедлительное отправление страхователю уведомления о заключении договора обязательного страхования ответственности владельцев транспортных средств либо отказе в его заключении (с указанием причин отказа) в виде электронного сообщения;</w:t>
+    <w:bookmarkStart w:name="z2112" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уведомление страхователя (застрахованного) об основных этапах процесса урегулирования страхового случая, включая отказ в приеме документов для урегулирования (с указанием причин отказа), в виде электронного сообщения в порядке, определенном нормативным правовым актом уполномоченного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z2112" w:id="55"/>
-[...15 lines deleted...]
-      2) уведомление страхователя (застрахованного) об основных этапах процесса урегулирования страхового случая, включая отказ в приеме документов для урегулирования (с указанием причин отказа), в виде электронного сообщения в порядке, определенном нормативным правовым актом уполномоченного органа;</w:t>
+    <w:bookmarkStart w:name="z2113" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) возможность проверки страхователем (застрахованным) информации по заключенному договору обязательного страхования ответственности владельцев транспортных средств на интернет-ресурсе страховой организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z2113" w:id="56"/>
-[...15 lines deleted...]
-      3) возможность проверки страхователем (застрахованным) информации по заключенному договору обязательного страхования ответственности владельцев транспортных средств на интернет-ресурсе страховой организации;</w:t>
+    <w:bookmarkStart w:name="z2114" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) возможность проверки страхователем (застрахованным, выгодоприобретателем) информации по страховому случаю по договору обязательного страхования ответственности владельцев транспортных средств на интернет-ресурсе страховой организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z2114" w:id="57"/>
-[...15 lines deleted...]
-      4) возможность проверки страхователем (застрахованным, выгодоприобретателем) информации по страховому случаю по договору обязательного страхования ответственности владельцев транспортных средств на интернет-ресурсе страховой организации;</w:t>
+    <w:bookmarkStart w:name="z2115" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) хранение договора обязательного страхования ответственности владельцев транспортных средств в электронной форме и информации по страховому случаю по нему с обеспечением круглосуточного доступа для страхователя (застрахованного, выгодоприобретателя) к интернет-ресурсу страховщика;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z2115" w:id="58"/>
-[...15 lines deleted...]
-      5) хранение договора обязательного страхования ответственности владельцев транспортных средств в электронной форме и информации по страховому случаю по нему с обеспечением круглосуточного доступа для страхователя (застрахованного, выгодоприобретателя) к интернет-ресурсу страховщика;</w:t>
+    <w:bookmarkStart w:name="z2116" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) возможность страхователю (застрахованному, выгодоприобретателю) создания и отправки страховщику информации в электронной форме (заявления, уведомления и (или) иные документы, сведения), необходимой для:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z2116" w:id="59"/>
-[...15 lines deleted...]
-      6) возможность страхователю (застрахованному, выгодоприобретателю) создания и отправки страховщику информации в электронной форме (заявления, уведомления и (или) иные документы, сведения), необходимой для:</w:t>
+    <w:bookmarkStart w:name="z2117" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключения договора обязательного страхования ответственности владельцев транспортных средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z2117" w:id="60"/>
-[...15 lines deleted...]
-      заключения договора обязательного страхования ответственности владельцев транспортных средств;</w:t>
+    <w:bookmarkStart w:name="z2118" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      досрочного прекращения договора обязательного страхования ответственности владельцев транспортных средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z2118" w:id="61"/>
-[...15 lines deleted...]
-      досрочного прекращения договора обязательного страхования ответственности владельцев транспортных средств;</w:t>
+    <w:bookmarkStart w:name="z2119" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уведомления о наступлении страхового случая (транспортного происшествия);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z2119" w:id="62"/>
-[...15 lines deleted...]
-      уведомления о наступлении страхового случая (транспортного происшествия);</w:t>
+    <w:bookmarkStart w:name="z2120" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определения размера причиненного вреда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z2120" w:id="63"/>
-[...15 lines deleted...]
-      определения размера причиненного вреда;</w:t>
+    <w:bookmarkStart w:name="z2121" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      получения страховой выплаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z2121" w:id="64"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2122" w:id="65"/>
+    <w:bookmarkStart w:name="z2122" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       урегулирования споров, возникающих из договора обязательного страхования ответственности владельцев транспортных средств, с учетом особенностей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 29-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z2123" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заключении договора обязательного страхования ответственности владельцев транспортных средств и урегулировании страховых случаев по нему направляется от организации по формированию и ведению базы данных.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z2123" w:id="66"/>
-[...15 lines deleted...]
-      Уведомление о заключении договора обязательного страхования ответственности владельцев транспортных средств и урегулировании страховых случаев по нему направляется от организации по формированию и ведению базы данных.</w:t>
+    <w:bookmarkStart w:name="z2124" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к порядку и содержанию уведомлений о заключении договора обязательного страхования ответственности владельцев транспортных средств и урегулировании страховых случаев по нему определяются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z2124" w:id="67"/>
-[...15 lines deleted...]
-      Требования к порядку и содержанию уведомлений о заключении договора обязательного страхования ответственности владельцев транспортных средств и урегулировании страховых случаев по нему определяются уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z2125" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При заключении договора обязательного страхования ответственности владельцев транспортных средств путем обмена электронными информационными ресурсами договор страхования считается заключенным с даты уплаты страхователем страховой премии (первого страхового взноса в случае уплаты страхователем – юридическим лицом страховой премии в рассрочку), если иное не предусмотрено договором обязательного страхования ответственности владельцев транспортных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z2125" w:id="68"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2126" w:id="69"/>
+    <w:bookmarkStart w:name="z2126" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. При заключении договора обязательного страхования ответственности владельцев транспортных средств путем обмена электронными информационными ресурсами страхователь уплачивает страховую премию после ознакомления с условиями страхования, предусмотренными настоящим Законом, подтверждая тем самым свое согласие заключить договор присоединения на предложенных ему условиях. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z2127" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Страховщик обеспечивает возможность заключения договора обязательного страхования ответственности владельцев транспортных средств и урегулирования страховых случаев по нему с использованием интернет-ресурса страховщика круглосуточно.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z2127" w:id="70"/>
-[...15 lines deleted...]
-      6. Страховщик обеспечивает возможность заключения договора обязательного страхования ответственности владельцев транспортных средств и урегулирования страховых случаев по нему с использованием интернет-ресурса страховщика круглосуточно.</w:t>
+    <w:bookmarkStart w:name="z2128" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Не допускается деятельность страховых агентов по заключению договоров обязательного страхования ответственности владельцев транспортных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z2128" w:id="71"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5293,284 +5407,284 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Действие договора обязательного страхования ответственности владельцев транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="72"/>
+    <w:bookmarkStart w:name="z134" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Договор обязательного страхования ответственности владельцев транспортных средств действует в отношении всех лиц, признанных потерпевшими в соответствии с настоящим Законом, в том числе находящихся в транспортном средстве страхователя (застрахованного), являющегося виновным в причинении вреда, за исключением: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) лица, управляющего этим транспортным средством в силу исполнения служебных или трудовых обязанностей со страхователем (застрахованным), в том числе на основании трудового или иного договора с владельцем транспортного средства, либо в присутствии страхователя (застрахованного) на основании его волеизъявления без оформления письменной формы сделки; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пассажиров, если страхователь (застрахованный) является перевозчиком, на которого распространяется требование законодательного акта Республики Казахстан, регламентирующего обязательное страхование гражданско-правовой ответственности перевозчика перед пассажирами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="73"/>
+    <w:bookmarkStart w:name="z133" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) работников страхователя (застрахованного), если законодательными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>актами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан на страхователя (застрахованного) как на работодателя возложена обязанность страховать работника от несчастных случаев при исполнении им трудовых (служебных) обязанностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z135" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z135" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Договор обязательного страхования ответственности владельцев транспортных средств вступает в силу и становится обязательным для сторон с даты, установленной договором обязательного страхования ответственности владельцев транспортных средств. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z136" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Договор обязательного страхования ответственности владельцев транспортных средств заключается сроком на двенадцать месяцев с даты вступления его в силу.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z136" w:id="75"/>
-[...15 lines deleted...]
-      3. Договор обязательного страхования ответственности владельцев транспортных средств заключается сроком на двенадцать месяцев с даты вступления его в силу.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договор обязательного страхования ответственности владельцев транспортных средств должен быть заключен на момент:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z416" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пересечения Государственной границы Республики Казахстан транспортными средствами, находящимися в международном движении по территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:p>
-[...33 lines deleted...]
-      1) пересечения Государственной границы Республики Казахстан транспортными средствами, находящимися в международном движении по территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z417" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) возникновения у физического или юридического лица права владения транспортным средством, но не позднее десяти рабочих дней с момента государственной регистрации (перерегистрации) данного транспортного средства в территориальных подразделениях уполномоченного органа по обеспечению безопасности дорожного движения..</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z417" w:id="77"/>
-[...15 lines deleted...]
-      2) возникновения у физического или юридического лица права владения транспортным средством, но не позднее десяти рабочих дней с момента государственной регистрации (перерегистрации) данного транспортного средства в территориальных подразделениях уполномоченного органа по обеспечению безопасности дорожного движения..</w:t>
+    <w:bookmarkStart w:name="z137" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Допускается заключение договора обязательного страхования ответственности владельцев транспортных средств на срок иной, чем предусмотрено пунктом 3 настоящей статьи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z137" w:id="78"/>
-[...15 lines deleted...]
-      4. Допускается заключение договора обязательного страхования ответственности владельцев транспортных средств на срок иной, чем предусмотрено пунктом 3 настоящей статьи:</w:t>
+    <w:bookmarkStart w:name="z140" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при сезонной эксплуатации транспортного средства, но не менее шести месяцев;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z140" w:id="79"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5599,222 +5713,222 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="80"/>
+    <w:bookmarkStart w:name="z142" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) в случаях, предусмотренных подпунктом 3) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона на срок, предшествующий государственной регистрации транспортного средства, но не менее чем на пять календарных дней;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z143" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в случае временного въезда транспортного средства на территорию Республики Казахстан на весь период временного въезда, но не менее чем на пять календарных дней.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z143" w:id="81"/>
-[...15 lines deleted...]
-      4) в случае временного въезда транспортного средства на территорию Республики Казахстан на весь период временного въезда, но не менее чем на пять календарных дней.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен Законом РК от 30.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Действие договора обязательного страхования ответственности владельцев транспортных средств ограничивается территорией Республики Казахстан, если иное не предусмотрено международным договором, заключенным Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:p>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6279,261 +6393,261 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Досрочное прекращение договора обязательного страхования ответственности владельцев транспортных средств</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Договор обязательного страхования ответственности владельцев транспортных средств прекращается досрочно в случаях, установленных Гражданским кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="83"/>
+    <w:bookmarkStart w:name="z144" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для досрочного прекращения договора обязательного страхования ответственности владельцев транспортных средств страхователь (в случае смерти страхователя - его наследник (наследники) подает письменное заявление страховщику.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z145" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При досрочном прекращении договора обязательного страхования ответственности владельцев и заключении нового договора обязательного страхования ответственности владельцев транспортных средств с этим же страховщиком страховщик имеет право на удержание части страховой премии, рассчитываемой по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z145" w:id="84"/>
-[...15 lines deleted...]
-      3. При досрочном прекращении договора обязательного страхования ответственности владельцев и заключении нового договора обязательного страхования ответственности владельцев транспортных средств с этим же страховщиком страховщик имеет право на удержание части страховой премии, рассчитываемой по следующей формуле:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЧСП = СП * n/N, где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЧСП - размер страховой премии, удерживаемой страховщиком (в тенге);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СП - размер страховой премии, оплаченной по договору обязательного страхования ответственности владельцев транспортных средств (в тенге);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      n - срок, прошедший с момента вступления в силу договора обязательного страхования ответственности владельцев транспортных средств до момента его досрочного прекращения (в днях), включая день обращения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N - срок заключения договора обязательного страхования ответственности владельцев транспортных средств (в днях).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При несоблюдении условия, предусмотренного пунктом 3 настоящей статьи, страховщик имеет право на удержание части страховой премии при досрочном прекращении договора обязательного страхования ответственности владельцев транспортных средств в следующих размерах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:p>
-[...108 lines deleted...]
-    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1995" w:id="86"/>
+          <w:bookmarkStart w:name="z1995" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkEnd w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6561,70 +6675,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок, прошедший с момента вступления в силу договора обязательного страхования ответственности владельцев транспортных средств до момента его досрочного прекращения (в процентах от срока, на который заключен договор обязательного страхования ответственности владельцев транспортных средств)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1996" w:id="87"/>
+          <w:bookmarkStart w:name="z1996" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер страховой премии, удерживаемой страховщиком</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (в процентах от страховой премии, оплаченной по договору обязательного страхования ответственности владельцев транспортных средств)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8368,230 +8482,230 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Страхователь (застрахованный) вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2003" w:id="88"/>
+    <w:bookmarkStart w:name="z2003" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) требовать от страховщика разъяснения условий обязательного страхования ответственности владельцев транспортных средств, своих прав и обязанностей по договору обязательного страхования ответственности владельцев транспортных средств;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z2004" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запросить от организации по формированию и ведению базы данных информацию о наличии в базе данных сведений о договоре обязательного страхования ответственности владельцев транспортных средств и страховом случае (транспортном происшествии) по нему (данное право в части запроса сведений по страховому случаю (транспортному происшествию) также распространяется на выгодоприобретателя);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z2004" w:id="89"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2005" w:id="90"/>
+    <w:bookmarkStart w:name="z2005" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) ознакомиться с результатами определения размеров причиненного вреда, произведенного страховщиком, и страховой выплаты, осуществленной страховщиком, в том числе посредством интернет-ресурса страховщика; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z2006" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) досрочно прекратить договор обязательного страхования ответственности владельцев транспортных средств (данное право распространяется только на страхователя);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z2006" w:id="91"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2007" w:id="92"/>
+    <w:bookmarkStart w:name="z2007" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) обратиться к страховщику с учетом особенностей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 29-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, либо страховому омбудсману или в суд для урегулирования вопросов, возникающих из договора обязательного страхования ответственности владельцев транспортных средств;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z2008" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) направить заявление и прилагаемые документы страховому омбудсману (напрямую страховому омбудсману, в том числе через его интернет-ресурс, либо через страховщика, в том числе его филиал, представительство, иное обособленное структурное подразделение, интернет-ресурс);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z2008" w:id="93"/>
-[...15 lines deleted...]
-      6) направить заявление и прилагаемые документы страховому омбудсману (напрямую страховому омбудсману, в том числе через его интернет-ресурс, либо через страховщика, в том числе его филиал, представительство, иное обособленное структурное подразделение, интернет-ресурс);</w:t>
+    <w:bookmarkStart w:name="z2009" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) получить страховую выплату в случаях, предусмотренных настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z2009" w:id="94"/>
-[...15 lines deleted...]
-      7) получить страховую выплату в случаях, предусмотренных настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z2010" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договором обязательного страхования ответственности владельцев транспортных средств могут быть предусмотрены и другие права страхователя (застрахованного), не противоречащие законам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z2010" w:id="95"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Страхователь обязан: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9127,70 +9241,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Права и обязанности страховщика</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="96"/>
+    <w:bookmarkStart w:name="z83" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Страховщик вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при заключении договора обязательного страхования ответственности владельцев транспортных средств, кроме сведений, предусмотренных Гражданским кодексом Республики Казахстан, требовать от страхователя представления сведений, необходимых для внесения в такой договор в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9377,70 +9491,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Договором обязательного страхования ответственности владельцев транспортных средств могут быть предусмотрены и другие права страховщика, не противоречащие гражданскому законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="97"/>
+    <w:bookmarkStart w:name="z84" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Страховщик обязан: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ознакомить страхователя (застрахованного) с условиями обязательного страхования ответственности владельцев транспортных средств, в том числе с правами и обязанностями сторон, возникающими из договора обязательного страхования ответственности владельцев транспортных средств;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9547,70 +9661,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) при уведомлении о транспортном происшествии, совершенном в период действия страховой защиты по договору обязательного страхования ответственности владельцев транспортных средств, незамедлительно зарегистрировать его и представить сведения по данному транспортному происшествию в организацию по формированию и ведению базы данных в соответствии с нормативным правовым актом уполномоченного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="98"/>
+    <w:bookmarkStart w:name="z85" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) в течение рабочего дня с даты получения письменного обращения потерпевшего или лица, имеющего согласно законам Республики Казахстан право на возмещение вреда в связи со смертью потерпевшего, письменно представить сведения о заключении договора обязательного страхования ответственности владельцев транспортных средств (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) страхователя, государственный номер регистрации транспортного средства, номер и дата заключения) страхователем, являющимся виновником транспортного происшествия, при наличии документа, подтверждающего страховой случай;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в сроки и порядке, которые установлены настоящим Законом, по заявлению об определении размера вреда, причиненного имуществу, страхователя (застрахованного) либо потерпевшего (выгодоприобретателя) или их представителей провести расчет размера вреда, причиненного имуществу, и представить отчет о размере вреда на ознакомление выгодоприобретателю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9659,130 +9773,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       7-1) при обращении в письменной форме с требованием о возмещении причиненного вреда в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 26-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, произвести возмещение причиненного вреда в размере, порядке и сроки, установленные настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="99"/>
+    <w:bookmarkStart w:name="z232" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-2) при получении от страхователя (потерпевшего, выгодоприобретателя) заявления на рассмотрение спора, возникшего из договора обязательного страхования ответственности владельцев транспортных средств, рассмотреть требования страхователя (потерпевшего, выгодоприобретателя) и предоставить письменный ответ с указанием дальнейшего порядка урегулирования спора в течение пяти рабочих дней;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z233" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-3) при получении от страхователя (потерпевшего, выгодоприобретателя) заявления, направляемого страховому омбудсману, перенаправить данное заявление, а также прилагаемые к нему документы страховому омбудсману в течение трех рабочих дней со дня получения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z233" w:id="100"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2011" w:id="101"/>
+    <w:bookmarkStart w:name="z2011" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7-4) при получении информации, предусмотренной пунктом 5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, принять меры по урегулированию страхового случая в порядке, установленном нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) возместить страхователю (застрахованному) расходы, понесенные им в целях предотвращения или уменьшения убытков при страховом случае; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10052,70 +10166,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Права потерпевшего</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="102"/>
+    <w:bookmarkStart w:name="z87" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Потерпевший вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) сообщить страховщику о транспортном происшествии, в результате которого ему причинен вред страхователем (застрахованным); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10206,90 +10320,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) воспользоваться услугами любого медицинского учреждения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ознакомиться с результатами произведенного страховщиком определения размеров причиненного вреда и страховой выплаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="103"/>
+    <w:bookmarkStart w:name="z86" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-1) письменно обратиться к страховщику лица, виновного в причинении вреда жизни, здоровью и (или) имуществу потерпевшего, о подтверждении сведений о наличии договора обязательного страхования ответственности владельцев транспортных средств (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) страхователя, государственный номер регистрации транспортного средства, номер и дата заключения) у данного лица в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 17 настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-2) письменно обратиться в организацию по формированию и ведению базы данных о представлении сведений о наличии либо отсутствии договора обязательного страхования ответственности владельцев транспортных средств (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) страхователя, государственный номер регистрации транспортного средства, номер и дата заключения) у лица, виновного в причинении вреда жизни, здоровью и (или) имуществу потерпевшего, при наличии документа, подтверждающего страховой случай;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10631,163 +10745,163 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="104"/>
+    <w:bookmarkStart w:name="z22" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Страховые премии</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Размер страховой премии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Для расчета годовой страховой премии, подлежащей уплате при заключении договора обязательного страхования ответственности владельцев транспортных средств, используется базовая страховая премия, к которой в зависимости от места регистрации транспортного средства, типа транспортного средства, возраста и стажа вождения страхователя (застрахованного), срока эксплуатации транспортного средства и наличия или отсутствия страховых случаев по вине лиц, гражданско-правовая ответственность которых застрахована (система "бонус-малус"), применяются коэффициенты, установленные пунктами 3-10 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z172" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уменьшение или увеличение размера страховой премии по иным основаниям, не предусмотренным настоящим Законом, не допускается.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:p>
-[...50 lines deleted...]
-      Уменьшение или увеличение размера страховой премии по иным основаниям, не предусмотренным настоящим Законом, не допускается.</w:t>
+    <w:bookmarkStart w:name="z173" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Базовая страховая премия устанавливается в размере 1,9 месячного расчетного показателя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z173" w:id="106"/>
-[...15 lines deleted...]
-      2. Базовая страховая премия устанавливается в размере 1,9 месячного расчетного показателя.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коэффициенты по территории регистрации транспортного средства устанавливаются в следующем размере:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z174" w:id="107"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13251,270 +13365,270 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2129" w:id="108"/>
+    <w:bookmarkStart w:name="z2129" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1. К коэффициентам по территории регистрации транспортного средства, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, для расчета страховой премии дополнительно применяются поправочные коэффициенты.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z2130" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет поправочных коэффициентов производится организацией по формированию и ведению базы данных с учетом показателей убыточности по территории регистрации транспортного средства, таргетируемой убыточности и фактора достоверности в порядке, определенном нормативным правовым актом уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z2130" w:id="109"/>
-[...15 lines deleted...]
-      Расчет поправочных коэффициентов производится организацией по формированию и ведению базы данных с учетом показателей убыточности по территории регистрации транспортного средства, таргетируемой убыточности и фактора достоверности в порядке, определенном нормативным правовым актом уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z2131" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таргетируемая убыточность, фактор достоверности и поправочные коэффициенты утверждаются уполномоченным органом и публикуются на интернет-ресурсе уполномоченного органа в сроки, установленные нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z2131" w:id="110"/>
-[...15 lines deleted...]
-      Таргетируемая убыточность, фактор достоверности и поправочные коэффициенты утверждаются уполномоченным органом и публикуются на интернет-ресурсе уполномоченного органа в сроки, установленные нормативным правовым актом уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z2132" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Значение таргетируемой убыточности должно находиться в диапазоне от шестидесяти до восьмидесяти процентов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z2132" w:id="111"/>
-[...15 lines deleted...]
-      Значение таргетируемой убыточности должно находиться в диапазоне от шестидесяти до восьмидесяти процентов.</w:t>
+    <w:bookmarkStart w:name="z2133" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Страховщик вправе увеличить или уменьшить поправочные коэффициенты не более чем на десять процентов от значений, рассчитанных в соответствии с частью второй настоящего пункта, в порядке, определенном нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z2133" w:id="112"/>
-[...15 lines deleted...]
-      Страховщик вправе увеличить или уменьшить поправочные коэффициенты не более чем на десять процентов от значений, рассчитанных в соответствии с частью второй настоящего пункта, в порядке, определенном нормативным правовым актом уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z175" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для иных городов и населенных пунктов в областях, указанных в пункте 3 настоящей статьи, для расчета годовой страховой премии дополнительно используется коэффициент корректировки в размере 0,8.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z175" w:id="113"/>
-[...15 lines deleted...]
-      4. Для иных городов и населенных пунктов в областях, указанных в пункте 3 настоящей статьи, для расчета годовой страховой премии дополнительно используется коэффициент корректировки в размере 0,8.</w:t>
+    <w:bookmarkStart w:name="z176" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае временного въезда транспортного средства на территорию Республики Казахстан применяется коэффициент по территории регистрации в размере 4,4.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z176" w:id="114"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z177" w:id="115"/>
+    <w:bookmarkStart w:name="z177" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На случаи, предусмотренные подпунктом 3) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, коэффициенты по территории регистрации транспортного средства не распространяются.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z178" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Коэффициенты по типу транспортного средства устанавливаются в следующем размере:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z178" w:id="116"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -15374,70 +15488,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z179" w:id="117"/>
+    <w:bookmarkStart w:name="z179" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Коэффициенты в зависимости от возраста и стажа вождения устанавливаются для физических лиц в следующем размере:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16165,90 +16279,90 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z180" w:id="118"/>
+    <w:bookmarkStart w:name="z180" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Для юридических лиц коэффициент, предусмотренный пунктом 7 настоящей статьи, устанавливается в размере 1,2.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z181" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Коэффициенты в зависимости от срока эксплуатации транспортного средства устанавливаются в следующем размере:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z181" w:id="119"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16750,270 +16864,270 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z182" w:id="120"/>
+    <w:bookmarkStart w:name="z182" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Порядок расчета и применения коэффициента по системе "бонус-малус" определяется нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Исключен Законом РК от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Исключен Законом РК от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Исключен Законом РК от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. При заключении договора обязательного страхования ответственности владельцев транспортных средств на срок менее двенадцати месяцев, за исключением случаев временного въезда на территорию Республики Казахстан, размеры страховых премий на единицу транспортного средства рассчитываются по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:p>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СП = ГСП * n/N, где:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17132,70 +17246,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       СП – размер страховой премии по договору обязательного страхования ответственности владельцев транспортных средств, заключаемому на срок менее двенадцати месяцев (в тенге), в случае временного въезда на территорию Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К – поправочный коэффициент в зависимости от срока пребывания на территории Республики Казахстан, указанный в пункте 14-1 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="122"/>
+    <w:bookmarkStart w:name="z76" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-1. При заключении договора обязательного страхования ответственности владельцев транспортных средств на период временного въезда на территорию Республики Казахстан устанавливаются следующие коэффициенты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18547,90 +18661,90 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="123"/>
+    <w:bookmarkStart w:name="z190" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. По комплексному договору страховая премия уплачивается за одну единицу транспортного средства, при этом размер страховой премии определяется равным наибольшей величине из размеров страховых премий, установленных для транспортных средств, указанных в страховом полисе.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z191" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. По стандартному договору страховая премия рассчитывается по каждому застрахованному и подлежит уплате страхователем в размере, равном наибольшей величине из размеров страховых премий, рассчитанных по каждому застрахованному.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z191" w:id="124"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18886,110 +19000,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Уменьшение размера страховых премий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="125"/>
+    <w:bookmarkStart w:name="z273" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Владельцы транспортных средств – участники Великой Отечественной войны и лица, приравненные по льготам к участникам Великой Отечественной войны, ветераны боевых действий на территории других государств, лица с инвалидностью первой и второй групп, пенсионеры при заключении стандартного договора уплачивают страховые премии в размере пятидесяти процентов от подлежащей к уплате страховой премии, рассчитанной в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z2044" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если транспортное средство эксплуатируется также другими владельцами, не относящимися к категории лиц, указанных в части первой настоящего пункта, то обязательное страхование ответственности владельцев транспортных средств осуществляется без предоставления такой льготы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z2044" w:id="126"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19158,70 +19272,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Если договором обязательного страхования ответственности владельцев транспортных средств не предусмотрено иное, страховая премия уплачивается страхователем разовым платежом. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Страховщик вправе предусмотреть в договоре обязательного страхования ответственности владельцев транспортных средств уплату страховой премии в рассрочку. При этом страховщик несет ответственность перед страхователем в течение всего срока действия договора обязательного страхования ответственности владельцев транспортных средств. Неуплата страхователем очередного страхового взноса не может являться для страховщика основанием для досрочного прекращения договора обязательного страхования ответственности владельцев транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z274" w:id="127"/>
+    <w:bookmarkStart w:name="z274" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Страховщик предоставляет возможность оплаты страховой премии безналичным способом через интернет-ресурс страховщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. При несвоевременной уплате очередного страхового взноса страхователь обязан уплатить страховщику неустойку в порядке и размере, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19278,257 +19392,257 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="128"/>
+    <w:bookmarkStart w:name="z26" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Определение страхового случая,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>размера причиненного вреда и страховой выплаты</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Определение страхового случая и размера причиненного вреда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Страховым случаем признается факт наступления гражданско-правовой ответственности застрахованного по возмещению вреда, причиненного жизни, здоровью и (или) имуществу лиц, признанных потерпевшими, в результате эксплуатации застрахованным транспортного средства, указанного в договоре обязательного страхования ответственности владельцев транспортных средств.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z192" w:id="130"/>
+    <w:bookmarkStart w:name="z192" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Размер вреда, причиненного жизни и здоровью потерпевшего, определяется в соответствии с настоящим Законом на основании документов, выданных соответствующими организациями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z193" w:id="131"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z193" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Определение размера вреда, причиненного имуществу, осуществляется с применением лицензионного специализированного программного обеспечения страховщиком либо привлеченным им оценщиком на основании договора об оказании услуг. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z2048" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к специализированному программному обеспечению и порядок определения размера вреда, причиненного имуществу, устанавливаются нормативным правовым актом уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z2048" w:id="132"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2049" w:id="133"/>
+    <w:bookmarkStart w:name="z2049" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Страховщик и страхователь (застрахованный, выгодоприобретатель) согласовывают дату, время и место проведения осмотра поврежденного имущества в течение трех рабочих дней со дня подачи заявления об определении размера причиненного вреда. При этом осмотр поврежденного имущества должен быть произведен в течение пяти рабочих дней со дня подачи указанного заявления. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z2050" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если осмотр поврежденного имущества не был произведен по вине страхователя (застрахованного, выгодоприобретателя) или по независящим от воли сторон обстоятельствам, страхователь (застрахованный, выгодоприобретатель) повторно обращается к страховщику с заявлением об определении размера причиненного вреда.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z2050" w:id="134"/>
-[...15 lines deleted...]
-      В случае, если осмотр поврежденного имущества не был произведен по вине страхователя (застрахованного, выгодоприобретателя) или по независящим от воли сторон обстоятельствам, страхователь (застрахованный, выгодоприобретатель) повторно обращается к страховщику с заявлением об определении размера причиненного вреда.</w:t>
+    <w:bookmarkStart w:name="z2051" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Определение размера вреда, причиненного имуществу, осуществляется страховщиком в срок не позднее пяти рабочих дней со дня осмотра и составления акта осмотра поврежденного имущества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z2051" w:id="135"/>
-[...15 lines deleted...]
-      Определение размера вреда, причиненного имуществу, осуществляется страховщиком в срок не позднее пяти рабочих дней со дня осмотра и составления акта осмотра поврежденного имущества.</w:t>
+    <w:bookmarkStart w:name="z241" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Если страховщиком в срок, установленный частью пятой пункта 3 настоящей статьи, не будет определен размер причиненного вреда, то страхователь (застрахованный) либо потерпевший (выгодоприобретатель) или их представители могут воспользоваться услугами оценщика и начать восстановление (утилизацию) имущества. Затраты на услуги оценщика, понесенные страхователем (застрахованным) либо потерпевшим (выгодоприобретателем) или их представителями, подлежат возмещению страховщиком вне зависимости от страховой выплаты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z241" w:id="136"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Определение размера вреда, причиненного транспортному средству, осуществляется оценщиком в соответствии с нормативным правовым актом уполномоченного органа, указанного в части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19541,110 +19655,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результат определения размера вреда, причиненного транспортному средству, произведенного оценщиком, в случае, предусмотренном частью первой настоящего пункта, принимается страховщиком для осуществления страховой выплаты потерпевшему (выгодоприобретателю) или его представителю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="137"/>
+    <w:bookmarkStart w:name="z195" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Страховщик осуществляет страховую выплату в размере вреда, определенном в соответствии с настоящей статьей.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z197" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Страховщик не вправе удерживать со страховой выплаты, причитающейся выгодоприобретателю, собственные расходы, связанные с определением размера вреда.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z197" w:id="138"/>
-[...15 lines deleted...]
-      5. Страховщик не вправе удерживать со страховой выплаты, причитающейся выгодоприобретателю, собственные расходы, связанные с определением размера вреда.</w:t>
+    <w:bookmarkStart w:name="z200" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Умышленное создание страхового случая, а также иные мошеннические действия, направленные на незаконное получение страховой выплаты, влекут ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z200" w:id="139"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19971,530 +20085,530 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22-2. Упрощенный порядок урегулирования страхового случая</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2135" w:id="140"/>
+    <w:bookmarkStart w:name="z2135" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В случае отсутствия потерпевших, которым причинен вред жизни и (или) здоровью при совершении транспортного происшествия, его участники вправе осуществить упрощенное оформление транспортного происшествия путем составления декларации об упрощенном порядке урегулирования страхового случая (далее – декларация) на согласованных ими условиях при соблюдении одновременно следующих требований:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z2136" w:id="141"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z2136" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) транспортное происшествие произошло в результате взаимодействия (столкновения) двух транспортных средств (включая транспортные средства с прицепами (полуприцепами) к ним), гражданско-правовая ответственность владельцев которых в момент совершения данного транспортного происшествия была застрахована в соответствии с настоящим Законом; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z2137" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в результате транспортного происшествия вред причинен только транспортным средствам, указанным в подпункте 1) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z2137" w:id="142"/>
-[...15 lines deleted...]
-      2) в результате транспортного происшествия вред причинен только транспортным средствам, указанным в подпункте 1) настоящего пункта;</w:t>
+    <w:bookmarkStart w:name="z2138" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обстоятельства причинения вреда в результате транспортного происшествия, характер и перечень видимых повреждений транспортных средств, вина одного из участников транспортного происшествия не вызывают разногласий у участников транспортного происшествия и фиксируются в декларации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z2138" w:id="143"/>
-[...15 lines deleted...]
-      3) обстоятельства причинения вреда в результате транспортного происшествия, характер и перечень видимых повреждений транспортных средств, вина одного из участников транспортного происшествия не вызывают разногласий у участников транспортного происшествия и фиксируются в декларации;</w:t>
+    <w:bookmarkStart w:name="z2139" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) участники транспортного происшествия согласны на размер страховой выплаты в пределах размера страховой суммы по каждому отдельному страховому случаю, установленного нормативным правовым актом уполномоченного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z2139" w:id="144"/>
-[...15 lines deleted...]
-      4) участники транспортного происшествия согласны на размер страховой выплаты в пределах размера страховой суммы по каждому отдельному страховому случаю, установленного нормативным правовым актом уполномоченного органа;</w:t>
+    <w:bookmarkStart w:name="z2140" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оформление документов и сведений о транспортном происшествии осуществляется участниками транспортного происшествия путем составления декларации с использованием информационной системы страховой компании и информационной системы организации по формированию и ведению базы данных в порядке, определенном нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z2140" w:id="145"/>
-[...15 lines deleted...]
-      5) оформление документов и сведений о транспортном происшествии осуществляется участниками транспортного происшествия путем составления декларации с использованием информационной системы страховой компании и информационной системы организации по формированию и ведению базы данных в порядке, определенном нормативным правовым актом уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z2141" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Участники транспортного происшествия не должны покидать место транспортного происшествия до получения ими уведомления от организации по формированию и ведению базы данных о принятии страховщиком декларации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z2141" w:id="146"/>
-[...15 lines deleted...]
-      2. Участники транспортного происшествия не должны покидать место транспортного происшествия до получения ими уведомления от организации по формированию и ведению базы данных о принятии страховщиком декларации.</w:t>
+    <w:bookmarkStart w:name="z2142" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если приложенные участниками транспортного происшествия к декларации фотоматериалы не позволяют определить марку, модель, идентификационный номер, государственный регистрационный номерной знак транспортного средства, участвовавшего в транспортном происшествии, а также обстоятельства причинения вреда, характер и перечень видимых повреждений транспортных средств в результате транспортного происшествия, страховщик вправе запросить у участников транспортного происшествия повторное направление фотоматериалов с использованием информационной системы страховой компании и информационной системы организации по формированию и ведению базы данных либо другим доступным способом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z2142" w:id="147"/>
-[...15 lines deleted...]
-      В случае, если приложенные участниками транспортного происшествия к декларации фотоматериалы не позволяют определить марку, модель, идентификационный номер, государственный регистрационный номерной знак транспортного средства, участвовавшего в транспортном происшествии, а также обстоятельства причинения вреда, характер и перечень видимых повреждений транспортных средств в результате транспортного происшествия, страховщик вправе запросить у участников транспортного происшествия повторное направление фотоматериалов с использованием информационной системы страховой компании и информационной системы организации по формированию и ведению базы данных либо другим доступным способом.</w:t>
+    <w:bookmarkStart w:name="z2143" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обстоятельства, указанные в части второй настоящего пункта, не являются основанием для отказа в принятии страховщиком декларации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z2143" w:id="148"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2144" w:id="149"/>
+    <w:bookmarkStart w:name="z2144" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В случае несогласия одного из участников транспортного происшествия с оформлением упрощенного порядка урегулирования страхового случая страховая выплата осуществляется в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z2145" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок и условия упрощенного порядка урегулирования страхового случая, форма декларации и требования к документам, прилагаемым к ней, определяются нормативным правовым актом уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z2145" w:id="150"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2146" w:id="151"/>
+    <w:bookmarkStart w:name="z2146" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Упрощенный порядок урегулирования страхового случая может осуществляться посредством прямого урегулирования в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 26-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, при отсутствии разногласий между участниками транспортного происшествия по страховому случаю, о чем делается соответствующая отметка в декларации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z2147" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Страховщик вправе произвести осмотр транспортных средств участников транспортного происшествия для установления факта и обстоятельств страхового случая и расчета размера вреда.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z2147" w:id="152"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2148" w:id="153"/>
+    <w:bookmarkStart w:name="z2148" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Участники транспортного происшествия по требованию страховщика обязаны предоставить транспортные средства для проведения осмотра и сохранять поврежденное имущество в таком состоянии, в каком оно находилось после транспортного происшествия, до осуществления страховой выплаты или направления страховщиком мотивированного отказа. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z2149" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок, условия, сроки осмотра страховщиком транспортных средств при упрощенном порядке урегулирования страхового случая определяются нормативным правовым актом уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z2149" w:id="154"/>
-[...15 lines deleted...]
-      Порядок, условия, сроки осмотра страховщиком транспортных средств при упрощенном порядке урегулирования страхового случая определяются нормативным правовым актом уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z2150" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Страховая выплата при упрощенном порядке урегулирования страхового случая осуществляется страховщиком в порядке и сроки, определенные нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z2150" w:id="155"/>
-[...15 lines deleted...]
-      7. Страховая выплата при упрощенном порядке урегулирования страхового случая осуществляется страховщиком в порядке и сроки, определенные нормативным правовым актом уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z2151" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После осуществления страховой выплаты в соответствии с настоящей статьей обязательство страховщика по осуществлению страховой выплаты считается исполненным надлежащим образом, и выгодоприобретатель не вправе предъявлять страховщику дополнительные требования о возмещении вреда в части, превышающей предельный размер страховой суммы по каждому отдельному страховому случаю при упрощенном порядке урегулировании страхового случая.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z2151" w:id="156"/>
-[...15 lines deleted...]
-      После осуществления страховой выплаты в соответствии с настоящей статьей обязательство страховщика по осуществлению страховой выплаты считается исполненным надлежащим образом, и выгодоприобретатель не вправе предъявлять страховщику дополнительные требования о возмещении вреда в части, превышающей предельный размер страховой суммы по каждому отдельному страховому случаю при упрощенном порядке урегулировании страхового случая.</w:t>
+    <w:bookmarkStart w:name="z2152" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Страховщик имеет право отказать в осуществлении страховой выплаты в случаях, установленных настоящим Законом и (или) иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z2152" w:id="157"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z2153" w:id="158"/>
+    <w:bookmarkStart w:name="z2153" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Страховщик, осуществивший страховую выплату в соответствии с упрощенным порядком урегулирования страхового случая, имеет право обратного требования к страхователю (застрахованному) в пределах уплаченной суммы в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z2154" w:id="159"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z2154" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В случае несогласия с процедурой и последствиями упрощенного порядка урегулирования страхового случая страхователь (потерпевший, выгодоприобретатель) вправе урегулировать спор в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 29-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20725,110 +20839,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       установление инвалидности: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       первой группы – 1600;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z359" w:id="160"/>
+    <w:bookmarkStart w:name="z359" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       второй группы – 1200;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z360" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      третьей группы – 500;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z360" w:id="161"/>
-[...15 lines deleted...]
-      третьей группы – 500;</w:t>
+    <w:bookmarkStart w:name="z361" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ребенок с инвалидностью – 1 000;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z361" w:id="162"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       увечье, травму или иное повреждение здоровья без установления инвалидности, – в размере фактических расходов на амбулаторное и (или) стационарное лечение, но не более 300;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21222,70 +21336,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Общие условия осуществления страховой выплаты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Требование о страховой выплате к страховщику предъявляется страхователем (застрахованным) или иным лицом, являющимся выгодоприобретателем, в том числе посредством интернет-ресурса страховщика в соответствии с нормативным правовым актом уполномоченного органа, с указанием места жительства, контактных телефонов выгодоприобретателя, банковских реквизитов (при необходимости), порядка получения страховой выплаты – наличными деньгами либо путем перечисления на банковский счет с приложением документов, необходимых для осуществления страховой выплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2082" w:id="163"/>
+    <w:bookmarkStart w:name="z2082" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По требованию страховщика заявитель обязан представить страховщику оригиналы документов, необходимых для осуществления страховой выплаты, за исключением документов, имеющихся в электронной форме в базах данных и (или) информационных системах государственных органов, доступ к которым имеет страховщик.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. К заявлению о страховой выплате прилагаются следующие документы: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -21602,110 +21716,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие с 01.01.2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Истребование страховщиком от страхователя (застрахованного) либо потерпевшего дополнительных документов и (или) документов, доступных посредством информационных систем и сервисов, не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z275" w:id="164"/>
+    <w:bookmarkStart w:name="z275" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Страховщик, принявший документы, обязан составить в двух экземплярах справку с указанием полного перечня представленных заявителем документов и даты их принятия.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z276" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отправки страхователем (застрахованным, выгодоприобретателем) заявления о страховой выплате электронным способом страховщик может представить ему данную справку в электронной форме.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z276" w:id="165"/>
-[...15 lines deleted...]
-      В случае отправки страхователем (застрахованным, выгодоприобретателем) заявления о страховой выплате электронным способом страховщик может представить ему данную справку в электронной форме.</w:t>
+    <w:bookmarkStart w:name="z277" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При личном обращении заявителя к страховщику один экземпляр справки выдается заявителю, второй экземпляр с отметкой заявителя в ее получении остается у страховщика.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z277" w:id="166"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Выгодоприобретателем является потерпевший (в случае его смерти - лицо, имеющее согласно законам Республики Казахстан право на возмещение вреда в связи со смертью потерпевшего), а также страхователь (застрахованный) или иное лицо, возместившее потерпевшему (лицу, имеющему право на возмещение вреда) причиненный вред в пределах объема ответственности страховщика, установленного настоящим Законом, и получившее право на страховую выплату. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21770,70 +21884,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. При осуществлении страховой выплаты страховщик не вправе требовать от выгодоприобретателя принятие условий, ограничивающих его право требования к страховщику. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Страховщик имеет право на имущество или его остатки в случае осуществления им страховой выплаты в размере рыночной стоимости данного имущества на день наступления страхового случая.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="167"/>
+    <w:bookmarkStart w:name="z234" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Страховщик вправе осуществить страховую выплату на основании протокола о нарушении правил дорожного движения со схемой происшествия, выданного органами внутренних дел, при отсутствии факта причинения вреда жизни и здоровью потерпевшего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22442,168 +22556,168 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26-1. Прямое урегулирование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="168"/>
+    <w:bookmarkStart w:name="z78" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При транспортном происшествии потерпевший или лицо, имеющее согласно законам Республики Казахстан право на возмещение вреда в связи со смертью потерпевшего, для получения возмещения причиненного вреда вправе обратиться к страховщику, который застраховал ответственность потерпевшего по договору обязательного страхования ответственности владельцев транспортных средств, при условии наличия у лица, по вине которого произошло транспортное происшествие, договора обязательного страхования ответственности владельцев транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z79" w:id="169"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z79" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Возмещение причиненного вреда производится страховщиком в течение семи рабочих дней со дня получения документов, предусмотренных подпунктами 1), 2), 3), 4), 4-1), 4-2) и 6) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возмещение вреда, причиненного жизни, здоровью и (или) имуществу потерпевшего, осуществляемое страховщиком в рамках прямого урегулирования, не является для него исполнением обязательств по заключенному с потерпевшим договору обязательного страхования гражданско-правовой ответственности владельцев транспортных средств и страховой выплатой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Страховая компания лица, по вине которого произошел страховой случай, возмещает фактически выплаченную сумму страховщику, урегулировавшему страховой случай.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:p>
-[...33 lines deleted...]
-      3. Страховая компания лица, по вине которого произошел страховой случай, возмещает фактически выплаченную сумму страховщику, урегулировавшему страховой случай.</w:t>
+    <w:bookmarkStart w:name="z242" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок и условия осуществления прямого урегулирования устанавливаются настоящим Законом и нормативными правовыми актами уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z242" w:id="171"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23371,70 +23485,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       6) нарушение потерпевшим требований части третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 22, части второй пункта 6 статьи 22-2 настоящего Закона. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2155" w:id="172"/>
+    <w:bookmarkStart w:name="z2155" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) несоответствие документов и сведений по упрощенному порядку урегулирования страхового случая требованиям, установленным настоящим Законом и нормативным правовым актом уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. При наличии оснований для отказа в осуществлении страховой выплаты страховщик обязан в течение семи рабочих дней со дня получения заявления и всех документов, предусмотренных пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23854,260 +23968,260 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29-1. Особенности урегулирования споров по обязательному страхованию гражданско-правовой ответственности владельцев транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z236" w:id="173"/>
+    <w:bookmarkStart w:name="z236" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>При наличии спора, возникающего из договора обязательного страхования ответственности владельцев транспортных средств, страхователь (потерпевший, выгодоприобретатель) вправе в письменной форме:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z2100" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направить страховщику (в том числе через филиал, представительство, иное обособленное структурное подразделение, интернет-ресурс страховщика) заявление с указанием требований и приложением документов, подтверждающих его требования, либо</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z2100" w:id="174"/>
-[...15 lines deleted...]
-      направить страховщику (в том числе через филиал, представительство, иное обособленное структурное подразделение, интернет-ресурс страховщика) заявление с указанием требований и приложением документов, подтверждающих его требования, либо</w:t>
+    <w:bookmarkStart w:name="z2101" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направить заявление страховому омбудсману (напрямую страховому омбудсману, в том числе через его интернет-ресурс, либо через страховщика, в том числе через его филиал, представительство, иное обособленное структурное подразделение, интернет-ресурс) или в суд для урегулирования споров, возникающих из договора обязательного страхования ответственности владельцев транспортных средств, с учетом особенностей, предусмотренных Законом Республики Казахстан "О страховой деятельности".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z2101" w:id="175"/>
-[...15 lines deleted...]
-      направить заявление страховому омбудсману (напрямую страховому омбудсману, в том числе через его интернет-ресурс, либо через страховщика, в том числе через его филиал, представительство, иное обособленное структурное подразделение, интернет-ресурс) или в суд для урегулирования споров, возникающих из договора обязательного страхования ответственности владельцев транспортных средств, с учетом особенностей, предусмотренных Законом Республики Казахстан "О страховой деятельности".</w:t>
+    <w:bookmarkStart w:name="z239" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Страховщик при получении от страхователя (потерпевшего, выгодоприобретателя) заявления в течение пяти рабочих дней рассматривает и предоставляет письменный ответ с указанием дальнейшего порядка урегулирования спора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z239" w:id="176"/>
-[...15 lines deleted...]
-      2. Страховщик при получении от страхователя (потерпевшего, выгодоприобретателя) заявления в течение пяти рабочих дней рассматривает и предоставляет письменный ответ с указанием дальнейшего порядка урегулирования спора.</w:t>
+    <w:bookmarkStart w:name="z240" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае обращения страхователя (потерпевшего, выгодоприобретателя) к страховому омбудсману страховщик обязан по запросу страхователя, потерпевшего (выгодоприобретателя), страхового омбудсмана представить документы, относящиеся к рассмотрению и разрешению спора, в течение трех рабочих дней с даты получения запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z240" w:id="177"/>
-[...15 lines deleted...]
-      3. В случае обращения страхователя (потерпевшего, выгодоприобретателя) к страховому омбудсману страховщик обязан по запросу страхователя, потерпевшего (выгодоприобретателя), страхового омбудсмана представить документы, относящиеся к рассмотрению и разрешению спора, в течение трех рабочих дней с даты получения запроса.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 29-1 в соответствии с Законом РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Заключительные положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:p>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30. Порядок рассмотрения споров</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -24451,70 +24565,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лица, виновные в нарушении законодательства Республики Казахстан об обязательном страховании ответственности владельцев транспортных средств, несут ответственность, предусмотренную законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 32. Международные системы обязательного страхования гражданской ответственности владельцев транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="179"/>
+    <w:bookmarkStart w:name="z227" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях обеспечения возмещения вреда третьим лицам, причиненного владельцами транспортных средств, участвующих в трансграничном передвижении, а также упрощения режима передвижения владельцев транспортных средств через государственные границы допускается участие Республики Казахстан в международных системах обязательного страхования гражданской ответственности владельцев транспортных средств в порядке, предусмотренном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24737,55 +24851,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>