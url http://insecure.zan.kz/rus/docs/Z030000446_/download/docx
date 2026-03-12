--- v1 (2026-01-15)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="77f6bc5" w14:textId="77f6bc5">
+    <w:p w14:paraId="656d024" w14:textId="656d024">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -160,50 +160,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По всему тексту слова "электронными информационными ресурсами" предусматриваются заменить словами "цифровыми ресурсами" в соответствии с Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящий Закон регулирует отношения, возникающие в области обязательного страхования гражданско-правовой ответственности владельцев транспортных средств, и устанавливает правовые, финансовые и организационные основы его проведения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>