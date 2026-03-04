--- v0 (2025-11-14)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5a2530f" w14:textId="5a2530f">
+    <w:p w14:paraId="9390263" w14:textId="9390263">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6051,364 +6051,458 @@
         <w:t xml:space="preserve">
       3) вносят на рассмотрение в уполномоченный орган предложения по объемам производства и реализации элитно-семеноводческими хозяйствами элитных семян; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z223" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проводят аттестацию субъектов семеноводства с выдачей соответствующего свидетельства в порядке, определяемом уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z225" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 5) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ведут государственный электронный реестр разрешений и уведомлений;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z226" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) составляют балансы семян по области, городу республиканского значения и столице;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z226" w:id="115"/>
-[...15 lines deleted...]
-      6) составляют балансы семян по области, городу республиканского значения и столице;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) обеспечивают предоставление в уполномоченный орган в сфере сельского хозяйства необходимой информации в области семеноводства сельскохозяйственных культур; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z227" w:id="116"/>
-[...15 lines deleted...]
-      7) обеспечивают предоставление в уполномоченный орган в сфере сельского хозяйства необходимой информации в области семеноводства сельскохозяйственных культур; </w:t>
+    <w:bookmarkStart w:name="z228" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) содействуют в пределах компетенции формированию сельскохозяйственными товаропроизводителями страховых и переходящих фондов семян; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z228" w:id="117"/>
-[...15 lines deleted...]
-      8) содействуют в пределах компетенции формированию сельскохозяйственными товаропроизводителями страховых и переходящих фондов семян; </w:t>
+    <w:bookmarkStart w:name="z229" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) вносят предложения по схемам и методам ведения первичного, элитного семеноводства и массового размножения семян сельскохозяйственных культур; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z229" w:id="118"/>
-[...15 lines deleted...]
-      9) вносят предложения по схемам и методам ведения первичного, элитного семеноводства и массового размножения семян сельскохозяйственных культур; </w:t>
+    <w:bookmarkStart w:name="z230" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осуществляют контроль за исполнением порядка осуществления сортового и семенного контроля, проведения апробации сортовых посевов, грунтовой оценки, лабораторных сортовых испытаний, экспертизы качества семян;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z230" w:id="119"/>
-[...15 lines deleted...]
-      10) осуществляют контроль за исполнением порядка осуществления сортового и семенного контроля, проведения апробации сортовых посевов, грунтовой оценки, лабораторных сортовых испытаний, экспертизы качества семян;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10-1) исключен Законом РК от 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z249" w:id="120"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2) осуществляют мониторинг семенных ресурсов на соответствующей территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z231" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) устанавливают предельную цену реализации на подлежащие субсидированию семена в пределах квот, определяемых в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 12)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 6-1 настоящего Закона; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:p>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> статьи 6-1 настоящего Закона; </w:t>
+    <w:bookmarkStart w:name="z232" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) определяют ежегодные квоты по каждому виду семян, подлежащих субсидированию:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z232" w:id="122"/>
-[...15 lines deleted...]
-      12) определяют ежегодные квоты по каждому виду семян, подлежащих субсидированию:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по оригинальным семенам – для каждого аттестованного субъекта в области семеноводства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по элитным семенам – для каждой административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z233" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) контролируют целевое использование просубсидированных оригинальных и элитных семян;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:p>
-[...51 lines deleted...]
-      13) контролируют целевое использование просубсидированных оригинальных и элитных семян;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) организуют подготовку и повышение квалификации кадров апробаторов и семенных экспертов; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z234" w:id="124"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) осуществляют контроль за соблюдением нормативных правовых актов по проведению экспертизы сортовых и посевных качеств семян сельскохозяйственных растений; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6867,2000 +6961,2000 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 8 в редакции Закона РК от 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="125"/>
+    <w:bookmarkStart w:name="z128" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акимы области, города республиканского значения и столицы вправе в порядке, установленном законодательством Республики Казахстан, присваивать дополнительное специальное наименование "Государственный инспектор по семеноводству" соответствующим должностям административных государственных служащих.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z129" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственные инспекторы по семеноводству имеют право:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z129" w:id="126"/>
-[...15 lines deleted...]
-      2. Государственные инспекторы по семеноводству имеют право:</w:t>
+    <w:bookmarkStart w:name="z130" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять государственный контроль за соблюдением субъектами семеноводства схем и методов ведения первичного, элитного и промышленного (массового) семеноводства, утвержденных уполномоченным органом, методических и технологических требований в области семеноводства, в том числе сортовой и семенной контроль;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z130" w:id="127"/>
-[...15 lines deleted...]
-      1) осуществлять государственный контроль за соблюдением субъектами семеноводства схем и методов ведения первичного, элитного и промышленного (массового) семеноводства, утвержденных уполномоченным органом, методических и технологических требований в области семеноводства, в том числе сортовой и семенной контроль;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) посещать субъекты семеноводства с целью государственного контроля на предмет соблюдения законодательства Республики Казахстан о семеноводстве и получать от них информацию по вопросам осуществления деятельности в области семеноводства в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z131" w:id="128"/>
-[...15 lines deleted...]
-      2) посещать субъекты семеноводства с целью государственного контроля на предмет соблюдения законодательства Республики Казахстан о семеноводстве и получать от них информацию по вопросам осуществления деятельности в области семеноводства в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) проверять качество услуг, оказываемых аттестованными субъектами семеноводства; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z132" w:id="129"/>
-[...15 lines deleted...]
-      3) проверять качество услуг, оказываемых аттестованными субъектами семеноводства; </w:t>
+    <w:bookmarkStart w:name="z133" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осуществлять инспектирование деятельности аттестованных производителей семян на предмет их соответствия квалификационным требованиям; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z133" w:id="130"/>
-[...15 lines deleted...]
-      4) осуществлять инспектирование деятельности аттестованных производителей семян на предмет их соответствия квалификационным требованиям; </w:t>
+    <w:bookmarkStart w:name="z134" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выдавать предписания о нарушении законодательства Республики Казахстан о семеноводстве и составлять протоколы об административных правонарушениях при осуществлении деятельности в области семеноводства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z134" w:id="131"/>
-[...15 lines deleted...]
-      5) выдавать предписания о нарушении законодательства Республики Казахстан о семеноводстве и составлять протоколы об административных правонарушениях при осуществлении деятельности в области семеноводства;</w:t>
+    <w:bookmarkStart w:name="z135" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вносить в местный исполнительный орган области, города республиканского значения и столицы предложения о приостановлении:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z135" w:id="132"/>
-[...15 lines deleted...]
-      6) вносить в местный исполнительный орган области, города республиканского значения и столицы предложения о приостановлении:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      действия свидетельства об аттестации, удостоверяющего право субъекта на осуществление деятельности в области семеноводства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      деятельности по проведению экспертизы сортовых и посевных качеств семян;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) проводить отбор проб из партий семян для осуществления государственного контроля качества семян; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:p>
-[...51 lines deleted...]
-      7) проводить отбор проб из партий семян для осуществления государственного контроля качества семян; </w:t>
+    <w:bookmarkStart w:name="z137" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) осуществлять контроль за целевым использованием субсидированных семян; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z137" w:id="134"/>
-[...15 lines deleted...]
-      8) осуществлять контроль за целевым использованием субсидированных семян; </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) (исключен).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводятся в действие с 01.01.2005); от 10.01.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. ст. 2); от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 11.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 10.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Государственный контроль в области семеноводства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль в области семеноводства осуществляется государственными инспекторами по семеноводству и направлен на обеспечение соблюдения законодательства Республики Казахстан о семеноводстве, национальных стандартов и иных нормативных документов в области семеноводства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z163" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Государственный контроль в области семеноводства предусматривает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z164" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z165" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сортовой и семенной контроль; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z166" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) контроль за деятельностью аттестованных субъектов семеноводства на соответствие их разрешительным требованиям, утвержденным уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z167" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z168" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) контроль за государственным испытанием сортов сельскохозяйственных растений. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z169" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Сортовой и семенной контроль включает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z170" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) контроль за осуществлением мероприятий по производству, заготовке, обработке, хранению, реализации, транспортировке и использованию семян на предмет соблюдения правил и норм семеноводства в следующие периоды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z171" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      посева; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z172" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      вегетации сельскохозяйственных растений; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z173" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      уборки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z174" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      засыпки семян; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z175" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      хранения семян; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z176" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      реализации (проверка подготовленных к реализации и реализованных партий семян, в том числе при экспорте и импорте, на соответствие их качества подтверждающим документам). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z177" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Контроль производства семян у производителей семян, аттестованных в установленном порядке, включает следующие этапы: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z178" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проверку полей, подготовленных для посева семян, - один раз в год перед посевом; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z179" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проверку сортовых посевов в период вегетации - три раза в год; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z180" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      контроль апробации и полевых обследований сортовых и гибридных посевов - один раз в период апробации; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z181" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      контроль сбора (уборки), транспортировки, обработки (очистки) и хранения семян, готовности семенохранилищ - по два раза на каждый вид контроля в год; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z182" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) контроль за проведением экспертизы сортовых и посевных качеств семян лабораториями по экспертизе качества семян, соблюдением ими нормативных правовых актов и документов по стандартизации в области семеноводства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      два раза в год в период экспертизы качества семян, а также в порядке контроля при осуществлении государственных закупок услуг по экспертизе качества семян;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случаях предъявления претензий к производителям семян, а также несогласия с результатами исследований семян на сортовые и посевные качества, выданными лабораториями по экспертизе качества семян;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) проверку в период апробации работы апробаторов, а также производителей семян на предмет соблюдения ими норм пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z186" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) контроль за соблюдением субъектами семеноводства нормативных правовых актов, документов по стандартизации и иных нормативных документов в области семеноводства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z187" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственный контроль в области семеноводства осуществляется в форме проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9) (исключен).</w:t>
+        <w:t xml:space="preserve">5. Исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводятся в действие с 01.01.2005); от 10.01.2006 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 31.01.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 11.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2018); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Аттестация субъектов семеноводства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Аттестации подлежат:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) исключен Законом РК от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2018);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) производители оригинальных и элитных семян;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z192" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) производители семян первой, второй и третьей репродукций, предназначенных для реализации; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z193" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z194" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z195" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) реализаторы семян.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z196" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. По истечении срока аттестации субъекты семеноводства обязаны пройти переаттестацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 10.01.2006 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (порядок введения в действие см. ст. 2); от 17.07.2009 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 188-IV</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. ст. 2); от 11.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); от 11.12.2009 </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+        <w:t xml:space="preserve">); от 10.07.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.06.2013 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2018).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z13" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1241 lines deleted...]
-      2. По истечении срока аттестации субъекты семеноводства обязаны пройти переаттестацию.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Организация семеноводства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:p>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 11. Система семеноводства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9195,205 +9289,2062 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 4. Производство, заготовка, обработка, хранение, транспортировка, реализация и использование семян</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Требования к производству и использованию семян</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z252" w:id="167"/>
+    <w:bookmarkStart w:name="z252" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Запрещаются реализация и использование для посева (посадки) семян сельскохозяйственных растений: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) зараженных карантинными объектами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не прошедших экспертизу на посевные качества в порядке, установленном настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) полученных на основе генной инженерии (генетически модифицированных).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z197" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Запрещаются реализация, а также использование для посева (посадки) семян, не соответствующих по сортовым и посевным качествам требованиям законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:p>
-[...69 lines deleted...]
-      2. Запрещаются реализация, а также использование для посева (посадки) семян, не соответствующих по сортовым и посевным качествам требованиям законодательства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z198" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2-1. Не допускаются к реализации и использованию для посева (посадки) семена, не соответствующие требованиям национальных стандартов и иных документов по стандартизации в области семеноводства. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z198" w:id="169"/>
-[...15 lines deleted...]
-      2-1. Не допускаются к реализации и использованию для посева (посадки) семена, не соответствующие требованиям национальных стандартов и иных документов по стандартизации в области семеноводства. </w:t>
+    <w:bookmarkStart w:name="z199" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2-2. Допускаются к реализации и использованию для посева (посадки) семена сельскохозяйственных растений с показателями качества, сниженными против установленных национальными стандартами и иными документами по стандартизации в области семеноводства по согласованию с уполномоченным органом в соответствии с подпунктом 13-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 6 настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z199" w:id="170"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> статьи 6 настоящего Закона.</w:t>
+    <w:bookmarkStart w:name="z203" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Исключен Законом РК от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z203" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Исключен Законом РК от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Физические и юридические лица, не аттестованные в порядке, установленном настоящим Законом, могут осуществлять производство и использование семян только для собственных нужд без права реализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 29.12.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 11.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 15.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 30.01.2012); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); от 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Права и обязанности производителей семян</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Производители семян имеют право самостоятельно определять объемы производства семян.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Производители семян обязаны: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) соблюдать утвержденные уполномоченным органом технологические требования, схемы производства, правила хранения и реализации семян, обеспечивать их количественную и качественную сохранность; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) исключен Законом РК от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) при производстве элитных семян с целью их дальнейшей реализации, в том числе за пределы государства, приобретать оригинальные семена сортов и родительские формы гибридов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) при реализации семян представлять документы, подтверждающие их сортовые и посевные качества, а также характеристику (описание) сорта; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) проводить апробацию сортовых посевов в порядке, установленном уполномоченным органом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) проводить экспертизу посевных качеств семян, предназначенных для реализации, использования на посев и создания страховых и переходящих фондов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) обеспечивать систематическое обследование посевов (посадок), территорий, семяочистительных машин и механизмов, складов на выявление карантинных объектов и проводить мероприятия по борьбе с ними; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) создавать страховые и переходящие фонды семян сельскохозяйственных растений за счет собственных средств; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) исключен Законом РК от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) проводить сортообновление и сортосмену в порядке и сроки, которые установлены уполномоченным органом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) гарантировать соответствие семян, подлежащих реализации, сортовым и посевным качествам, указанным в документе на семена; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) вести учет количества, происхождения реализованных и использованных на собственные нужды семян, их сортовых и посевных качеств. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 15.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 30.01.2012); от 29.09.2014  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14-1. Требования, предъявляемые к деятельности по проведению апробации сортовых посевов сельскохозяйственных растений и экспертизы сортовых и посевных качеств семян</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z236" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Физические лица для осуществления деятельности по апробации сортовых посевов сельскохозяйственных растений и экспертизы сортовых и посевных качеств семян с уведомлением представляют копии документов, подтверждающие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z237" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие высшего или послесреднего образования по специальностям: агрономия, плодоовощеводство, почвоведение и агрохимия, защита и карантин растений – для апробаторов, агрономия, плодоовощеводство, технология перерабатывающих производств (сельское хозяйство), стандартизация и сертификация (сельское хозяйство) – для семенных экспертов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z238" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) прохождение специальной подготовки (курсы апробаторов - для апробаторов); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z239" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) сведения о работе или стажировке (не менее двух месяцев) в лаборатории по экспертизе качества семян (для семенных экспертов). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z240" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Апробаторы и (или) семенные эксперты должны соответствовать следующим требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z241" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для апробаторов наличие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшего или послесреднего образования по специальностям: агрономия, плодоовощеводство, почвоведение и агрохимия, защита и карантин растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документа о специальной подготовке (курсы апробаторов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для семенных экспертов наличие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшего или послесреднего образования по специальностям: агрономия, плодоовощеводство, технология перерабатывающих производств (сельское хозяйство), стандартизация и сертификация (сельское хозяйство);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документа о работе или стажировке (не менее двух месяцев) в лаборатории по экспертизе качества семян и посадочного материала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 14-1 в соответствии с Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Агроэкологические зоны для производства семян сельскохозяйственных растений</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 15 исключена Законом РК от 11.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Реализация и транспортировка партий семян</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Реализация и транспортировка партий семян осуществляются в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Партии семян при их реализации и транспортировке могут находиться в затаренном (упакованном) или незатаренном состоянии (насыпью). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. При реализации и транспортировке партий семян в затаренном (упакованном) состоянии их тара и упаковка должны иметь этикетки установленных форм. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Реализация и транспортировка оригинальных и элитных семян разрешаются только в затаренном (упакованном) состоянии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. При реализации и транспортировке семян в незатаренном состоянии (насыпью) требуется оформить на данные партии семян сопроводительные документы с указанием сведений о наименовании сорта каждой партии семян, происхождении и качестве семян. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Партии семян, обработанные химическими и биологическими препаратами, должны находиться в затаренном (упакованном) состоянии. Тара и упаковка этих семян должны иметь соответствующие надписи, определяющие порядок обращения с такими семенами и содержащие сведения о возможных негативных воздействиях на здоровье человека и окружающую среду. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. При реализации и транспортировке партий семян запрещается указывать на таре и упаковках, этикетках и в сопроводительных документах не соответствующие действительности сведения о наименовании сорта, происхождении и качестве семян, а также распространять заведомо ложную рекламу о партиях семян в средствах массовой информации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 17. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Страховые и переходящие фонды семян</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 17 в редакции Закона РК от 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Исключен Законом РК от 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Исключен Законом РК от 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Страховые фонды семян представляют собой запасы семян сельскохозяйственных растений и формируются сельскохозяйственными товаропроизводителями самостоятельно для обеспечения посева в случае неурожая. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Переходящие фонды семян представляют собой запасы семян озимых сельскохозяйственных растений и формируются сельскохозяйственными товаропроизводителями самостоятельно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными Законом РК от 04.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 435-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Заготовка, обработка, хранение и использование семян</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Порядок организации заготовки, обработки, хранения и использования семян сельскохозяйственных растений определяется уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Использование семян, которые являются объектом исключительных прав патентообладателя, допускается в порядке, предусмотренном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Ввоз в Республику Казахстан и вывоз из Республики Казахстан партий семян</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ввоз в Республику Казахстан и вывоз из Республики Казахстан партий семян осуществляются в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z243" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Исключен Законом РК от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z244" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Исключен Законом РК от 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9408,3754 +11359,1897 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-[...15 lines deleted...]
-      4. Исключен Законом РК от 27.11.2015 </w:t>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z245" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Исключен Законом РК от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z246" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Ввозимые в Республику Казахстан и вывозимые из Республики Казахстан партии семян должны сопровождаться документами, удостоверяющими их сортовые и посевные качества, и соответствовать требованиям, установленным техническими регламентами и документами по стандартизации в области семеноводства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z247" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Исключен Законом РК от 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 424-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z248" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Ввозимые в Республику Казахстан партии семян подлежат государственному карантинному фитосанитарному контролю и надзору и семенной экспертизе в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z256" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ввозимые в Республику Казахстан партии семян должны сопровождаться документом, подтверждающим соблюдение прав патентообладателя (лицензионный или сублицензионный договор).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 29.12.2006 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статью 19 с изменения, внесенными законами РК от 29.12.2006 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); от 11.12.2009 </w:t>
+        <w:t xml:space="preserve">); от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования); от 05.10.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Гарантии качества семян</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Реализаторы семян гарантируют соответствие сортовых и посевных качеств семян сведениям, указанным в сопроводительных документах, подтверждающих их качество. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае несоответствия сортовых и посевных качеств семян сведениям, указанным в сопроводительных документах, реализаторы семян несут ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Гарантии на приобретенные семена действуют в течение срока, установленного нормативными правовыми актами, национальными стандартами и иными нормативными документами в области семеноводства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными законами РК от 11.12.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 229-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); от 15.07.2011 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 30.01.2012); от 10.07.2012 </w:t>
+        <w:t xml:space="preserve">); от 10.07.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 05.10.2018 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Порядок определения сортовых и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>посевных качеств семян</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Определение сортовых качеств семян сельскохозяйственных растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Определение сортовых качеств семян сельскохозяйственных растений проводится посредством апробации посевов, грунтовой оценки и лабораторных сортовых испытаний в соответствии с требованиями, установленными нормативными правовыми актами, документами по стандартизации, и является обязательным для аттестованных производителей семян. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z160" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Обязательной апробации подлежат сортовые посевы сельскохозяйственных растений, семена с которых предназначены для реализации или использования субъектами семеноводства на собственные семенные посевы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z161" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Грунтовой оценке подлежат оригинальные и элитные семена сортов сельскохозяйственных растений, включенных в Государственный реестр селекционных достижений, рекомендуемых к использованию в Республике Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z162" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Лабораторным сортовым испытаниям подлежат предназначенные для последующей реализации элитные семена и семена первой репродукции сортов сельскохозяйственных растений, включенных в Государственный реестр селекционных достижений, рекомендуемых к использованию в Республике Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 11.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 05.10.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 06.04.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 14. Права и обязанности производителей семян</w:t>
-[...254 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Статья 22. Определение посевных качеств семян</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Определение посевных качеств семян, подлежащих реализации и использованию для посева, проводится посредством отбора проб семян и последующего их анализа в лабораториях по экспертизе качества семян, аккредитованных в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об аккредитации в области оценки соответствия".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Отбор проб из партий семян, подлежащих реализации, производится государственными инспекторами по семеноводству местного исполнительного органа области, города республиканского значения и столицы при участии представителя производителя семян.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отбор проб из партий семян, предназначенных только для посева, производится семенными экспертами по заявке производителей семян и (или) производителями семян (их представителями), прошедшими соответствующую подготовку в лабораториях по экспертизе качества семян.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2018).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Документирование семян</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Реализация семян на внутреннем рынке, при экспорте и импорте, а также использование семян для посева без соответствующих документов, удостоверяющих их сортовые и посевные качества, не допускаются. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При реализации и транспортировке оригинальные, суперэлитные и элитные семена сопровождаются аттестатом на семена, семена первой и последующих репродукций - свидетельством на семена. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае использования субъектами семеноводства для посева семян собственного производства документами, подтверждающими их сортовые и посевные качества, являются акт апробации и удостоверение о кондиционности семян либо акт апробации и результат анализа семян. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аттестат на семена или свидетельство на семена выдается производителями семян на основании выданных апробаторами и лабораториями по экспертизе качества семян документов, подтверждающих их сортовые и посевные качества (акт апробации сортовых посевов, удостоверение о кондиционности семян, результаты анализа семян).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2018).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23-1. Общие требования безопасности при утилизации и уничтожении семян</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Семена, признанные по результатам семенной экспертизы непригодными для использования по назначению, подлежат дополнительной обработке, утилизации и (или) уничтожению в порядке, установленном техническими регламентами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Семена на период, необходимый для проведения экспертизы и принятия решения о возможности их дальнейшего использования или необходимости уничтожения, подлежат хранению в отдельных помещениях с соблюдением условий, обеспечивающих безопасность. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Расходы, связанные с транспортировкой, хранением, экспертизой, использованием или уничтожением семян, непригодных для использования по назначению, оплачиваются их владельцем. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23-1 дополнена - Законом РК от 29.12.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...66 lines deleted...]
-      12) вести учет количества, происхождения реализованных и использованных на собственные нужды семян, их сортовых и посевных качеств. </w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23-2. Требования к информации о безопасности и качестве семян</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В целях предупреждения действий, вводящих в заблуждение потребителей относительно безопасности семян и процессов их жизненного цикла, производители семян обязаны предоставлять покупателям и (или) потребителям полную и достоверную информацию о показателях безопасности и качества семян. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 17.07.2009 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 188-IV</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 23-2 дополнена - Законом РК от 29 декабря 2006 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); от 15.07.2011 </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z43" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...215 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5-1. Сортоиспытание сельскохозяйственных растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Закон дополнен главой 5-1 в соответствии с Законом РК от 11.12.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23-3. Экспертиза и испытание сортов на патентоспособность и хозяйственную полезность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z257" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патентоспособность и хозяйственная полезность сортов сельскохозяйственных растений оцениваются по данным государственного испытания и (или) заявителя в соответствии с перечнями родов и видов растений, утверждаемыми уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z258" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Методики проведения сортоиспытания на хозяйственную полезность, отличимость, однородность и стабильность в разрезе культур утверждаются Государственной комиссией по сортоиспытанию сельскохозяйственных культур.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z259" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Одновременно с проведением испытания сорта на хозяйственную полезность Государственная комиссия по сортоиспытанию сельскохозяйственных культур проводит испытание на отличимость, однородность, стабильность и составляет официальное описание по морфологическим признакам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 14-1 в соответствии с Законом РК от 10.07.2012 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными Законом РК от 28.10.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 23-3 в редакции Закона РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 15. Агроэкологические зоны для производства семян сельскохозяйственных растений</w:t>
-[...64 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Статья 23-4. Источники финансирования сортоиспытания сельскохозяйственных растений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансирование расходов по сортоиспытанию сельскохозяйственных растений производится за счет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z39" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z40" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) средств, поступающих в порядке оплаты услуг в сфере государственного сортоиспытания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z41" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) средств от реализации продукции, полученной в результате сортоиспытания сельскохозяйственных растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z45" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) средств, поступающих в порядке оплаты услуг по проведению лабораторных сортовых испытаний оригинальных, элитных семян и семян последующих репродукций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z44" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2) средств от реализации печатной продукции и информационных бюллетеней в области сортоиспытания сельскохозяйственных растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z42" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23-4 с изменениями, внесенными Законом РК от 10.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...135 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 6. Разрешение споров и ответственность</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...2186 lines deleted...]
-      4) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+        </w:rPr>
+        <w:t>в области семеноводства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:p>
-[...90 lines deleted...]
-    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Разрешение споров при осуществлении деятельности в области семеноводства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13822,31 +13916,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>