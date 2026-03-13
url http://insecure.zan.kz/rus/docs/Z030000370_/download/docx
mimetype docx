--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="60b4e54" w14:textId="60b4e54">
+    <w:p w14:paraId="112ed6b" w14:textId="112ed6b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -110,50 +110,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон Республики Казахстан от 7 января 2003 года N 370.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Закон утрачивает силу Кодексом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 255-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон направлен на регулирование отношений, возникающих при создании и использовании электронных документов, удостоверенных посредством электронных цифровых подписей, предусматривающих установление, изменение или прекращение правоотношений, а также прав и обязанностей участников правоотношений, возникающих в сфере обращения электронных документов, включая совершение гражданско-правовых сделок. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -5721,376 +5797,368 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается хранение закрытых ключей электронной цифровой подписи в удостоверяющем центре в соответствии с правилами создания, использования и хранения закрытых ключей электронной цифровой подписи в удостоверяющем центре.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Руководитель юридического лица или лицо, его замещающее, вправе наделять полномочиями работника данного юридического лица или назначенного им лица на подписание электронного документа. При этом каждый сотрудник использует регистрационное свидетельство и соответствующий ему закрытый ключ электронной цифровой подписи, полученный на свое имя.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z251" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закрытые ключи электронной цифровой подписи используются физическим или юридическим лицом, подписывающим документ или электронный документ, правомерно владеющим закрытым ключом электронной цифровой подписи и использующим его в рамках своих полномочий, либо информационной системой, на которую было выдано соответствующее регистрационное свидетельство для автоматизированного процесса подписания результатов оказания государственных услуг, справок, документов или электронных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z252" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электронная цифровая подпись, полученная с регистрационного свидетельства, выданного удостоверяющим центром на информационную систему, приравнивается к подписи первого руководителя юридического лица – владельца информационной системы или физического лица – владельца информационной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 15.07.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>); от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 11. Средства электронной цифровой подписи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Средства электронной цифровой подписи подлежат подтверждению соответствия в случаях и порядке, установленных законодательством Республики Казахстан в области технического регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 11 в редакции Закона РК от 29.10.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...124 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="175"/>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 11. Средства электронной цифровой подписи</w:t>
-[...96 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Статья 12. Электронная цифровая подпись в системе электронного документооборота</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Электронная цифровая подпись может использоваться должностными лицами государственных органов при удостоверении электронных документов, издаваемых ими в пределах их полномочий. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6165,168 +6233,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="177"/>
+    <w:bookmarkStart w:name="z16" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 13. Признание иностранной электронной цифровой подписи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z134" w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z134" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иностранная электронная цифровая подпись, имеющая иностранное регистрационное свидетельство, признается на территории Республики Казахстан в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z135" w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z135" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) удостоверена подлинность иностранной электронной цифровой подписи доверенной третьей стороной Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z136" w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z136" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) лицо, подписавшее электронный документ, правомерно владеет закрытым ключом иностранной электронной цифровой подписи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z137" w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z137" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) иностранная электронная цифровая подпись используется в соответствии со сведениями, указанными в регистрационном свидетельстве; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z138" w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z138" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сформирована средствами электронной цифровой подписи иностранного удостоверяющего центра, зарегистрированного в доверенной третьей стороне Республики Казахстан, или иностранного удостоверяющего центра, зарегистрированного в доверенной третьей стороне иностранного государства, зарегистрированной в доверенной третьей стороне Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6345,86 +6413,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="183"/>
+    <w:bookmarkStart w:name="z17" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Регистрационное свидетельство</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z18" w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z18" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 14. Выдача регистрационного свидетельства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регистрационное свидетельство выдается лицу, достигшему шестнадцатилетнего возраста, в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6461,68 +6529,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="185"/>
+    <w:bookmarkStart w:name="z54" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 14-1. Отказ в выдаче регистрационного свидетельства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Удостоверяющий центр отказывает в выдаче регистрационного свидетельства в случаях:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6631,68 +6699,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="186"/>
+    <w:bookmarkStart w:name="z19" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 15. Содержание регистрационного свидетельства </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Регистрационное свидетельство должно содержать следующие сведения: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6919,68 +6987,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="187"/>
+    <w:bookmarkStart w:name="z20" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 16. Порядок и срок хранения регистрационных свидетельств в удостоверяющих центрах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Копии регистрационных свидетельств хранятся в соответствующих удостоверяющих центрах в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6991,68 +7059,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Срок хранения отозванных регистрационных свидетельств в удостоверяющих центрах составляет не менее пяти лет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. По истечении срока, указанного в пункте 2 настоящей статьи, отозванные регистрационные свидетельства поступают на архивное хранение в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="188"/>
+    <w:bookmarkStart w:name="z21" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 17. Права и обязанности владельца регистрационного свидетельства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Владелец регистрационного свидетельства вправе требовать от удостоверяющего центра отзыва регистрационного свидетельства в случаях, если он предполагает нарушение режима доступа к закрытому ключу электронной цифровой подписи, соответствующему открытому ключу, указанному в регистрационном свидетельстве. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7283,268 +7351,268 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="189"/>
+    <w:bookmarkStart w:name="z22" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 18. Отзыв регистрационного свидетельства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z139" w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z139" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Удостоверяющий центр, выдавший регистрационное свидетельство, отзывает его на основании соответствующего уведомления в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z140" w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z140" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по требованию владельца регистрационного свидетельства либо его представителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z141" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z141" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при установлении факта представления недостоверных сведений либо неполного пакета документов при получении регистрационного свидетельства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z142" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z142" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) смерти владельца регистрационного свидетельства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z143" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z143" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) изменения фамилии, имени или отчества (если оно указано в документе, удостоверяющем личность) владельца регистрационного свидетельства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z144" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z144" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) смены наименования, реорганизации, ликвидации юридического лица – владельца регистрационного свидетельства, смены руководителя юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z145" w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z145" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) предусмотренных соглашением между удостоверяющим центром и владельцем регистрационного свидетельства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z146" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z146" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) по вступившему в законную силу решению суда. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z147" w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z147" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Удостоверяющий центр отзывает регистрационное свидетельство в порядке и сроки, которые установлены законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z148" w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z148" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При отзыве регистрационного свидетельства удостоверяющий центр обязан внести изменения в регистр регистрационных свидетельств в течение одного дня с момента получения соответствующей информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7563,182 +7631,182 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="200"/>
+    <w:bookmarkStart w:name="z23" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 19. Признание иностранных регистрационных свидетельств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 19 исключена Законом РК от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="201"/>
+    <w:bookmarkStart w:name="z24" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Удостоверяющий центр</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z25" w:id="202"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z25" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 20. Деятельность удостоверяющего центра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z73" w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z73" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Удостоверяющий центр является юридическим лицом, созданным в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z74" w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z74" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Удостоверяющий центр может обслуживать несколько систем электронного документооборота.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7757,184 +7825,184 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 30.01.2012).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="205"/>
+    <w:bookmarkStart w:name="z86" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 20-1. Государственная монополия в сфере электронного документа и электронной цифровой подписи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z87" w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z87" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 20-1 исключена Законом РК от 28.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z55" w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z55" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 20-2. Аккредитация удостоверяющих центров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z61" w:id="208"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z61" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аккредитация удостоверяющих центров является обязательным условием для осуществления удостоверяющими центрами (за исключением корневого удостоверяющего центра Республики Казахстан) своей деятельности на территории Республики Казахстан. Аккредитация осуществляется уполномоченным органом в сфере обеспечения информационной безопасности в отношении удостоверяющих центров, являющихся юридическими лицами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аккредитация удостоверяющего центра осуществляется на бесплатной основе сроком на три года, если более короткий срок не указан в заявлении удостоверяющего центра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="209"/>
+    <w:bookmarkStart w:name="z149" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аккредитация специальных удостоверяющих центров является обязательным условием осуществления специальными удостоверяющими центрами (за исключением специального корневого удостоверяющего центра Республики Казахстан) своей деятельности на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7993,296 +8061,296 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="210"/>
+    <w:bookmarkStart w:name="z26" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 21. Функции удостоверяющего центра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z76" w:id="211"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z76" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Удостоверяющий центр: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z77" w:id="212"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z77" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) создает ключи электронных цифровых подписей по обращению участников системы электронного документооборота с принятием мер для защиты закрытых ключей электронной цифровой подписи от неправомерного доступа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z78" w:id="213"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z78" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) выдает, регистрирует, отзывает, хранит регистрационные свидетельства, ведет регистр регистрационных свидетельств, выданных в установленном порядке; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) утверждает правила применения регистрационных свидетельств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="214"/>
+    <w:bookmarkStart w:name="z79" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осуществляет учет действующих и отозванных регистрационных свидетельств; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z80" w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z80" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) подтверждает принадлежность и действительность открытого ключа электронной цифровой подписи, зарегистрированного удостоверяющим центром в порядке, установленном законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z81" w:id="216"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z81" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) (исключен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z82" w:id="217"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z82" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Удостоверяющий центр обязан принимать все необходимые меры для предотвращения утери, модификации и подделки находящихся на хранении открытых ключей и (или) закрытых ключей электронной цифровой подписи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z83" w:id="218"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z83" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. За неисполнение обязанности, предусмотренной пунктом 2 настоящей статьи, удостоверяющий центр несет ответственность в соответствии с законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z113" w:id="219"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z113" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осуществление функций удостоверяющего центра государственных органов Республики Казахстан, национального удостоверяющего центра Республики Казахстан и корневого удостоверяющего центра Республики Казахстан обеспечивает оператор информационно-коммуникационной инфраструктуры "электронного правительства", определенный в соответствии с Законом Республики Казахстан "Об информатизации".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z150" w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z150" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осуществление функций специального корневого удостоверяющего центра Республики Казахстан обеспечивает Комитет национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8361,68 +8429,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="221"/>
+    <w:bookmarkStart w:name="z27" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 22. Прекращение деятельности удостоверяющего центра </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Деятельность удостоверяющего центра прекращается в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8513,140 +8581,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="222"/>
+    <w:bookmarkStart w:name="z28" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 23. Защита сведений о владельцах регистрационных свидетельств, закрытых и открытых ключах электронной цифровой подписи </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Удостоверяющий центр обеспечивает защиту сведений о владельцах регистрационных свидетельств и раскрывает их в случаях, предусмотренных законодательными актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сведения о владельцах регистрационных свидетельств, являющиеся конфиденциальными в соответствии с соглашением сторон, не включаются в общедоступный регистр регистрационных свидетельств. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="223"/>
+    <w:bookmarkStart w:name="z29" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z30" w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z30" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 24. Ответственность за нарушение законодательства Республики Казахстан об электронном документе и электронной цифровой подписи </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лица, виновные в нарушении законодательства Республики Казахстан об электронном документе и электронной цифровой подписи, несут ответственность, предусмотренную законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8721,104 +8789,104 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="225"/>
+    <w:bookmarkStart w:name="z31" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 25. Рассмотрение споров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Споры, возникающие при использовании электронного документа и электронной цифровой подписи, подлежат рассмотрению в судебном порядке в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="226"/>
+    <w:bookmarkStart w:name="z32" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 26. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий Закон вводится в действие с 1 июля 2003 года. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -8977,55 +9045,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>