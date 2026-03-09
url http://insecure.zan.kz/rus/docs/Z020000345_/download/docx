--- v0 (2025-11-13)
+++ v1 (2026-03-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a864e6b" w14:textId="a864e6b">
+    <w:p w14:paraId="33cd5bf" w14:textId="33cd5bf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -636,1389 +636,1715 @@
         </w:rPr>
         <w:t>8-2) наставник для детей-сирот, детей, оставшихся без попечения родителей (далее – наставник), – совершеннолетний гражданин Республики Казахстан, осуществляющий наставничество на основании типового договора о наставничестве;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z655" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-3) Уполномоченный по правам ребенка в Республике Казахстан – лицо, назначаемое Президентом Республики Казахстан, на которого возлагаются функции по обеспечению основных гарантий прав и законных интересов детей, а также восстановлению их нарушенных прав и свобод во взаимодействии с государственными и общественными институтами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z656" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 8-4) предусматривается в редакции Закона РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-4) уполномоченный орган в области защиты прав детей Республики Казахстан – центральный исполнительный орган, определяемый Правительством Республики Казахстан, осуществляющий руководство и межотраслевую координацию в области защиты прав детей;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 1 предусматривается дополнить подпунктами 8-5) и 8-6) в соответствии с Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) попечительство – правовая форма защиты прав и законных интересов детей в возрасте от четырнадцати до восемнадцати лет;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z123" w:id="17"/>
-[...15 lines deleted...]
-      9) попечительство – правовая форма защиты прав и законных интересов детей в возрасте от четырнадцати до восемнадцати лет;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) опека – правовая форма защиты прав и законных интересов детей, не достигших четырнадцати лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z124" w:id="18"/>
-[...15 lines deleted...]
-      10) опека – правовая форма защиты прав и законных интересов детей, не достигших четырнадцати лет;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) государственные минимальные социальные стандарты – основные показатели обеспечения качества жизни детей, включающие в себя установленный государством минимальный объем социальных услуг, норм и нормативов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z125" w:id="19"/>
-[...15 lines deleted...]
-      11) государственные минимальные социальные стандарты – основные показатели обеспечения качества жизни детей, включающие в себя установленный государством минимальный объем социальных услуг, норм и нормативов;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ребенок с инвалидностью – лицо в возрасте до восемнадцати лет, имеющее нарушение здоровья со стойким расстройством функций организма, обусловленное заболеваниями, травмами, их последствиями, дефектами, приводящее к ограничению жизнедеятельности и необходимости его социальной защиты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z126" w:id="20"/>
-[...15 lines deleted...]
-      12) ребенок с инвалидностью – лицо в возрасте до восемнадцати лет, имеющее нарушение здоровья со стойким расстройством функций организма, обусловленное заболеваниями, травмами, их последствиями, дефектами, приводящее к ограничению жизнедеятельности и необходимости его социальной защиты;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) целевые активы – деньги, предназначенные для обеспечения и осуществления выплат целевых накоплений, а также иных целей, предусмотренных настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z353" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-2) получатель целевых накоплений – гражданин Республики Казахстан, достигший восемнадцатилетнего возраста, имеющий право на получение целевых накоплений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...33 lines deleted...]
-      12-2) получатель целевых накоплений – гражданин Республики Казахстан, достигший восемнадцатилетнего возраста, имеющий право на получение целевых накоплений;</w:t>
+    <w:bookmarkStart w:name="z354" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-3) целевой накопительный счет – личный именной счет получателя целевых накоплений, открытый в едином накопительном пенсионном фонде в соответствии с настоящим Законом и законодательством Республики Казахстан, на котором учитываются целевые накопления и с которого производятся выплаты целевых накоплений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z354" w:id="22"/>
-[...15 lines deleted...]
-      12-3) целевой накопительный счет – личный именной счет получателя целевых накоплений, открытый в едином накопительном пенсионном фонде в соответствии с настоящим Законом и законодательством Республики Казахстан, на котором учитываются целевые накопления и с которого производятся выплаты целевых накоплений;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-4) выплаты целевых накоплений – сумма целевых накоплений, выплачиваемых с целевого накопительного счета получателю целевых накоплений, а также наследникам в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z355" w:id="23"/>
-[...15 lines deleted...]
-      12-4) выплаты целевых накоплений – сумма целевых накоплений, выплачиваемых с целевого накопительного счета получателю целевых накоплений, а также наследникам в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z356" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-5) участник целевых требований – гражданин Республики Казахстан, не достигший восемнадцати лет, имеющий право на целевые требования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z356" w:id="24"/>
-[...15 lines deleted...]
-      12-5) участник целевых требований – гражданин Республики Казахстан, не достигший восемнадцати лет, имеющий право на целевые требования;</w:t>
+    <w:bookmarkStart w:name="z497" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-6) региональный уполномоченный по правам ребенка области, города республиканского значения, столицы – представитель Уполномоченного по правам ребенка в Республике Казахстан, осуществляющий свою деятельность на общественных началах, на которого возлагаются функции по обеспечению основных гарантий прав и законных интересов детей, а также восстановлению их нарушенных прав и свобод во взаимодействии с государственными и общественными институтами на соответствующей административно-территориальной единице;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z497" w:id="25"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z163" w:id="26"/>
+    <w:bookmarkStart w:name="z163" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) патронат – форма воспитания, при которой дети-сироты, дети, оставшиеся без попечения родителей (родителя), передаются на патронатное воспитание в семьи по договору, заключаемому органом, осуществляющим функции по опеке или попечительству, и лицом, выразившим желание взять ребенка (детей) на воспитание; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) исключен Законом РК от 01.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 240-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) исключен Законом РК от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z683" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-1) организация по наставничеству – некоммерческая организация, осуществляющая на безвозмездной основе на территории Республики Казахстан деятельность по организации наставничества над детьми-сиротами, детьми, оставшимися без попечения родителей, находящимися в организациях образования для детей-сирот и детей, оставшихся без попечения родителей, достигшими десятилетнего возраста;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z357" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) целевые накопления из единого пенсионного накопительного фонда в целях улучшения жилищных условий и (или) оплаты образования (далее – целевые накопления) – деньги, накопленные на целевом накопительном счете получателя целевых накоплений за счет пятидесяти процентов от усредненного за восемнадцать лет, предшествующих отчетному году, инвестиционного дохода Национального фонда Республики Казахстан и усредненного за восемнадцать лет, предшествующих отчетному году, инвестиционного дохода, ежегодно начисляемого на данную сумму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z358" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) уполномоченные операторы – банки второго уровня, Национальный оператор почты, осуществляющие открытие и ведение банковских счетов для зачисления выплат целевых накоплений, перечисляемых единым накопительным пенсионным фондом в целях улучшения жилищных условий и (или) оплаты образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">14) исключен Законом РК от 01.04.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 1 в редакции Закона РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 05.07.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 236-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 09.04.2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 501-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 01.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 240-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 226-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023); от 10.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 16.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024); от 23.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 15.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 163-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 2. Действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z5" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Действие настоящего Закона распространяется на граждан Республики Казахстан. Ребенок, не являющийся гражданином Республики Казахстан, пользуется в Республике правами и свободами, а также несет обязанности, установленные для граждан, если иное не предусмотрено Конституцией Республики Казахстан, законами Республики Казахстан и международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z165" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Действие норм настоящего Закона, устанавливающих права и обязанности ребенка, распространяется на детей, которые приобрели гражданскую дееспособность в полном объеме до наступления совершеннолетия, в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 2 в редакции Закона РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z683" w:id="27"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z6" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...361 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 2. Действие настоящего Закона</w:t>
-[...39 lines deleted...]
-      2. Действие норм настоящего Закона, устанавливающих права и обязанности ребенка, распространяется на детей, которые приобрели гражданскую дееспособность в полном объеме до наступления совершеннолетия, в соответствии с законами Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Статья 3. Законодательство Республики Казахстан о правах ребенка</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="34"/>
+    <w:bookmarkStart w:name="z7" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Законодательство Республики Казахстан о правах ребенка основывается на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан в области защиты прав ребенка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора, за исключением случаев, когда из международного договора следует, что для его применения требуется издание закона Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 3-1. Основные цели, принципы и задачи настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z658" w:id="35"/>
+    <w:bookmarkStart w:name="z658" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Основными целями настоящего Закона являются обеспечение прав и законных интересов детей, упрочение основных гарантий прав ребенка и восстановление прав в случаях их нарушений.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z659" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основными принципами настоящего Закона признаются:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z659" w:id="36"/>
-[...15 lines deleted...]
-      2. Основными принципами настоящего Закона признаются:</w:t>
+    <w:bookmarkStart w:name="z660" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приоритетность подготовки детей к полноценной жизни в обществе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z660" w:id="37"/>
-[...15 lines deleted...]
-      1) приоритетность подготовки детей к полноценной жизни в обществе;</w:t>
+    <w:bookmarkStart w:name="z661" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) развитие у детей общественно значимой и творческой активности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z661" w:id="38"/>
-[...15 lines deleted...]
-      2) развитие у детей общественно значимой и творческой активности;</w:t>
+    <w:bookmarkStart w:name="z662" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) развитие высоких нравственных качеств, патриотизма и гражданственности, формирование национального самосознания на основе общечеловеческих ценностей мировой цивилизации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z662" w:id="39"/>
-[...15 lines deleted...]
-      3) развитие высоких нравственных качеств, патриотизма и гражданственности, формирование национального самосознания на основе общечеловеческих ценностей мировой цивилизации.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить подпунктами 4) и 5) в соответствии с Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z663" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основными задачами настоящего Закона являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z663" w:id="40"/>
-[...15 lines deleted...]
-      3. Основными задачами настоящего Закона являются:</w:t>
+    <w:bookmarkStart w:name="z664" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) законодательное обеспечение прав и законных интересов детей, а также формирование правовых основ гарантий прав ребенка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z664" w:id="41"/>
-[...15 lines deleted...]
-      1) законодательное обеспечение прав и законных интересов детей, а также формирование правовых основ гарантий прав ребенка;</w:t>
+    <w:bookmarkStart w:name="z665" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разработка и реализация мер обеспечения прав детей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z665" w:id="42"/>
-[...15 lines deleted...]
-      2) разработка и реализация мер обеспечения прав детей;</w:t>
+    <w:bookmarkStart w:name="z666" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) содействие физическому, интеллектуальному, духовному и нравственному развитию детей, формированию их правосознания и правовой культуры, воспитанию в них патриотизма, гражданственности и миролюбия, а также реализации личности ребенка в интересах общества, традиций народа Казахстана, достижений национальной и мировой культуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z666" w:id="43"/>
-[...15 lines deleted...]
-      3) содействие физическому, интеллектуальному, духовному и нравственному развитию детей, формированию их правосознания и правовой культуры, воспитанию в них патриотизма, гражданственности и миролюбия, а также реализации личности ребенка в интересах общества, традиций народа Казахстана, достижений национальной и мировой культуры;</w:t>
+    <w:bookmarkStart w:name="z667" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) создание соответствующих органов и организаций по защите прав и законных интересов ребенка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z667" w:id="44"/>
-[...15 lines deleted...]
-      4) создание соответствующих органов и организаций по защите прав и законных интересов ребенка;</w:t>
+    <w:bookmarkStart w:name="z668" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) формирование и обеспечение эффективного функционирования и совершенствования системы защиты прав детей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z668" w:id="45"/>
-[...15 lines deleted...]
-      5) формирование и обеспечение эффективного функционирования и совершенствования системы защиты прав детей;</w:t>
+    <w:bookmarkStart w:name="z669" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) установление государственных минимальных социальных стандартов, направленных на улучшение жизни детей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z669" w:id="46"/>
-[...15 lines deleted...]
-      6) установление государственных минимальных социальных стандартов, направленных на улучшение жизни детей.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена статьей 3-1 в соответствии с Законом РК от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 4. Равноправие детей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="48"/>
+    <w:bookmarkStart w:name="z9" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Все дети имеют равные права независимо от происхождения, расовой и национальной принадлежности, социального и имущественного положения, пола, языка, образования, отношения к религии, места жительства, состояния здоровья и иных обстоятельств, касающихся ребенка и его родителей или других законных представителей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Равной и всесторонней защитой пользуются дети, рожденные как в браке, так и вне его. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2055,1170 +2381,1276 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="49"/>
+    <w:bookmarkStart w:name="z109" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 5. Запрещение ограничения прав ребенка</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Права ребенка не могут быть ограничены, за исключением случаев, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 в редакции Закона РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Государственная политика в интересах детей</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Государственная политика в интересах детей</w:t>
+        <w:t xml:space="preserve"> Статья 6. Цели государственной политики в интересах детей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z11" w:id="51"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 6 исключена Законом РК от 30.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 148-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="52"/>
+    <w:bookmarkStart w:name="z13" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 7. Полномочия уполномоченного органа в области защиты прав детей Республики Казахстан, центральных и местных исполнительных органов Республики Казахстан по вопросам защиты прав ребенка в государстве</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок – в редакции Закона РК от 30.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 148-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="53"/>
+    <w:bookmarkStart w:name="z14" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. К полномочиям уполномоченного органа в области защиты прав детей Республики Казахстан относятся:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z671" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществление стратегических, регулятивных, реализационных и контрольных функций в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z671" w:id="54"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z672" w:id="55"/>
+    <w:bookmarkStart w:name="z672" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирование государственной политики в области защиты прав детей в соответствии с законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z673" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществление международного сотрудничества в области защиты прав детей;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z673" w:id="56"/>
-[...15 lines deleted...]
-      3) осуществление международного сотрудничества в области защиты прав детей;</w:t>
+    <w:bookmarkStart w:name="z674" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) координация деятельности других заинтересованных уполномоченных органов в области защиты прав ребенка, в том числе в области международного сотрудничества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z674" w:id="57"/>
-[...15 lines deleted...]
-      4) координация деятельности других заинтересованных уполномоченных органов в области защиты прав ребенка, в том числе в области международного сотрудничества;</w:t>
+    <w:bookmarkStart w:name="z675" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществление координации и методическое руководство местных исполнительных органов в области защиты прав ребенка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z675" w:id="58"/>
-[...15 lines deleted...]
-      5) осуществление координации и методическое руководство местных исполнительных органов в области защиты прав ребенка;</w:t>
+    <w:bookmarkStart w:name="z676" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) установление государственных минимальных социальных стандартов, направленных на улучшение жизни детей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z676" w:id="59"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z677" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить подпунктами 6-1) и 6-2) в соответствии с Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.02.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z677" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) разработка и утверждение нормативных правовых актов в области защиты прав детей в соответствии с основными целями и задачами настоящего Закона и законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z678" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z678" w:id="61"/>
-[...15 lines deleted...]
-      8) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z679" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. К полномочиям центральных исполнительных органов по вопросам защиты прав ребенка относятся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z679" w:id="62"/>
-[...15 lines deleted...]
-      1-1. К полномочиям центральных исполнительных органов по вопросам защиты прав ребенка относятся:</w:t>
+    <w:bookmarkStart w:name="z680" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществление международного сотрудничества в области защиты прав детей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z680" w:id="63"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z681" w:id="64"/>
+    <w:bookmarkStart w:name="z681" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) разработка и утверждение нормативных правовых актов в области защиты прав детей в соответствии с основными целями и задачами настоящего Закона и законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z682" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z682" w:id="65"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. (исключен)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="66"/>
+    <w:bookmarkStart w:name="z178" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. К полномочиям местных исполнительных органов по вопросам защиты прав ребенка относятся: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z272" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) обеспечение реализации государственной политики в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:p>
-[...91 lines deleted...]
-    <w:bookmarkStart w:name="z180" w:id="68"/>
+    <w:bookmarkStart w:name="z180" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) участие в формировании социальной инфраструктуры для детей; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z181" w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z181" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) определение порядка информирования и проведения консультаций, осуществления мероприятий по защите прав и законных интересов ребенка; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z182" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление мероприятий по реализации государственной политики в интересах детей в области воспитания, образования, здравоохранения, науки, культуры, физической культуры и спорта, социального обслуживания и социальной защиты семьи, определенных уполномоченным органом в области защиты прав детей Республики Казахстан, центральными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z182" w:id="70"/>
-[...15 lines deleted...]
-      4) осуществление мероприятий по реализации государственной политики в интересах детей в области воспитания, образования, здравоохранения, науки, культуры, физической культуры и спорта, социального обслуживания и социальной защиты семьи, определенных уполномоченным органом в области защиты прав детей Республики Казахстан, центральными исполнительными органами;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) осуществление в установленном порядке обязательного трудоустройства и обеспечения жильем детей-сирот, детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      5) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 15.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z246" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 7-1. Институт Уполномоченного по правам ребенка</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:p>
-[...339 lines deleted...]
-    <w:bookmarkStart w:name="z247" w:id="73"/>
+    <w:bookmarkStart w:name="z247" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Институт Уполномоченного по правам ребенка учреждается Президентом Республики Казахстан и осуществляет свою деятельность на общественных началах в целях обеспечения гарантии прав и законных интересов детей, а также восстановления их нарушенных прав и свобод во взаимодействии с государственными и общественными институтами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z248" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z248" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Деятельность Уполномоченного по правам ребенка основывается на принципах: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) законности; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3283,190 +3715,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) объективности; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) гласности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="75"/>
+    <w:bookmarkStart w:name="z249" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Уполномоченный по правам ребенка в своей деятельности руководствуется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента Республики Казахстан и иными нормативными правовыми актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 2 дополнена статьей 7-1 в соответствии с Законом РК от 09.04.2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 501-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 7-2. Уполномоченный по правам ребенка</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:p>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях обеспечения защиты прав и законных интересов детей Уполномоченный по правам ребенка: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3549,2258 +3981,2346 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) имеет беспрепятственный доступ к документам государственных и общественных институтов, занимающихся правами детей; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) выполняет иные полномочия, возложенные на него настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z499" w:id="77"/>
+    <w:bookmarkStart w:name="z499" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) координирует деятельность и организацию взаимодействия контакт-центра "111" по вопросам семьи, защиты прав женщин и детей с государственными и общественными институтами.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z500" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок деятельности регионального уполномоченного по правам ребенка области, города республиканского значения, столицы утверждается уполномоченным органом в области защиты прав детей Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z500" w:id="78"/>
-[...15 lines deleted...]
-      Порядок деятельности регионального уполномоченного по правам ребенка области, города республиканского значения, столицы утверждается уполномоченным органом в области защиты прав детей Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 2 дополнена статьей 7-2 в соответствии с Законом РК от 09.04.2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 501-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 15.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7-3. Обязанности единого накопительного пенсионного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z360" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Единый накопительный пенсионный фонд обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:p>
-[...134 lines deleted...]
-      1. Единый накопительный пенсионный фонд обязан:</w:t>
+    <w:bookmarkStart w:name="z361" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять открытие целевых накопительных счетов для учета и зачисления целевых накоплений в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z361" w:id="80"/>
-[...15 lines deleted...]
-      1) осуществлять открытие целевых накопительных счетов для учета и зачисления целевых накоплений в соответствии с настоящим Законом;</w:t>
+    <w:bookmarkStart w:name="z362" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществлять учет целевых активов и целевых требований, учет и зачисление целевых накоплений на целевых накопительных счетах, выплат целевых накоплений получателю целевых накоплений с целевого накопительного счета на счета уполномоченных операторов, учет возвратов целевых накоплений в порядке, определенном Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z362" w:id="81"/>
-[...15 lines deleted...]
-      2) осуществлять учет целевых активов и целевых требований, учет и зачисление целевых накоплений на целевых накопительных счетах, выплат целевых накоплений получателю целевых накоплений с целевого накопительного счета на счета уполномоченных операторов, учет возвратов целевых накоплений в порядке, определенном Правительством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z363" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представлять без взимания платы посредством интернет-ресурса единого накопительного пенсионного фонда и (или) веб-портала "электронного правительства" следующие сведения о:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z363" w:id="82"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z364" w:id="83"/>
+    <w:bookmarkStart w:name="z364" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сумме целевых требований участнику целевых требований или его законному представителю; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z365" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сумме целевых накоплений по запросу получателя целевых накоплений на любую запрашиваемую дату с даты открытия целевого накопительного счета с учетом положений, предусмотренных статьей 7-7 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z365" w:id="84"/>
-[...15 lines deleted...]
-      сумме целевых накоплений по запросу получателя целевых накоплений на любую запрашиваемую дату с даты открытия целевого накопительного счета с учетом положений, предусмотренных статьей 7-7 настоящего Закона;</w:t>
+    <w:bookmarkStart w:name="z366" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществлять выплаты целевых накоплений в долларах США в целях улучшения жилищных условий и (или) оплаты образования в соответствии с законодательством Республики Казахстан на счета получателей целевых накоплений, открытые у уполномоченного оператора, а также на банковские счета наследников умерших либо объявленных умершими вступившим в законную силу решением суда участников целевых требований или получателей целевых накоплений, открытые у уполномоченного оператора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z366" w:id="85"/>
-[...15 lines deleted...]
-      4) осуществлять выплаты целевых накоплений в долларах США в целях улучшения жилищных условий и (или) оплаты образования в соответствии с законодательством Республики Казахстан на счета получателей целевых накоплений, открытые у уполномоченного оператора, а также на банковские счета наследников умерших либо объявленных умершими вступившим в законную силу решением суда участников целевых требований или получателей целевых накоплений, открытые у уполномоченного оператора;</w:t>
+    <w:bookmarkStart w:name="z367" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществлять взаимодействие с уполномоченным оператором по вопросам учета, выплаты и возврата целевых накоплений в порядке, определяемом Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z367" w:id="86"/>
-[...15 lines deleted...]
-      5) осуществлять взаимодействие с уполномоченным оператором по вопросам учета, выплаты и возврата целевых накоплений в порядке, определяемом Правительством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z368" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществлять перевод целевых накоплений получателя целевых накоплений с целевых накопительных счетов, которые были не использованы в течение десяти лет после достижения получателем целевых накоплений восемнадцатилетнего возраста, на индивидуальный пенсионный счет для учета добровольных пенсионных взносов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z368" w:id="87"/>
-[...15 lines deleted...]
-      6) осуществлять перевод целевых накоплений получателя целевых накоплений с целевых накопительных счетов, которые были не использованы в течение десяти лет после достижения получателем целевых накоплений восемнадцатилетнего возраста, на индивидуальный пенсионный счет для учета добровольных пенсионных взносов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-3 в соответствии с Законом РК от 16.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7-4. Участники целевых требований, целевые требования и целевые накопления</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z370" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Участниками целевых требований могут быть только граждане Республики Казахстан, не достигшие восемнадцати лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Участниками целевых требований могут быть только граждане Республики Казахстан, не достигшие восемнадцати лет.</w:t>
+    <w:bookmarkStart w:name="z371" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Начисление целевых требований участникам целевых требований осуществляется ежегодно до достижения ими восемнадцати лет, за исключением случаев, предусмотренных настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z371" w:id="89"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z372" w:id="90"/>
+    <w:bookmarkStart w:name="z372" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Учет целевых требований и целевых накоплений ведется в долларах США. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z373" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Целевые требования инвестируются в финансовые инструменты в рамках инвестиционной деятельности по управлению Национальным фондом Республики Казахстан до года достижения восемнадцатилетнего возраста участником целевых требований.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z373" w:id="91"/>
-[...15 lines deleted...]
-      4. Целевые требования инвестируются в финансовые инструменты в рамках инвестиционной деятельности по управлению Национальным фондом Республики Казахстан до года достижения восемнадцатилетнего возраста участником целевых требований.</w:t>
+    <w:bookmarkStart w:name="z374" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Открытие целевых накопительных счетов в едином накопительном пенсионном фонде для учета и зачисления целевых накоплений на целевой накопительный счет осуществляется в порядке, определенном Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z374" w:id="92"/>
-[...15 lines deleted...]
-      5. Открытие целевых накопительных счетов в едином накопительном пенсионном фонде для учета и зачисления целевых накоплений на целевой накопительный счет осуществляется в порядке, определенном Правительством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z375" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Начисления целевых требований прекращаются в случае смерти либо вступления в законную силу решения суда об объявлении умершим участника целевых требований.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z375" w:id="93"/>
-[...15 lines deleted...]
-      6. Начисления целевых требований прекращаются в случае смерти либо вступления в законную силу решения суда об объявлении умершим участника целевых требований.</w:t>
+    <w:bookmarkStart w:name="z376" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Выплаты целевых накоплений зачисляются на банковские счета получателей целевых накоплений, открываемые ими в долларах США у уполномоченных операторов в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z376" w:id="94"/>
-[...15 lines deleted...]
-      7. Выплаты целевых накоплений зачисляются на банковские счета получателей целевых накоплений, открываемые ими в долларах США у уполномоченных операторов в порядке, установленном законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z377" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Порядок формирования и учета целевых требований, целевых накоплений и выплат целевых накоплений, а также начисления целевых требований определяется Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z377" w:id="95"/>
-[...15 lines deleted...]
-      8. Порядок формирования и учета целевых требований, целевых накоплений и выплат целевых накоплений, а также начисления целевых требований определяется Правительством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z378" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Возврат выплат целевых накоплений на целевой накопительный счет получателя целевых накоплений, открытый в едином накопительном пенсионном фонде, осуществляется в долларах США.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z378" w:id="96"/>
-[...15 lines deleted...]
-      9. Возврат выплат целевых накоплений на целевой накопительный счет получателя целевых накоплений, открытый в едином накопительном пенсионном фонде, осуществляется в долларах США.</w:t>
+    <w:bookmarkStart w:name="z379" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом оплата расходов, связанных с конвертацией, оплата банковских услуг, связанных с переводами (возвратами) выплат целевых накоплений на целевой накопительный счет получателя целевых накоплений, открытый в едином накопительном пенсионном фонде, осуществляются за счет средств получателя целевых накоплений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z379" w:id="97"/>
-[...15 lines deleted...]
-      При этом оплата расходов, связанных с конвертацией, оплата банковских услуг, связанных с переводами (возвратами) выплат целевых накоплений на целевой накопительный счет получателя целевых накоплений, открытый в едином накопительном пенсионном фонде, осуществляются за счет средств получателя целевых накоплений.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-4 в соответствии с Законом РК от 16.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7-5. Особенности сбора, обработки персональных данных участников целевых требований, получателей целевых накоплений и их законных представителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z381" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для исполнения обязанностей единого накопительного пенсионного фонда, указанных в статье 7-3 настоящего Закона, сбор, обработка персональных данных участников целевых требований, получателей целевых накоплений и их законных представителей осуществляются без их согласия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-4 в соответствии с Законом РК от 16.11.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-5 в соответствии с Законом РК от 16.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 40-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 7-5. Особенности сбора, обработки персональных данных участников целевых требований, получателей целевых накоплений и их законных представителей</w:t>
-[...18 lines deleted...]
-      Для исполнения обязанностей единого накопительного пенсионного фонда, указанных в статье 7-3 настоящего Закона, сбор, обработка персональных данных участников целевых требований, получателей целевых накоплений и их законных представителей осуществляются без их согласия.</w:t>
+        <w:t xml:space="preserve">Статья 7-6. Выплаты целевых накоплений </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z383" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Право на выплаты целевых накоплений в целях улучшения жилищных условий и (или) оплаты образования предоставляется получателям целевых накоплений, имеющим целевые накопления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Право на выплаты целевых накоплений в целях улучшения жилищных условий и (или) оплаты образования предоставляется получателям целевых накоплений, имеющим целевые накопления.</w:t>
+    <w:bookmarkStart w:name="z384" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае смерти либо вступления в законную силу решения суда об объявлении умершим участника целевых требований или получателя целевых накоплений, имеющего целевые накопления, такие целевые накопления наследуются в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z384" w:id="100"/>
-[...15 lines deleted...]
-      2. В случае смерти либо вступления в законную силу решения суда об объявлении умершим участника целевых требований или получателя целевых накоплений, имеющего целевые накопления, такие целевые накопления наследуются в порядке, установленном законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z385" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для зачисления выплат целевых накоплений наследники умерших либо объявленных умершими вступившим в законную силу решением суда участников целевых требований или получателей целевых накоплений открывают банковский счет у уполномоченного оператора в долларах США.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z385" w:id="101"/>
-[...15 lines deleted...]
-      Для зачисления выплат целевых накоплений наследники умерших либо объявленных умершими вступившим в законную силу решением суда участников целевых требований или получателей целевых накоплений открывают банковский счет у уполномоченного оператора в долларах США.</w:t>
+    <w:bookmarkStart w:name="z386" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основанием для отказа выплаты целевых накоплений является прекращение гражданства Республики Казахстан участника целевых требований либо получателя целевых накоплений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z386" w:id="102"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z387" w:id="103"/>
+    <w:bookmarkStart w:name="z387" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Оплата образования осуществляется за счет выплат целевых накоплений путем подачи получателем целевых накоплений заявки и заключения договора между ним и организациями образования, реализующими образовательные программы технического и профессионального, послесреднего, высшего и послевузовского образования, либо путем заключения договора образовательного накопительного страхования или договора об образовательном накопительном вкладе в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственной образовательной накопительной системе".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-6 в соответствии с Законом РК от 16.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7-7. Тайна целевых накоплений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z389" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тайна целевых накоплений включает в себя сведения об остатках и о движении денег на целевых накопительных счетах получателей целевых накоплений.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z390" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Единый накопительный пенсионный фонд гарантирует тайну целевых накоплений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z391" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не являются тайной сведения о сумме целевых требований участников целевых требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z392" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Должностные лица, работники единого накопительного пенсионного фонда, которые в силу осуществления своих служебных и функциональных обязанностей получили доступ к сведениям, составляющим тайну целевых накоплений, не вправе разглашать сведения, составляющие тайну целевых накоплений, и несут ответственность за их разглашение в соответствии с законами Республики Казахстан, за исключением случаев, предусмотренных пунктами 3 и 4 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z393" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не является разглашением тайны целевых накоплений осуществление обмена информацией, в том числе сведениями, составляющими тайну целевых накоплений, между Национальным Банком Республики Казахстан и уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z394" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тайна целевых накоплений может быть раскрыта получателю целевых накоплений в порядке, предусмотренном внутренними документами единого накопительного пенсионного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z395" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Справки об остатках и о движении денег на целевых накопительных счетах могут выдаваться:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z396" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) судам – по находящимся в их производстве делам на основании определения суда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z397" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уполномоченному органу по регулированию, контролю и надзору финансового рынка и финансовых организаций – в рамках осуществления контрольных и надзорных функций за деятельностью единого накопительного пенсионного фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z398" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) прокурору – на основании постановления о производстве проверки в пределах его компетенции по находящемуся у него на рассмотрении материалу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z399" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представителям получателя целевых накоплений – на основании нотариально удостоверенной доверенности или решения суда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z400" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) центральному исполнительному органу, осуществляющему руководство и межотраслевую координацию в сфере социальной защиты населения, – по вопросу, возникшему в связи с заявлением получателя целевых накоплений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z401" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) аудиторским организациям, проводящим ежегодный обязательный аудит единого накопительного пенсионного фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z402" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) наследникам – в случае смерти либо вступления в законную силу решения суда об объявлении умершим получателя целевых накоплений по запросу с представлением свидетельства о праве на наследство;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z403" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) нотариусам и иностранным консульским учреждениям – по находящимся в их производстве наследственным делам в случае смерти либо вступления в законную силу решения суда об объявлении умершим получателя целевых накоплений по запросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z404" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) руководителям организаций всех типов для детей-сирот, детей, оставшихся без попечения родителей, на основании сведений в информационных системах государственных органов и (или) документов, подтверждающих нахождение детей-сирот, детей, оставшихся без попечения родителей, в таких организациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-6 в соответствии с Законом РК от 16.11.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-7 в соответствии с Законом РК от 16.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 40-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 7-7. Тайна целевых накоплений</w:t>
-[...318 lines deleted...]
-      9) руководителям организаций всех типов для детей-сирот, детей, оставшихся без попечения родителей, на основании сведений в информационных системах государственных органов и (или) документов, подтверждающих нахождение детей-сирот, детей, оставшихся без попечения родителей, в таких организациях.</w:t>
+        <w:t>Статья 7-8. Целевые активы единого накопительного пенсионного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z406" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наложение ареста или обращение взысканий на целевые активы, целевые накопления и выплаты целевых накоплений по долгам получателя целевых накоплений, единого накопительного пенсионного фонда, Национального Банка Республики Казахстан, уполномоченных операторов не допускается, в том числе в случаях ликвидации и (или) банкротства перечисленных субъектов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z407" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Целевые активы используются исключительно на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z408" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществление выплат целевых накоплений в целях улучшения жилищных условий и (или) оплаты образования и в иных случаях в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z409" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) возврат ошибочно зачисленных целевых накоплений и иных ошибочно зачисленных денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-7 в соответствии с Законом РК от 16.11.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-8 в соответствии с Законом РК от 16.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 40-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 7-8. Целевые активы единого накопительного пенсионного фонда</w:t>
-[...78 lines deleted...]
-      2) возврат ошибочно зачисленных целевых накоплений и иных ошибочно зачисленных денег.</w:t>
+        <w:t>Статья 7-9. Хранение и учет целевых активов единого накопительного пенсионного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z411" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Целевые активы единого накопительного пенсионного фонда общей суммой хранятся и учитываются на счетах в Национальном Банке Республики Казахстан в соответствии с договором, заключаемым между Национальным Банком Республики Казахстан и единым накопительным пенсионным фондом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z412" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Национальный Банк Республики Казахстан в целях учета и хранения целевых активов единого накопительного пенсионного фонда вправе открывать счета у зарубежных банков-кастодианов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-8 в соответствии с Законом РК от 16.11.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-9 в соответствии с Законом РК от 16.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 40-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 7-9. Хранение и учет целевых активов единого накопительного пенсионного фонда</w:t>
-[...38 lines deleted...]
-      2. Национальный Банк Республики Казахстан в целях учета и хранения целевых активов единого накопительного пенсионного фонда вправе открывать счета у зарубежных банков-кастодианов.</w:t>
+        <w:t>Статья 7-10. Учет и отчетность единого накопительного пенсионного фонда по целевым требованиям, целевым накоплениям и целевым активам и их контроль</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z414" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Единый накопительный пенсионный фонд в порядке, установленном законодательством Республики Казахстан, ведет учет и составляет отчетность по целевым требованиям, целевым накоплениям и целевым активам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z415" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для осуществления учета целевых активов и обеспечения надежности, сохранности и защиты информации от несанкционированного доступа используются автоматизированные информационные системы в виде программного обеспечения единого накопительного пенсионного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z416" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Контроль за порядком ведения учета целевых требований, целевых накоплений и целевых активов осуществляется уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-9 в соответствии с Законом РК от 16.11.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-10 в соответствии с Законом РК от 16.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 40-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 7-10. Учет и отчетность единого накопительного пенсионного фонда по целевым требованиям, целевым накоплениям и целевым активам и их контроль</w:t>
-[...58 lines deleted...]
-      2. Контроль за порядком ведения учета целевых требований, целевых накоплений и целевых активов осуществляется уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+        <w:t>Статья 7-11. Аудит единого накопительного пенсионного фонда по его целевым активам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z418" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках обязательного ежегодного аудита единого накопительного пенсионного фонда аудиторская организация осуществляет аудит по целевым активам единого накопительного пенсионного фонда. Расходы по обязательному ежегодному аудиту по целевым активам единого накопительного пенсионного фонда осуществляются за счет собственных активов единого накопительного пенсионного фонда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-10 в соответствии с Законом РК от 16.11.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-11 в соответствии с Законом РК от 16.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 40-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 7-11. Аудит единого накопительного пенсионного фонда по его целевым активам</w:t>
-[...18 lines deleted...]
-      В рамках обязательного ежегодного аудита единого накопительного пенсионного фонда аудиторская организация осуществляет аудит по целевым активам единого накопительного пенсионного фонда. Расходы по обязательному ежегодному аудиту по целевым активам единого накопительного пенсионного фонда осуществляются за счет собственных активов единого накопительного пенсионного фонда.</w:t>
+        <w:t>Статья 7-12. Региональный уполномоченный по правам ребенка области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z502" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях обеспечения защиты прав и законных интересов детей региональный уполномоченный по правам ребенка области, города республиканского значения, столицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z503" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рассматривает обращения, касающиеся нарушения прав, свобод и законных интересов ребенка, и жалобы на решения или действия (бездействие) местных исполнительных органов и организаций, их должностных лиц, нарушающих права, свободы и законные интересы ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z504" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оказывает содействие беспрепятственной реализации и восстановлению нарушенных прав, свобод и законных интересов ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z505" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вырабатывает и вносит Уполномоченному по правам ребенка в Республике Казахстан рекомендации по совершенствованию законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z506" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) беспрепятственно посещает местные исполнительные органы и организации систем образования, здравоохранения и социальной защиты населения, культуры и спорта, а также учреждения уголовно-исполнительной системы, где содержатся несовершеннолетние;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z507" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вправе по запросу получать доступ к документам государственных и общественных институтов, занимающихся правами детей, на соответствующей административно-территориальной единице в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z508" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выполняет иные полномочия в соответствии с законодательством Республики Казахстан о правах ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-11 в соответствии с Законом РК от 16.11.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 7-12 в соответствии с Законом РК от 15.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Главу 2 предусматривается дополнить статьями 7-13, 7-14, 7-15, 7-16, 7-17, 7-18, 7-19 и 7-20 в соответствии с Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...140 lines deleted...]
-      6) выполняет иные полномочия в соответствии с законодательством Республики Казахстан о правах ребенка.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Основные права и обязанности ребенка</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z112" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Основные права и обязанности ребенка</w:t>
+        <w:t xml:space="preserve"> Статья 8. Право ребенка на охрану здоровья</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z112" w:id="138"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 8. Право ребенка на охрану здоровья</w:t>
+    <w:bookmarkStart w:name="z184" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Каждый ребенок имеет неотъемлемое право на охрану здоровья.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z184" w:id="139"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z185" w:id="140"/>
+    <w:bookmarkStart w:name="z185" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государство создает условия матери по охране ее здоровья для обеспечения рождения здорового ребенка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z186" w:id="141"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z186" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Право ребенка на охрану здоровья обеспечивается: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) принятием законодательства Республики Казахстан в области охраны здоровья ребенка; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5883,640 +6403,640 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) созданием благоприятной окружающей среды, необходимой для здорового развития ребенка; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) контролем за производством и продажей продуктов питания для детей надлежащего качества. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="142"/>
+    <w:bookmarkStart w:name="z187" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Государство гарантирует детям бесплатный объем медицинской помощи в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z188" w:id="143"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z188" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Запрещаются любые научные опыты или иные эксперименты с ребенком, наносящие вред его жизни, здоровью и нормальному физическому и психическому развитию. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 9. Право ребенка на индивидуальность и ее сохранение</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z17" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Каждый ребенок после рождения должен быть зарегистрирован в соответствии с законами Республики Казахстан. С момента рождения он имеет право на имя, отчество и фамилию, национальность и гражданство, а в случаях, предусмотренных законами Республики Казахстан, право на их сохранение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 8 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 9 в редакции Закона РК от 23.11.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="144"/>
+    <w:bookmarkStart w:name="z18" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 9. Право ребенка на индивидуальность и ее сохранение</w:t>
-[...19 lines deleted...]
-      Каждый ребенок после рождения должен быть зарегистрирован в соответствии с законами Республики Казахстан. С момента рождения он имеет право на имя, отчество и фамилию, национальность и гражданство, а в случаях, предусмотренных законами Республики Казахстан, право на их сохранение.</w:t>
+        <w:t xml:space="preserve"> Статья 10. Право ребенка на жизнь, личную свободу, неприкосновенность достоинства и частной жизни</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="147"/>
+    <w:bookmarkStart w:name="z19" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Каждый ребенок имеет право на жизнь, личную свободу, неприкосновенность достоинства и частной жизни. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государство обеспечивает личную неприкосновенность ребенка, осуществляет его защиту от физического и (или) психического насилия, жестокого, грубого или унижающего человеческое достоинство обращения, травли (буллинга) ребенка, действий сексуального характера, вовлечения в преступную деятельность и совершения антиобщественных действий и иных видов деятельности, ущемляющих закрепленные Конституцией Республики Казахстан права и свободы человека и гражданина.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменением, внесенным Законом РК от 03.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 11. Право ребенка на свободу слова и совести, информацию и участие в общественной жизни </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:p>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="149"/>
+    <w:bookmarkStart w:name="z21" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Каждый ребенок имеет право на свободу слова и выражение своего мнения, свободу совести, развитие своей общественной активности, получение и распространение информации, соответствующей его возрасту, добровольное участие в общественных объединениях, а также в других формах некоммерческих организаций и мирных собраниях, разрешенных законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z243" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственные органы содействуют деятельности тех общественных объединений, которые имеют своей целью развитие личности детей, их творческих задатков, социальной активности, научного, технического и художественного творчества, защиту их интеллектуальной собственности, охрану жизни и здоровья детей, охрану окружающей природной среды, памятников истории и культуры, осуществляющих благотворительность, приобщающих к участию в культурной и спортивной жизни, организации досуга.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z243" w:id="150"/>
-[...15 lines deleted...]
-      2. Государственные органы содействуют деятельности тех общественных объединений, которые имеют своей целью развитие личности детей, их творческих задатков, социальной активности, научного, технического и художественного творчества, защиту их интеллектуальной собственности, охрану жизни и здоровья детей, охрану окружающей природной среды, памятников истории и культуры, осуществляющих благотворительность, приобщающих к участию в культурной и спортивной жизни, организации досуга.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными Законом РК от 16.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 12. Право ребенка на необходимый уровень жизни</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="152"/>
+    <w:bookmarkStart w:name="z23" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Каждый ребенок имеет право на уровень жизни и условия, необходимые для полноценного физического, психического, нравственного и духовного развития. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государство обеспечивает создание этих условий через систему социальных и экономических мер. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="153"/>
+    <w:bookmarkStart w:name="z24" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 13. Имущественные права ребенка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z25" w:id="154"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z25" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ребенок имеет право на получение содержания от своих родителей и других членов семьи в порядке и размерах, установленных законом. Суммы, причитающиеся ребенку в качестве алиментов, пособий и других социальных выплат, поступают в распоряжение родителей (лиц, их заменяющих) и расходуются ими на содержание, образование и воспитание ребенка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Каждый ребенок в установленном законодательством порядке вправе самостоятельно или через своих законных представителей совершать сделки, иметь вклады в банках, у Национального оператора почты и распоряжаться заработком, стипендией или иными доходами и объектами права интеллектуальной собственности, приобретать и осуществлять иные имущественные права.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Родители или законные представители вправе вносить на имя ребенка в банки и (или) Национальному оператору почты деньги, выделяемые государством в качестве детского пособия или материальной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="155"/>
+    <w:bookmarkStart w:name="z10" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Каждый ребенок имеет право собственности на полученные им доходы, имущество, полученное им в дар или в порядке наследования, а также на любое другое имущество, приобретенное на средства ребенка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ребенок, получающий доходы с собственного труда, вправе участвовать в расходах по содержанию семьи, если он проживает у родителей. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6571,1274 +7091,1274 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="156"/>
+    <w:bookmarkStart w:name="z26" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 14. Право ребенка на жилище</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z27" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Каждый ребенок имеет право на жилище в соответствии с жилищным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z27" w:id="157"/>
-[...15 lines deleted...]
-      1. Каждый ребенок имеет право на жилище в соответствии с жилищным законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z231" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ребенок-сирота, ребенок, оставшийся без попечения родителей, находящиеся в организациях образования, медицинских и других организациях, в том числе обеспечивающих временную изоляцию от общества, под опекой или попечительством, на патронатном воспитании, сохраняют право собственности на жилище или право пользования жилищем, а при его отсутствии имеют право на получение жилища в соответствии с жилищным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z231" w:id="158"/>
-[...15 lines deleted...]
-      2. Ребенок-сирота, ребенок, оставшийся без попечения родителей, находящиеся в организациях образования, медицинских и других организациях, в том числе обеспечивающих временную изоляцию от общества, под опекой или попечительством, на патронатном воспитании, сохраняют право собственности на жилище или право пользования жилищем, а при его отсутствии имеют право на получение жилища в соответствии с жилищным законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жилище из государственного жилищного фонда или жилище, арендованное местным исполнительным органом в частном жилищном фонде, сохраняется за детьми-сиротами, детьми, оставшимися без попечения родителей, на период их нахождения в организациях образования, медицинских и других организациях, в том числе обеспечивающих временную изоляцию от общества, под опекой или попечительством, на патронатном воспитании – до достижения ими совершеннолетия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Дети, оставшиеся без попечения родителей, в том числе дети-сироты, не могут быть выселены из занимаемого ими жилища без предоставления другого жилища.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:p>
-[...33 lines deleted...]
-      3. Дети, оставшиеся без попечения родителей, в том числе дети-сироты, не могут быть выселены из занимаемого ими жилища без предоставления другого жилища.</w:t>
+    <w:bookmarkStart w:name="z233" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сохранение права собственности на жилище или права пользования жилищем детей, указанного в пункте 2 настоящей статьи, обеспечивается местными исполнительными органами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z233" w:id="160"/>
-[...15 lines deleted...]
-      4. Сохранение права собственности на жилище или права пользования жилищем детей, указанного в пункте 2 настоящей статьи, обеспечивается местными исполнительными органами.</w:t>
+    <w:bookmarkStart w:name="z234" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Не допускается совершение сделок по отчуждению, в том числе обмену или дарению жилища ребенка-сироты, ребенка, оставшегося без попечения родителей, не достигшего четырнадцатилетнего возраста, или заключение от их имени договора поручительства, сделок по сдаче жилища в безвозмездное пользование или в залог, сделок, влекущих отказ от принадлежащих им прав на наследство по закону, завещанию, раздел их жилища или выдел из него доли.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z234" w:id="161"/>
-[...15 lines deleted...]
-      5. Не допускается совершение сделок по отчуждению, в том числе обмену или дарению жилища ребенка-сироты, ребенка, оставшегося без попечения родителей, не достигшего четырнадцатилетнего возраста, или заключение от их имени договора поручительства, сделок по сдаче жилища в безвозмездное пользование или в залог, сделок, влекущих отказ от принадлежащих им прав на наследство по закону, завещанию, раздел их жилища или выдел из него доли.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 в редакции Закона РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 126-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z235" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14-1. Обеспечение сохранности жилища детей-сирот, детей, оставшихся без попечения родителей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z236" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Местные исполнительные органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) производят учет и осуществляют контроль за сохранностью жилища детей-сирот, детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивают сохранность жилища детей-сирот, детей, оставшихся без попечения родителей, до их устройства под опеку или попечительство, на патронатное воспитание, в организации образования, медицинские и другие организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) устанавливают опеку над жилищем детей-сирот, детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Законные представители ребенка обеспечивают сохранность жилища детей-сирот, детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z349" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Законные представители ребенка с согласия органа, осуществляющего функции по опеке или попечительству, могут сдавать внаем (поднаем) жилище детей-сирот, детей, оставшихся без попечения родителей, на основании типового договора, утверждаемого уполномоченным органом в области защиты прав детей Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z350" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деньги, полученные по договору найма (аренды) жилища, подлежат зачислению на банковский счет детей-сирот, детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z351" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правила сохранности жилища детей-сирот, детей, оставшихся без попечения родителей, утверждаются уполномоченным органом в области защиты прав детей Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z238" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. За невыполнение обязанности по сохранности жилища детей-сирот, детей, оставшихся без попечения родителей, должностные лица местных исполнительных органов и законные представители ребенка несут ответственность, предусмотренную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 14 в редакции Закона РК от 04.07.2013 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 14-1 в соответствии с Законом РК от 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 126-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменением, внесенным Законом РК от 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z235" w:id="162"/>
+    <w:bookmarkStart w:name="z28" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 14-1. Обеспечение сохранности жилища детей-сирот, детей, оставшихся без попечения родителей</w:t>
-[...173 lines deleted...]
-      3. За невыполнение обязанности по сохранности жилища детей-сирот, детей, оставшихся без попечения родителей, должностные лица местных исполнительных органов и законные представители ребенка несут ответственность, предусмотренную законами Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Статья 15. Право ребенка на образование</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:p>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> Статья 15. Право ребенка на образование</w:t>
+    <w:bookmarkStart w:name="z29" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Каждый ребенок имеет право на образование и ему гарантируется получение бесплатного начального, основного среднего и общего среднего образования и на конкурсной основе - бесплатного технического и профессионального, послесреднего и высшего образования в соответствии с законодательством Республики Казахстан об образовании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z29" w:id="170"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="171"/>
+    <w:bookmarkStart w:name="z15" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Отчисление ребенка из государственного образовательного учреждения до получения бесплатного общего среднего образования или технического и профессионального образования, помимо соблюдения общего порядка отчисления, может быть проведено только с уведомления органов опеки и попечительства. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z127" w:id="172"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z127" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. На детей с ограниченными возможностями, нуждающихся в специальных педагогических подходах в соответствии с оценкой особых образовательных потребностей, из государственного бюджета выделяются дополнительные средства, гарантирующие получение ими образования на уровне установленных стандартов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z128" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государство полностью или частично несет расходы на содержание детей, нуждающихся в социальной защите, в период получения ими образования. Размеры и источники социальной помощи в период получения ими образования определяются Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z128" w:id="173"/>
-[...15 lines deleted...]
-      4. Государство полностью или частично несет расходы на содержание детей, нуждающихся в социальной защите, в период получения ими образования. Размеры и источники социальной помощи в период получения ими образования определяются Правительством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменением, внесенным Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 26.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 56-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 16. Право ребенка на свободу труда</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:p>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="175"/>
+    <w:bookmarkStart w:name="z31" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Каждый ребенок имеет право на свободу труда, свободный выбор рода деятельности и профессии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z129" w:id="176"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z129" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Дети с четырнадцатилетнего возраста вправе по разрешению родителей в свободное от учебы время участвовать в общественно-полезном труде, доступном им по состоянию здоровья и развитию, не наносящем вреда физическому, нравственному и психическому состоянию ребенка, а также имеют право на получение профессии. Это право обеспечивается службой занятости населения и органами местного государственного управления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z130" w:id="177"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z130" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Порядок заключения и расторжения трудового договора и другие особенности регулирования труда работников, не достигших восемнадцатилетнего возраста, устанавливаются трудовым законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z131" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Запрещается принимать или привлекать ребенка для выполнения любой работы, которая может представлять опасность для его здоровья или служить препятствием в получении им образования либо наносить ущерб его здоровью и физическому, умственному, духовному, моральному и социальному развитию.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z131" w:id="178"/>
-[...15 lines deleted...]
-      4. Запрещается принимать или привлекать ребенка для выполнения любой работы, которая может представлять опасность для его здоровья или служить препятствием в получении им образования либо наносить ущерб его здоровью и физическому, умственному, духовному, моральному и социальному развитию.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными законами РК от 15.05.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 253</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 23.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 16-1. Право ребенка на защиту от экономической эксплуатации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Каждый ребенок имеет право на защиту от экономической эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными законами РК от 15.05.2007 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">; от 23.11.2010 </w:t>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 16-1 в соответствии с Законом РК от 23.11.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="179"/>
+    <w:bookmarkStart w:name="z32" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 16-1. Право ребенка на защиту от экономической эксплуатации</w:t>
+        <w:t xml:space="preserve"> Статья 17. Право ребенка на государственную помощь</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:p>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="181"/>
+    <w:bookmarkStart w:name="z33" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственная помощь назначается каждому ребенку, имеющему право на ее получение. Размер, условия и порядок оказания государственной помощи устанавливаются законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z132" w:id="182"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z132" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Дети, оставшиеся без попечения родителей, в том числе дети-сироты, находятся на полном государственном обеспечении в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z133" w:id="183"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z133" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственные органы каждому ребенку, оставшемуся без попечения родителей, обеспечивают одинаковые материальные и иные условия, независимо от формы опеки или попечительства. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z34" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 18. Установление государственных минимальных социальных стандартов </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z34" w:id="184"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Статья 18. Установление государственных минимальных социальных стандартов </w:t>
+    <w:bookmarkStart w:name="z35" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная политика в интересах детей осуществляется на основе государственных минимальных социальных стандартов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z35" w:id="185"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственные минимальные социальные стандарты включают в себя установленный минимальный объем социальных услуг по: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="186"/>
+    <w:bookmarkStart w:name="z134" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) гарантированному, общедоступному бесплатному начальному, основному среднему и общему среднему образованию и на конкурсной основе в соответствии с государственным образовательным заказом бесплатному техническому и профессиональному, послесреднему и высшему образованию; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z135" w:id="187"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z135" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) бесплатному медицинскому обслуживанию детей, обеспечению их питанием в соответствии с минимальными нормами питания; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z136" w:id="188"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z136" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) гарантированному обеспечению детям по достижении ими возраста пятнадцати лет права на профессиональную ориентацию, выбор сферы деятельности, трудоустройство, охрану труда, оплату труда в порядке, установленном законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z137" w:id="189"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z137" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) социальному обслуживанию, социальной защите детей, в том числе обеспечению гарантированной материальной поддержки путем выплаты государственных пособий гражданам, имеющим детей, в связи с их рождением и воспитанием, а также меры по социальной адаптации и социальной реабилитации детей, нуждающихся в специальных социальных услугах; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z138" w:id="190"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z138" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) обеспечению права на жилище в соответствии с жилищным законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z139" w:id="191"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z139" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) организации оздоровления и отдыха, в том числе детей, проживающих в экстремальных условиях, а также на территориях, неблагоприятных в экологическом отношении и признанных таковыми в порядке, установленном законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z140" w:id="192"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z140" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) оказанию квалифицированной юридической помощи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственные минимальные социальные стандарты определяются с учетом региональных различий в условиях их проживания. В соответствии с законодательством Республики Казахстан органы местного государственного управления могут устанавливать дополнительные социальные стандарты. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7933,88 +8453,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="193"/>
+    <w:bookmarkStart w:name="z36" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 19. Право ребенка на отдых и досуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z37" w:id="194"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z37" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Каждый ребенок имеет право на отдых и досуг, соответствующие его возрасту, здоровью и потребностям. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Родители или лица, их заменяющие, обеспечивают в соответствии со своими способностями и возможностями условия жизни, необходимые для содержания и всестороннего развития ребенка. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8105,684 +8625,684 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="195"/>
+    <w:bookmarkStart w:name="z38" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 20. Обязанности ребенка</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z39" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Каждый ребенок обязан соблюдать Конституцию и законодательство Республики Казахстан, уважать права, свободы, честь и достоинство других лиц, государственные символы Республики, заботиться о нетрудоспособных родителях, сохранении исторического и культурного наследия, беречь памятники истории и культуры, сохранять природу и бережно относиться к природным богатствам.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z39" w:id="196"/>
-[...15 lines deleted...]
-      Каждый ребенок обязан соблюдать Конституцию и законодательство Республики Казахстан, уважать права, свободы, честь и достоинство других лиц, государственные символы Республики, заботиться о нетрудоспособных родителях, сохранении исторического и культурного наследия, беречь памятники истории и культуры, сохранять природу и бережно относиться к природным богатствам.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Ребенок и семья</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z40" w:id="197"/>
+    <w:bookmarkStart w:name="z41" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Ребенок и семья</w:t>
+        <w:t xml:space="preserve"> Статья 21. Право ребенка жить и воспитываться в семье</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z41" w:id="198"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="199"/>
+    <w:bookmarkStart w:name="z42" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Каждый ребенок имеет право жить и воспитываться в семье, право знать своих родителей и других близких родственников, право на их заботу и воспитание, за исключением случаев, когда это противоречит его интересам. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 22. Права ребенка в семье</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z44" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Каждый ребенок в семье обладает личными неимущественными и имущественными правами, установленными Конституцией Республики Казахстан, настоящим Законом и другими законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 21 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 22 в редакции Закона РК от 23.11.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="200"/>
+    <w:bookmarkStart w:name="z45" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 22. Права ребенка в семье</w:t>
-[...19 lines deleted...]
-      Каждый ребенок в семье обладает личными неимущественными и имущественными правами, установленными Конституцией Республики Казахстан, настоящим Законом и другими законами Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Статья 23. Государственная поддержка семей, воспитывающих детей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="203"/>
+    <w:bookmarkStart w:name="z46" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Государство оказывает поддержку семьям, воспитывающим детей, путем предоставления социальной помощи в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 24. Обязанности родителей по воспитанию ребенка, уходу за ним и содержанию</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z48" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Родители или другие законные представители обязаны создать условия жизни, необходимые для всестороннего развития ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Родители обязаны воспитывать ребенка, осуществлять уход за ним, содержать его материально, заботиться о его благосостоянии, обеспечивать жилищем.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 23 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменением, внесенным Законом РК от 01.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 240-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="204"/>
+    <w:bookmarkStart w:name="z49" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 24. Обязанности родителей по воспитанию ребенка, уходу за ним и содержанию</w:t>
-[...19 lines deleted...]
-      1. Родители или другие законные представители обязаны создать условия жизни, необходимые для всестороннего развития ребенка.</w:t>
+        <w:t xml:space="preserve"> Статья 25. Право ребенка на проживание с родителями </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:p>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="207"/>
+    <w:bookmarkStart w:name="z50" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ребенок имеет право на совместное проживание со своими родителями или другими законными представителями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Запрещается разлучать ребенка с родителями или другими законными представителями против воли ребенка, родителей или законных представителей. Решение о разлучении принимается только судом в исключительных случаях и лишь в той мере, в какой это необходимо в целях защиты ребенка. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Место жительства ребенка при раздельном проживании родителей устанавливается соглашением родителей, а при его отсутствии спор между родителями разрешается судом. При этом суд учитывает личные качества и положение родителей, а также интересы и мнение ребенка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="208"/>
+    <w:bookmarkStart w:name="z51" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 26. Право ребенка на общение с отдельно проживающими родителями </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z52" w:id="209"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z52" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ребенок имеет право на получение информации о родителе, проживающем отдельно от него, на встречи и общение с ним, за исключением случаев наличия угрозы для жизни и здоровья ребенка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Споры, возникающие в связи с ограничением прав ребенка, предусмотренных настоящей статьей, разрешаются в судебном порядке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="210"/>
+    <w:bookmarkStart w:name="z53" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Права ребенка, оставшегося</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>без попечения родителей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Опека, попечительство, патронат, приемная и приемная профессиональная семьи</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8794,1545 +9314,2001 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 27 с изменением, внесенным Законом РК от 30.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 148-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="211"/>
+    <w:bookmarkStart w:name="z55" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Над ребенком, оставшимся без попечения родителей, устанавливаются опека, попечительство или патронат, а также он может быть передан в приемную и приемную профессиональную семьи для защиты его имущественных и личных неимущественных прав в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z141" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Опека устанавливается над детьми, не достигшими возраста четырнадцати лет, а попечительство – над несовершеннолетними в возрасте от четырнадцати до восемнадцати лет.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z141" w:id="212"/>
-[...15 lines deleted...]
-      2. Опека устанавливается над детьми, не достигшими возраста четырнадцати лет, а попечительство – над несовершеннолетними в возрасте от четырнадцати до восемнадцати лет.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Органами опеки и попечительства являются местные исполнительные органы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z142" w:id="213"/>
-[...15 lines deleted...]
-      3. Органами опеки и попечительства являются местные исполнительные органы.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Над ребенком, оставшимся без попечения родителей, в том числе находящимся в воспитательном, лечебном или другом учреждении, может устанавливаться патронат в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z143" w:id="214"/>
-[...15 lines deleted...]
-      4. Над ребенком, оставшимся без попечения родителей, в том числе находящимся в воспитательном, лечебном или другом учреждении, может устанавливаться патронат в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z144" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Дети-сироты, дети, оставшиеся без попечения родителей, находящиеся в воспитательном учреждении, могут быть переданы в приемную и приемную профессиональную семьи в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z144" w:id="215"/>
-[...15 lines deleted...]
-      5. Дети-сироты, дети, оставшиеся без попечения родителей, находящиеся в воспитательном учреждении, могут быть переданы в приемную и приемную профессиональную семьи в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z252" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Опека или попечительство родных братьев и сестер, воспитывавшихся в одной семье, разными лицами не допускается, за исключением случаев, когда данные обстоятельства отвечают законным интересам детей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z252" w:id="216"/>
-[...15 lines deleted...]
-      6. Опека или попечительство родных братьев и сестер, воспитывавшихся в одной семье, разными лицами не допускается, за исключением случаев, когда данные обстоятельства отвечают законным интересам детей.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 27 в редакции Закона РК от 09.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017); с изменением, внесенным Законом РК от 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 28. Усыновление (удочерение)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:p>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="218"/>
+    <w:bookmarkStart w:name="z57" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях создания условий для развития и воспитания в семье ребенок, оставшийся без попечения родителей, может быть передан на усыновление (удочерение) в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z251" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 28-1. Гостевая семья</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z251" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дети-сироты и дети, оставшиеся без попечения родителей, находящиеся в организациях всех типов (образовательные, медицинские и другие), могут быть переданы гостевым семьям в периоды, не связанные с образовательным процессом (каникулы, выходные и праздничные дни).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 5 дополнена статьей 28-1 в соответствии с Законом РК от 09.04.2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 501-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Статья 28-1. Гостевая семья</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28-2. Наставничество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z422" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Над детьми-сиротами, детьми, оставшимися без попечения родителей, находящимися в организациях образования для детей-сирот и детей, оставшихся без попечения родителей, достигшими десятилетнего возраста, может быть закреплен наставник, осуществляющий наставничество на безвозмездной основе. Порядок организации наставничества определяется уполномоченным органом в области защиты прав детей Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:p>
-[...132 lines deleted...]
-      1. Над детьми-сиротами, детьми, оставшимися без попечения родителей, находящимися в организациях образования для детей-сирот и детей, оставшихся без попечения родителей, достигшими десятилетнего возраста, может быть закреплен наставник, осуществляющий наставничество на безвозмездной основе. Порядок организации наставничества определяется уполномоченным органом в области защиты прав детей Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z423" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Наставник оказывает индивидуальную поддержку и помощь в подготовке к самостоятельной жизни детям-сиротам, детям, оставшимся без попечения родителей, находящимся в организациях образования для детей-сирот и детей, оставшихся без попечения родителей, достигшим десятилетнего возраста.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z423" w:id="221"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z424" w:id="222"/>
+    <w:bookmarkStart w:name="z424" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Наставником не может быть: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z425" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лицо, не имеющее гражданства Республики Казахстан и не достигшее совершеннолетия;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z425" w:id="223"/>
-[...15 lines deleted...]
-      1) лицо, не имеющее гражданства Республики Казахстан и не достигшее совершеннолетия;</w:t>
+    <w:bookmarkStart w:name="z426" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лицо, признанное судом недееспособным или ограниченно дееспособным;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z426" w:id="224"/>
-[...15 lines deleted...]
-      2) лицо, признанное судом недееспособным или ограниченно дееспособным;</w:t>
+    <w:bookmarkStart w:name="z427" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лицо, у которого супруг (супруга) признан (признана) судом недееспособным или ограниченно дееспособным;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z427" w:id="225"/>
-[...15 lines deleted...]
-      3) лицо, у которого супруг (супруга) признан (признана) судом недееспособным или ограниченно дееспособным;</w:t>
+    <w:bookmarkStart w:name="z428" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лицо, лишенное судом родительских прав или ограниченное судом в родительских правах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z428" w:id="226"/>
-[...15 lines deleted...]
-      4) лицо, лишенное судом родительских прав или ограниченное судом в родительских правах;</w:t>
+    <w:bookmarkStart w:name="z429" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) лицо, отстраненное от обязанностей опекуна или попечителя за ненадлежащее исполнение возложенных на него законом Республики Казахстан обязанностей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z429" w:id="227"/>
-[...15 lines deleted...]
-      5) лицо, отстраненное от обязанностей опекуна или попечителя за ненадлежащее исполнение возложенных на него законом Республики Казахстан обязанностей;</w:t>
+    <w:bookmarkStart w:name="z430" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бывший усыновитель (удочеритель), если усыновление (удочерение) отменено судом по его вине;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z430" w:id="228"/>
-[...15 lines deleted...]
-      6) бывший усыновитель (удочеритель), если усыновление (удочерение) отменено судом по его вине;</w:t>
+    <w:bookmarkStart w:name="z431" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) лицо, которое по состоянию здоровья не может осуществлять родительские права (перечень заболеваний, при наличии которых лицо не может усыновить ребенка, принять его под опеку или попечительство, патронат, устанавливается уполномоченным органом в области здравоохранения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z431" w:id="229"/>
-[...15 lines deleted...]
-      7) лицо, которое по состоянию здоровья не может осуществлять родительские права (перечень заболеваний, при наличии которых лицо не может усыновить ребенка, принять его под опеку или попечительство, патронат, устанавливается уполномоченным органом в области здравоохранения);</w:t>
+    <w:bookmarkStart w:name="z432" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) лицо, не имеющее постоянного места жительства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z432" w:id="230"/>
-[...15 lines deleted...]
-      8) лицо, не имеющее постоянного места жительства;</w:t>
+    <w:bookmarkStart w:name="z433" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) лицо, придерживающееся нетрадиционной сексуальной ориентации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z433" w:id="231"/>
-[...15 lines deleted...]
-      9) лицо, придерживающееся нетрадиционной сексуальной ориентации;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 10) предусматривается в редакции Закона РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) лицо, имеющее непогашенную или неснятую судимость за совершение умышленного преступления на момент назначения наставником;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z435" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) лицо, которое на момент установления наставничества не имеет дохода, обеспечивающего ему прожиточный минимум, установленный законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z434" w:id="232"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z436" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 12) предусматривается в редакции Закона РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) лицо, состоящее на учете в наркологическом или психоневрологическом диспансерах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z437" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 13) предусматривается исключить Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) лицо, имеющее или имевшее судимость, подвергающееся или подвергавшееся уголовному преследованию (за исключением лиц, уголовное преследование в отношении которых прекращено на основании подпунктов 1) и 2) части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан) за уголовные правонарушения: убийство, умышленное причинение вреда здоровью, против здоровья населения и нравственности, половой неприкосновенности, за экстремистские или террористические преступления, торговлю людьми.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z684" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) лицо, не прошедшее обучение по наставничеству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть вторую пункта 3 предусматривается изменение Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если лицо, назначаемое наставником, состоит в браке (супружестве) либо совместно проживает с иными лицами, на супруга (супругу) либо на совместно проживающих лиц распространяются требования, установленные подпунктами 4) – 6), 10), 12) и 13) части первой настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z439" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Наставник имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z440" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) посещать ребенка по месту его проживания в организациях образования для детей-сирот и детей, оставшихся без попечения родителей, а также с согласия ребенка и руководителя этой организации образования общаться с ребенком вне места его проживания на условиях, определенных договором о наставничестве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z441" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в периоды, не связанные с образовательным процессом (каникулы, выходные и праздничные дни), предоставлять ребенку помощь в получении дополнительных образовательных, воспитательных и медицинских услуг.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z684" w:id="236"/>
-[...15 lines deleted...]
-      14) лицо, не прошедшее обучение по наставничеству.</w:t>
+    <w:bookmarkStart w:name="z442" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Наставник не вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z438" w:id="237"/>
-[...15 lines deleted...]
-      Если лицо, назначаемое наставником, состоит в браке (супружестве) либо совместно проживает с иными лицами, на супруга (супругу) либо на совместно проживающих лиц распространяются требования, установленные подпунктами 4) – 6), 10), 12) и 13) части первой настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z443" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) вывозить ребенка за пределы территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z439" w:id="238"/>
-[...15 lines deleted...]
-      4. Наставник имеет право:</w:t>
+    <w:bookmarkStart w:name="z444" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при общении с ребенком вне места его проживания оставлять ребенка под надзором третьих лиц (физических и (или) юридических лиц), кроме случаев помещения ребенка в медицинскую организацию для оказания медицинской помощи или доставления его в органы внутренних дел;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z440" w:id="239"/>
-[...15 lines deleted...]
-      1) посещать ребенка по месту его проживания в организациях образования для детей-сирот и детей, оставшихся без попечения родителей, а также с согласия ребенка и руководителя этой организации образования общаться с ребенком вне места его проживания на условиях, определенных договором о наставничестве;</w:t>
+    <w:bookmarkStart w:name="z445" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нарушать иные условия договора о наставничестве.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z441" w:id="240"/>
-[...15 lines deleted...]
-      2) в периоды, не связанные с образовательным процессом (каникулы, выходные и праздничные дни), предоставлять ребенку помощь в получении дополнительных образовательных, воспитательных и медицинских услуг.</w:t>
+    <w:bookmarkStart w:name="z446" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Наставник обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z442" w:id="241"/>
-[...15 lines deleted...]
-      5. Наставник не вправе:</w:t>
+    <w:bookmarkStart w:name="z447" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нести ответственность за жизнь и здоровье ребенка в период пребывания с ним;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z443" w:id="242"/>
-[...15 lines deleted...]
-      1) вывозить ребенка за пределы территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z448" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) незамедлительно информировать органы, осуществляющие функции по опеке или попечительству, или организацию образования для детей-сирот и детей, оставшихся без попечения родителей, в которой находится ребенок, о возникновении ситуации, угрожающей жизни и (или) здоровью ребенка, его заболевании, получении им травмы, помещении ребенка в медицинскую организацию для оказания медицинской помощи или доставлении его в органы внутренних дел;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z444" w:id="243"/>
-[...15 lines deleted...]
-      2) при общении с ребенком вне места его проживания оставлять ребенка под надзором третьих лиц (физических и (или) юридических лиц), кроме случаев помещения ребенка в медицинскую организацию для оказания медицинской помощи или доставления его в органы внутренних дел;</w:t>
+    <w:bookmarkStart w:name="z449" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соблюдать иные условия договора о наставничестве.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z445" w:id="244"/>
-[...15 lines deleted...]
-      3) нарушать иные условия договора о наставничестве.</w:t>
+    <w:bookmarkStart w:name="z686" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Обучение лиц, желающих стать наставниками, осуществляется организациями по наставничеству, а также организациями образования для детей-сирот и детей, оставшихся без попечения родителей, за счет средств указанных организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z446" w:id="245"/>
-[...15 lines deleted...]
-      6. Наставник обязан:</w:t>
+    <w:bookmarkStart w:name="z687" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к содержанию программы обучения, порядок организации обучения лиц, желающих стать наставниками, и форма сертификата о прохождении такого обучения утверждаются уполномоченным органом в области защиты прав детей Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z447" w:id="246"/>
-[...15 lines deleted...]
-      1) нести ответственность за жизнь и здоровье ребенка в период пребывания с ним;</w:t>
+    <w:bookmarkStart w:name="z688" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Орган, осуществляющий функции по опеке или попечительству, заключает договор о наставничестве с организацией по наставничеству.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z448" w:id="247"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z689" w:id="252"/>
+    <w:bookmarkStart w:name="z689" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Организация по наставничеству вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z690" w:id="253"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z690" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) получать информацию в объеме, определенном уполномоченным органом в области защиты прав детей Республики Казахстан, о детях-сиротах, детях, оставшихся без попечения родителей, с согласия их законных представителей в порядке, установленном законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z691" w:id="254"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z691" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осуществлять иные права, предусмотренные законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z692" w:id="255"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z692" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Организация по наставничеству обязана: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z693" w:id="256"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z693" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оказывать консультативную помощь лицам, желающим стать наставниками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z694" w:id="257"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z694" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осуществлять обучение лиц, желающих стать наставниками; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z695" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять подбор наставников для детей-сирот, детей, оставшихся без попечения родителей, находящихся в организациях образования для детей-сирот и детей, оставшихся без попечения родителей, достигших десятилетнего возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z696" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оказывать правовую и психологическую помощь наставникам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z697" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) представлять ежеквартальный отчет о своей деятельности в орган, осуществляющий функции по опеке или попечительству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z698" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечивать конфиденциальность персональных данных детей-сирот, детей, оставшихся без попечения родителей, находящихся в организациях образования для детей-сирот и детей, оставшихся без попечения родителей, достигших десятилетнего возраста, а также наставников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z699" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) информировать организацию образования для детей-сирот и детей, оставшихся без попечения родителей, в которой находится ребенок, орган, осуществляющий функции по опеке или попечительству, органы внутренних дел в течение двадцати четырех часов с момента установления факта смерти, жестокого обращения с ребенком, в том числе осуществления физического или психического насилия над ребенком, а также покушения на половую неприкосновенность ребенка, над которым осуществляется наставничество;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z695" w:id="258"/>
-[...15 lines deleted...]
-      3) осуществлять подбор наставников для детей-сирот, детей, оставшихся без попечения родителей, находящихся в организациях образования для детей-сирот и детей, оставшихся без попечения родителей, достигших десятилетнего возраста;</w:t>
+    <w:bookmarkStart w:name="z700" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) соблюдать иные обязанности, предусмотренные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z696" w:id="259"/>
-[...15 lines deleted...]
-      4) оказывать правовую и психологическую помощь наставникам;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 28-2 в соответствии с Законом РК от 23.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 10.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 163-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 29. Содержание и воспитание ребенка в воспитательных, лечебных и иных аналогичных учреждениях</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z697" w:id="260"/>
-[...179 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="265"/>
+    <w:bookmarkStart w:name="z59" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ребенок, оставшийся без попечения родителей, при невозможности передать его на воспитание в семью подлежит устройству в воспитательное, лечебное или иное аналогичное учреждение. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z145" w:id="266"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z145" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Алименты, пособия и другие социальные выплаты, причитающиеся ребенку, перечисляются на его банковский счет и выплачиваются в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z146" w:id="267"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z146" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ребенку, находящемуся в воспитательных, лечебных и иных аналогичных учреждениях для детей, оставшихся без попечения родителей, создаются условия, приближенные к семейным. Ребенок имеет право на содержание, воспитание, образование, всестороннее развитие, уважение его чести и достоинства, обеспечение своих интересов, сохранение родного языка, культуры, национальных обычаев и традиций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z147" w:id="268"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z147" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Работники воспитательных, лечебных и иных аналогичных учреждений для детей, оставшихся без попечения родителей, совершившие антипедагогические или аморальные действия в отношении ребенка, находящегося в указанных учреждениях, несут ответственность в соответствии с законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z148" w:id="269"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z148" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Защита прав и интересов ребенка, находящегося в воспитательных, лечебных и других учреждениях для детей, оставшихся без попечения родителей, содействие в трудоустройстве осуществляются местными исполнительными органами. Детям-сиротам, потерявшим родителей до совершеннолетия, и детям, оставшимся без попечения родителей, предоставляются жилища из государственного жилищного фонда в пользование в соответствии с жилищным законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10371,88 +11347,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="270"/>
+    <w:bookmarkStart w:name="z60" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 30. Организации, осуществляющие функции по защите прав ребенка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z61" w:id="271"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z61" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В организации здравоохранения для детей-сирот, детей, оставшихся без попечения родителей, от рождения до трех лет, детей с нарушениями психического и физического развития от рождения до четырех лет, осуществляющие психолого-педагогическое сопровождение семей с риском отказа от ребенка, принимаются дети-сироты и дети, оставшиеся без попечения родителей, от рождения до трех (четырех) лет. Для временного содержания детей в организациях здравоохранения для детей-сирот, детей, оставшихся без попечения родителей, от рождения до трех лет, детей с нарушениями психического и физического развития от рождения до четырех лет, осуществляющих психолого-педагогическое сопровождение семей с риском отказа от ребенка, открываются специальные отделения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В специальные организации образования помещаются дети с девиантным поведением в возрасте от одиннадцати до восемнадцати лет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10691,104 +11667,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 133 Социального кодекса Республики Казахстан, в соответствии с типовыми правилами деятельности организаций образования для детей-сирот, детей, оставшихся без попечения родителей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 13 пункта 1 предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В организации по оказанию помощи, созданные в соответствии с Законом Республики Казахстан "О профилактике бытового насилия", принимаются дети, нуждающиеся в специальных социальных услугах вследствие жестокого обращения, приведшего к социальной дезадаптации и социальной депривации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="272"/>
+    <w:bookmarkStart w:name="z157" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Условия приема и содержания детей в организациях, осуществляющих функции по защите прав ребенка, в части, не установленной настоящим Законом, определяются положением об этих организациях, утвержденным органом, уполномоченным Правительством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z244" w:id="273"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z244" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. На правоотношения, связанные с приобретением товаров и услуг организациями, осуществляющими функции по защите прав ребенка, не распространяется законодательство Республики Казахстан о государственных закупках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правила приобретения товаров и услуг организаций, осуществляющих функции по защите прав ребенка, определяются уполномоченным органом в области защиты прав детей Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -11025,398 +12107,484 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="274"/>
+    <w:bookmarkStart w:name="z62" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Права ребенка с инвалидностью</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 6 – в редакции Закона РК от 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="275"/>
+    <w:bookmarkStart w:name="z63" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 31. Права ребенка с инвалидностью на полноценную жизнь</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z64" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ребенок с инвалидностью имеет равные со здоровыми детьми права на полноценную жизнь в условиях, обеспечивающих его достоинство, способствующих активному включению в жизнь общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z340" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ребенок с инвалидностью вправе получить образование, соответствующее его физическим, умственным способностям и желаниям, выбрать род деятельности и профессию, участвовать в творческой и общественной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z341" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Дети с инвалидностью, включая детей с недостатками умственного или физического развития, имеют право на получение медико-социальной помощи согласно индивидуальному плану развития ребенка, составленному под руководством родителей (законных представителей), а также социального работника и других специалистов в соответствии с индивидуальными требованиями ребенка и семьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z65" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 32. Государственные гарантии в сфере занятости ребенка с инвалидностью</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z66" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственные органы и органы местного самоуправления обязаны создавать необходимые условия для обучения, профессиональной подготовки, подбора подходящей работы и трудоустройства ребенка с инвалидностью с учетом его состояния здоровья, потребностей и возможностей.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z64" w:id="276"/>
-[...15 lines deleted...]
-      1. Ребенок с инвалидностью имеет равные со здоровыми детьми права на полноценную жизнь в условиях, обеспечивающих его достоинство, способствующих активному включению в жизнь общества.</w:t>
+    <w:bookmarkStart w:name="z344" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Законами Республики Казахстан могут быть установлены льготы для физических и юридических лиц, осуществляющих деятельность по обеспечению занятости детей с инвалидностью, организации их профессиональной подготовки и переподготовки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z340" w:id="277"/>
-[...15 lines deleted...]
-      2. Ребенок с инвалидностью вправе получить образование, соответствующее его физическим, умственным способностям и желаниям, выбрать род деятельности и профессию, участвовать в творческой и общественной деятельности.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 33. Государственная помощь для детей с инвалидностью</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z341" w:id="278"/>
-[...15 lines deleted...]
-      3. Дети с инвалидностью, включая детей с недостатками умственного или физического развития, имеют право на получение медико-социальной помощи согласно индивидуальному плану развития ребенка, составленному под руководством родителей (законных представителей), а также социального работника и других специалистов в соответствии с индивидуальными требованиями ребенка и семьи.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государство осуществляет комплекс медицинских, правовых, социально-экономических мер, направленных на поддержку детей с инвалидностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z65" w:id="279"/>
+    <w:bookmarkStart w:name="z347" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственная помощь, оказываемая детям с инвалидностью, устанавливается законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z348" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Родители и другие законные представители, воспитывающие ребенка с инвалидностью и осуществляющие уход за ним, имеют право на получение государственной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z69" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 32. Государственные гарантии в сфере занятости ребенка с инвалидностью</w:t>
-[...39 lines deleted...]
-      2. Законами Республики Казахстан могут быть установлены льготы для физических и юридических лиц, осуществляющих деятельность по обеспечению занятости детей с инвалидностью, организации их профессиональной подготовки и переподготовки.</w:t>
+        <w:t xml:space="preserve"> Глава 7. Ребенок и общество</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z67" w:id="282"/>
+    <w:bookmarkStart w:name="z70" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 33. Государственная помощь для детей с инвалидностью</w:t>
+        <w:t xml:space="preserve"> Статья 34. Приобщение к национальной и мировой культуре </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z68" w:id="283"/>
-[...95 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="288"/>
+    <w:bookmarkStart w:name="z71" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государство обеспечивает детям возможность приобщения к истории, традициям и духовным ценностям народа Казахстана и достижениям мировой культуры. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государство поощряет создание организации для развития творческих и научных способностей детей, выпуск кино- и видеофильмов, теле- и радиопередач, издание детских газет, журналов и книг, обеспечивает их доступность в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Использование масс-медиа, литературы, зрелищных и других мероприятий, распространяющих порнографию, культ жестокости и насилия, оскорбляющих человеческое достоинство, оказывающих вредное воздействие на детей и способствующих совершению правонарушений, преследуется по закону.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -11449,162 +12617,162 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="289"/>
+    <w:bookmarkStart w:name="z72" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 35. Ребенок и религия </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z73" w:id="290"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z73" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государство гарантирует невмешательство в воспитание ребенка, основанное на религиозном мировоззрении родителей или лиц, их заменяющих, соблюдение традиций и совершение за пределами организаций образования, воспитательных, лечебных и иных аналогичных учреждений религиозных обрядов с участием ребенка, за исключением случаев, когда указанные действия угрожают жизни и здоровью ребенка, нарушают его права и ограничивают ответственность. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В отношении детей, не достигших совершеннолетнего возраста, религиозные обряды совершаются с согласия родителей или лиц, их заменяющих. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Не допускаются принудительные меры по привлечению детей к религии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="291"/>
+    <w:bookmarkStart w:name="z74" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 36. Защита ребенка от отрицательного воздействия социальной среды </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z75" w:id="292"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z75" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственные органы, физические и юридические лица обязаны защищать ребенка от отрицательного воздействия социальной среды, информации, пропаганды и агитации, причиняющих вред его здоровью, нравственному и духовному развитию. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Пропаганду здорового образа жизни и правовое просвещение детей государство признает одним из приоритетных направлений своей политики. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11755,426 +12923,606 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2015).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="293"/>
+    <w:bookmarkStart w:name="z76" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 37. Защита ребенка от вредного воздействия алкогольной продукции и табачных изделий </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z77" w:id="294"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z77" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Родители, другие законные представители ребенка, государственные органы, а также организации, осуществляющие функции воспитания и образования ребенка, обязаны пропагандировать здоровый образ жизни и вред алкогольной продукции и табачных изделий. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z158" w:id="295"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z158" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Запрещается продажа ребенку алкогольной продукции, табака и табачных изделий. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z159" w:id="296"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z159" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Запрещается использование детского труда в производстве или реализации алкогольной продукции и табачных изделий. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z160" w:id="297"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z160" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Запрещаются курение табачных изделий, продажа табачных изделий в торговых организациях, реализующих детские товары, и в учреждениях культуры, а также во время проведения мероприятий для детей. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z161" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Запрещаются хранение и реализация алкогольной продукции в зданиях и на территориях организаций здравоохранения, образования, физкультурно-оздоровительных, спортивных и спортивно-технических сооружений, культурно-досуговых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 37 с изменениями, внесенными Законом РК от 18.06.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 210-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 38. Защита ребенка от психоактивных веществ, сильнодействующих или ядовитых веществ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z274" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ребенок должен быть защищен от немедицинского употребления психоактивных веществ, сильнодействующих или ядовитых веществ, от их изготовления, продажи или иного распространения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z275" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. За склонение ребенка к немедицинскому употреблению психоактивных веществ применяются меры ответственности, установленные законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 38 в редакции Закона РК от 07.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 39. Защита детей от информации, причиняющей вред их здоровью и развитию</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z161" w:id="298"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок статьи 39 в редакции Закона РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 1 предусматривается изменение Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Запрещается осуществлять для детей показ, продажу, дарение, размножение, прокат и распространение игрушек и информационной продукции, направленных на разжигание расовой, национальной, социальной и религиозной вражды, пропагандирующих сословную исключительность, войну, терроризм, содержащих призывы к насильственному изменению конституционного строя и нарушению территориальной целостности Республики Казахстан, порнографию, причиняющих вред здоровью и развитию детей, а также иным образом наносящих ущерб духовному и нравственному развитию ребенка.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Сноска. Статья 37 с изменениями, внесенными Законом РК от 18.06.2014</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...63 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить частями второй и третьей в соответствии с Законом РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...119 lines deleted...]
-    <w:bookmarkEnd w:id="303"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. За совершение деяний, указанных в пункте 1 настоящей статьи, применяются меры ответственности, установленные законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12248,1170 +13596,1170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 39-1. Государственный контроль за распространением информационной продукции, содержащей информацию, запрещенную для детей, лиц в возрасте до восемнадцати лет, а также порядок нахождения несовершеннолетних в развлекательных заведениях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z451" w:id="304"/>
+    <w:bookmarkStart w:name="z451" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль за распространением информационной продукции, содержащей информацию, запрещенную для детей, лиц в возрасте до восемнадцати лет, а также порядком нахождения несовершеннолетних в развлекательных заведениях осуществляется в форме проверки с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z452" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственный контроль за распространением информационной продукции, содержащей информацию, запрещенную для детей, лиц в возрасте до восемнадцати лет, а также порядком нахождения несовершеннолетних в развлекательных заведениях осуществляется путем посещения субъектов (объектов) контроля должностными лицами органов внутренних дел Республики Казахстан (далее – органы внутренних дел).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z453" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Проверка с посещением субъекта (объекта) контроля осуществляется в рабочее время субъекта (объекта) контроля, установленное правилами внутреннего трудового распорядка, за исключением случаев, когда проверка связана с необходимостью пресечения нарушений и (или) установления обстоятельств их совершения (выходные, праздничные дни или в ночное время суток).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z454" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Проведение проверки с посещением субъекта (объекта) контроля по фактам распространения информационной продукции, содержащей информацию, запрещенную для детей, лиц в возрасте до восемнадцати лет, а также по порядку нахождения несовершеннолетних в развлекательных заведениях осуществляется на основании:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z455" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ставших известными из обращений физических и юридических лиц публикаций в средствах массовой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z456" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводимых органами внутренних дел оперативно-профилактических мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z457" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при непосредственном обнаружении нарушения сотрудниками органов внутренних дел.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z452" w:id="305"/>
-[...15 lines deleted...]
-      2. Государственный контроль за распространением информационной продукции, содержащей информацию, запрещенную для детей, лиц в возрасте до восемнадцати лет, а также порядком нахождения несовершеннолетних в развлекательных заведениях осуществляется путем посещения субъектов (объектов) контроля должностными лицами органов внутренних дел Республики Казахстан (далее – органы внутренних дел).</w:t>
+    <w:bookmarkStart w:name="z458" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Проверка с посещением субъекта (объекта) контроля проводится без предварительного уведомления субъектов (объектов) контроля и регистрации акта о назначении проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z453" w:id="306"/>
-[...15 lines deleted...]
-      3. Проверка с посещением субъекта (объекта) контроля осуществляется в рабочее время субъекта (объекта) контроля, установленное правилами внутреннего трудового распорядка, за исключением случаев, когда проверка связана с необходимостью пресечения нарушений и (или) установления обстоятельств их совершения (выходные, праздничные дни или в ночное время суток).</w:t>
+    <w:bookmarkStart w:name="z459" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Должностные лица органов внутренних дел при проведении проверки с посещением субъекта (объекта) контроля имеют право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z454" w:id="307"/>
-[...15 lines deleted...]
-      4. Проведение проверки с посещением субъекта (объекта) контроля по фактам распространения информационной продукции, содержащей информацию, запрещенную для детей, лиц в возрасте до восемнадцати лет, а также по порядку нахождения несовершеннолетних в развлекательных заведениях осуществляется на основании:</w:t>
+    <w:bookmarkStart w:name="z460" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) беспрепятственного доступа на территорию и в помещения субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z455" w:id="308"/>
-[...15 lines deleted...]
-      1) ставших известными из обращений физических и юридических лиц публикаций в средствах массовой информации;</w:t>
+    <w:bookmarkStart w:name="z461" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к материалам проверки с посещением субъекта (объекта) контроля с соблюдением требований о государственных секретах и иной охраняемой законом Республики Казахстан тайне;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z456" w:id="309"/>
-[...15 lines deleted...]
-      2) проводимых органами внутренних дел оперативно-профилактических мероприятий;</w:t>
+    <w:bookmarkStart w:name="z462" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять аудио-, фото- и видеосъемку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z457" w:id="310"/>
-[...15 lines deleted...]
-      3) при непосредственном обнаружении нарушения сотрудниками органов внутренних дел.</w:t>
+    <w:bookmarkStart w:name="z463" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) привлекать специалистов, консультантов и экспертов государственных органов, подведомственных и иных организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z458" w:id="311"/>
-[...15 lines deleted...]
-      5. Проверка с посещением субъекта (объекта) контроля проводится без предварительного уведомления субъектов (объектов) контроля и регистрации акта о назначении проверки.</w:t>
+    <w:bookmarkStart w:name="z464" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Должностные лица органов внутренних дел при проведении проверки с посещением субъекта (объекта) контроля обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z459" w:id="312"/>
-[...15 lines deleted...]
-      6. Должностные лица органов внутренних дел при проведении проверки с посещением субъекта (объекта) контроля имеют право:</w:t>
+    <w:bookmarkStart w:name="z465" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предъявить служебное удостоверение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z460" w:id="313"/>
-[...15 lines deleted...]
-      1) беспрепятственного доступа на территорию и в помещения субъекта (объекта) контроля;</w:t>
+    <w:bookmarkStart w:name="z466" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдать законодательство Республики Казахстан, права и законные интересы субъектов контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z461" w:id="314"/>
-[...15 lines deleted...]
-      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к материалам проверки с посещением субъекта (объекта) контроля с соблюдением требований о государственных секретах и иной охраняемой законом Республики Казахстан тайне;</w:t>
+    <w:bookmarkStart w:name="z467" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не препятствовать установленному режиму работы субъектов (объектов) контроля в период проведения проверки с посещением субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z462" w:id="315"/>
-[...15 lines deleted...]
-      3) осуществлять аудио-, фото- и видеосъемку;</w:t>
+    <w:bookmarkStart w:name="z468" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не препятствовать субъекту контроля либо его уполномоченному представителю присутствовать при проведении проверки с посещением субъекта (объекта) контроля, давать разъяснения по вопросам, относящимся к предмету проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z463" w:id="316"/>
-[...15 lines deleted...]
-      4) привлекать специалистов, консультантов и экспертов государственных органов, подведомственных и иных организаций.</w:t>
+    <w:bookmarkStart w:name="z469" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предоставлять субъекту контроля необходимую информацию, относящуюся к предмету проверки с посещением субъекта (объекта) контроля при ее проведении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z464" w:id="317"/>
-[...15 lines deleted...]
-      7. Должностные лица органов внутренних дел при проведении проверки с посещением субъекта (объекта) контроля обязаны:</w:t>
+    <w:bookmarkStart w:name="z470" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Субъекты контроля вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z465" w:id="318"/>
-[...15 lines deleted...]
-      1) предъявить служебное удостоверение;</w:t>
+    <w:bookmarkStart w:name="z471" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не представлять сведения, если они не относятся к предмету проводимой проверки с посещением субъекта (объекта) контроля или к периодам, указанным в акте о назначении проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z466" w:id="319"/>
-[...15 lines deleted...]
-      2) соблюдать законодательство Республики Казахстан, права и законные интересы субъектов контроля;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обжаловать акт о результатах проверки с посещением субъекта (объекта) контроля в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z467" w:id="320"/>
-[...15 lines deleted...]
-      3) не препятствовать установленному режиму работы субъектов (объектов) контроля в период проведения проверки с посещением субъекта (объекта) контроля;</w:t>
+    <w:bookmarkStart w:name="z473" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не допускать к проверке сотрудника (сотрудников) органов внутренних дел Республики Казахстан, прибывших для проведения проверки, в случае отсутствия служебного удостоверения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z468" w:id="321"/>
-[...15 lines deleted...]
-      4) не препятствовать субъекту контроля либо его уполномоченному представителю присутствовать при проведении проверки с посещением субъекта (объекта) контроля, давать разъяснения по вопросам, относящимся к предмету проверки;</w:t>
+    <w:bookmarkStart w:name="z474" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) привлекать третьих лиц к участию в проверке в целях защиты своих прав и законных интересов, а также осуществления ими аудио-, фото- и видеосъемки отдельных действий должностного лица органов внутренних дел, не создавая препятствий для его деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z469" w:id="322"/>
-[...15 lines deleted...]
-      5) предоставлять субъекту контроля необходимую информацию, относящуюся к предмету проверки с посещением субъекта (объекта) контроля при ее проведении.</w:t>
+    <w:bookmarkStart w:name="z475" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Субъекты контроля обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z470" w:id="323"/>
-[...15 lines deleted...]
-      8. Субъекты контроля вправе:</w:t>
+    <w:bookmarkStart w:name="z476" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить беспрепятственный доступ должностных лиц органов внутренних дел для проведения проверки с посещением субъекта (объекта) контроля на свою территорию и в помещения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z471" w:id="324"/>
-[...15 lines deleted...]
-      1) не представлять сведения, если они не относятся к предмету проводимой проверки с посещением субъекта (объекта) контроля или к периодам, указанным в акте о назначении проверки;</w:t>
+    <w:bookmarkStart w:name="z477" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представлять должностным лицам органов внутренних дел документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к материалам проверки с посещением субъекта (объекта) контроля с соблюдением требований о государственных секретах и иной охраняемой законом Республики Казахстан тайне;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z472" w:id="325"/>
-[...15 lines deleted...]
-      2) обжаловать акт о результатах проверки с посещением субъекта (объекта) контроля в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z478" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сделать отметку о получении акта о результатах проверки в день окончания проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z473" w:id="326"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z479" w:id="332"/>
+    <w:bookmarkStart w:name="z479" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. По результатам проверки с посещением субъекта (объекта) контроля при подтверждении факта распространения информационной продукции, содержащей информацию, запрещенную для детей, лиц в возрасте до восемнадцати лет, а также нарушения порядка нахождения несовершеннолетних в развлекательных заведениях составляется акт о результатах проверки с посещением субъекта (объекта) контроля, в отношении субъекта контроля принимаются меры по привлечению к административной ответственности в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z480" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Первый экземпляр акта о результатах проверки с посещением субъекта (объекта) контроля в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр на бумажном носителе под роспись или в электронной форме передается субъекту контроля (руководителю юридического лица либо его уполномоченному лицу, физическому лицу) для ознакомления и принятия мер по устранению выявленных нарушений, третий – остается в органах внутренних дел. Со дня вручения акта о результатах проверки с посещением субъекта (объекта) контроля исчисляется срок устранения нарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z481" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Акт о результатах проверки с посещением субъекта (объекта) контроля, направленный одним из нижеперечисленных способов, считается врученным в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z482" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нарочно – с даты отметки в акте о получении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z483" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) почтой – заказным письмом с уведомлением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z484" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронным способом – с даты отправки органом внутренних дел на электронный адрес субъекта контроля, если такой адрес ранее был представлен субъектом контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z485" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Срок проведения проверки с посещением субъекта (объекта) контроля устанавливается с учетом объема предстоящих работ, поставленных задач и не должен превышать пять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z480" w:id="333"/>
-[...15 lines deleted...]
-      11. Первый экземпляр акта о результатах проверки с посещением субъекта (объекта) контроля в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр на бумажном носителе под роспись или в электронной форме передается субъекту контроля (руководителю юридического лица либо его уполномоченному лицу, физическому лицу) для ознакомления и принятия мер по устранению выявленных нарушений, третий – остается в органах внутренних дел. Со дня вручения акта о результатах проверки с посещением субъекта (объекта) контроля исчисляется срок устранения нарушения.</w:t>
+    <w:bookmarkStart w:name="z486" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Сроки устранения выявленных нарушений, указанных в акте о результатах проверки с посещением субъекта (объекта) контроля, определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не более тридцати календарных дней со дня вручения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z481" w:id="334"/>
-[...15 lines deleted...]
-      12. Акт о результатах проверки с посещением субъекта (объекта) контроля, направленный одним из нижеперечисленных способов, считается врученным в следующих случаях:</w:t>
+    <w:bookmarkStart w:name="z487" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В случаях несообщения о принятых мерах и (или) непринятия мер по устранению выявленных нарушений субъектом контроля должностное лицо органов внутренних дел в пределах полномочий принимает меры по привлечению субъекта контроля к ответственности, установленной законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z482" w:id="335"/>
-[...15 lines deleted...]
-      1) нарочно – с даты отметки в акте о получении;</w:t>
+    <w:bookmarkStart w:name="z488" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В акте о результатах проверки с посещением субъекта (объекта) контроля указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z483" w:id="336"/>
-[...15 lines deleted...]
-      2) почтой – заказным письмом с уведомлением;</w:t>
+    <w:bookmarkStart w:name="z489" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата, время и место составления акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z484" w:id="337"/>
-[...15 lines deleted...]
-      3) электронным способом – с даты отправки органом внутренних дел на электронный адрес субъекта контроля, если такой адрес ранее был представлен субъектом контроля.</w:t>
+    <w:bookmarkStart w:name="z490" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица органов внутренних дел, проводившего проверку с посещением субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z485" w:id="338"/>
-[...15 lines deleted...]
-      13. Срок проведения проверки с посещением субъекта (объекта) контроля устанавливается с учетом объема предстоящих работ, поставленных задач и не должен превышать пять рабочих дней.</w:t>
+    <w:bookmarkStart w:name="z491" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование субъекта контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки с посещением субъекта (объекта) контроля, должность (при наличии) уполномоченного лица, присутствовавшего при проведении проверки с посещением субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z486" w:id="339"/>
-[...15 lines deleted...]
-      14. Сроки устранения выявленных нарушений, указанных в акте о результатах проверки с посещением субъекта (объекта) контроля, определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не более тридцати календарных дней со дня вручения.</w:t>
+    <w:bookmarkStart w:name="z492" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) объект контроля с указанием места нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z487" w:id="340"/>
-[...15 lines deleted...]
-      15. В случаях несообщения о принятых мерах и (или) непринятия мер по устранению выявленных нарушений субъектом контроля должностное лицо органов внутренних дел в пределах полномочий принимает меры по привлечению субъекта контроля к ответственности, установленной законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z493" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) перечень выявленных нарушений и требования об устранении выявленных нарушений с указанием срока их устранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z488" w:id="341"/>
-[...15 lines deleted...]
-      16. В акте о результатах проверки с посещением субъекта (объекта) контроля указываются:</w:t>
+    <w:bookmarkStart w:name="z494" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сведения об ознакомлении или отказе в ознакомлении с актом субъекта контроля или его уполномоченного лица, их подписи или отказ от подписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z489" w:id="342"/>
-[...15 lines deleted...]
-      1) дата, время и место составления акта;</w:t>
+    <w:bookmarkStart w:name="z495" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) подпись должностного лица органов внутренних дел, проводившего проверку с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z490" w:id="343"/>
-[...15 lines deleted...]
-      2) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность должностного лица органов внутренних дел, проводившего проверку с посещением субъекта (объекта) контроля;</w:t>
+    <w:bookmarkStart w:name="z496" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Завершением срока проверки с посещением субъекта (объекта) контроля считается день вручения субъекту контроля акта о результатах проверки с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z491" w:id="344"/>
-[...15 lines deleted...]
-      3) наименование субъекта контроля или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки с посещением субъекта (объекта) контроля, должность (при наличии) уполномоченного лица, присутствовавшего при проведении проверки с посещением субъекта (объекта) контроля;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 7 дополнена статьей 39-1 в соответствии с Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 40. Защита ребенка от проституции</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z492" w:id="345"/>
-[...15 lines deleted...]
-      4) объект контроля с указанием места нахождения;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вовлечение ребенка в занятие проституцией влечет ответственность, предусмотренную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z493" w:id="346"/>
-[...15 lines deleted...]
-      5) перечень выявленных нарушений и требования об устранении выявленных нарушений с указанием срока их устранения;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 40 в редакции Закона РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 40-1. Защита ребенка от действий по вовлечению в оборот продукции, причиняющей вред его здоровью и развитию</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z494" w:id="347"/>
-[...238 lines deleted...]
-    <w:bookmarkEnd w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 40-1 в редакции Закона РК от 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13506,106 +14854,106 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="353"/>
+    <w:bookmarkStart w:name="z84" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 41. Запрещение участия детей в военных действиях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z85" w:id="354"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z85" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Запрещаются привлечение ребенка к участию в военных действиях, вооруженных конфликтах, создание детских военизированных формирований. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z168" w:id="355"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z168" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 41-1. Защита ребенка от незаконного перемещения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkEnd w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Казахстан принимает меры по предупреждению и пресечению незаконного перемещения, похищения детей, торговли ими независимо от целей, форм и методов исполнения, а также возвращению их в страну постоянного проживания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -13642,200 +14990,200 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="356"/>
+    <w:bookmarkStart w:name="z86" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Защита прав и охраняемых законом интересов ребенка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkEnd w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. В главе 8 слова "Уполномоченный по правам человека", "Уполномоченном по правам человека", "Уполномоченного по правам человека", "Уполномоченным по правам человека", "Уполномоченному по правам человека" заменены соответственно словами "Уполномоченный по правам человека в Республике Казахстан", "Уполномоченном по правам человека в Республике Казахстан", "Уполномоченного по правам человека в Республике Казахстан", "Уполномоченным по правам человека в Республике Казахстан", "Уполномоченному по правам человека в Республике Казахстан" в соответствии с Законом РК от 05.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="357"/>
+    <w:bookmarkStart w:name="z87" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 42. Защита ребенка от незаконного перемещения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkEnd w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 42 исключена Законом РК от 23.11.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="358"/>
+    <w:bookmarkStart w:name="z89" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 43. Законные представители ребенка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z90" w:id="359"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z90" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Законные представители ребенка осуществляют представительство детей и защиту их прав и охраняемых законом интересов в отношениях с любыми лицами во всех государственных органах и организациях независимо от форм собственности, в том числе в судах, без специального полномочия на основании свидетельства о рождении ребенка, документа, удостоверяющего личность законного представителя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkEnd w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Права и охраняемые законом интересы несовершеннолетних в возрасте от четырнадцати до восемнадцати лет защищаются их законными представителями, за исключением случаев, когда законодательством Республики Казахстан предусмотрено право несовершеннолетнего самостоятельно вступать в гражданские, брачно-семейные, трудовые и иные правоотношения и защищать свои права и интересы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13928,164 +15276,164 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="360"/>
+    <w:bookmarkStart w:name="z91" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 44. Государственные органы и защита прав ребенка </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z92" w:id="361"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z92" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Защита прав и охраняемых законом интересов детей осуществляется государственными органами в соответствии с их полномочиями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z93" w:id="362"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z93" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 45. Порядок разрешения споров при исполнении настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkEnd w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 45 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="363"/>
+    <w:bookmarkStart w:name="z94" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Родители (лица, их заменяющие), а также лица, осуществляющие деятельность по образованию, воспитанию, развитию, охране здоровья, социальной защите и социальному обслуживанию ребенка, содействию его социальной адаптации, социальной реабилитации и (или) иную деятельность с его участием, вправе обратиться в установленном законом Республики Казахстан порядке в суд с иском о возмещении ребенку вреда, причиненного его здоровью, имуществу, а также морального вреда. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkEnd w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14104,88 +15452,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="364"/>
+    <w:bookmarkStart w:name="z95" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 46. Государственный доклад о положении детей в Республике Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z96" w:id="365"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z96" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ежегодный государственный доклад о положении детей в Республике Казахстан представляется уполномоченным органом в области защиты прав детей Президенту Республики Казахстан и публикуется в официальных печатных изданиях. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkEnd w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14204,88 +15552,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="366"/>
+    <w:bookmarkStart w:name="z97" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47. Защита прав детей-беженцев и вынужденных переселенцев</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z98" w:id="367"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z98" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Дети-беженцы и вынужденные переселенцы имеют право на защиту своих интересов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkEnd w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Органы опеки и попечительства по месту нахождения ребенка, территориальные подразделения уполномоченного органа, осуществляющего руководство в сфере регулирования отношений по вопросам беженцев, содействуют в получении сведений о наличии и месте проживания родителей либо иных законных представителей, при необходимости определяют ребенка в лечебно-профилактические или иные организации, осуществляющие функции по защите прав ребенка.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -14322,168 +15670,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="368"/>
+    <w:bookmarkStart w:name="z189" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-1. Национальный превентивный механизм</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z190" w:id="369"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z190" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Национальный превентивный механизм действует в виде системы предупреждения пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания, функционирующей посредством деятельности участников национального превентивного механизма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z191" w:id="370"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z191" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В рамках своей деятельности участники национального превентивного механизма посещают организации, осуществляющие функции по защите прав ребенка, и иные организации, определяемые законами Республики Казахстан для посещения данными участниками (далее – превентивные посещения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z192" w:id="371"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z192" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Участниками национального превентивного механизма являются Уполномоченный по правам человека в Республике Казахстан, а также отбираемые Координационным советом члены общественных наблюдательных комиссий и общественных объединений, осуществляющих деятельность по защите прав, законных интересов граждан, юристы, социальные работники, врачи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z193" w:id="372"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z193" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Уполномоченный по правам человека в Республике Казахстан координирует деятельность участников национального превентивного механизма, принимает в соответствии с законодательством Республики Казахстан меры для обеспечения необходимого потенциала и профессиональных знаний участников национального превентивного механизма. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z194" w:id="373"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z194" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Возмещение расходов участников национального превентивного механизма по превентивным посещениям осуществляется из бюджетных средств в порядке, определяемом Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkEnd w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14522,126 +15870,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="374"/>
+    <w:bookmarkStart w:name="z195" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-2. Координационный совет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z196" w:id="375"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z196" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В целях обеспечения эффективной координации деятельности национального превентивного механизма при Уполномоченном по правам человека в Республике Казахстан создается Координационный совет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Члены Координационного совета, за исключением Уполномоченного по правам человека в Республике Казахстан, избираются комиссией, создаваемой Уполномоченным по правам человека в Республике Казахстан, из числа граждан Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="376"/>
+    <w:bookmarkStart w:name="z197" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уполномоченный по правам человека в Республике Казахстан утверждает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       положение о Координационном совете при Уполномоченном по правам человека в Республике Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14688,70 +16036,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       методические рекомендации по превентивным посещениям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок подготовки ежегодного консолидированного доклада по итогам превентивных посещений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="377"/>
+    <w:bookmarkStart w:name="z198" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Координационный совет взаимодействует с Подкомитетом по предупреждению пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания Комитета Организации Объединенных Наций против пыток.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkEnd w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14770,88 +16118,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="378"/>
+    <w:bookmarkStart w:name="z199" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-3. Требования к участникам национального превентивного механизма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z200" w:id="379"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z200" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Участниками национального превентивного механизма не могут быть лица:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) имеющие не погашенную или не снятую в установленном законом порядке судимость;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14884,84 +16232,190 @@
       3) признанные судом недееспособными или ограниченно дееспособными;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) судьи, адвокаты, государственные служащие и военнослужащие, а также работники правоохранительных и специальных государственных органов, органов гражданской защиты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 5) предусматривается в редакции Закона РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) состоящие на учете у психиатра и (или) нарколога.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="380"/>
+    <w:bookmarkStart w:name="z201" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Участниками национального превентивного механизма также не могут быть лица, освобожденные от уголовной ответственности по нереабилитирующим основаниям за совершение умышленного преступления; уволенные с государственной или воинской службы, со службы в органах гражданской защиты, из правоохранительных и специальных государственных органов, судов или исключенные из коллегии адвокатов по отрицательным мотивам; лишенные лицензии на занятие адвокатской деятельностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkEnd w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15020,88 +16474,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="381"/>
+    <w:bookmarkStart w:name="z202" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-4. Права участника национального превентивного механизма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z203" w:id="382"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z203" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Участник национального превентивного механизма вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkEnd w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получать информацию о количестве лиц, содержащихся в организациях, подлежащих превентивному посещению, количестве таких организаций и их месте нахождения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15166,70 +16620,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) беспрепятственно выбирать и посещать организации, подлежащие превентивному посещению;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) принимать сообщения и жалобы о применении пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="383"/>
+    <w:bookmarkStart w:name="z204" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Участник национального превентивного механизма является независимым при осуществлении законной деятельности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkEnd w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15248,204 +16702,204 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="384"/>
+    <w:bookmarkStart w:name="z205" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-5. Обязанности участников национального превентивного механизма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z206" w:id="385"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z206" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При исполнении своих полномочий участники национального превентивного механизма обязаны соблюдать законодательство Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z207" w:id="386"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z207" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Не допускается вмешательство участников национального превентивного механизма в деятельность организаций, подлежащих превентивному посещению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z208" w:id="387"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z208" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. При наличии обстоятельств, вызывающих сомнение в беспристрастности участника национального превентивного механизма, входящего в группу по превентивному посещению, он обязан отказаться от участия в превентивном посещении. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z209" w:id="388"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z209" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Участники национального превентивного механизма обязаны регистрировать принимаемые сообщения и жалобы о применении пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания в порядке, определяемом Уполномоченным по правам человека в Республике Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkEnd w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Принятые сообщения и жалобы передаются на рассмотрение Уполномоченному по правам человека в Республике Казахстан в порядке, предусмотренном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информация о принятых и переданных сообщениях и жалобах включается в отчет по результатам превентивных посещений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="389"/>
+    <w:bookmarkStart w:name="z210" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Участники национального превентивного механизма, нарушившие положения настоящего Закона, несут ответственность, установленную законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkEnd w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15464,68 +16918,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="390"/>
+    <w:bookmarkStart w:name="z211" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-6. Прекращение полномочий участника национального превентивного механизма </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkEnd w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полномочия участника национального превентивного механизма прекращаются при:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15688,88 +17142,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z212" w:id="391"/>
+    <w:bookmarkStart w:name="z212" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-7. Виды и периодичность превентивных посещений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z213" w:id="392"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z213" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Превентивные посещения участников национального превентивного механизма подразделяются на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkEnd w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) периодические превентивные посещения, проводимые на регулярной основе не реже одного раза в четыре года;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15780,70 +17234,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) промежуточные превентивные посещения, проводимые в период между периодическими превентивными посещениями с целью мониторинга реализации рекомендаций по результатам предыдущего периодического превентивного посещения, а также предупреждения преследования лиц, с которыми участники национального превентивного механизма проводили беседы, со стороны администраций организаций, подлежащих превентивному посещению; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) специальные превентивные посещения, проводимые на основании поступивших сообщений о применении пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z214" w:id="393"/>
+    <w:bookmarkStart w:name="z214" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Координационный совет определяет сроки и перечень организаций, подлежащих превентивным посещениям, в пределах выделенных бюджетных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkEnd w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15862,148 +17316,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="394"/>
+    <w:bookmarkStart w:name="z215" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-8. Порядок превентивных посещений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z216" w:id="395"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z216" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Превентивные посещения проводятся группами, формируемыми Координационным советом из участников национального превентивного механизма, в соответствии с правилами, утверждаемыми Правительством Республики Казахстан по согласованию с Уполномоченным по правам человека в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z217" w:id="396"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z217" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. При формировании групп для превентивных посещений никто из участников национального превентивного механизма не может подвергаться какой-либо дискриминации по мотивам происхождения, социального, должностного и имущественного положения, пола, расы, национальности, языка, отношения к религии, убеждений, места жительства или по любым иным обстоятельствам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z218" w:id="397"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z218" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Обеспечение безопасности участников национального превентивного механизма возлагается на администрацию организаций, подлежащих превентивному посещению. В случае неправомерных действий участников национального превентивного механизма руководитель администрации организаций, подлежащих превентивному посещению, письменно информирует Уполномоченного по правам человека в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z219" w:id="398"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z219" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. По результатам каждого превентивного посещения от имени группы составляется письменный отчет по форме, утвержденной Координационным советом, который подписывается всеми членами группы, осуществившей превентивное посещение. Член группы, имеющий особое мнение, оформляет его письменно и прилагает к отчету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkEnd w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16022,108 +17476,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="399"/>
+    <w:bookmarkStart w:name="z220" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-9. Ежегодный консолидированный доклад участников национального превентивного механизма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z221" w:id="400"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z221" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Координационный совет готовит ежегодный консолидированный доклад участников национального превентивного механизма с учетом их отчетов по результатам превентивных посещений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z222" w:id="401"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z222" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В ежегодный консолидированный доклад участников национального превентивного механизма также включаются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkEnd w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рекомендации уполномоченным государственным органам по улучшению условий обращения с лицами, содержащимися в организациях, подлежащих превентивному посещению, и предупреждению пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16134,70 +17588,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предложения по совершенствованию законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К ежегодному консолидированному докладу участников национального превентивного механизма прилагается финансовый отчет по превентивным посещениям за прошедший год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="402"/>
+    <w:bookmarkStart w:name="z223" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ежегодный консолидированный доклад участников национального превентивного механизма направляется для рассмотрения уполномоченным государственным органам и размещается на интернет-ресурсе Уполномоченного по правам человека в Республике Казахстан в срок не позднее одного месяца со дня его утверждения Координационным советом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkEnd w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16216,108 +17670,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="403"/>
+    <w:bookmarkStart w:name="z224" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-10. Конфиденциальность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z225" w:id="404"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z225" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Участники национального превентивного механизма не вправе разглашать сведения о частной жизни лица, ставшие известными им в ходе превентивных посещений, без согласия данного лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z226" w:id="405"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z226" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Разглашение участниками национального превентивного механизма сведений о частной жизни лица, ставших известными им в ходе превентивных посещений, без согласия данного лица влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkEnd w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16336,164 +17790,164 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="406"/>
+    <w:bookmarkStart w:name="z227" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 47-11. Взаимодействие уполномоченных государственных органов с участниками национального превентивного механизма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z228" w:id="407"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z228" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственные органы и их должностные лица оказывают содействие участникам национального превентивного механизма в осуществлении ими законной деятельности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkEnd w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ни один государственный орган или должностное лицо не вправе ограничивать права и свободы граждан за сообщение участникам национального превентивного механизма о фактах применения пыток и других жестоких, бесчеловечных или унижающих достоинство видов обращения и наказания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Должностные лица, воспрепятствующие законной деятельности участников национального превентивного механизма, несут ответственность, установленную законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z229" w:id="408"/>
+    <w:bookmarkStart w:name="z229" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уполномоченные государственные органы в течение трех месяцев со дня получения ежегодного консолидированного доклада участников национального превентивного механизма в письменной форме информируют Уполномоченного по правам человека в Республике Казахстан о мерах, принятых по результатам рассмотрения полученных докладов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z230" w:id="409"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z230" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. На основании отчетов участников национального превентивного механизма по результатам превентивных посещений Уполномоченный по правам человека в Республике Казахстан в установленном законодательством Республики Казахстан порядке имеет право обращаться к уполномоченным государственным органам или должностным лицам с ходатайством о возбуждении дисциплинарного или административного производства либо уголовного дела в отношении должностного лица, нарушившего права и свободы человека и гражданина.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkEnd w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16512,230 +17966,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="410"/>
+    <w:bookmarkStart w:name="z99" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9. Особенности ответственности ребенка и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>воздействия на его поведение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z100" w:id="411"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z100" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 48. Особенности ответственности ребенка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z101" w:id="412"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z101" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ребенок, совершивший противоправное деяние, несет ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkEnd w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. При назначении вида наказания государственные органы и должностные лица должны учитывать условия жизни и воспитания ребенка, уровень психического развития, иные особенности личности, а также влияние на него старших по возрасту лиц. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="413"/>
+    <w:bookmarkStart w:name="z102" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 49. Особенности воздействия на поведение ребенка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z103" w:id="414"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z103" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При осуществлении родительских прав родители и другие законные представители не вправе причинять вред физическому и психическому здоровью ребенка, его нравственному развитию. Способы воспитания ребенка должны исключать пренебрежительное, жестокое, грубое, унижающее человеческое достоинство обращение, оскорбление или эксплуатацию ребенка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z104" w:id="415"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z104" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 10. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z105" w:id="416"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z105" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 50. Ответственность за нарушение законодательства Республики Казахстан о правах ребенка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z106" w:id="417"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z106" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Лица, виновные в нарушении законодательства Республики Казахстан о правах ребенка, несут ответственность в соответствии с законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkEnd w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Уклонение от выполнения, а также ненадлежащее исполнение обязанностей родителями (лицами, их заменяющими) по воспитанию и содержанию детей, отказ родителей от ребенка в родильном доме (отделении) или детском лечебном учреждении, оставление детей без надзора, жестокое обращение с детьми, их эксплуатация влекут лишение родительских прав или их ограничение у лиц, их заменяющих. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16846,3641 +18300,4283 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="418"/>
+    <w:bookmarkStart w:name="z107" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 51. Координация уполномоченным органом реализации соблюдения законодательства Республики Казахстан о правах ребенка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkEnd w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 51 исключена Законом РК от 30.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 148-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="419"/>
+    <w:bookmarkStart w:name="z113" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 52. Государственный контроль в области защиты прав ребенка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z253" w:id="420"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z253" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственный контроль в области защиты прав ребенка направлен на обеспечение прав и законных интересов ребенка и осуществляется уполномоченными государственными органами и местными исполнительными органами в пределах компетенции, определенной законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z254" w:id="421"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z254" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Объектом государственного контроля в области защиты прав ребенка является деятельность физических и юридических лиц, направленная на реализацию прав ребенка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z255" w:id="422"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается в редакции Закона РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.02.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Государственный контроль в области защиты прав ребенка осуществляется в форме внеплановой проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z256" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается в редакции Закона РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.02.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Профилактический контроль без посещения субъекта (объекта) контроля осуществляется в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z257" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции Закона РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.02.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Субъектами государственного контроля являются организации образования и организации, осуществляющие функции по защите прав ребенка, независимо от типа, формы собственности и ведомственной подчиненности, органы и организации культуры и спорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z258" w:id="425"/>
+    <w:bookmarkStart w:name="z258" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных уполномоченными государственными органами по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на них.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z259" w:id="426"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z259" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Профилактический контроль без посещения субъекта (объекта) контроля проводится путем взаимного сопоставления данных в республиканском банке данных детей-сирот и детей, оставшихся без попечения родителей, и лиц, желающих принять в семью, единой информационной системе образования, сведений от уполномоченных организаций и государственных органов посредством запроса и сведений, полученных из средств массовой информации и иных открытых источников, обращений физических и юридических лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z260" w:id="427"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z260" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. По итогам профилактического контроля без посещения субъекта (объекта) контроля составляется рекомендация об устранении выявленных нарушений (далее – рекомендация) в срок не позднее пяти рабочих дней со дня выявления нарушений без возбуждения дела об административном правонарушении с обязательным разъяснением субъекту контроля способа устранения нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z261" w:id="428"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z261" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Рекомендация должна быть вручена субъекту контроля лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z262" w:id="429"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z262" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z263" w:id="430"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z263" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) нарочно – с даты отметки в рекомендации о получении; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z264" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) почтой – заказным письмом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z265" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронным способом – с даты отправки уполномоченными государственными органами на электронный адрес субъекта контроля, указанный в письме при запросе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z266" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z267" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный государственный орган, направивший рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z268" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z269" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Кратность проведения профилактического контроля без посещения субъекта (объекта) контроля – ежемесячно, не позднее 25 числа, не более одного раза в месяц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 52 в редакции Закона РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 01.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 240-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 15.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 52-1. Государственный контроль в отношении органов управления образования областей, городов республиканского значения, столицы, районов (городов областного значения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z510" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль в отношении органов управления образования областей, городов республиканского значения, столицы, районов (городов областного значения) направлен на обеспечение соответствия деятельности органов управления образования областей, городов республиканского значения, столицы, районов (городов областного значения) требованиям законодательства Республики Казахстан о правах ребенка и осуществляется уполномоченным органом в области защиты прав детей Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z511" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок проведения государственного контроля и требования, предъявляемые к деятельности проверяемых органов управления образования областей, городов республиканского значения, столицы, районов (городов областного значения), осуществляются в порядке, установленном настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z512" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Проверка проводится путем совершения одного из следующих действий:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z264" w:id="431"/>
-[...15 lines deleted...]
-      2) почтой – заказным письмом;</w:t>
+    <w:bookmarkStart w:name="z513" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) посещения субъекта государственного контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z265" w:id="432"/>
-[...15 lines deleted...]
-      3) электронным способом – с даты отправки уполномоченными государственными органами на электронный адрес субъекта контроля, указанный в письме при запросе.</w:t>
+    <w:bookmarkStart w:name="z514" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запроса необходимой информации, касающейся предмета проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z266" w:id="433"/>
-[...338 lines deleted...]
-    <w:bookmarkStart w:name="z515" w:id="442"/>
+    <w:bookmarkStart w:name="z515" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) вызова субъекта государственного контроля с целью получения информации о соблюдении им требований, установленных законодательством Республики Казахстан о правах ребенка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z516" w:id="443"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z516" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предметом проверки является соблюдение субъектами государственного контроля требований, установленных в соответствии с пунктом 2 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z517" w:id="444"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z517" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Плановая проверка в отношении субъекта государственного контроля проводится один раз в три года по комплексу вопросов соблюдения требований, предусмотренных пунктом 2 настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z518" w:id="445"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z518" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Внеплановая проверка назначается в отношении субъекта государственного контроля по отдельным вопросам соблюдения требований, предусмотренных пунктом 2 настоящей статьи. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z519" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основанием для назначения плановой проверки субъекта государственного контроля является ежегодный перечень, утвержденный первым руководителем уполномоченного органа в области образования и направленный в уполномоченный орган в области правовой статистики и специальных учетов до 20 декабря года, предшествующего году проведения плановых проверок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z520" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области защиты прав детей Республики Казахстан размещает перечень плановых проверок на своих интернет-ресурсах в срок до 25 декабря года, предшествующего году проведения плановых проверок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z521" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внесение изменений и дополнений в перечень плановых проверок осуществляется в случаях ликвидации, реорганизации, изменения наименования, перераспределения полномочий между субъектами контроля, а также возникновения чрезвычайных ситуаций природного и техногенного характера, введения режима чрезвычайного положения, возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий и связанных с ними ограничений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z522" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наступлении вышеуказанных случаев плановая проверка может быть продлена, приостановлена и возобновлена.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z523" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае изменения перечня плановых проверок измененный перечень плановых проверок также направляется в уполномоченный орган в области правовой статистики и специальных учетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z524" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Основаниями внеплановой проверки субъектов государственного контроля являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z525" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) поручение первого руководителя уполномоченного органа в области образования, уполномоченного органа в области защиты прав детей Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z526" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требование прокурора или поручение органа уголовного преследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z527" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) контроль исполнения предписаний об устранении выявленных нарушений в результате проверки;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z519" w:id="446"/>
-[...15 lines deleted...]
-      6. Основанием для назначения плановой проверки субъекта государственного контроля является ежегодный перечень, утвержденный первым руководителем уполномоченного органа в области образования и направленный в уполномоченный орган в области правовой статистики и специальных учетов до 20 декабря года, предшествующего году проведения плановых проверок.</w:t>
+    <w:bookmarkStart w:name="z528" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обращения физических и юридических лиц, права и законные интересы которых нарушены;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z520" w:id="447"/>
-[...15 lines deleted...]
-      Уполномоченный орган в области защиты прав детей Республики Казахстан размещает перечень плановых проверок на своих интернет-ресурсах в срок до 25 декабря года, предшествующего году проведения плановых проверок.</w:t>
+    <w:bookmarkStart w:name="z529" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обращения физических и юридических лиц, а также государственных органов по конкретным фактам нарушений требований законодательства Республики Казахстан о правах ребенка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z521" w:id="448"/>
-[...15 lines deleted...]
-      Внесение изменений и дополнений в перечень плановых проверок осуществляется в случаях ликвидации, реорганизации, изменения наименования, перераспределения полномочий между субъектами контроля, а также возникновения чрезвычайных ситуаций природного и техногенного характера, введения режима чрезвычайного положения, возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий и связанных с ними ограничений.</w:t>
+    <w:bookmarkStart w:name="z530" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) публикации и сообщения в средствах массовой информации о нарушениях законодательства Республики Казахстан о правах ребенка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z522" w:id="449"/>
-[...15 lines deleted...]
-      При наступлении вышеуказанных случаев плановая проверка может быть продлена, приостановлена и возобновлена.</w:t>
+    <w:bookmarkStart w:name="z531" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внеплановые проверки не проводятся в случаях анонимных обращений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z523" w:id="450"/>
-[...15 lines deleted...]
-      В случае изменения перечня плановых проверок измененный перечень плановых проверок также направляется в уполномоченный орган в области правовой статистики и специальных учетов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 10 дополнена статьей 52-1 в соответствии с Законом РК от 15.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 52-2. Требования, предъявляемые к деятельности органов управления образованием областей, городов республиканского значения, столицы, районов (городов областного значения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z533" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Требования, предъявляемые к деятельности органов управления образованием области, по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z524" w:id="451"/>
-[...15 lines deleted...]
-      7. Основаниями внеплановой проверки субъектов государственного контроля являются:</w:t>
+    <w:bookmarkStart w:name="z534" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) направлению средств на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования областного и районного (города областного значения) масштабов из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования, в размере не менее двух процентов от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ и на размещение государственного образовательного заказа на среднее образование в государственных предприятиях на праве хозяйственного ведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z525" w:id="452"/>
-[...15 lines deleted...]
-      1) поручение первого руководителя уполномоченного органа в области образования, уполномоченного органа в области защиты прав детей Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z535" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организации переподготовки кадров и повышения квалификации работников организаций образования для детей-сирот и детей, оставшихся без попечения родителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z526" w:id="453"/>
-[...15 lines deleted...]
-      2) требование прокурора или поручение органа уголовного преследования;</w:t>
+    <w:bookmarkStart w:name="z536" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечению условий лицам, содержащимся в центрах адаптации несовершеннолетних и центрах поддержки детей, нуждающихся в специальных социальных услугах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z527" w:id="454"/>
-[...15 lines deleted...]
-      3) контроль исполнения предписаний об устранении выявленных нарушений в результате проверки;</w:t>
+    <w:bookmarkStart w:name="z537" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оказанию содействия попечительским советам организаций образования для детей-сирот и детей, оставшихся без попечения родителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z528" w:id="455"/>
-[...15 lines deleted...]
-      4) обращения физических и юридических лиц, права и законные интересы которых нарушены;</w:t>
+    <w:bookmarkStart w:name="z538" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организации и осуществлению кадрового обеспечения организаций образования для детей-сирот и детей, оставшихся без попечения родителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z529" w:id="456"/>
-[...15 lines deleted...]
-      5) обращения физических и юридических лиц, а также государственных органов по конкретным фактам нарушений требований законодательства Республики Казахстан о правах ребенка;</w:t>
+    <w:bookmarkStart w:name="z539" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечению методического руководства психологической службы в организациях образования, в том числе расположенных в районах (городах областного значения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z530" w:id="457"/>
-[...15 lines deleted...]
-      6) публикации и сообщения в средствах массовой информации о нарушениях законодательства Республики Казахстан о правах ребенка.</w:t>
+    <w:bookmarkStart w:name="z540" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) участию в организации летнего отдыха, досуга и занятости несовершеннолетних;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z531" w:id="458"/>
-[...15 lines deleted...]
-      Внеплановые проверки не проводятся в случаях анонимных обращений.</w:t>
+    <w:bookmarkStart w:name="z541" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) разработке и внедрению в практику работы организаций образования программ и методик, направленных на формирование законопослушного поведения несовершеннолетних, привитие им основ нравственности и здорового образа жизни;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z542" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) созданию психолого-медико-педагогических комиссий, которые выявляют несовершеннолетних, имеющих отклонения в развитии или поведении, проводят их комплексное обследование и готовят рекомендации по определению форм их дальнейшего обучения и воспитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z543" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) предупреждению правонарушений, безнадзорности, беспризорности и антиобщественных действий среди несовершеннолетних, выявлению и устранению причин и условий, им способствующих;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z544" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) обеспечению социальной реабилитацией детей, пострадавших от террористической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z545" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обеспечению организации антитеррористической защиты объектов, уязвимых в террористическом отношении, осуществляющих деятельность в области образования Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 10 дополнена статьей 52-1 в соответствии с Законом РК от 15.04.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить подпунктами 13), 14), 15), 16), 17), 18), 19) и 20) в соответствии с Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.02.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z546" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Требования, предъявляемые к деятельности органов управления образованием городов республиканского значения, столицы, по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z547" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) направлению средств на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления государственной организации образования, в размере не менее двух процентов от совокупного объема бюджетных средств, выделяемых на текущее содержание общеобразовательных школ и на размещение государственного образовательного заказа на среднее образование в государственных предприятиях на праве хозяйственного ведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z548" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организации переподготовки кадров и повышения квалификации работников организаций образования для детей-сирот и детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z549" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечению условий лицам, содержащимся в центрах адаптации несовершеннолетних и центрах поддержки детей, нуждающихся в специальных социальных услугах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z550" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оказанию содействия попечительским советам организаций образования для детей-сирот и детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z551" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организации кадрового обеспечения организаций образования для детей-сирот и детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z552" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечению методического руководства психологической службой в организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z553" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) реализации функций государства по опеке или попечительству несовершеннолетних;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z554" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) предупреждению правонарушений, безнадзорности, беспризорности и антиобщественных действий среди несовершеннолетних, выявлению и устранению причин и условий, им способствующих;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z555" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) организации летнего отдыха, досуга и занятости несовершеннолетних;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z556" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) выявлению и учету несовершеннолетних, не посещающих по неуважительным причинам общеобразовательные учебные заведения, проведению с ними и их родителями или иными законными представителями мер индивидуальной профилактики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z557" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) созданию психолого-медико-педагогических комиссий, которые выявляют несовершеннолетних, имеющих отклонения в развитии или поведении, проводят их комплексное обследование и готовят рекомендации по определению форм их дальнейшего обучения и воспитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z558" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) разработке и внедрению в практику работы организаций образования программ и методик, направленных на формирование законопослушного поведения несовершеннолетних, привитие им основ нравственности и здорового образа жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z559" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) участию в выявлении несовершеннолетних с девиантным поведением, неблагополучных семей, постановке их на учет в органы внутренних дел и проведению с ними мер индивидуальной профилактики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z560" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) обеспечению организации в общеобразовательных учебных заведениях доступных спортивных секций, технических и иных кружков, клубов и вовлечению в них несовершеннолетних;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z561" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) обеспечению реализации мероприятий по профилактике травли (буллинга) ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z562" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) обеспечению социальной реабилитацией детей, пострадавших от террористической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z563" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) обеспечению организации антитеррористической защиты объектов, уязвимых в террористическом отношении, осуществляющих деятельность в области образования Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить подпунктами 18), 19), 20), 21), 22), 23), 24) и 25) в соответствии с Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.02.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z564" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Требования, предъявляемые к деятельности органов управления образованием районов (городов областного значения), по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z565" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) направлению средств на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования районного (города областного значения) масштаба из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления государственной организации образования, в размере не менее двух процентов от совокупного объема бюджетных средств, выделяемых на текущее содержание общеобразовательных школ и на размещение государственного образовательного заказа на среднее образование в государственных предприятиях на праве хозяйственного ведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z566" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечению координации деятельности психологической службы организаций образования, расположенных в районах (городах областного значения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z567" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлению в установленном порядке государственного обеспечения детей-сирот, детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z568" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) реализации функций государства по опеке или попечительству несовершеннолетних;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z569" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предупреждению правонарушений, безнадзорности, беспризорности и антиобщественных действий среди несовершеннолетних, выявлению и устранению причин и условий, им способствующих;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z570" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) организации летнего отдыха, досуга и занятости несовершеннолетних;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z571" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) выявлению и учету несовершеннолетних, не посещающих по неуважительным причинам общеобразовательные учебные заведения, проведению с ними и их родителями или иными законными представителями мер индивидуальной профилактики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z572" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) разработке и внедрению в практику работы организаций образования программ и методик, направленных на формирование законопослушного поведения несовершеннолетних, привитие им основ нравственности и здорового образа жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z573" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) участию в выявлении несовершеннолетних с девиантным поведением, неблагополучных семей, постановке их на учет в органы внутренних дел и проведению с ними мер индивидуальной профилактики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z574" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обеспечению организации в общеобразовательных учебных заведениях доступных спортивных секций, технических и иных кружков, клубов и вовлечению в них несовершеннолетних;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z575" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) обеспечению социальной реабилитацией детей, пострадавших от террористической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z576" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обеспечению организации антитеррористической защиты объектов, уязвимых в террористическом отношении, осуществляющих деятельность в области образования Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z577" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) обеспечению реализации мероприятий по профилактике травли (буллинга) ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается дополнить подпунктами 14), 15), 16 и 17) в соответствии с Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.02.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 10 дополнена статьей 52-2 в соответствии с Законом РК от 01.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 104-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня введения в действие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункта 6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 10 статьи 1 Закона РК "О внесении изменений и дополнений в некоторые законодательные акты РК по вопросам обеспечения прав женщин и безопасности детей).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 52-2. Требования, предъявляемые к деятельности органов управления образованием областей, городов республиканского значения, столицы, районов (городов областного значения)</w:t>
-[...738 lines deleted...]
-      5) предупреждению правонарушений, безнадзорности, беспризорности и антиобщественных действий среди несовершеннолетних, выявлению и устранению причин и условий, им способствующих;</w:t>
+        <w:t>Статья 52-3. Порядок проведения государственного контроля в отношении органов управления образованием областей, городов республиканского значения, столицы, районов (городов областного значения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z579" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При проведении проверок требуется предварительное уведомление субъекта контроля о назначении проверки не менее чем за сутки до начала проверки с указанием даты ее начала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z570" w:id="496"/>
-[...15 lines deleted...]
-      6) организации летнего отдыха, досуга и занятости несовершеннолетних;</w:t>
+    <w:bookmarkStart w:name="z580" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Началом проведения проверки считается дата вручения субъекту контроля акта о назначении проверки с указанием сроков и предмета проведения проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z571" w:id="497"/>
-[...15 lines deleted...]
-      7) выявлению и учету несовершеннолетних, не посещающих по неуважительным причинам общеобразовательные учебные заведения, проведению с ними и их родителями или иными законными представителями мер индивидуальной профилактики;</w:t>
+    <w:bookmarkStart w:name="z581" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В акте о назначении проверки указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z572" w:id="498"/>
-[...15 lines deleted...]
-      8) разработке и внедрению в практику работы организаций образования программ и методик, направленных на формирование законопослушного поведения несовершеннолетних, привитие им основ нравственности и здорового образа жизни;</w:t>
+    <w:bookmarkStart w:name="z582" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и дата акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z573" w:id="499"/>
-[...15 lines deleted...]
-      9) участию в выявлении несовершеннолетних с девиантным поведением, неблагополучных семей, постановке их на учет в органы внутренних дел и проведению с ними мер индивидуальной профилактики;</w:t>
+    <w:bookmarkStart w:name="z583" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z574" w:id="500"/>
-[...15 lines deleted...]
-      10) обеспечению организации в общеобразовательных учебных заведениях доступных спортивных секций, технических и иных кружков, клубов и вовлечению в них несовершеннолетних;</w:t>
+    <w:bookmarkStart w:name="z584" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица (лиц), уполномоченного (уполномоченных) на проведение проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z575" w:id="501"/>
-[...15 lines deleted...]
-      11) обеспечению социальной реабилитацией детей, пострадавших от террористической деятельности;</w:t>
+    <w:bookmarkStart w:name="z585" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о специалистах, консультантах и экспертах, привлекаемых для проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z576" w:id="502"/>
-[...15 lines deleted...]
-      12) обеспечению организации антитеррористической защиты объектов, уязвимых в террористическом отношении, осуществляющих деятельность в области образования Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z586" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование субъекта контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z577" w:id="503"/>
-[...15 lines deleted...]
-      13) обеспечению реализации мероприятий по профилактике травли (буллинга) ребенка.</w:t>
+    <w:bookmarkStart w:name="z587" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вид и предмет назначенной проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:p>
-[...114 lines deleted...]
-      1. При проведении проверок требуется предварительное уведомление субъекта контроля о назначении проверки не менее чем за сутки до начала проверки с указанием даты ее начала.</w:t>
+    <w:bookmarkStart w:name="z588" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) срок проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z580" w:id="505"/>
-[...15 lines deleted...]
-      2. Началом проведения проверки считается дата вручения субъекту контроля акта о назначении проверки с указанием сроков и предмета проведения проверки.</w:t>
+    <w:bookmarkStart w:name="z589" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) основания проведения проверки, в том числе нормативные правовые акты Республики Казахстан, обязательные требования которых подлежат проверке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z581" w:id="506"/>
-[...15 lines deleted...]
-      В акте о назначении проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z590" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) период проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z582" w:id="507"/>
-[...15 lines deleted...]
-      1) номер и дата акта;</w:t>
+    <w:bookmarkStart w:name="z591" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) права и обязанности субъекта контроля, предусмотренные пунктами 15 и 16 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z583" w:id="508"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z592" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись руководителя субъекта контроля либо его уполномоченного лица о получении или отказе в получении акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z584" w:id="509"/>
-[...15 lines deleted...]
-      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица (лиц), уполномоченного (уполномоченных) на проведение проверки;</w:t>
+    <w:bookmarkStart w:name="z593" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись лица, уполномоченного подписывать акты, и печать государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z585" w:id="510"/>
-[...15 lines deleted...]
-      4) сведения о специалистах, консультантах и экспертах, привлекаемых для проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z594" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сроки проведения проверки устанавливаются с учетом объема предстоящих работ, а также поставленных задач и не должны превышать:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z586" w:id="511"/>
-[...15 lines deleted...]
-      5) наименование субъекта контроля;</w:t>
+    <w:bookmarkStart w:name="z595" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при проведении внеплановых проверок – пять рабочих дней и с продлением до пяти рабочих дней;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z587" w:id="512"/>
-[...15 lines deleted...]
-      6) вид и предмет назначенной проверки;</w:t>
+    <w:bookmarkStart w:name="z596" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при проведении плановых проверок – десять рабочих дней и с продлением до десяти рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z588" w:id="513"/>
-[...15 lines deleted...]
-      7) срок проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z597" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При необходимости проведения запроса в государственные органы, а также в связи со значительным объемом проверки срок проведения проверки может быть продлен только один раз руководителем уполномоченного органа в области защиты прав детей Республики Казахстан на сроки, предусмотренные частью первой настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z589" w:id="514"/>
-[...15 lines deleted...]
-      8) основания проведения проверки, в том числе нормативные правовые акты Республики Казахстан, обязательные требования которых подлежат проверке;</w:t>
+    <w:bookmarkStart w:name="z598" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления сроков проверки уполномоченный орган в области защиты прав детей Республики Казахстан в обязательном порядке оформляет дополнительный акт о продлении срока проверки и уведомляет об этом субъект контроля за один рабочий день до продления проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z590" w:id="515"/>
-[...179 lines deleted...]
-    <w:bookmarkStart w:name="z599" w:id="524"/>
+    <w:bookmarkStart w:name="z599" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Проверки осуществляются в рабочее время субъекта контроля, установленное регламентом работы субъекта контроля. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z600" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. По результатам проверки должностным лицом уполномоченного органа в области защиты прав детей Республики Казахстан составляется заключение о результатах проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z601" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В заключении о результатах проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z602" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата, время и место составления заключения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z603" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z604" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дата и номер акта о назначении проверки, на основании которого проведена проверка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z605" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица, проводившего проверку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z606" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование субъекта контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z607" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дата, место и период проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z608" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) вид и предмет проверки;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z600" w:id="525"/>
-[...15 lines deleted...]
-      5. По результатам проверки должностным лицом уполномоченного органа в области защиты прав детей Республики Казахстан составляется заключение о результатах проверки.</w:t>
+    <w:bookmarkStart w:name="z609" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сведения о результатах проверки, в том числе о выявленных нарушениях, об их характере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z601" w:id="526"/>
-[...15 lines deleted...]
-      6. В заключении о результатах проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z610" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) требования об устранении выявленных нарушений с указанием срока исполнения требований и принятия мер в отношении лиц, допустивших нарушения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z602" w:id="527"/>
-[...15 lines deleted...]
-      1) дата, время и место составления заключения;</w:t>
+    <w:bookmarkStart w:name="z611" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) сведения об ознакомлении или отказе в ознакомлении с заключением представителя субъекта контроля, а также лиц, присутствовавших при проведении проверки, их подписи или отказ от подписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z603" w:id="528"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z612" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись должностного лица, проводившего проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z604" w:id="529"/>
-[...15 lines deleted...]
-      3) дата и номер акта о назначении проверки, на основании которого проведена проверка;</w:t>
+    <w:bookmarkStart w:name="z613" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. К заключению о результатах проверки прилагаются копии документов, связанных с результатами проверки (при их наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z605" w:id="530"/>
-[...15 lines deleted...]
-      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица, проводившего проверку;</w:t>
+    <w:bookmarkStart w:name="z614" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Первый экземпляр заключения о результатах проверки с копиями приложений вручается на бумажном носителе под роспись или в электронной форме субъекту контроля (руководителю либо его уполномоченному лицу) для ознакомления и принятия мер по устранению выявленных нарушений, второй экземпляр в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, и его территориальные органы, третий экземпляр остается у уполномоченного органа в области защиты прав детей Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z606" w:id="531"/>
-[...15 lines deleted...]
-      5) наименование субъекта контроля;</w:t>
+    <w:bookmarkStart w:name="z615" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В случае наличия замечаний и (или) возражений по результатам проверки руководитель субъекта контроля излагает их в письменном виде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z607" w:id="532"/>
-[...15 lines deleted...]
-      6) дата, место и период проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z616" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Замечания и (или) возражения прилагаются к заключению о результатах проведения проверки, о чем делается соответствующая отметка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z608" w:id="533"/>
-[...15 lines deleted...]
-      7) вид и предмет проверки;</w:t>
+    <w:bookmarkStart w:name="z617" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отказа от принятия заключения о результатах проверки составляется акт, который подписывается должностными лицами, осуществляющими проверку, и руководителем субъекта контроля либо его уполномоченным представителем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z609" w:id="534"/>
-[...15 lines deleted...]
-      8) сведения о результатах проверки, в том числе о выявленных нарушениях, об их характере;</w:t>
+    <w:bookmarkStart w:name="z618" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект контроля вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z610" w:id="535"/>
-[...15 lines deleted...]
-      9) требования об устранении выявленных нарушений с указанием срока исполнения требований и принятия мер в отношении лиц, допустивших нарушения;</w:t>
+    <w:bookmarkStart w:name="z619" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Субъект контроля по нарушениям, указанным в заключении о результатах проверки, в срок не позднее трех рабочих дней со дня, следующего за днем его вручения, предоставляет информацию о мерах, которые будут приняты по устранению выявленных нарушений, с указанием сроков, которые согласовываются с должностным лицом уполномоченного органа в области защиты прав детей Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z611" w:id="536"/>
-[...15 lines deleted...]
-      10) сведения об ознакомлении или отказе в ознакомлении с заключением представителя субъекта контроля, а также лиц, присутствовавших при проведении проверки, их подписи или отказ от подписи;</w:t>
+    <w:bookmarkStart w:name="z620" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сроки исполнения заключения о результатах проверки определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не менее десяти календарных дней со дня вручения заключения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z612" w:id="537"/>
-[...15 lines deleted...]
-      11) подпись должностного лица, проводившего проверку.</w:t>
+    <w:bookmarkStart w:name="z621" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По истечении срока устранения выявленных нарушений, указанных в заключении о результатах проверки, субъект контроля в течение срока, установленного в этом заключении, обязан предоставить в уполномоченный орган в области защиты прав детей Республики Казахстан информацию об устранении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z613" w:id="538"/>
-[...15 lines deleted...]
-      7. К заключению о результатах проверки прилагаются копии документов, связанных с результатами проверки (при их наличии).</w:t>
+    <w:bookmarkStart w:name="z622" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К предоставленной информации об устранении выявленных нарушений субъект контроля прилагает (при необходимости) материалы, доказывающие факт устранения нарушения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z614" w:id="539"/>
-[...15 lines deleted...]
-      8. Первый экземпляр заключения о результатах проверки с копиями приложений вручается на бумажном носителе под роспись или в электронной форме субъекту контроля (руководителю либо его уполномоченному лицу) для ознакомления и принятия мер по устранению выявленных нарушений, второй экземпляр в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, и его территориальные органы, третий экземпляр остается у уполномоченного органа в области защиты прав детей Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z623" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этом случае проведение внеплановой проверки не требуется.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z615" w:id="540"/>
-[...15 lines deleted...]
-      9. В случае наличия замечаний и (или) возражений по результатам проверки руководитель субъекта контроля излагает их в письменном виде.</w:t>
+    <w:bookmarkStart w:name="z624" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае непредоставления субъектом контроля в установленный срок информации об исполнении заключения о результатах проверки уполномоченный орган в области защиты прав детей Республики Казахстан в течение двух рабочих дней направляет субъекту контроля запрос о необходимости предоставления информации об исполнении заключения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z616" w:id="541"/>
-[...15 lines deleted...]
-      Замечания и (или) возражения прилагаются к заключению о результатах проведения проверки, о чем делается соответствующая отметка.</w:t>
+    <w:bookmarkStart w:name="z625" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае повторного непредоставления информации об исполнении заключения о результатах проверки уполномоченный орган в области защиты прав детей Республики Казахстан вправе назначить внеплановую проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z617" w:id="542"/>
-[...15 lines deleted...]
-      В случае отказа от принятия заключения о результатах проверки составляется акт, который подписывается должностными лицами, осуществляющими проверку, и руководителем субъекта контроля либо его уполномоченным представителем.</w:t>
+    <w:bookmarkStart w:name="z626" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В случае отсутствия нарушений требований, установленных в статье 52-2 настоящего Закона, при проведении проверки в заключении о результатах проверки производится соответствующая запись.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z618" w:id="543"/>
-[...15 lines deleted...]
-      Субъект контроля вправе отказаться от подписания акта, дав письменное объяснение о причине отказа.</w:t>
+    <w:bookmarkStart w:name="z627" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Завершением срока проверки считается день вручения субъекту контроля заключения о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки или дополнительном акте о продлении срока проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z619" w:id="544"/>
-[...15 lines deleted...]
-      10. Субъект контроля по нарушениям, указанным в заключении о результатах проверки, в срок не позднее трех рабочих дней со дня, следующего за днем его вручения, предоставляет информацию о мерах, которые будут приняты по устранению выявленных нарушений, с указанием сроков, которые согласовываются с должностным лицом уполномоченного органа в области защиты прав детей Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z628" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Запрещается проведение иных видов проверок, не установленных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z620" w:id="545"/>
-[...15 lines deleted...]
-      Сроки исполнения заключения о результатах проверки определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не менее десяти календарных дней со дня вручения заключения.</w:t>
+    <w:bookmarkStart w:name="z629" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. При проведении проверки должностные лица уполномоченного органа в области защиты прав детей Республики Казахстан не вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z621" w:id="546"/>
-[...15 lines deleted...]
-      По истечении срока устранения выявленных нарушений, указанных в заключении о результатах проверки, субъект контроля в течение срока, установленного в этом заключении, обязан предоставить в уполномоченный орган в области защиты прав детей Республики Казахстан информацию об устранении выявленных нарушений.</w:t>
+    <w:bookmarkStart w:name="z630" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверять выполнение требований, не установленных в статье 52-2 настоящего Закона, а также если такие требования не относятся к компетенции уполномоченного органа в области защиты прав детей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z622" w:id="547"/>
-[...15 lines deleted...]
-      К предоставленной информации об устранении выявленных нарушений субъект контроля прилагает (при необходимости) материалы, доказывающие факт устранения нарушения.</w:t>
+    <w:bookmarkStart w:name="z631" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требовать предоставления документов, информации, если они не являются объектами проверки или не относятся к предмету проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z623" w:id="548"/>
-[...15 lines deleted...]
-      В этом случае проведение внеплановой проверки не требуется.</w:t>
+    <w:bookmarkStart w:name="z632" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) разглашать и (или) распространять информацию, полученную в результате проведения проверки и составляющую коммерческую, налоговую или иную охраняемую законом тайну, за исключением случаев, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z624" w:id="549"/>
-[...15 lines deleted...]
-      В случае непредоставления субъектом контроля в установленный срок информации об исполнении заключения о результатах проверки уполномоченный орган в области защиты прав детей Республики Казахстан в течение двух рабочих дней направляет субъекту контроля запрос о необходимости предоставления информации об исполнении заключения.</w:t>
+    <w:bookmarkStart w:name="z633" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) превышать установленные сроки проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z625" w:id="550"/>
-[...15 lines deleted...]
-      В случае повторного непредоставления информации об исполнении заключения о результатах проверки уполномоченный орган в области защиты прав детей Республики Казахстан вправе назначить внеплановую проверку.</w:t>
+    <w:bookmarkStart w:name="z634" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) проводить мероприятия, носящие затратный характер, в целях государственного контроля за счет субъектов контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z626" w:id="551"/>
-[...15 lines deleted...]
-      11. В случае отсутствия нарушений требований, установленных в статье 52-2 настоящего Закона, при проведении проверки в заключении о результатах проверки производится соответствующая запись.</w:t>
+    <w:bookmarkStart w:name="z635" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Субъекты контроля вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z627" w:id="552"/>
-[...15 lines deleted...]
-      12. Завершением срока проверки считается день вручения субъекту контроля заключения о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки или дополнительном акте о продлении срока проверки.</w:t>
+    <w:bookmarkStart w:name="z636" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать к проверке должностных лиц уполномоченного органа в области защиты прав детей Республики Казахстан, прибывших для проведения проверки на объект, в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z628" w:id="553"/>
-[...15 lines deleted...]
-      13. Запрещается проведение иных видов проверок, не установленных законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z637" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      несоблюдения временных интервалов по отношению к предшествующей проверке при назначении плановой проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z629" w:id="554"/>
-[...15 lines deleted...]
-      14. При проведении проверки должностные лица уполномоченного органа в области защиты прав детей Республики Казахстан не вправе:</w:t>
+    <w:bookmarkStart w:name="z638" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      превышения либо истечения сроков, указанных в акте о назначении сроков проверки (дополнительном акте о продлении срока при наличии), не соответствующих срокам, установленным настоящей статьей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z630" w:id="555"/>
-[...15 lines deleted...]
-      1) проверять выполнение требований, не установленных в статье 52-2 настоящего Закона, а также если такие требования не относятся к компетенции уполномоченного органа в области защиты прав детей Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z639" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поручения проведения проверки лицам, не имеющим на то соответствующих полномочий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z631" w:id="556"/>
-[...15 lines deleted...]
-      2) требовать предоставления документов, информации, если они не являются объектами проверки или не относятся к предмету проверки;</w:t>
+    <w:bookmarkStart w:name="z640" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продления сроков проверки свыше срока, установленного настоящей статьей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z632" w:id="557"/>
-[...15 lines deleted...]
-      3) разглашать и (или) распространять информацию, полученную в результате проведения проверки и составляющую коммерческую, налоговую или иную охраняемую законом тайну, за исключением случаев, предусмотренных законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z641" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствия акта о назначении проверки, служебного удостоверения (идентификационной карты);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z633" w:id="558"/>
-[...15 lines deleted...]
-      4) превышать установленные сроки проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z642" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не представлять сведения, если они не относятся к предмету проводимой проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z634" w:id="559"/>
-[...15 lines deleted...]
-      5) проводить мероприятия, носящие затратный характер, в целях государственного контроля за счет субъектов контроля.</w:t>
+    <w:bookmarkStart w:name="z643" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обжаловать заключение о результатах проверки уполномоченного органа в области защиты прав детей Республики Казахстан в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z635" w:id="560"/>
-[...15 lines deleted...]
-      15. Субъекты контроля вправе:</w:t>
+    <w:bookmarkStart w:name="z644" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фиксировать процесс осуществления проверки, а также отдельные действия должностного лица уполномоченного органа в области защиты прав детей Республики Казахстан, проводимые им в рамках проверки, с помощью средств аудио- и видеотехники, не создавая препятствий деятельности должностного лица, а также с его уведомления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z636" w:id="561"/>
-[...15 lines deleted...]
-      1) не допускать к проверке должностных лиц уполномоченного органа в области защиты прав детей Республики Казахстан, прибывших для проведения проверки на объект, в случаях:</w:t>
+    <w:bookmarkStart w:name="z645" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Субъекты контроля обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z637" w:id="562"/>
-[...15 lines deleted...]
-      несоблюдения временных интервалов по отношению к предшествующей проверке при назначении плановой проверки;</w:t>
+    <w:bookmarkStart w:name="z646" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить беспрепятственный доступ должностных лиц уполномоченного органа в области защиты прав детей Республики Казахстан на территорию и в помещения проверяемого объекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z638" w:id="563"/>
-[...15 lines deleted...]
-      превышения либо истечения сроков, указанных в акте о назначении сроков проверки (дополнительном акте о продлении срока при наличии), не соответствующих срокам, установленным настоящей статьей;</w:t>
+    <w:bookmarkStart w:name="z647" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) явиться по вызову должностных лиц уполномоченного органа в области защиты прав детей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z639" w:id="564"/>
-[...15 lines deleted...]
-      поручения проведения проверки лицам, не имеющим на то соответствующих полномочий;</w:t>
+    <w:bookmarkStart w:name="z648" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предоставить информацию по запросу уполномоченного органа в области защиты прав детей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z640" w:id="565"/>
-[...15 lines deleted...]
-      продления сроков проверки свыше срока, установленного настоящей статьей;</w:t>
+    <w:bookmarkStart w:name="z649" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) с соблюдением требований по охране коммерческой, налоговой либо иной тайны представлять должностным лицам уполномоченного органа в области защиты прав детей Республики Казахстан документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к заключению о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с задачами и предметом проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z641" w:id="566"/>
-[...15 lines deleted...]
-      отсутствия акта о назначении проверки, служебного удостоверения (идентификационной карты);</w:t>
+    <w:bookmarkStart w:name="z650" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сделать отметку о получении заключения о результатах проверки в день ее окончания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z642" w:id="567"/>
-[...15 lines deleted...]
-      2) не представлять сведения, если они не относятся к предмету проводимой проверки;</w:t>
+    <w:bookmarkStart w:name="z651" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) не допускать внесения изменений и дополнений в проверяемые документы в период осуществления проверки, если иное не предусмотрено настоящим Законом либо иными законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z643" w:id="568"/>
-[...179 lines deleted...]
-    <w:bookmarkStart w:name="z652" w:id="577"/>
+    <w:bookmarkStart w:name="z652" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) в случае получения акта о назначении проверки обеспечить пребывание руководителя субъекта контроля либо его замещающего лица на месте нахождения объекта контроля в назначенные сроки проверки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z653" w:id="578"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z653" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Субъекты контроля вправе обжаловать решения, действия (бездействие) уполномоченного органа в области защиты прав детей Республики Казахстан и его должностных лиц в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkEnd w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20518,69 +22614,157 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 10 статьи 1 Закона РК "О внесении изменений и дополнений в некоторые законодательные акты РК по вопросам обеспечения прав женщин и безопасности детей).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z114" w:id="579"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Главу 10 предусматривается дополнить статьей 52-4 в соответствии с Законом РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.02.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 53. Координация деятельности государственных органов и организаций, осуществляющих функции по защите прав ребенка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkEnd w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Координацию деятельности государственных органов и организаций, осуществляющих функции по защите прав ребенка, осуществляет уполномоченный орган в области защиты прав детей Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -20801,55 +22985,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>