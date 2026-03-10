--- v0 (2025-10-05)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9f27465" w14:textId="9f27465">
+    <w:p w14:paraId="e4b64eb" w14:textId="e4b64eb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7836,1656 +7836,2074 @@
         <w:t xml:space="preserve">
       3) принятие решений о снятии ограничительных мероприятий или карантина по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории после проведения комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных, возникших в двух и более районах, расположенных на территории данной области; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
     <w:bookmarkStart w:name="z78" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лицензирование ветеринарно-санитарной экспертизы продукции и сырья животного происхождения в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z603" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4-1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) прием уведомлений от физических и юридических лиц о начале или прекращении осуществления предпринимательской деятельности в области ветеринарии, а также ведение государственного электронного реестра разрешений и уведомлений в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z604" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-2) организация строительства, реконструкции скотомогильников (биотермических ям) и обеспечение их содержания;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z604" w:id="207"/>
-[...15 lines deleted...]
-      4-2) организация строительства, реконструкции скотомогильников (биотермических ям) и обеспечение их содержания;</w:t>
+    <w:bookmarkStart w:name="z605" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-3) внесение в местный представительный орган области для утверждения правил содержания животных, правил содержания и выгула домашних животных, правил отлова, временного содержания и умерщвления животных, предложений по установлению границ санитарных зон содержания животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z605" w:id="208"/>
-[...15 lines deleted...]
-      4-3) внесение в местный представительный орган области для утверждения правил содержания животных, правил содержания и выгула домашних животных, правил отлова, временного содержания и умерщвления животных, предложений по установлению границ санитарных зон содержания животных;</w:t>
+    <w:bookmarkStart w:name="z606" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-4) организация и обеспечение предоставления заинтересованным лицам информации о проводимых ветеринарных мероприятиях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z606" w:id="209"/>
-[...15 lines deleted...]
-      4-4) организация и обеспечение предоставления заинтересованным лицам информации о проводимых ветеринарных мероприятиях;</w:t>
+    <w:bookmarkStart w:name="z607" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-5) организация государственных комиссий по приему в эксплуатацию объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организаций по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z607" w:id="210"/>
-[...15 lines deleted...]
-      4-5) организация государственных комиссий по приему в эксплуатацию объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организаций по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок;</w:t>
+    <w:bookmarkStart w:name="z608" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-6) обезвреживание (обеззараживание) и переработка без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z608" w:id="211"/>
-[...15 lines deleted...]
-      4-6) обезвреживание (обеззараживание) и переработка без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
+    <w:bookmarkStart w:name="z609" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-7) возмещение владельцам стоимости обезвреженных (обеззараженных) и переработанных без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z609" w:id="212"/>
-[...15 lines deleted...]
-      4-7) возмещение владельцам стоимости обезвреженных (обеззараженных) и переработанных без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
+    <w:bookmarkStart w:name="z610" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-8) организация санитарного убоя больных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z610" w:id="213"/>
-[...15 lines deleted...]
-      4-8) организация санитарного убоя больных животных;</w:t>
+    <w:bookmarkStart w:name="z611" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-9) организация отлова, временного содержания и умерщвления животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z611" w:id="214"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z407" w:id="215"/>
+    <w:bookmarkStart w:name="z407" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) вынесение решения о делении территории на зоны в порядке, установленном уполномоченным органом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z408" w:id="216"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z408" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) утверждение плана ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы по согласованию с уполномоченным органом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z409" w:id="217"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z409" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) координация организации и проведения ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z410" w:id="218"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z410" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) организация хранения, транспортировки (доставки) ветеринарных препаратов по профилактике особо опасных болезней животных, за исключением республиканского запаса ветеринарных препаратов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z411" w:id="219"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z411" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) исключен Законом РК от 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z412" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осуществление государственного закупа услуг по транспортировке (доставке) изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z412" w:id="220"/>
-[...15 lines deleted...]
-      10) осуществление государственного закупа услуг по транспортировке (доставке) изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных;</w:t>
+    <w:bookmarkStart w:name="z477" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) определение потребности в изделиях (средствах) и атрибутах для проведения идентификации сельскохозяйственных животных и передача информации в процессинговый центр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z477" w:id="221"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z478" w:id="222"/>
+    <w:bookmarkStart w:name="z478" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10-2) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2015);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z413" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) организация ведения базы данных по идентификации сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z413" w:id="223"/>
-[...15 lines deleted...]
-      11) организация ведения базы данных по идентификации сельскохозяйственных животных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-1) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-2) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z181" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-3) проведение обследования эпизоотических очагов в случае их возникновения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-1) исключен Законом РК от 28.10.2019 </w:t>
+        <w:t xml:space="preserve">11-4) исключен Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z432" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-5) выдача акта эпизоотологического обследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-2) исключен Законом РК от 28.10.2019 </w:t>
+        <w:t xml:space="preserve">11-6) исключен Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-7) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-4) исключен Законом РК от 28.10.2019 </w:t>
+        <w:t xml:space="preserve">11-8) исключен Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z432" w:id="225"/>
-[...15 lines deleted...]
-      11-5) выдача акта эпизоотологического обследования;</w:t>
+    <w:bookmarkStart w:name="z414" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) свод, анализ ветеринарного учета и отчетности и их представление в уполномоченный орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:p>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z415" w:id="227"/>
+    <w:bookmarkStart w:name="z415" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z416" w:id="228"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z416" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) осуществление государственного закупа ветеринарных препаратов по профилактике и диагностике энзоотических болезней животных, услуг по их профилактике и диагностике, организация хранения и транспортировки (доставки) ветеринарных препаратов, проведения ветеринарных мероприятий по профилактике и диагностике энзоотических болезней животных; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z417" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) обеспечение выполнения ветеринарных мероприятий по профилактике, отбору проб биологического материала и доставке их для диагностики особо опасных болезней животных по перечню, утвержденному уполномоченным органом, а также энзоотических и других болезней животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z417" w:id="229"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z418" w:id="230"/>
+    <w:bookmarkStart w:name="z418" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) исключен Законом РК от 12.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 540-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z82" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) организация и проведение просветительской работы среди населения по вопросам ветеринарии;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z82" w:id="231"/>
-[...15 lines deleted...]
-      17) организация и проведение просветительской работы среди населения по вопросам ветеринарии;</w:t>
+    <w:bookmarkStart w:name="z479" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-1) организация проведения мероприятий по идентификации сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z479" w:id="232"/>
-[...15 lines deleted...]
-      17-1) организация проведения мероприятий по идентификации сельскохозяйственных животных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-2) участие в государственных комиссиях по приему в эксплуатацию объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организаций по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-3) утверждение перечня энзоотических болезней животных, профилактика и диагностика которых осуществляются за счет бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z612" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-4) организация сбора и свод данных (сведений) о скотомогильниках (биотермических ямах) для включения их в реестр скотомогильников (биотермических ям);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:p>
-[...51 lines deleted...]
-      17-4) организация сбора и свод данных (сведений) о скотомогильниках (биотермических ямах) для включения их в реестр скотомогильников (биотермических ям);</w:t>
+    <w:bookmarkStart w:name="z704" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-5) государственный закуп, заключение по его результатам договоров поставки с поставщиками, а также обеспечение, предоставление услуг по хранению и транспортировке (доставке) изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных заказчикам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z704" w:id="234"/>
-[...15 lines deleted...]
-      17-5) государственный закуп, заключение по его результатам договоров поставки с поставщиками, а также обеспечение, предоставление услуг по хранению и транспортировке (доставке) изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных заказчикам;</w:t>
+    <w:bookmarkStart w:name="z705" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-6) выборочный отбор изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных в процессе их поставки для определения соответствия требованиям, установленным законодательством Республики Казахстан в области ветеринарии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z705" w:id="235"/>
-[...15 lines deleted...]
-      17-6) выборочный отбор изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных в процессе их поставки для определения соответствия требованиям, установленным законодательством Республики Казахстан в области ветеринарии;</w:t>
+    <w:bookmarkStart w:name="z706" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-7) формирование запаса изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z706" w:id="236"/>
-[...15 lines deleted...]
-      17-7) формирование запаса изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить подпунктом 17-8) в соответствии с Законом РК от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z217" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z480" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. В компетенцию местных исполнительных органов городов республиканского значения, столицы входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z481" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организация охраны здоровья населения от болезней, общих для животных и человека, совместно с уполномоченным государственным органом в области здравоохранения и осуществление взаимного обмена информацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) реализация государственной политики в области ветеринарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z482" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принятие решений об установлении карантина или ограничительных мероприятий по представлению главного государственного ветеринарно-санитарного инспектора в случае возникновения заразных болезней животных на территории города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z483" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принятие решений о снятии ограничительных мероприятий или карантина по представлению главного государственного ветеринарно-санитарного инспектора после проведения комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных, возникших на территории города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z484" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лицензирование ветеринарно-санитарной экспертизы продукции и сырья животного происхождения в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 1 предусматривается дополнить подпунктом 17-8) в соответствии с Законом РК от 17.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 213-VIII</w:t>
+        <w:t xml:space="preserve">      В подпункт 4-1) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="237"/>
-[...133 lines deleted...]
-      4) лицензирование ветеринарно-санитарной экспертизы продукции и сырья животного происхождения в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) прием уведомлений от физических и юридических лиц о начале или прекращении осуществления предпринимательской деятельности в области ветеринарии, а также ведение государственного электронного реестра разрешений и уведомлений в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z485" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вынесение решения о делении территории на зоны в порядке, установленном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:p>
-[...33 lines deleted...]
-      5) вынесение решения о делении территории на зоны в порядке, установленном уполномоченным органом;</w:t>
+    <w:bookmarkStart w:name="z486" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) утверждение плана ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z486" w:id="244"/>
-[...15 lines deleted...]
-      6) утверждение плана ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы по согласованию с уполномоченным органом;</w:t>
+    <w:bookmarkStart w:name="z487" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) координация организации и проведения ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z487" w:id="245"/>
-[...15 lines deleted...]
-      7) координация организации и проведения ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы;</w:t>
+    <w:bookmarkStart w:name="z488" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организация хранения, транспортировки (доставки) ветеринарных препаратов по профилактике особо опасных болезней животных, за исключением республиканского запаса ветеринарных препаратов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z488" w:id="246"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z489" w:id="247"/>
+    <w:bookmarkStart w:name="z489" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) исключен Законом РК от 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z490" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осуществление государственного закупа услуг по транспортировке (доставке) изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z490" w:id="248"/>
-[...15 lines deleted...]
-      10) осуществление государственного закупа услуг по транспортировке (доставке) изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных;</w:t>
+    <w:bookmarkStart w:name="z491" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) организация ведения базы данных по идентификации сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z491" w:id="249"/>
-[...15 lines deleted...]
-      11) организация ведения базы данных по идентификации сельскохозяйственных животных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-1) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-2) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-3) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z461" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-4) проведение обследования эпизоотических очагов в случае их возникновения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-1) исключен Законом РК от 28.10.2019 </w:t>
+        <w:t xml:space="preserve">11-5) исключен Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z463" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-6) выдача акта эпизоотологического обследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-2) исключен Законом РК от 28.10.2019 </w:t>
+        <w:t xml:space="preserve">11-7) исключен Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -9495,1219 +9913,981 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-3) исключен Законом РК от 28.10.2019 </w:t>
+        <w:t xml:space="preserve">11-8) исключен Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-9) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...70 lines deleted...]
-      11-6) выдача акта эпизоотологического обследования;</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z613" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-10) организация сбора и свод данных (сведений) о скотомогильниках (биотермических ямах) для включения их в реестр скотомогильников (биотермических ям);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:p>
-[...195 lines deleted...]
-      11-10) организация сбора и свод данных (сведений) о скотомогильниках (биотермических ямах) для включения их в реестр скотомогильников (биотермических ям);</w:t>
+    <w:bookmarkStart w:name="z492" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) свод, анализ ветеринарного учета и отчетности и их представление в уполномоченный орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z492" w:id="253"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z493" w:id="254"/>
+    <w:bookmarkStart w:name="z493" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z494" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осуществление государственного закупа ветеринарных препаратов по профилактике и диагностике энзоотических болезней животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z494" w:id="255"/>
-[...15 lines deleted...]
-      14) осуществление государственного закупа ветеринарных препаратов по профилактике и диагностике энзоотических болезней животных;</w:t>
+    <w:bookmarkStart w:name="z495" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) организация хранения и транспортировки (доставки) ветеринарных препаратов, проведение ветеринарных мероприятий по профилактике и диагностике энзоотических болезней животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z495" w:id="256"/>
-[...15 lines deleted...]
-      15) организация хранения и транспортировки (доставки) ветеринарных препаратов, проведение ветеринарных мероприятий по профилактике и диагностике энзоотических болезней животных;</w:t>
+    <w:bookmarkStart w:name="z496" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) обеспечение выполнения ветеринарных мероприятий по профилактике, отбору проб биологического материала и доставке их для диагностики особо опасных болезней животных по перечню, утвержденному уполномоченным органом, а также энзоотических и других болезней животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z496" w:id="257"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z497" w:id="258"/>
+    <w:bookmarkStart w:name="z497" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z498" w:id="259"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z498" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z499" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) организация и проведение просветительской работы среди населения по вопросам ветеринарии;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z499" w:id="260"/>
-[...15 lines deleted...]
-      19) организация и проведение просветительской работы среди населения по вопросам ветеринарии;</w:t>
+    <w:bookmarkStart w:name="z500" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) определение потребности в изделиях (средствах) и атрибутах для проведения идентификации сельскохозяйственных животных и передача информации в процессинговый центр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z500" w:id="261"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z501" w:id="262"/>
+    <w:bookmarkStart w:name="z501" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2015);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z502" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) организация проведения мероприятий по идентификации сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z502" w:id="263"/>
-[...15 lines deleted...]
-      22) организация проведения мероприятий по идентификации сельскохозяйственных животных;</w:t>
+    <w:bookmarkStart w:name="z503" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) организация отлова, временного содержания и умерщвления животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z503" w:id="264"/>
-[...15 lines deleted...]
-      23) организация отлова, временного содержания и умерщвления животных;</w:t>
+    <w:bookmarkStart w:name="z504" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) организация строительства скотомогильников (биотермических ям) и обеспечение их содержания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z504" w:id="265"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z505" w:id="266"/>
+    <w:bookmarkStart w:name="z505" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z506" w:id="267"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z506" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z507" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) внесение в местный представительный орган городов республиканского значения, столицы для утверждения правил содержания животных, правил содержания и выгула домашних животных, правил отлова, временного содержания и умерщвления животных, предложений по установлению границ санитарных зон содержания животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z507" w:id="268"/>
-[...15 lines deleted...]
-      27) внесение в местный представительный орган городов республиканского значения, столицы для утверждения правил содержания животных, правил содержания и выгула домашних животных, правил отлова, временного содержания и умерщвления животных, предложений по установлению границ санитарных зон содержания животных;</w:t>
+    <w:bookmarkStart w:name="z508" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) организация и обеспечение предоставления заинтересованным лицам информации о проводимых ветеринарных мероприятиях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z508" w:id="269"/>
-[...15 lines deleted...]
-      28) организация и обеспечение предоставления заинтересованным лицам информации о проводимых ветеринарных мероприятиях;</w:t>
+    <w:bookmarkStart w:name="z509" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) организация государственных комиссий по приему в эксплуатацию объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организаций по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z509" w:id="270"/>
-[...15 lines deleted...]
-      29) организация государственных комиссий по приему в эксплуатацию объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организаций по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок;</w:t>
+    <w:bookmarkStart w:name="z510" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) обезвреживание (обеззараживание) и переработка без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z510" w:id="271"/>
-[...15 lines deleted...]
-      30) обезвреживание (обеззараживание) и переработка без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
+    <w:bookmarkStart w:name="z511" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) возмещение владельцам стоимости обезвреженных (обеззараженных) и переработанных без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z511" w:id="272"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z512" w:id="273"/>
+    <w:bookmarkStart w:name="z512" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1) участие в государственных комиссиях по приему в эксплуатацию объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организаций по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-2) утверждение перечня энзоотических болезней животных, профилактика и диагностика которых осуществляются за счет бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-3) организация санитарного убоя больных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z707" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-4) государственный закуп, заключение по его результатам договоров поставки с поставщиками, а также обеспечение, предоставление услуг по хранению и транспортировке (доставке) изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных заказчикам;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:p>
-[...69 lines deleted...]
-      32-4) государственный закуп, заключение по его результатам договоров поставки с поставщиками, а также обеспечение, предоставление услуг по хранению и транспортировке (доставке) изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных заказчикам;</w:t>
+    <w:bookmarkStart w:name="z708" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-5) выборочный отбор изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных в процессе их поставки для определения соответствия требованиям, установленным законодательством Республики Казахстан в области ветеринарии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z708" w:id="275"/>
-[...15 lines deleted...]
-      32-5) выборочный отбор изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных в процессе их поставки для определения соответствия требованиям, установленным законодательством Республики Казахстан в области ветеринарии;</w:t>
+    <w:bookmarkStart w:name="z709" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-6) формирование запаса изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z709" w:id="276"/>
-[...15 lines deleted...]
-      32-6) формирование запаса изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1-1 предусматривается дополнить подпунктом 32-7) в соответствии с Законом РК от 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z513" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:p>
-[...105 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="278"/>
+    <w:bookmarkStart w:name="z83" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В компетенцию местного исполнительного органа района, города областного значения входят: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z84" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) внесение в местный исполнительный орган области правил содержания животных, предложений по установлению границ санитарных зон содержания животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z84" w:id="279"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11060,170 +11240,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="280"/>
+    <w:bookmarkStart w:name="z92" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) принятие решений об установлении карантина или ограничительных мероприятий по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории в случае возникновения заразных болезней животных на территории района (города областного значения); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z93" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) принятие решений о снятии ограничительных мероприятий или карантина по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории после проведения комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных на территории района (города областного значения);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z93" w:id="281"/>
-[...15 lines deleted...]
-      10) принятие решений о снятии ограничительных мероприятий или карантина по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории после проведения комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных на территории района (города областного значения);</w:t>
+    <w:bookmarkStart w:name="z614" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) оказание содействия государственным ветеринарным организациям, созданным местными исполнительными органами областей, при выполнении ими функций в области ветеринарии на соответствующей административно-территориальной единице;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z614" w:id="282"/>
-[...15 lines deleted...]
-      10-1) оказание содействия государственным ветеринарным организациям, созданным местными исполнительными органами областей, при выполнении ими функций в области ветеринарии на соответствующей административно-территориальной единице;</w:t>
+    <w:bookmarkStart w:name="z615" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2) обеспечение государственных ветеринарных организаций, созданных местными исполнительными органами областей, служебными помещениями в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z615" w:id="283"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z419" w:id="284"/>
+    <w:bookmarkStart w:name="z419" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11954,90 +12134,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z426" w:id="285"/>
+    <w:bookmarkStart w:name="z426" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12066,170 +12246,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z428" w:id="286"/>
+    <w:bookmarkStart w:name="z428" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z515" w:id="287"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z515" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20-1) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z516" w:id="288"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z516" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20-2) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12258,286 +12438,286 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z518" w:id="289"/>
+    <w:bookmarkStart w:name="z518" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20-4) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z519" w:id="290"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z519" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20-5) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-6) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20-7) исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z616" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-8) представление данных (сведений) о скотомогильниках (биотермических ямах) в местные исполнительные органы областей для включения их в реестр скотомогильников (биотермических ям);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:p>
-[...131 lines deleted...]
-      20-8) представление данных (сведений) о скотомогильниках (биотермических ямах) в местные исполнительные органы областей для включения их в реестр скотомогильников (биотермических ям);</w:t>
+    <w:bookmarkStart w:name="z218" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z218" w:id="292"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13254,90 +13434,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 11. Государственные ветеринарные организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="293"/>
+    <w:bookmarkStart w:name="z94" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Правительством Республики Казахстан создаются государственные ветеринарные организации в форме:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z95" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственного учреждения с целью осуществления следующих функций:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z95" w:id="294"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ликвидации очагов особо опасных болезней животных, включенных в перечень, утверждаемый уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13422,444 +13602,444 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 32 настоящего Закона;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проведения экстренных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="295"/>
+    <w:bookmarkStart w:name="z96" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республиканского государственного предприятия с целью осуществления следующих функций, отнесенных к государственной монополии:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностики особо опасных болезней животных, включенных в перечень, утверждаемый уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностики энзоотических болезней животных, включенных в перечень, утверждаемый местным исполнительным органом области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К деятельности, технологически связанной с диагностикой особо опасных болезней животных, включенных в перечень, утверждаемый уполномоченным органом, и диагностикой энзоотических болезней животных, включенных в перечень, утверждаемый местным исполнительным органом области, города республиканского значения, столицы, относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение лабораторных исследований и ветеринарно-санитарной экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поверка средств измерений и аттестация испытательного оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бактериологические исследования качества дезинфекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утилизация и уничтожение биологических отходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z520" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) республиканского государственного предприятия с целью осуществления следующих функций:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      диагностики особо опасных болезней животных, включенных в перечень, утверждаемый уполномоченным органом;</w:t>
-[...126 lines deleted...]
-      3) республиканского государственного предприятия с целью осуществления следующих функций:</w:t>
+      референтной функции по диагностике болезней животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эпизоотического мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведения Национальной коллекции патогенных и (или) промышленных микроорганизмов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регистрационных испытаний, апробаций ветеринарных препаратов, кормовых добавок, а также контроля серий (партий) препаратов при их рекламации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      государственного мониторинга, референции по обеспечению пищевой безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мониторинга безопасности ветеринарных препаратов, кормов и кормовых добавок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z617" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      депонирования штаммов микроорганизмов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:p>
-[...123 lines deleted...]
-      депонирования штаммов микроорганизмов;</w:t>
+    <w:bookmarkStart w:name="z618" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностики впервые выявленных на территории Республики Казахстан особо опасных и экзотических болезней животных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z618" w:id="298"/>
-[...15 lines deleted...]
-      диагностики впервые выявленных на территории Республики Казахстан особо опасных и экзотических болезней животных.</w:t>
+    <w:bookmarkStart w:name="z533" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Цены на товары (работы, услуги), производимые и (или) реализуемые субъектом государственной монополии, устанавливаются уполномоченным органом по согласованию с антимонопольным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z533" w:id="299"/>
-[...15 lines deleted...]
-      1-1. Цены на товары (работы, услуги), производимые и (или) реализуемые субъектом государственной монополии, устанавливаются уполномоченным органом по согласованию с антимонопольным органом.</w:t>
+    <w:bookmarkStart w:name="z97" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственные ветеринарные организации осуществляют лицензируемые виды деятельности на основе лицензии, выданной в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z97" w:id="300"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="301"/>
+    <w:bookmarkStart w:name="z98" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственные ветеринарные организации ведут ветеринарный учет и отчетность и представляют их в порядке, установленном законодательством Республики Казахстан в области ветеринарии. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z99" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Местные исполнительные органы областей, городов республиканского значения, столицы создают государственные ветеринарные организации в порядке, установленном законодательством Республики Казахстан, с целью осуществления следующих функций:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z99" w:id="302"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проведения ветеринарных мероприятий против особо опасных, незаразных и энзоотических болезней животных;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14014,1666 +14194,1666 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказания услуг по транспортировке больных животных на санитарный убой.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные ветеринарные организации, образуемые местными исполнительными органами областей, создаются в районах, городах областного значения с ветеринарными пунктами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z619" w:id="303"/>
+    <w:bookmarkStart w:name="z619" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Государственные ветеринарные организации, образуемые местными исполнительными органами, могут осуществлять в порядке, установленном законодательством Республики Казахстан, виды предпринимательской деятельности в области ветеринарии, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 в редакции Закона РК от 24.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Лицензирование деятельности в области ветеринарии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицензирование деятельности в области ветеринарии осуществляется в порядке, установленном законодательством Республики Казахстан о разрешениях и уведомлениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 в редакции Закона РК от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12-1. Приостановление, возобновление действия, лишение (отзыв) лицензии и (или) приложения к лицензии на деятельность в области ветеринарии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z644" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Действие лицензии и (или) приложения к лицензии на деятельность в области ветеринарии приостанавливается по одному из следующих оснований:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:p>
-[...391 lines deleted...]
-      1. Действие лицензии и (или) приложения к лицензии на деятельность в области ветеринарии приостанавливается по одному из следующих оснований:</w:t>
+    <w:bookmarkStart w:name="z645" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление (обнаружение, выявление) нарушения (нарушений) квалификационных, ветеринарных (ветеринарно-санитарных) требований и правил, представляющего (представляющих) угрозу безопасности здоровья животных и человека, при осуществлении лицензируемой деятельности в области ветеринарии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z645" w:id="305"/>
-[...15 lines deleted...]
-      1) установление (обнаружение, выявление) нарушения (нарушений) квалификационных, ветеринарных (ветеринарно-санитарных) требований и правил, представляющего (представляющих) угрозу безопасности здоровья животных и человека, при осуществлении лицензируемой деятельности в области ветеринарии;</w:t>
+    <w:bookmarkStart w:name="z646" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иные основания, предусмотренные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z646" w:id="306"/>
-[...15 lines deleted...]
-      2) иные основания, предусмотренные законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z647" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Действие лицензии и (или) приложения к лицензии на деятельность в области ветеринарии приостанавливается государственным органом, осуществляющим выдачу лицензии и (или) приложения к лицензии на деятельность в области ветеринарии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z647" w:id="307"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z648" w:id="308"/>
+    <w:bookmarkStart w:name="z648" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Основания, по которым было приостановлено действие лицензии и (или) приложения к лицензии на деятельность в области ветеринарии, должны быть устранены в течение шести месяцев. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z649" w:id="309"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z649" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Лишение (отзыв) лицензии и (или) приложения к лицензии на деятельность в области ветеринарии осуществляется по одному из следующих оснований: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z650" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) неустранение в установленные сроки обстоятельств, причин, послуживших основанием для приостановления действия лицензии и (или) приложения к лицензии;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z650" w:id="310"/>
-[...15 lines deleted...]
-      1) неустранение в установленные сроки обстоятельств, причин, послуживших основанием для приостановления действия лицензии и (или) приложения к лицензии;</w:t>
+    <w:bookmarkStart w:name="z651" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) неоднократные (более двух раз) в течение последних двух лет приостановления действия лицензии и (или) приложения к лицензии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z651" w:id="311"/>
-[...15 lines deleted...]
-      2) неоднократные (более двух раз) в течение последних двух лет приостановления действия лицензии и (или) приложения к лицензии;</w:t>
+    <w:bookmarkStart w:name="z652" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) установление факта предоставления недостоверной информации в документах, явившихся основанием для выдачи лицензии и (или) приложения к лицензии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z652" w:id="312"/>
-[...15 lines deleted...]
-      3) установление факта предоставления недостоверной информации в документах, явившихся основанием для выдачи лицензии и (или) приложения к лицензии;</w:t>
+    <w:bookmarkStart w:name="z653" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) неосуществление лицензионной деятельности в течение последних двух лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z653" w:id="313"/>
-[...15 lines deleted...]
-      4) неосуществление лицензионной деятельности в течение последних двух лет;</w:t>
+    <w:bookmarkStart w:name="z654" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иные основания, предусмотренные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z654" w:id="314"/>
-[...15 lines deleted...]
-      5) иные основания, предусмотренные законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z655" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Приостановление, возобновление действия, лишение (отзыв) лицензии и (или) приложения к лицензии на деятельность в области ветеринарии осуществляются в порядке, установленном Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z655" w:id="315"/>
-[...15 lines deleted...]
-      4. Приостановление, возобновление действия, лишение (отзыв) лицензии и (или) приложения к лицензии на деятельность в области ветеринарии осуществляются в порядке, установленном Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 12-1 в соответствии с Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12-2. Отказ в выдаче, лишение (отзыв) разрешения второй категории в области ветеринарии и (или) приложения к нему, приостановление, возобновление, прекращение действия разрешения второй категории в области ветеринарии и (или) приложения к нему</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z657" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Отказ в выдаче, лишение (отзыв) разрешения второй категории в области ветеринарии и (или) приложения к нему, приостановление, возобновление, прекращение действия разрешения второй категории в области ветеринарии и (или) приложения к нему, не предусмотренные настоящим Законом, осуществляются в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:p>
-[...94 lines deleted...]
-      1. Отказ в выдаче, лишение (отзыв) разрешения второй категории в области ветеринарии и (или) приложения к нему, приостановление, возобновление, прекращение действия разрешения второй категории в области ветеринарии и (или) приложения к нему, не предусмотренные настоящим Законом, осуществляются в соответствии с законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z658" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основаниями для приостановления действия разрешения второй категории в области ветеринарии и (или) приложения к нему являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z658" w:id="317"/>
-[...15 lines deleted...]
-      2. Основаниями для приостановления действия разрешения второй категории в области ветеринарии и (или) приложения к нему являются:</w:t>
+    <w:bookmarkStart w:name="z659" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ухудшение эпизоотической ситуации места происхождения (нахождения), следования (маршрута) и (или) прибытия (пункта назначения) объекта государственного ветеринарно-санитарного контроля и надзора по особо опасным и заразным болезням животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z659" w:id="318"/>
-[...15 lines deleted...]
-      1) ухудшение эпизоотической ситуации места происхождения (нахождения), следования (маршрута) и (или) прибытия (пункта назначения) объекта государственного ветеринарно-санитарного контроля и надзора по особо опасным и заразным болезням животных;</w:t>
+    <w:bookmarkStart w:name="z660" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подтверждение угрозы безопасности здоровья животных и человека по результатам мониторинга безопасности объекта государственного ветеринарно-санитарного контроля и надзора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z660" w:id="319"/>
-[...15 lines deleted...]
-      2) подтверждение угрозы безопасности здоровья животных и человека по результатам мониторинга безопасности объекта государственного ветеринарно-санитарного контроля и надзора;</w:t>
+    <w:bookmarkStart w:name="z661" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выявление по результатам государственного ветеринарно-санитарного контроля и надзора нарушения требований законодательства Республики Казахстан в области ветеринарии, представляющего угрозу безопасности здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z661" w:id="320"/>
-[...15 lines deleted...]
-      3) выявление по результатам государственного ветеринарно-санитарного контроля и надзора нарушения требований законодательства Республики Казахстан в области ветеринарии, представляющего угрозу безопасности здоровья животных и человека;</w:t>
+    <w:bookmarkStart w:name="z662" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иные случаи, предусмотренные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z662" w:id="321"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z663" w:id="322"/>
+    <w:bookmarkStart w:name="z663" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Действие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункта 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 настоящей статьи не распространяется на следующие разрешения второй категории в области ветеринарии:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z664" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) регистрационное удостоверение на кормовые добавки с их государственной регистрацией;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z664" w:id="323"/>
-[...15 lines deleted...]
-      1) регистрационное удостоверение на кормовые добавки с их государственной регистрацией;</w:t>
+    <w:bookmarkStart w:name="z665" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) регистрационное удостоверение на ветеринарные препараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z665" w:id="324"/>
-[...15 lines deleted...]
-      2) регистрационное удостоверение на ветеринарные препараты.</w:t>
+    <w:bookmarkStart w:name="z666" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Не допускается осуществление владельцами разрешений второй категории в области ветеринарии и (или) приложений к ним деятельности или действий (операций), на осуществление которых были выданы разрешение второй категории в области ветеринарии и (или) приложение к нему, действие которых приостановлено.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z666" w:id="325"/>
-[...15 lines deleted...]
-      4. Не допускается осуществление владельцами разрешений второй категории в области ветеринарии и (или) приложений к ним деятельности или действий (операций), на осуществление которых были выданы разрешение второй категории в области ветеринарии и (или) приложение к нему, действие которых приостановлено.</w:t>
+    <w:bookmarkStart w:name="z667" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Основаниями для лишения (отзыва) разрешения второй категории в области ветеринарии и (или) приложения к нему являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z667" w:id="326"/>
-[...15 lines deleted...]
-      5. Основаниями для лишения (отзыва) разрешения второй категории в области ветеринарии и (или) приложения к нему являются:</w:t>
+    <w:bookmarkStart w:name="z668" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) неустранение в установленный срок нарушения, явившегося основанием для приостановления действия разрешения второй категории в области ветеринарии и (или) приложения к нему;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z668" w:id="327"/>
-[...15 lines deleted...]
-      1) неустранение в установленный срок нарушения, явившегося основанием для приостановления действия разрешения второй категории в области ветеринарии и (или) приложения к нему;</w:t>
+    <w:bookmarkStart w:name="z669" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) повторное выявление в течение последних двенадцати календарных месяцев нарушения, представляющего угрозу безопасности здоровья животных и человека, которое послужило основанием для приостановления действия разрешения второй категории в области ветеринарии и (или) приложения к нему;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z669" w:id="328"/>
-[...15 lines deleted...]
-      2) повторное выявление в течение последних двенадцати календарных месяцев нарушения, представляющего угрозу безопасности здоровья животных и человека, которое послужило основанием для приостановления действия разрешения второй категории в области ветеринарии и (или) приложения к нему;</w:t>
+    <w:bookmarkStart w:name="z670" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выявление нарушений, являющихся результатом системного сбоя (более двух раз в течение последних двенадцати месяцев) в процессе производства объекта государственного ветеринарно-санитарного контроля и надзора и представляющих угрозу безопасности здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z670" w:id="329"/>
-[...15 lines deleted...]
-      3) выявление нарушений, являющихся результатом системного сбоя (более двух раз в течение последних двенадцати месяцев) в процессе производства объекта государственного ветеринарно-санитарного контроля и надзора и представляющих угрозу безопасности здоровья животных и человека;</w:t>
+    <w:bookmarkStart w:name="z671" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иные случаи, предусмотренные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z671" w:id="330"/>
-[...15 lines deleted...]
-      4) иные случаи, предусмотренные законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z672" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лишение (отзыв) разрешения второй категории в области ветеринарии и (или) приложения к нему осуществляется по решению суда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z672" w:id="331"/>
-[...15 lines deleted...]
-      Лишение (отзыв) разрешения второй категории в области ветеринарии и (или) приложения к нему осуществляется по решению суда.</w:t>
+    <w:bookmarkStart w:name="z673" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основаниями для прекращения действия разрешения второй категории в области ветеринарии и (или) приложения к нему являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z673" w:id="332"/>
-[...15 lines deleted...]
-      6. Основаниями для прекращения действия разрешения второй категории в области ветеринарии и (или) приложения к нему являются:</w:t>
+    <w:bookmarkStart w:name="z674" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) истечение срока действия разрешения второй категории в области ветеринарии и (или) приложения к нему, на который они выданы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z674" w:id="333"/>
-[...15 lines deleted...]
-      1) истечение срока действия разрешения второй категории в области ветеринарии и (или) приложения к нему, на который они выданы;</w:t>
+    <w:bookmarkStart w:name="z675" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) совершение в полном объеме действия (операции), на осуществление которого они выданы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z675" w:id="334"/>
-[...15 lines deleted...]
-      2) совершение в полном объеме действия (операции), на осуществление которого они выданы;</w:t>
+    <w:bookmarkStart w:name="z676" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лишение (отзыв) разрешения второй категории в области ветеринарии и (или) приложения к нему;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z676" w:id="335"/>
-[...15 lines deleted...]
-      3) лишение (отзыв) разрешения второй категории в области ветеринарии и (или) приложения к нему;</w:t>
+    <w:bookmarkStart w:name="z677" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) прекращение деятельности физического лица, ликвидация юридического лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z677" w:id="336"/>
-[...15 lines deleted...]
-      4) прекращение деятельности физического лица, ликвидация юридического лица;</w:t>
+    <w:bookmarkStart w:name="z678" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) добровольное обращение заявителя о прекращении действия разрешения второй категории в области ветеринарии и (или) приложения к нему;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z678" w:id="337"/>
-[...15 lines deleted...]
-      5) добровольное обращение заявителя о прекращении действия разрешения второй категории в области ветеринарии и (или) приложения к нему;</w:t>
+    <w:bookmarkStart w:name="z679" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) высокий риск возникновения и распространения особо опасных и заразных болезней животных на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z679" w:id="338"/>
-[...15 lines deleted...]
-      6) высокий риск возникновения и распространения особо опасных и заразных болезней животных на территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z680" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) иные случаи, предусмотренные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z680" w:id="339"/>
-[...15 lines deleted...]
-      7) иные случаи, предусмотренные законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z681" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С момента прекращения действия разрешения второй категории в области ветеринарии и (или) приложения к нему не допускается осуществление видов деятельности или действия (операции), для которых требуется получение разрешения второй категории в области ветеринарии и (или) приложения к нему.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z681" w:id="340"/>
-[...15 lines deleted...]
-      С момента прекращения действия разрешения второй категории в области ветеринарии и (или) приложения к нему не допускается осуществление видов деятельности или действия (операции), для которых требуется получение разрешения второй категории в области ветеринарии и (или) приложения к нему.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 12-2 в соответствии с Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12-3. Деятельность, связанная с обращением с патогенными биологическими агентами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z702" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деятельность, связанная с обращением с патогенными биологическими агентами, осуществляется на основании разрешения на обращение с патогенными биологическими агентами и приложения к нему в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 12-2 в соответствии с Законом РК от 28.10.2019 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 12-3 в соответствии с Законом РК от 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 12-3. Деятельность, связанная с обращением с патогенными биологическими агентами</w:t>
-[...97 lines deleted...]
-        </w:rPr>
         <w:t>Статья 13. Предпринимательская деятельность в области ветеринарии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="342"/>
+    <w:bookmarkStart w:name="z201" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Предпринимательская деятельность в области ветеринарии осуществляется физическими и юридическими лицами в соответствии с законодательством Республики Казахстан в области ветеринарии. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z431" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Виды предпринимательской деятельности в области ветеринарии, осуществляемые физическими и юридическими лицами, включают в себя:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z431" w:id="343"/>
-[...15 lines deleted...]
-      1-1. Виды предпринимательской деятельности в области ветеринарии, осуществляемые физическими и юридическими лицами, включают в себя:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ветеринарную лечебно-профилактическую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализацию лекарственных средств для ветеринарных целей, биологических препаратов, изделий и атрибутов ветеринарного и зоогигиенического назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведение дезинфекции, дезинсекции, дератизации, дегельминтизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) производство и реализацию препаратов ветеринарного назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ветеринарно-санитарную экспертизу продуктов и сырья животного происхождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) иные виды деятельности в области ветеринарии, не запрещенные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Право на занятие предпринимательской деятельностью в области ветеринарии имеют лица с высшим, послесредним или техническим и профессиональным образованием по специальностям ветеринарии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ветеринарную лечебно-профилактическую деятельность;</w:t>
-[...126 lines deleted...]
-        <w:t>
       Физические и юридические лица, осуществляющие предпринимательскую деятельность в области ветеринарии, уведомляют о начале или прекращении своей деятельности в порядке, предусмотренном статьей 13-1 настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -15705,343 +15885,343 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие c 01.01.2018).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="345"/>
+    <w:bookmarkStart w:name="z204" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Физические и юридические лица по результатам своей предпринимательской деятельности ведут ветеринарный учет и отчетность и представляют их в порядке, установленном законодательством Республики Казахстан в области ветеринарии. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 15.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 30.01.2012); от 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2018);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13-1. Уведомления о начале или прекращении осуществления предпринимательской деятельности в области ветеринарии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уведомлению подлежат следующие виды предпринимательской деятельности в области ветеринарии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ветеринарная лечебно-профилактическая деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация лекарственных средств для ветеринарных целей, биологических препаратов, изделий и атрибутов ветеринарного и зоогигиенического назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z571" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) производство ветеринарных препаратов, используемых в качестве средств парфюмерии или косметики для животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:p>
-[...271 lines deleted...]
-    <w:bookmarkEnd w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проведение дезинфекции, дезинсекции, дератизации, дегельминтизации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16436,50 +16616,136 @@
       3) иметь диплом об образовании по соответствующей специальности в области ветеринарии (физические лица).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К уведомлению прилагаются документы, предусмотренные подпунктами 1), 2), 3) и 4) пункта 4 настоящей статьи, а также копии правоустанавливающих документов, подтверждающих наличие соответствующих помещений на праве собственности или ином законном основании.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 7 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Представление документов, предусмотренных настоящей статьей, не требуется при наличии возможности получения информации, содержащейся в них из государственных информационных систем и (или) из формы сведений.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -16629,422 +16895,516 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 13-2. Уведомления о начале или прекращении осуществления деятельности по выдаче ветеринарной справки ветеринарными врачами подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z683" w:id="347"/>
+    <w:bookmarkStart w:name="z683" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Уведомлению подлежит осуществление деятельности по выдаче ветеринарной справки ветеринарными врачами подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z684" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ветеринарные врачи подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам до начала осуществления или прекращения деятельности по выдаче ветеринарной справки обязаны уведомить об этом территориальное подразделение ведомства уполномоченного органа в порядке, установленном Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z684" w:id="348"/>
-[...15 lines deleted...]
-      2. Ветеринарные врачи подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам до начала осуществления или прекращения деятельности по выдаче ветеринарной справки обязаны уведомить об этом территориальное подразделение ведомства уполномоченного органа в порядке, установленном Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+    <w:bookmarkStart w:name="z685" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ветеринарные врачи подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам, уведомившие территориальное подразделение ведомства уполномоченного органа о начале осуществления деятельности по выдаче ветеринарной справки, обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z685" w:id="349"/>
-[...15 lines deleted...]
-      3. Ветеринарные врачи подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам, уведомившие территориальное подразделение ведомства уполномоченного органа о начале осуществления деятельности по выдаче ветеринарной справки, обязаны:</w:t>
+    <w:bookmarkStart w:name="z686" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) иметь высшее или послесреднее, или техническое, или профессиональное образование по специальностям в области ветеринарии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z686" w:id="350"/>
-[...15 lines deleted...]
-      1) иметь высшее или послесреднее, или техническое, или профессиональное образование по специальностям в области ветеринарии;</w:t>
+    <w:bookmarkStart w:name="z687" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иметь трудовые отношения с субъектом производства, осуществляющим выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, организацией по производству, хранению и реализации кормов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z687" w:id="351"/>
-[...15 lines deleted...]
-      2) иметь трудовые отношения с субъектом производства, осуществляющим выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, организацией по производству, хранению и реализации кормов.</w:t>
+    <w:bookmarkStart w:name="z688" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К уведомлению прилагаются документы, указанные в части первой настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z688" w:id="352"/>
-[...15 lines deleted...]
-      К уведомлению прилагаются документы, указанные в части первой настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z689" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Действие уведомления о начале осуществления деятельности по выдаче ветеринарной справки ветеринарными врачами подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам приостанавливается по одному из следующих оснований:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z689" w:id="353"/>
-[...15 lines deleted...]
-      4. Действие уведомления о начале осуществления деятельности по выдаче ветеринарной справки ветеринарными врачами подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам приостанавливается по одному из следующих оснований:</w:t>
+    <w:bookmarkStart w:name="z690" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление (обнаружение, выявление) нарушения (нарушений) ветеринарных (ветеринарно-санитарных) требований и правил при осуществлении деятельности по выдаче ветеринарной справки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z690" w:id="354"/>
-[...15 lines deleted...]
-      1) установление (обнаружение, выявление) нарушения (нарушений) ветеринарных (ветеринарно-санитарных) требований и правил при осуществлении деятельности по выдаче ветеринарной справки;</w:t>
+    <w:bookmarkStart w:name="z691" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) установление несоответствия требованиям, указанным в пункте 3 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z691" w:id="355"/>
-[...15 lines deleted...]
-      2) установление несоответствия требованиям, указанным в пункте 3 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z692" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выявление по результатам государственного ветеринарно-санитарного контроля и надзора нарушений требований законодательства Республики Казахстан в области ветеринарии, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z692" w:id="356"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z693" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) иные основания, предусмотренные законами Республики Казахстан "О разрешениях и уведомлениях", "О государственных услугах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z694" w:id="358"/>
+    <w:bookmarkStart w:name="z694" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Действие уведомления о начале осуществления деятельности по выдаче ветеринарной справки ветеринарными врачами подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам по решению территориального подразделения ведомства уполномоченного органа по основаниям, указанным в настоящем пункте, приостанавливается на шесть месяцев. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z695" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Возобновление действия уведомления о начале осуществления деятельности по выдаче ветеринарной справки ветеринарными врачами подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам осуществляется в порядке, установленном Законом Республики Казахстан "О разрешениях и уведомлениях", и с момента подачи заявления об устранении нарушений с приложением копий подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z696" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территориальное подразделение ведомства уполномоченного органа в течение десяти рабочих дней со дня подачи заявления об устранении нарушений проверяет их устранение в порядке, установленном Законом Республики Казахстан "О разрешениях и уведомлениях", и по результатам в течение одного рабочего дня принимает решение о возобновлении действия уведомления либо представляет мотивированный ответ об отказе в возобновлении действия уведомления.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z695" w:id="359"/>
-[...15 lines deleted...]
-      5. Возобновление действия уведомления о начале осуществления деятельности по выдаче ветеринарной справки ветеринарными врачами подразделений производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам осуществляется в порядке, установленном Законом Республики Казахстан "О разрешениях и уведомлениях", и с момента подачи заявления об устранении нарушений с приложением копий подтверждающих документов.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 13-2 в соответствии с Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Государственный ветеринарно-санитарный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контроль и надзор</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z696" w:id="360"/>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Государственный ветеринарно-санитарный контроль и надзор</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17056,555 +17416,555 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 14 в редакции от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="362"/>
+    <w:bookmarkStart w:name="z205" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный ветеринарно-санитарный контроль и надзор – совокупность действий должностных лиц уполномоченного органа, направленных на обеспечение соблюдения физическими и юридическими лицами требований законодательства Республики Казахстан в области ветеринарии.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z405" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Государственный ветеринарно-санитарный контроль осуществляется в форме проверки, профилактического контроля с посещением субъекта (объекта) контроля и надзора, профилактического контроля без посещения субъекта (объекта) контроля и надзора и расследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z714" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный ветеринарно-санитарный надзор осуществляется в соответствии с настоящим Законом и Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z405" w:id="363"/>
-[...15 lines deleted...]
-      1-1. Государственный ветеринарно-санитарный контроль осуществляется в форме проверки, профилактического контроля с посещением субъекта (объекта) контроля и надзора, профилактического контроля без посещения субъекта (объекта) контроля и надзора и расследования.</w:t>
+    <w:bookmarkStart w:name="z406" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2. Проверка и профилактический контроль с посещением субъекта (объекта) контроля и надзора осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан. Профилактический контроль без посещения субъекта (объекта) контроля и надзора осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z714" w:id="364"/>
-[...15 lines deleted...]
-      Государственный ветеринарно-санитарный надзор осуществляется в соответствии с настоящим Законом и Предпринимательским кодексом Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z715" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расследование осуществляется в соответствии с Предпринимательским кодексом Республики Казахстан, настоящим Законом и законодательством Республики Казахстан в области ветеринарии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z406" w:id="365"/>
-[...15 lines deleted...]
-      1-2. Проверка и профилактический контроль с посещением субъекта (объекта) контроля и надзора осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан. Профилактический контроль без посещения субъекта (объекта) контроля и надзора осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом.</w:t>
+    <w:bookmarkStart w:name="z703" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-3. Государственный ветеринарно-санитарный контроль и надзор в отношении потенциально опасных биологических объектов, на которых осуществляется обращение с патогенными биологическими агентами, осуществляются с учетом особенностей, предусмотренных законодательством Республики Казахстан в области биологической безопасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z715" w:id="366"/>
-[...15 lines deleted...]
-      Расследование осуществляется в соответствии с Предпринимательским кодексом Республики Казахстан, настоящим Законом и законодательством Республики Казахстан в области ветеринарии.</w:t>
+    <w:bookmarkStart w:name="z206" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственный ветеринарно-санитарный контроль и надзор предусматривают:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z703" w:id="367"/>
-[...15 lines deleted...]
-      1-3. Государственный ветеринарно-санитарный контроль и надзор в отношении потенциально опасных биологических объектов, на которых осуществляется обращение с патогенными биологическими агентами, осуществляются с учетом особенностей, предусмотренных законодательством Республики Казахстан в области биологической безопасности.</w:t>
+    <w:bookmarkStart w:name="z207" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) контроль и надзор за деятельностью физических и юридических лиц по выполнению требований законодательства Республики Казахстан в области ветеринарии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z206" w:id="368"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z208" w:id="370"/>
+    <w:bookmarkStart w:name="z208" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) распределение, контроль и надзор за хранением, транспортировкой (доставкой) и использованием закупленных по бюджетным программам ветеринарных препаратов, включая их республиканский запас; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z209" w:id="371"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z209" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) контроль и надзор за осуществлением ветеринарных мероприятий по охране территории Республики Казахстан от заноса и распространения заразных и экзотических болезней животных из других государств; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z210" w:id="372"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z210" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) ведение ветеринарного учета и отчетности и представление их в порядке, установленном законодательством Республики Казахстан в области ветеринарии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z211" w:id="373"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z211" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) контроль и надзор за организацией и выполнением ветеринарных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z212" w:id="374"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z212" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) контроль и надзор безопасности объектов государственного ветеринарно-санитарного контроля и надзора, ветеринарно-санитарной обстановки; выявление и установление причин и условий возникновения и распространения болезней животных и их пищевых отравлений; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-1) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) контроль и надзор за соблюдением проверяемыми субъектами законодательства Республики Казахстан в области ветеринарии, а также выполнением требований, установленных техническими регламентами, включая беспрепятственное посещение субъектов, в отношении которых ими осуществляется контроль и надзор с применением к нарушителям предусмотренных законодательством мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z620" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) контроль и надзор за деятельностью подразделений местных исполнительных органов, осуществляющих деятельность в области ветеринарии;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z621" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-4) контроль и надзор за организацией и проведением идентификации сельскохозяйственных животных, ведением базы данных по идентификации сельскохозяйственных животных и обновлением информации в ней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z213" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) рассмотрение дел об административных правонарушениях в соответствии с законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6-1) исключен Законом РК от 24.05.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+        <w:t xml:space="preserve">2-1. Исключен Законом РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="375"/>
-[...55 lines deleted...]
-      6-4) контроль и надзор за организацией и проведением идентификации сельскохозяйственных животных, ведением базы данных по идентификации сельскохозяйственных животных и обновлением информации в ней;</w:t>
+    <w:bookmarkStart w:name="z214" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственный ветеринарно-санитарный контроль и надзор осуществляется государственными ветеринарно-санитарными инспекторами, соответствующими квалификационным требованиям, установленным уполномоченным органом в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z213" w:id="378"/>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z215" w:id="380"/>
+    <w:bookmarkStart w:name="z215" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1. Исключен Законом РК от 17.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17619,1594 +17979,1688 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z216" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Положение о государственном ветеринарно-санитарном контроле и надзоре разрабатывается и утверждается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 31.01.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14-1. Порядок осуществления государственного ветеринарно-санитарного контроля и надзора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z444" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный ветеринарно-санитарный контроль и надзор, осуществляемый должностными лицами уполномоченного органа на предмет соблюдения требований законодательства Республики Казахстан в области ветеринарии, осуществляется:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z216" w:id="381"/>
-[...15 lines deleted...]
-      4. Положение о государственном ветеринарно-санитарном контроле и надзоре разрабатывается и утверждается уполномоченным органом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на объектах производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также в организациях по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z622" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) на объектах внутренней торговли;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) у лиц, осуществляющих предпринимательскую деятельность в области ветеринарии, в том числе лицензируемую;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в государственных ветеринарных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на ветеринарных контрольных постах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при транспортировке (перемещении), погрузке, выгрузке перемещаемых (перевозимых) объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) на всех видах транспортных средств, по всем видам тары, упаковочных материалов, которые могут быть факторами передачи возбудителей болезней животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) на скотопрогонных трассах, маршрутах, территориях пастбищ и водопоя животных, по которым проходят маршруты транспортировки (перемещения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) на территориях, в производственных помещениях и за деятельностью физических и юридических лиц, выращивающих, хранящих, перерабатывающих, реализующих или использующих перемещаемые (перевозимые) объекты, а также осуществляющих деятельность в области ветеринарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z623" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) за соблюдением зоогигиенических и ветеринарных (ветеринарно-санитарных) требований при размещении, строительстве, реконструкции и вводе в эксплуатацию скотомогильников (биотермических ям), объектов государственного ветеринарно-санитарного контроля и надзора, связанных с содержанием, разведением, использованием, производством, заготовкой (убоем), хранением, переработкой и реализацией, а также при транспортировке (перемещении) перемещаемых (перевозимых) объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) за выполнением функций местных исполнительных органов и их подразделений, осуществляющих деятельность в области ветеринарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 31.01.2006 </w:t>
-[...239 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.10.2019 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Исключен Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.05.2022 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...70 lines deleted...]
-      1-1) на объектах внутренней торговли;</w:t>
+    <w:bookmarkStart w:name="z446" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственный ветеринарно-санитарный контроль и надзор на объектах, указанных в пункте 1 настоящей статьи, осуществляются государственными ветеринарно-санитарными инспекторами соответствующих территорий в форме расследования, проверки и профилактического контроля, в том числе путем рассмотрения сопроводительных ветеринарных документов, за исключением объектов, указанных в пункте 5 настоящей статьи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
-    <w:p>
-[...141 lines deleted...]
-      8-1) за соблюдением зоогигиенических и ветеринарных (ветеринарно-санитарных) требований при размещении, строительстве, реконструкции и вводе в эксплуатацию скотомогильников (биотермических ям), объектов государственного ветеринарно-санитарного контроля и надзора, связанных с содержанием, разведением, использованием, производством, заготовкой (убоем), хранением, переработкой и реализацией, а также при транспортировке (перемещении) перемещаемых (перевозимых) объектов;</w:t>
+    <w:bookmarkStart w:name="z624" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Решение о проведении профилактического контроля с посещением субъекта (объекта) контроля и надзора с целью проведения обследования территории и объектов для выявления и установления причин и условий возникновения и распространения болезней животных и их пищевых отравлений принимается руководителем областного (города республиканского значения, столицы) территориального подразделения ведомства уполномоченного органа при:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z625" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) извещении физическими и юридическими лицами подразделений местных исполнительных органов, осуществляющих деятельность в области ветеринарии, государственных ветеринарных организаций, созданных местными исполнительными органами, органов государственного ветеринарно-санитарного контроля и надзора о случаях падежа, одновременного заболевания нескольких животных или их необычного поведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z626" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведении эпизоотологического обследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z627" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) поступлении нотификаций, сообщений, уведомлений о выявлении заразных болезней животных, в том числе в партии перемещаемых (перевозимых) объектов, вывезенной с соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z628" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выявлении фактов нарушения запретов и ограничений на вывоз или ввоз перемещаемых (перевозимых) объектов, временных ветеринарно-санитарных мер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z716" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2. Решение о проведении расследования принимается руководителем территориального подразделения ведомства уполномоченного органа соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z717" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае проведения расследования в двух и более районах (городах областного значения), расположенных на территории области, решение о проведении расследования принимается руководителем областного территориального подразделения ведомства уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z718" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае проведения расследования с охватом территории двух и более областей (города республиканского значения, столицы) решение о проведении расследования принимается руководителями территориальных подразделений ведомства уполномоченного органа соответствующих административно-территориальных единиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Исключен Законом РК от 28.10.2019 </w:t>
+        <w:t xml:space="preserve">4. Исключен Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z446" w:id="385"/>
-[...155 lines deleted...]
-      В случае проведения расследования в двух и более районах (городах областного значения), расположенных на территории области, решение о проведении расследования принимается руководителем областного территориального подразделения ведомства уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z448" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственный ветеринарно-санитарный контроль и надзор на предмет соблюдения требований законодательства Республики Казахстан в области ветеринарии, международных договоров Республики Казахстан и актов, составляющих право Евразийского экономического союза по недопущению вспышек, распространения заразных болезней животных, обеспечению ветеринарно-санитарной безопасности продукции и сырья животного происхождения и охране территории Республики Казахстан от заноса и распространения заразных и экзотических болезней животных из других государств, осуществляются в соответствии с настоящим Законом ежедневно:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z718" w:id="393"/>
-[...15 lines deleted...]
-      В случае проведения расследования с охватом территории двух и более областей (города республиканского значения, столицы) решение о проведении расследования принимается руководителями территориальных подразделений ведомства уполномоченного органа соответствующих административно-территориальных единиц.</w:t>
+    <w:bookmarkStart w:name="z719" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на торговых рынках, реализующих живых животных, продукцию и сырье животного происхождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z720" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при пересечении таможенной границы Евразийского экономического союза и (или) Государственной границы Республики Казахстан и (или) в местах доставки, местах завершения таможенной очистки, а также на ветеринарных контрольных постах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z721" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в карантинных зонах и неблагополучных пунктах, очагах по особо опасным болезням животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z722" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Государственный ветеринарно-санитарный контроль на объектах производства, осуществляющих производство, заготовку (убой), хранение, переработку животных, продукции и сырья животного происхождения в едином технологическом цикле, на предмет соблюдения требований законодательства Республики Казахстан в области ветеринарии осуществляется не реже двух раз в год, за исключением случаев возникновения особо опасных болезней животных на их территории и (или) отнесения ее к неблагополучной зоне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z449" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственный ветеринарно-санитарный контроль и надзор за выполнением функций местных исполнительных органов и их подразделений, осуществляющих деятельность в области ветеринарии, проводятся с посещением не реже двух раз в год в порядке, определенном настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z450" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. По результатам проверки соблюдения требований законодательства Республики Казахстан в области ветеринарии проверяющим государственным ветеринарно-санитарным инспектором составляется акт проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам государственного ветеринарно-санитарного контроля и надзора объектов ветеринарно-санитарного контроля и надзора, в случае выявления нарушений требований законодательства Республики Казахстан в области ветеринарии, проверяющий государственный ветеринарно-санитарный инспектор в зависимости от установленных нарушений требований законодательства Республики Казахстан составляет предписание, выносит постановление об изъятии животных, продукции и сырья животного происхождения, представляющих особую опасность для здоровья животных и человека, но без привлечения к административной ответственности, с обязательным разъяснением субъекту контроля и надзора порядка его устранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z572" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. Профилактический контроль без посещения субъекта (объекта) контроля и надзора проводится государственным ветеринарно-санитарным инспектором путем анализа, сопоставления данных и информации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Исключен Законом РК от 28.10.2019 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...136 lines deleted...]
-      7. По результатам проверки соблюдения требований законодательства Республики Казахстан в области ветеринарии проверяющим государственным ветеринарно-санитарным инспектором составляется акт проверки.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) из информационных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z574" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) из ветеринарного учета и отчетности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:p>
-[...33 lines deleted...]
-      7-1. Профилактический контроль без посещения субъекта (объекта) контроля и надзора проводится государственным ветеринарно-санитарным инспектором путем анализа, сопоставления данных и информации:</w:t>
+    <w:bookmarkStart w:name="z575" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нотификаций и извещений уполномоченных органов других государств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z573" w:id="402"/>
-[...15 lines deleted...]
-      1) из информационных систем;</w:t>
+    <w:bookmarkStart w:name="z576" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) поступающих от организаций, входящих в систему ветеринарии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z574" w:id="403"/>
-[...15 lines deleted...]
-      2) из ветеринарного учета и отчетности;</w:t>
+    <w:bookmarkStart w:name="z577" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) из открытых источников, средств массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z575" w:id="404"/>
-[...15 lines deleted...]
-      3) нотификаций и извещений уполномоченных органов других государств;</w:t>
+    <w:bookmarkStart w:name="z578" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъектами (объектами) профилактического контроля без посещения субъекта (объекта) контроля и надзора являются физические и юридические лица, осуществляющие деятельность, связанную с ввозом, вывозом, перемещением, производством, заготовкой, переработкой, обеззараживанием, хранением, транспортировкой и реализацией подконтрольной продукции, местные исполнительные органы и их подразделения, осуществляющие деятельность в области ветеринарии, государственные ветеринарные организации, физические и юридические лица, осуществляющие предпринимательскую деятельность в области ветеринарии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z576" w:id="405"/>
-[...15 lines deleted...]
-      4) поступающих от организаций, входящих в систему ветеринарии;</w:t>
+    <w:bookmarkStart w:name="z579" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Целями профилактического контроля без посещения субъекта (объекта) контроля и надзора являются своевременное пресечение и предупреждение нарушений, а также предоставление субъектам контроля и надзора права на самостоятельное устранение нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, и снижение административной нагрузки на них.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z577" w:id="406"/>
-[...15 lines deleted...]
-      5) из открытых источников, средств массовой информации.</w:t>
+    <w:bookmarkStart w:name="z580" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Профилактический контроль без посещения субъекта (объекта) контроля и надзора осуществляется государственным ветеринарно-санитарным инспектором ежемесячно не позднее 25 числа месяца, следующего за отчетным кварталом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z578" w:id="407"/>
-[...15 lines deleted...]
-      Субъектами (объектами) профилактического контроля без посещения субъекта (объекта) контроля и надзора являются физические и юридические лица, осуществляющие деятельность, связанную с ввозом, вывозом, перемещением, производством, заготовкой, переработкой, обеззараживанием, хранением, транспортировкой и реализацией подконтрольной продукции, местные исполнительные органы и их подразделения, осуществляющие деятельность в области ветеринарии, государственные ветеринарные организации, физические и юридические лица, осуществляющие предпринимательскую деятельность в области ветеринарии.</w:t>
+    <w:bookmarkStart w:name="z581" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае выявления нарушений по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора в действиях (бездействии) субъектов (объектов) контроля и надзора государственным ветеринарно-санитарным инспектором составляется рекомендация, которая направляется субъектам (объектам) контроля и надзора в срок не позднее трех рабочих дней со дня выявления нарушений. В рекомендации указываются разъяснения по устранению выявленных нарушений, срок исполнения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z579" w:id="408"/>
-[...15 lines deleted...]
-      Целями профилактического контроля без посещения субъекта (объекта) контроля и надзора являются своевременное пресечение и предупреждение нарушений, а также предоставление субъектам контроля и надзора права на самостоятельное устранение нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, и снижение административной нагрузки на них.</w:t>
+    <w:bookmarkStart w:name="z582" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация выдается субъекту контроля и надзора под роспись или направляется и считается врученной одним из нижеперечисленных способов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z580" w:id="409"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z583" w:id="412"/>
+    <w:bookmarkStart w:name="z583" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) нарочно – с даты отметки о получении; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z584" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) почтой – заказным письмом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z585" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронным способом – с даты отправки на электронный адрес субъекта контроля и надзора, указанный в письме при запросе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z586" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z584" w:id="413"/>
-[...15 lines deleted...]
-      2) почтой – заказным письмом;</w:t>
+    <w:bookmarkStart w:name="z587" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект контроля и надзора в случае несогласия с нарушениями, указанными в рекомендации, вправе направить возражение в течение пяти календарных дней со дня вручения рекомендации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z585" w:id="414"/>
-[...15 lines deleted...]
-      3) электронным способом – с даты отправки на электронный адрес субъекта контроля и надзора, указанный в письме при запросе.</w:t>
+    <w:bookmarkStart w:name="z588" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Неисполнение рекомендации об устранении нарушений в установленные сроки является основанием для назначения профилактического контроля с посещением субъекта (объекта) контроля и надзора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z586" w:id="415"/>
-[...15 lines deleted...]
-      Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+    <w:bookmarkStart w:name="z589" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты профилактического контроля без посещения субъекта (объекта) контроля и надзора подлежат учету ведомством уполномоченного органа и его территориальными подразделениями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z587" w:id="416"/>
-[...15 lines deleted...]
-      Субъект контроля и надзора в случае несогласия с нарушениями, указанными в рекомендации, вправе направить возражение в течение пяти календарных дней со дня вручения рекомендации.</w:t>
+    <w:bookmarkStart w:name="z451" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае обнаружения нарушений требований законодательства Республики Казахстан в области ветеринарии государственный ветеринарно-санитарный инспектор по результатам проверки составляет предписание, выносит постановление о наложении административного взыскания в зависимости от характера установленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z588" w:id="417"/>
-[...15 lines deleted...]
-      Неисполнение рекомендации об устранении нарушений в установленные сроки является основанием для назначения профилактического контроля с посещением субъекта (объекта) контроля и надзора.</w:t>
+    <w:bookmarkStart w:name="z566" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Акт о результатах проверки составляется в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z589" w:id="418"/>
-[...15 lines deleted...]
-      Результаты профилактического контроля без посещения субъекта (объекта) контроля и надзора подлежат учету ведомством уполномоченного органа и его территориальными подразделениями.</w:t>
+    <w:bookmarkStart w:name="z567" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Акт государственного ветеринарно-санитарного контроля и надзора регистрируется в специальном журнале регистрации актов о результатах проверок, который должен быть пронумерован, прошнурован и скреплен печатью территориальных подразделений ведомства уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z451" w:id="419"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z723" w:id="422"/>
+    <w:bookmarkStart w:name="z723" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Государственный ветеринарно-санитарный надзор является деятельностью ведомства уполномоченного органа, территориальных подразделений ведомства уполномоченного органа, направленной на применение мер оперативного реагирования в соответствии с настоящим Законом и Предпринимательским </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkEnd w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19430,71 +19884,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14-2. Меры оперативного реагирования и порядок их применения в области ветеринарии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z725" w:id="423"/>
+    <w:bookmarkStart w:name="z725" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В ходе осуществления и (или) по результатам государственного контроля государственными ветеринарно-санитарными инспекторами применяются меры оперативного реагирования в случаях выявления нарушений требований, которые представляют непосредственную угрозу жизни и здоровью людей, животных, окружающей среде, а также продовольственной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z726" w:id="424"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z726" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мерами оперативного реагирования являются предусмотренные настоящей статьей способы воздействия на субъекты (объекты) контроля и надзора, применяемые в ходе осуществления и (или) по результатам проведения проверки, профилактического контроля с посещением субъекта контроля и надзора и расследования, а также государственного контроля в соответствии с подпунктами 4) и 7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19509,272 +19963,272 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, подпункта 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 129 Предпринимательского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z727" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К мерам оперативного реагирования относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z728" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запрещение ввоза, вывоза, транзита, транспортировки (перемещения), производства, применения и реализации перемещаемых (перевозимых) объектов, возврат перемещаемых (перевозимых) объектов, не соответствующих требованиям законодательства Республики Казахстан в области ветеринарии, международным договорам Республики Казахстан и актам, составляющим право Евразийского экономического союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z729" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) приостановление, лишение (отзыв), прекращение действия разрешительного документа в области ветеринарии;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z727" w:id="425"/>
-[...15 lines deleted...]
-      3. К мерам оперативного реагирования относятся:</w:t>
+    <w:bookmarkStart w:name="z730" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) запрещение, приостановление деятельности или отдельных видов деятельности в соответствии с законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z728" w:id="426"/>
-[...15 lines deleted...]
-      1) запрещение ввоза, вывоза, транзита, транспортировки (перемещения), производства, применения и реализации перемещаемых (перевозимых) объектов, возврат перемещаемых (перевозимых) объектов, не соответствующих требованиям законодательства Республики Казахстан в области ветеринарии, международным договорам Республики Казахстан и актам, составляющим право Евразийского экономического союза;</w:t>
+    <w:bookmarkStart w:name="z731" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) изъятие и уничтожение животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z729" w:id="427"/>
-[...15 lines deleted...]
-      2) приостановление, лишение (отзыв), прекращение действия разрешительного документа в области ветеринарии;</w:t>
+    <w:bookmarkStart w:name="z732" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) остановка транспортного средства и задержание перемещаемых (перевозимых) объектов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z730" w:id="428"/>
-[...15 lines deleted...]
-      3) запрещение, приостановление деятельности или отдельных видов деятельности в соответствии с законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z733" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Основаниями для применения мер оперативного реагирования являются нарушения установленных законодательством Республики Казахстан требований, являющихся предметом государственного контроля в соответствии с подпунктами 4) и 7) пункта 4, подпунктом 2) пункта 9 статьи 129 и со статьей 143 Предпринимательского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z731" w:id="429"/>
-[...15 lines deleted...]
-      4) изъятие и уничтожение животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
+    <w:bookmarkStart w:name="z734" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении расследования для установления причин нарушения требований законодательства Республики Казахстан и определения субъектов (объектов) контроля и надзора, допустивших нарушения указанных требований, меры оперативного реагирования применяются только в отношении нарушений требований, установленных в проверочных листах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z732" w:id="430"/>
-[...15 lines deleted...]
-      5) остановка транспортного средства и задержание перемещаемых (перевозимых) объектов.</w:t>
+    <w:bookmarkStart w:name="z735" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При обнаружении нарушений требований, являющихся основанием для применения мер оперативного реагирования, государственными ветеринарно-санитарными инспекторами оформляется акт надзора по форме, утвержденной уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z733" w:id="431"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z736" w:id="434"/>
+    <w:bookmarkStart w:name="z736" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Акт надзора оформляется и вручается субъекту контроля и надзора в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z737" w:id="435"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z737" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. После оформления акта надзора по результатам государственного контроля на основании подпунктов 4) и 7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19789,451 +20243,451 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, подпункта 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 129 Предпринимательского кодекса Республики Казахстан ветеринарно-санитарный инспектор осуществляет непосредственно применение меры оперативного реагирования.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z738" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае отказа в принятии акта надзора при его вручении нарочно в него вносится соответствующая запись и осуществляется видеозапись, фиксирующая факт отказа в принятии акта надзора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z739" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт надзора направляется по юридическому адресу, месту нахождения или фактическому адресу субъекта контроля и надзора заказным письмом с уведомлением о его вручении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z740" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Отказ от получения акта надзора не является основанием для его неисполнения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z738" w:id="436"/>
-[...15 lines deleted...]
-      7. В случае отказа в принятии акта надзора при его вручении нарочно в него вносится соответствующая запись и осуществляется видеозапись, фиксирующая факт отказа в принятии акта надзора.</w:t>
+    <w:bookmarkStart w:name="z741" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Выявленные в ходе осуществления и (или) по результатам государственного контроля нарушения требований, являющиеся основанием для применения мер оперативного реагирования, отражаются в актах о результатах профилактического контроля с посещением субъекта (объекта) контроля и надзора и (или) проверки, расследования, а также в предписании об устранении выявленных нарушений требований законодательства Республики Казахстан в области ветеринарии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z739" w:id="437"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z742" w:id="440"/>
+    <w:bookmarkStart w:name="z742" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Субъект контроля и надзора обязан устранить выявленные нарушения требований, являющиеся основанием для применения меры оперативного реагирования, в сроки, указанные в акте расследования, а также в предписании об устранении выявленных нарушений законодательства Республики Казахстан в области ветеринарии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z743" w:id="441"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z743" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. По истечении сроков устранения нарушений требований, указанных в акте расследования, предписании об устранении выявленных нарушений законодательства Республики Казахстан в области ветеринарии проводится внеплановая проверка по контролю устранения выявленных нарушений требований, являющихся основанием для применения меры оперативного реагирования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z744" w:id="442"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z744" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Действие акта надзора прекращается в случае подтверждения территориальным подразделением ведомства уполномоченного органа устранения выявленных нарушений требований, являющихся основанием для применения меры оперативного реагирования, на основании акта о результатах внеплановой проверки согласно подпункту 2-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 144 Предпринимательского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z745" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае неустранения выявленных нарушений требований, являющихся основанием для применения меры оперативного реагирования, принимаются меры по привлечению лиц, допустивших нарушения, к ответственности в порядке, установленном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z746" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. До истечения сроков, предусмотренных предписанием об устранении выявленных нарушений, актом расследования, субъект контроля и надзора обязан предоставить информацию об устранении выявленных нарушений с приложением материалов (при необходимости), доказывающих факт устранения нарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z747" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления информации, предусмотренной частью первой настоящего пункта, проводится внеплановая проверка в соответствии с частью второй пункта 10 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z745" w:id="443"/>
-[...15 lines deleted...]
-      12. В случае неустранения выявленных нарушений требований, являющихся основанием для применения меры оперативного реагирования, принимаются меры по привлечению лиц, допустивших нарушения, к ответственности в порядке, установленном законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z748" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Субъект контроля и надзора в случае несогласия с результатами государственного контроля, повлекшими применение мер оперативного реагирования, может подать жалобу о признании акта надзора недействительным и его отмене.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z746" w:id="444"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z749" w:id="447"/>
+    <w:bookmarkStart w:name="z749" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба подается в вышестоящий государственный орган в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан, либо в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z750" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подача жалобы не приостанавливает исполнение акта надзора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z751" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Основаниями для признания недействительным акта надзора и его отмены являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z752" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствие оснований для применения мер оперативного реагирования;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z750" w:id="448"/>
-[...15 lines deleted...]
-      Подача жалобы не приостанавливает исполнение акта надзора.</w:t>
+    <w:bookmarkStart w:name="z753" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) применение мер оперативного реагирования по основанию, не соответствующему данной мере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z751" w:id="449"/>
-[...15 lines deleted...]
-      15. Основаниями для признания недействительным акта надзора и его отмены являются:</w:t>
+    <w:bookmarkStart w:name="z754" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) применение государственными ветеринарно-санитарными инспекторами мер оперативного реагирования по вопросам, не входящим в их компетенцию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z752" w:id="450"/>
-[...15 lines deleted...]
-      1) отсутствие оснований для применения мер оперативного реагирования;</w:t>
+    <w:bookmarkStart w:name="z755" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Информация о применении мер оперативного реагирования направляется в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, в порядке, определенном Генеральной прокуратурой Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z753" w:id="451"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20269,549 +20723,549 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Объекты государственного ветеринарно-санитарного контроля и надзора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z242" w:id="454"/>
+    <w:bookmarkStart w:name="z242" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Объектами государственного ветеринарно-санитарного контроля и надзора являются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z243" w:id="455"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z243" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) животные, половые и соматические клетки животных; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z244" w:id="456"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z244" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) возбудители болезней животных; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z245" w:id="457"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z245" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) продукция и сырье животного происхождения, ветеринарные препараты, корма и кормовые добавки, патологический материал или пробы, отбираемые из них для диагностики и ветеринарно-санитарной экспертизы, а также пробы воды, воздуха, почвы, растений; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z246" w:id="458"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z246" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) изделия и атрибуты ветеринарного и зоогигиенического назначения, используемые для профилактики, лечения, обработки и идентификации животных, диагностики заболеваний животных, ветеринарно-санитарной экспертизы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z247" w:id="459"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z247" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) транспортные средства, все виды тары, упаковочные материалы, которые могут быть факторами передачи возбудителей болезней животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z248" w:id="460"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z248" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) деятельность физических и юридических лиц в области ветеринарии, местных исполнительных органов и их подразделений, осуществляющих деятельность в области ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z249" w:id="461"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z249" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) территории, производственные помещения и деятельность физических и юридических лиц, выращивающих, заготавливающих, хранящих, перерабатывающих, реализующих или использующих перемещаемые (перевозимые) объекты, а также осуществляющих научную деятельность в области ветеринарии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z250" w:id="462"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z250" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) скотопрогонные трассы, маршруты, территории пастбищ и водопоя животных, процедуры и формы их идентификации; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z251" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) документация по ветеринарному учету и отчетности, ветеринарная справка, ветеринарно-санитарное заключение, акт экспертизы (протокол испытаний), нормативно-техническая документация по производству, заготовке (убою), хранению и переработке перемещаемых (перевозимых) объектов и иная нормативная документация в области ветеринарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z521" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) скотомогильники (биотермические ямы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z102" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) объекты внутренней торговли;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z251" w:id="463"/>
-[...15 lines deleted...]
-      9) документация по ветеринарному учету и отчетности, ветеринарная справка, ветеринарно-санитарное заключение, акт экспертизы (протокол испытаний), нормативно-техническая документация по производству, заготовке (убою), хранению и переработке перемещаемых (перевозимых) объектов и иная нормативная документация в области ветеринарии;</w:t>
+    <w:bookmarkStart w:name="z629" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) государственные ветеринарные организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z521" w:id="464"/>
-[...15 lines deleted...]
-      9-1) скотомогильники (биотермические ямы);</w:t>
+    <w:bookmarkStart w:name="z522" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) процессинговый центр.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z102" w:id="465"/>
-[...15 lines deleted...]
-      10) объекты внутренней торговли;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 24.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 10.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Компетенция главных государственных ветеринарно-санитарных инспекторов и их заместителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В компетенцию Главного государственного ветеринарно-санитарного инспектора Республики Казахстан и его заместителей входят:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z629" w:id="466"/>
-[...257 lines deleted...]
-    <w:bookmarkEnd w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) издание обязательных к исполнению актов с целью осуществления государственного ветеринарно-санитарного контроля и надзора на территории Республики Казахстан, а также на границе и транспорте; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20858,70 +21312,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) принятие решения о распределении ветеринарных препаратов из республиканского запаса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) организация и осуществление государственного ветеринарно-санитарного контроля и надзора в пограничных и таможенных пунктах (пунктах пропуска через Государственную границу Республики Казахстан, совпадающую с таможенной границей Евразийского экономического союза), а также в иных местах перемещения товаров через таможенную границу Евразийского экономического союза, расположенных на территории Республики Казахстан в пределах автомобильного сообщения, и иных местах, определенных уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z276" w:id="469"/>
+    <w:bookmarkStart w:name="z276" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В компетенцию главного государственного ветеринарно-санитарного инспектора области и его заместителя входят: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkEnd w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) организация и осуществление государственного ветеринарно-санитарного контроля и надзора на территории области, включая ветеринарные контрольные посты; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20950,70 +21404,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) вынесение решения об отстранении от должности главного государственного ветеринарно-санитарного инспектора района (города областного значения), а также государственных ветеринарно-санитарных инспекторов на ветеринарных контрольных постах на срок до выяснения причин, послуживших основанием для отстранения; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) организация и ведение ветеринарного учета и отчетности и представление их в порядке, установленном законодательством Республики Казахстан в области ветеринарии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z277" w:id="470"/>
+    <w:bookmarkStart w:name="z277" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В компетенцию главного государственного ветеринарно-санитарного инспектора города республиканского значения, столицы и его заместителя входят: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkEnd w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация и осуществление государственного ветеринарно-санитарного контроля и надзора на территории города республиканского значения, столицы, включая ветеринарные контрольные посты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21024,70 +21478,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) издание обязательных к исполнению актов с целью осуществления государственного ветеринарно-санитарного контроля и надзора на территории города республиканского значения, столицы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждение списка государственных ветеринарно-санитарных инспекторов, имеющих право выдачи ветеринарного сертификата на перемещаемые (перевозимые) объекты при экспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z630" w:id="471"/>
+    <w:bookmarkStart w:name="z630" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) утверждение списка государственных ветеринарно-санитарных инспекторов, имеющих право выдачи ветеринарно-санитарного заключения на объекты государственного ветеринарно-санитарного контроля и надзора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkEnd w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) исключен Законом РК от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21118,70 +21572,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) организация и ведение ветеринарного учета и отчетности и представление их в порядке, установленном законодательством Республики Казахстан в области ветеринарии; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) вынесение решения об отстранении от должности государственных ветеринарно-санитарных инспекторов на территории города республиканского значения, столицы на срок до выяснения причин, послуживших основанием для отстранения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z278" w:id="472"/>
+    <w:bookmarkStart w:name="z278" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В компетенцию главного государственного ветеринарно-санитарного инспектора района (города областного значения) и его заместителя входят: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkEnd w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществление государственного ветеринарно-санитарного контроля и надзора на территории района (города областного значения);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21192,70 +21646,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) утверждение списка государственных ветеринарно-санитарных инспекторов, имеющих право выдачи ветеринарного сертификата на перемещаемые (перевозимые) объекты при экспорте;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) вынесение решения об отстранении от должности государственных ветеринарно-санитарных инспекторов на территории района (города областного значения) на срок до выяснения причин, послуживших основанием для отстранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z631" w:id="473"/>
+    <w:bookmarkStart w:name="z631" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) утверждение списка государственных ветеринарно-санитарных инспекторов, имеющих право выдачи ветеринарно-санитарного заключения на объекты государственного ветеринарно-санитарного контроля и надзора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkEnd w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) организация и ведение ветеринарного учета и отчетности и представление их в порядке, установленном законодательством Республики Казахстан в области ветеринарии; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21565,328 +22019,328 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z285" w:id="474"/>
+    <w:bookmarkStart w:name="z285" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственные ветеринарно-санитарные инспекторы имеют право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z286" w:id="475"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z286" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) беспрепятственно посещать в порядке, установленном законодательством Республики Казахстан объекты государственного ветеринарно-санитарного контроля и надзора с целью проверки выполнения норм законодательства Республики Казахстан в области ветеринарии, а также получения информации о деятельности физических и юридических лиц в области ветеринарии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z287" w:id="476"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z287" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проводить отбор проб объектов государственного ветеринарно-санитарного контроля и надзора для их диагностики или ветеринарно-санитарной экспертизы с уведомлением заинтересованных лиц о сроках проведения их исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z288" w:id="477"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z288" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проводить государственный ветеринарно-санитарный контроль и надзор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z289" w:id="478"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z289" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) выдавать ветеринарные документы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z290" w:id="479"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z290" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) издавать акты в пределах полномочий, предоставленных настоящим Законом; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z291" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при выявлении на территориях ветеринарно-санитарного благополучия, а также в неблагополучных пунктах перемещаемых (перевозимых) объектов, представляющих опасность для здоровья животных и человека, изымать и уничтожать в порядке, установленном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, принимать участие в организации их обезвреживания (обеззараживания) или переработки, а также сообщать об указанных фактах в уполномоченный государственный орган в области здравоохранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) останавливать транспортные средства и задерживать перемещаемые (перевозимые) объекты на ветеринарных контрольных постах на период проведения ветеринарного досмотра, осмотра, диагностики или ветеринарно-санитарной экспертизы, а также при их перевозке без ветеринарных документов или в случаях несоответствия ветеринарным (ветеринарно-санитарным) правилам, требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z698" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) при проведении государственного ветеринарно-санитарного контроля и надзора:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z699" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      использовать технические средства для фото- и видеосъемки в порядке, определенном уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z291" w:id="480"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан, принимать участие в организации их обезвреживания (обеззараживания) или переработки, а также сообщать об указанных фактах в уполномоченный государственный орган в области здравоохранения;</w:t>
+    <w:bookmarkStart w:name="z700" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      использовать иные технические средства (оборудование, приборы, средства измерений, устройства, инструменты и иные технические средства) в соответствии с инструкциями и иными документами по их использованию (применению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="480"/>
-    <w:p>
-[...77 lines deleted...]
-    <w:bookmarkStart w:name="z292" w:id="484"/>
+    <w:bookmarkStart w:name="z292" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) предъявлять иски в суд в случае нарушения законодательства Республики Казахстан в области ветеринарии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z293" w:id="485"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z293" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Действия (бездействие) государственных ветеринарно-санитарных инспекторов могут быть обжалованы физическими и юридическими лицами в вышестоящие органы государственного ветеринарно-санитарного контроля и надзора, суд в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkEnd w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22100,90 +22554,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z294" w:id="486"/>
+    <w:bookmarkStart w:name="z294" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В целях принятия правовых мер воздействия по результатам государственного ветеринарно-санитарного контроля и надзора в зависимости от установленных нарушений требований законодательства Республики Казахстан в области ветеринарии государственными ветеринарно-санитарными инспекторами издаются следующие акты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z295" w:id="487"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z295" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) предписания: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkEnd w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22248,90 +22702,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       о проведении профилактической или вынужденной вакцинации животных, дезинфекции, дезинсекции и дератизации животноводческих помещений и их территорий в эпизоотических очагах, неблагополучных пунктах, на транспорте для предотвращения возникновения, распространения и ликвидации болезней животных; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z299" w:id="488"/>
+    <w:bookmarkStart w:name="z299" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       о запрещении или приостановлении хозяйственной деятельности или отдельных видов деятельности без судебного решения в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях, с обязательным предъявлением в течение трех суток материалов по делу об административном правонарушении в суд. При этом акт о запрещении или приостановлении деятельности действует до вынесения судебного решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkEnd w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22432,150 +22886,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       о проведении санитарной очистки, санитарного убоя больных животных; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z523" w:id="489"/>
+    <w:bookmarkStart w:name="z523" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) акт эпизоотологического обследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z302" w:id="490"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z302" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) постановление о привлечении к административной ответственности в случае нарушения законодательства Республики Казахстан в области ветеринарии в соответствии с законами Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z303" w:id="491"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z303" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) постановление об изъятии животных, продукции и сырья животного происхождения, представляющих особую опасность для здоровья животных и человека. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z304" w:id="492"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z304" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Формы предписаний, порядок их составления и выдачи утверждаются уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z305" w:id="493"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z305" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Акты государственных ветеринарно-санитарных инспекторов обязательны для исполнения физическими и юридическими лицами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkEnd w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22848,725 +23302,725 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Охрана территории Республики Казахстан от заноса и распространения заразных и экзотических болезней животных из других государств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="494"/>
+    <w:bookmarkStart w:name="z306" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Перемещаемые (перевозимые) объекты при пересечении таможенной границы Евразийского экономического союза и (или) Государственной границы Республики Казахстан и (или) в местах доставки, местах завершения таможенной очистки, а также на ветеринарных контрольных постах подлежат обязательному государственному ветеринарно-санитарному контролю и надзору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z307" w:id="495"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z307" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. На территорию Республики Казахстан допускаются ввоз, а также транзит перемещаемых (перевозимых) объектов из других государств, благополучных в эпизоотическом отношении, с соблюдением ветеринарных (ветеринарно-санитарных) правил, устанавливаемых уполномоченным органом, международных договоров Республики Казахстан и актов, составляющих право Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z308" w:id="496"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z308" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ввоз, вывоз и транзит перемещаемых (перевозимых) объектов осуществляются в соответствии с оценкой эпизоотической ситуации соответствующих территорий. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z309" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для осуществления государственного ветеринарно-санитарного контроля и надзора с целью предупреждения заноса и распространения заразных и экзотических болезней животных на территорию Республики Казахстан из других государств уполномоченным органом организуются ветеринарные контрольные посты в порядке, определенном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z310" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Транспортные средства, въезжающие на территорию Республики Казахстан из приграничной территории сопредельных государств, где зарегистрирована вспышка особо опасных болезней животных, подлежат обязательной дезинфекции на период и в порядке, установленных законодательством Республики Казахстан в области ветеринарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z311" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственные ветеринарно-санитарные инспекторы на ветеринарных контрольных постах при выполнении служебных обязанностей носят форменную одежду (без погон).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z309" w:id="497"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Натуральные нормы обеспечения государственных ветеринарно-санитарных инспекторов на ветеринарных контрольных постах форменной одеждой (без погон) утверждаются уполномоченным органом по согласованию с центральным уполномоченным органом по бюджетному планированию.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Образцы форменной одежды (без погон) и порядок ношения утверждаются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z312" w:id="500"/>
+    <w:bookmarkStart w:name="z312" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Перед заключением договоров на экспорт, импорт и транзит перемещаемых (перевозимых) объектов физическое или юридическое лицо имеет право получить от уполномоченного органа и его территориальных подразделений информацию об эпизоотической обстановке в стране экспорта, импорта и транзита, о ветеринарных (ветеринарно-санитарных) правилах, исключающих ввоз и вывоз возбудителей заболеваний животных. Информация конфиденциального характера не должна разглашаться без письменного согласия владельца перемещаемого (перевозимого) объекта. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z313" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Порядок осуществления государственного ветеринарно-санитарного контроля и надзора на ветеринарных контрольных постах осуществляется в соответствии с законами Республики Казахстан, международными договорами Республики Казахстан и актами, составляющими право Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z633" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный ветеринарно-санитарный контроль и надзор на ветеринарных контрольных постах осуществляются в форме документарного, физического и лабораторного ветеринарно-санитарного контроля и надзора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z756" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Документарный контроль заключается в проверке документов, подтверждающих безопасность перемещаемых (перевозимых) объектов; наличия разрешений на ввоз (вывоз) или транзит перемещаемых (перевозимых) объектов; соответствия ветеринарным (ветеринарно-санитарным) требованиям и правилам, отсутствия ограничений и запретов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z313" w:id="501"/>
-[...15 lines deleted...]
-      8. Порядок осуществления государственного ветеринарно-санитарного контроля и надзора на ветеринарных контрольных постах осуществляется в соответствии с законами Республики Казахстан, международными договорами Республики Казахстан и актами, составляющими право Евразийского экономического союза.</w:t>
+    <w:bookmarkStart w:name="z757" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физический контроль включает в себя досмотр (осмотр) перемещаемых (перевозимых) объектов; проверку соответствия перемещаемых (перевозимых) объектов ветеринарным (ветеринарно-санитарным) требованиям и правилам, данным, указанным в предъявленных документах, в том числе с целью исключения наличия перемещаемых (перевозимых) объектов, не указанных в сопроводительных документах, и исключения совместного перемещения несовместимых перемещаемых (перевозимых) объектов; контроль соответствия транспортного средства установленным ветеринарным (ветеринарно-санитарным) требованиям, необходимым для перевозки перемещаемых (перевозимых) объектов; контроль условий и режима перемещения (перевозки); контроль соответствия упаковки и маркировки установленным требованиям. По результатам досмотра (осмотра) составляется соответствующий акт.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z633" w:id="502"/>
-[...15 lines deleted...]
-      Государственный ветеринарно-санитарный контроль и надзор на ветеринарных контрольных постах осуществляются в форме документарного, физического и лабораторного ветеринарно-санитарного контроля и надзора.</w:t>
+    <w:bookmarkStart w:name="z758" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лабораторный контроль осуществляется путем проведения исследований в случаях выявления видимых органолептических изменений при досмотре (осмотре) перемещаемых (перевозимых) объектов и исключения заразных болезней животных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z756" w:id="503"/>
-[...15 lines deleted...]
-      9. Документарный контроль заключается в проверке документов, подтверждающих безопасность перемещаемых (перевозимых) объектов; наличия разрешений на ввоз (вывоз) или транзит перемещаемых (перевозимых) объектов; соответствия ветеринарным (ветеринарно-санитарным) требованиям и правилам, отсутствия ограничений и запретов.</w:t>
+    <w:bookmarkStart w:name="z759" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам осуществления указанных видов контроля принимается одно из следующих решений в отношении перемещаемых (перевозимых) объектов: о допуске (пропуске); о приостановке движения; о запрете ввоза; о возврате.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z757" w:id="504"/>
-[...15 lines deleted...]
-      Физический контроль включает в себя досмотр (осмотр) перемещаемых (перевозимых) объектов; проверку соответствия перемещаемых (перевозимых) объектов ветеринарным (ветеринарно-санитарным) требованиям и правилам, данным, указанным в предъявленных документах, в том числе с целью исключения наличия перемещаемых (перевозимых) объектов, не указанных в сопроводительных документах, и исключения совместного перемещения несовместимых перемещаемых (перевозимых) объектов; контроль соответствия транспортного средства установленным ветеринарным (ветеринарно-санитарным) требованиям, необходимым для перевозки перемещаемых (перевозимых) объектов; контроль условий и режима перемещения (перевозки); контроль соответствия упаковки и маркировки установленным требованиям. По результатам досмотра (осмотра) составляется соответствующий акт.</w:t>
+    <w:bookmarkStart w:name="z760" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При импорте перемещаемого (перевозимого) объекта, включая при ввозе из стран – членов Евразийского экономического союза, в конечном пункте его назначения проводятся государственный ветеринарно-санитарный контроль и надзор с полным досмотром перемещаемого (перевозимого) объекта, включая отбор проб и ветеринарно-санитарную экспертизу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z758" w:id="505"/>
-[...15 lines deleted...]
-      Лабораторный контроль осуществляется путем проведения исследований в случаях выявления видимых органолептических изменений при досмотре (осмотре) перемещаемых (перевозимых) объектов и исключения заразных болезней животных.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными законами РК от 24.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 06.01.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 238-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 379-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 243-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Государственный ветеринарно-санитарный контроль и надзор при транспортировке (перемещениях) перемещаемых (перевозимых)объектов на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z314" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Перемещаемые (перевозимые) объекты при транспортировке (перемещениях) на территории Республики Казахстан подлежат обязательному государственному ветеринарно-санитарному контролю и надзору.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z759" w:id="506"/>
-[...318 lines deleted...]
-    <w:bookmarkStart w:name="z315" w:id="509"/>
+    <w:bookmarkStart w:name="z315" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственный ветеринарно-санитарный контроль и надзор перемещаемых (перевозимых) объектов при их транспортировке (перемещении), погрузке, выгрузке осуществляется государственными ветеринарно-санитарными инспекторами территорий, где производятся их погрузка, выгрузка, а также территорий, по которым проходят маршруты транспортировки (перемещения). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z316" w:id="510"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z316" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Маршруты транспортировки (перемещения) сельскохозяйственных животных (скотопрогонные трассы) определяются местными исполнительными органами района (города) по согласованию с главными государственными ветеринарно-санитарными инспекторами соответствующих территорий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z317" w:id="511"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z317" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Транспортные средства, используемые и использованные для транспортировки (перемещения) перемещаемых (перевозимых) объектов, подлежат обязательной дезинфекции в соответствии с требованиями законодательства Республики Казахстан в области ветеринарии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z318" w:id="512"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z318" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Порядок осуществления транспортировки (перемещения) перемещаемых (перевозимых) объектов на территории Республики Казахстан определяется уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkEnd w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23682,310 +24136,310 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Государственный ветеринарно-санитарный контроль и надзор на объектах внутренней торговли</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z319" w:id="513"/>
+    <w:bookmarkStart w:name="z319" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственный ветеринарно-санитарный контроль и надзор на объектах внутренней торговли является обязательным. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z320" w:id="514"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z320" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственному ветеринарно-санитарному контролю и надзору на объектах внутренней торговли подлежат перемещаемые (перевозимые) объекты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z321" w:id="515"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z321" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственный ветеринарно-санитарный контроль и надзор на объектах внутренней торговли включает: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z322" w:id="516"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z322" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) проверку соответствия перемещаемых (перевозимых) объектов сопроводительным ветеринарным документам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z323" w:id="517"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z323" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ветеринарный осмотр животных, продукции и сырья животного происхождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z324" w:id="518"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z324" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проверку соблюдения требований законодательства Республики Казахстан в области ветеринарии физическими и юридическими лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z325" w:id="519"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z325" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) изъятие и уничтожение животных, продукции и сырья животного происхождения, представляющих особую опасность для здоровья животных и человека, в соответствии с законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z326" w:id="520"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z326" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) организацию обезвреживания (обеззараживания), переработки перемещаемых (перевозимых) объектов, не соответствующих требованиям законодательства Республики Казахстан в области ветеринарии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z327" w:id="521"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z327" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Определение соответствия перемещаемых (перевозимых) объектов на объектах внутренней торговли ветеринарным нормативам осуществляется лабораториями ветеринарно-санитарной экспертизы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z328" w:id="522"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z328" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Реализация продукции и сырья животного происхождения без проведения ветеринарно-санитарной экспертизы запрещается. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z329" w:id="523"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z329" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Исключен Законом РК от 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z330" w:id="524"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z330" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Администрации объектов внутренней торговли в случаях, предусмотренных законодательством Республики Казахстан в области ветеринарии, для осуществления государственного ветеринарно-санитарного контроля и надзора и ветеринарно-санитарной экспертизы предоставляют государственным ветеринарно-санитарным инспекторам, лабораториям ветеринарно-санитарной экспертизы служебные помещения, соответствующие ветеринарным нормативам, на договорной основе в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkEnd w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24141,110 +24595,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Государственный ветеринарно-санитарный контроль и надзор на объектах производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, включая экспортеров (импортеров)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z279" w:id="525"/>
+    <w:bookmarkStart w:name="z279" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственный ветеринарно-санитарный контроль и надзор на объектах производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, включая экспортеров (импортеров), обязателен. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z280" w:id="526"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z280" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Объекты производства, осуществляющие заготовку, хранение и реализацию продукции и сырья животного происхождения, хранят и реализуют продукцию и сырье животного происхождения, включая экспортеров (импортеров), прошедшие ветеринарно-санитарную экспертизу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z281" w:id="527"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z281" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Администрации объектов производства, осуществляющих убой животных, переработку и реализацию продукции и сырья животного происхождения, обязаны создавать подразделения производственного контроля по определению соответствия животных, продукции и сырья животного происхождения ветеринарным нормативам, а также предоставлять государственным ветеринарно-санитарным инспекторам для осуществления государственного ветеринарно-санитарного контроля и надзора служебное помещение на договорной основе в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkEnd w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24321,609 +24775,609 @@
         </w:rPr>
         <w:t xml:space="preserve">
       5. Государственный ветеринарно-санитарный контроль и надзор на объектах производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, включая экспортеров (импортеров), осуществляются на предмет соблюдения требований законодательства Республики Казахстан в области ветеринарии, международных договоров Республики Казахстан и актов, составляющих право Евразийского экономического союза, стран-импортеров, с соблюдением Предпринимательского </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, настоящего Закона, законодательства Республики Казахстан в области ветеринарии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z284" w:id="528"/>
+    <w:bookmarkStart w:name="z284" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Период осуществления государственного ветеринарно-санитарного контроля и надзора не должен превышать пять дней с момента начала проверки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z761" w:id="529"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z761" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Государственный ветеринарно-санитарный контроль и надзор на объектах производства, осуществляющих производство, заготовку (убой), хранение, переработку животных, продукции и сырья животного происхождения в едином технологическом цикле, заключаются в проверке документов, подтверждающих безопасность животных, продукции и сырья животного происхождения, соответствие объекта производства, осуществляющего производство, заготовку (убой), хранение, переработку животных, продукции и сырья животного происхождения, ветеринарным (ветеринарно-санитарным) требованиям и правилам; соответствия объекта производства, осуществляющего производство, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, включая экспортеров (импортеров), ветеринарным (ветеринарно-санитарным) требованиям и правилам; ведения и представления ветеринарного учета отчетности в порядке, установленном законодательством Республики Казахстан в области ветеринарии; проведения ветеринарных мероприятий; организации проведения дезинфекции, дератизации, дезинсекции; соблюдения ветеринарных (ветеринарно-санитарных) требований и правил, технических регламентов при производстве, заготовке (убое), хранении, переработке и реализации животных, продукции и сырья животного происхождения; утилизации и (или) уничтожения биологических отходов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z762" w:id="530"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z762" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Решение о проведении государственного ветеринарно-санитарного контроля и надзора на объектах производства, осуществляющих производство, заготовку (убой), хранение, переработку животных, продукции и сырья животного происхождения в едином технологическом цикле, принимается руководителем территориального подразделения ведомства уполномоченного органа соответствующей административно-территориальной единицы в соответствии с пунктом 5-1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 14-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z763" w:id="531"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z763" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По результатам государственного ветеринарно-санитарного контроля и надзора составляются документы в соответствии с настоящим Законом, Предпринимательским </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, а также принимаются меры оперативного реагирования в соответствии с настоящим Законом. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z764" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъекты контроля и надзора в случае несогласия с нарушениями, указанными в документах, вправе направить возражение в территориальное подразделение ведомства уполномоченного органа соответствующей административно-территориальной единицы в течение пяти календарных дней со дня вручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z765" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Государственный ветеринарно-санитарный контроль и надзор экспортеров осуществляются в соответствии с требованиями ветеринарного законодательства страны-импортера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z766" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объекты производства, осуществляющие выращивание животных, производство, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, являющиеся экспортерами, подлежат инспектированию не реже двух раз в год на предмет соблюдения требований стран-импортеров без их предварительного уведомления, мониторингу безопасности перемещаемых (перевозимых) объектов данного объекта. Мониторинг проводится в соответствии с законодательством Республики Казахстан, требованиями стран-импортеров и должен включать в себя лабораторный мониторинг, клинический мониторинг (только при вывозе животных), мониторинг правильности оформления ветеринарных документов и правильности маркировки перемещаемых (перевозимых) объектов, находящихся в обороте.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z764" w:id="532"/>
-[...15 lines deleted...]
-      Субъекты контроля и надзора в случае несогласия с нарушениями, указанными в документах, вправе направить возражение в территориальное подразделение ведомства уполномоченного органа соответствующей административно-территориальной единицы в течение пяти календарных дней со дня вручения.</w:t>
+    <w:bookmarkStart w:name="z767" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По завершении инспектирования руководству объекта производства, осуществляющего выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, являющегося экспортером, представляются сведения о выявленных несоответствиях и рекомендации по принятию мер по их исправлению с указанием сроков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z765" w:id="533"/>
-[...15 lines deleted...]
-      8. Государственный ветеринарно-санитарный контроль и надзор экспортеров осуществляются в соответствии с требованиями ветеринарного законодательства страны-импортера.</w:t>
+    <w:bookmarkStart w:name="z768" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъекты в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в территориальное подразделение ведомства соответствующей административно-территориальной единицы возражение в течение пяти календарных дней со дня вручения рекомендации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z766" w:id="534"/>
-[...15 lines deleted...]
-      Объекты производства, осуществляющие выращивание животных, производство, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, являющиеся экспортерами, подлежат инспектированию не реже двух раз в год на предмет соблюдения требований стран-импортеров без их предварительного уведомления, мониторингу безопасности перемещаемых (перевозимых) объектов данного объекта. Мониторинг проводится в соответствии с законодательством Республики Казахстан, требованиями стран-импортеров и должен включать в себя лабораторный мониторинг, клинический мониторинг (только при вывозе животных), мониторинг правильности оформления ветеринарных документов и правильности маркировки перемещаемых (перевозимых) объектов, находящихся в обороте.</w:t>
+    <w:bookmarkStart w:name="z769" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После завершения инспектирования государственным ветеринарно-санитарным инспектором, осуществившим инспектирование, формируется отчет о проведенном инспектировании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z767" w:id="535"/>
-[...15 lines deleted...]
-      По завершении инспектирования руководству объекта производства, осуществляющего выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, являющегося экспортером, представляются сведения о выявленных несоответствиях и рекомендации по принятию мер по их исправлению с указанием сроков.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 в редакции Закона РК от 24.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Государственный ветеринарно-санитарный контроль и надзор обращения ветеринарных препаратов, кормов и кормовых добавок</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z335" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В Республике Казахстан производство, ввоз (импорт), реализация и применение (использование) ветеринарных препаратов, кормовых добавок разрешаются только после их государственной регистрации, за исключением случаев производства, ввоза (импорта) в объемах, необходимых для проведения регистрационных испытаний.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z768" w:id="536"/>
-[...238 lines deleted...]
-    <w:bookmarkStart w:name="z634" w:id="539"/>
+    <w:bookmarkStart w:name="z634" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Допускается в порядке, определенном уполномоченным органом, временная регистрация ветеринарных препаратов на срок не более двух лет для проведения ветеринарных мероприятий по впервые выявленным на территории Республики Казахстан особо опасным и экзотическим болезням животных, распространение которых может привести к ухудшению эпизоотической ситуации. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z635" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В период действия временной регистрации ветеринарных препаратов должны быть проведены регистрационные испытания ветеринарных препаратов, необходимые для их государственной регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z336" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обращение ветеринарных препаратов, кормов и кормовых добавок, включая их производство, ввоз (импорт), транспортировку (перемещение), реализацию, применение (использование), подлежит обязательному государственному ветеринарно-санитарному контролю и надзору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z337" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мониторинг безопасности ветеринарных препаратов, кормов и кормовых добавок осуществляется с целью определения их соответствия требованиям ветеринарных нормативов, в порядке, установленном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z635" w:id="540"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z338" w:id="543"/>
+    <w:bookmarkStart w:name="z338" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Организации по производству ветеринарных препаратов, кормов и кормовых добавок обязаны создавать подразделения производственного контроля по определению соответствия ветеринарных препаратов, кормов и кормовых добавок требованиям ветеринарных нормативов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z339" w:id="544"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z339" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Порядок определения соответствия серий (партий) ветеринарных препаратов, кормов и кормовых добавок и (или) ветеринарных препаратов, кормов и кормовых добавок, содержащих антибиотики, гормоны и биологические стимуляторы, требованиям ветеринарных нормативов устанавливается уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkEnd w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25022,68 +25476,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="545"/>
+    <w:bookmarkStart w:name="z144" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3-1. Общие требования безопасности к ветеринарным препаратам, кормам и кормовым добавкам для животных, не предназначенным для применения в качестве пищи для людей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkEnd w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 3-1 дополнена - Законом РК от 29 декабря 2006 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25115,110 +25569,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-1. Требования безопасности при производстве и расфасовке ветеринарных препаратов, кормов и кормовых добавок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="546"/>
+    <w:bookmarkStart w:name="z146" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При производстве и расфасовке ветеринарных препаратов, кормов и кормовых добавок должны соблюдаться требования технических регламентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z147" w:id="547"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z147" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Расфасовка ветеринарных препаратов, кормов и кормовых добавок должна обеспечивать безопасность при их хранении, транспортировке (перемещение) и реализации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z148" w:id="548"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z148" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Упаковочный материал не должен оказывать влияние на безопасность и качество ветеринарных препаратов, кормов и кормовых добавок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkEnd w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25274,90 +25728,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-2. Требования безопасности при транспортировке (перемещении) ветеринарных препаратов, кормов и кормовых добавок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z331" w:id="549"/>
+    <w:bookmarkStart w:name="z331" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Транспортировка (перемещение) ветеринарных препаратов, кормов и кормовых добавок на территории Республики Казахстан должна осуществляться в условиях, обеспечивающих их безопасность и сохранность их качественных показателей с соблюдением требований технических регламентов, законодательства Республики Казахстан в области ветеринарии, международных договоров Республики Казахстан и актов, составляющих право Евразийского экономического союза. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z332" w:id="550"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z332" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Транспортировка (перемещение) ветеринарных препаратов, кормов и кормовых добавок должна осуществляться в сухих, чистых транспортных средствах, не зараженных вредителями кормовых запасов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkEnd w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25433,110 +25887,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-3. Требования безопасности при хранении ветеринарных препаратов, кормов и кормовых добавок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="551"/>
+    <w:bookmarkStart w:name="z153" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ветеринарные препараты, корма и кормовые добавки должны храниться в специализированных складских помещениях в условиях, обеспечивающих их безопасность в течение всего срока хранения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z154" w:id="552"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z154" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Условия хранения ветеринарных препаратов, кормов и кормовых добавок устанавливаются изготовителем с учетом требований, предусмотренных техническими регламентами в области ветеринарии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z155" w:id="553"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z155" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. При ввозе на территорию Республики Казахстан ветеринарных препаратов, кормов и кормовых добавок должна предоставляться информация о сроках хранения и (или) годности, условиях хранения в порядке, предусмотренном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkEnd w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25592,110 +26046,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-4. Требования безопасности при применении ветеринарных препаратов, кормов и кормовых добавок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="554"/>
+    <w:bookmarkStart w:name="z157" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При использовании ветеринарных препаратов, кормов и кормовых добавок должны учитываться требования технологии их применения в соответствии с техническими регламентами, законодательством Республики Казахстан в области ветеринарии, международными договорами Республики Казахстан и актами, составляющими право Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z158" w:id="555"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z158" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Остатки веществ или компонентов ветеринарных препаратов в продукции, полученной из животных, в отношении которых они применялись, не должны превышать нормативы, установленные техническими регламентами, законодательством Республики Казахстан в области ветеринарии, международными договорами Республики Казахстан и актами, составляющими право Евразийского экономического союза. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z159" w:id="556"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z159" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Не допускается применение ветеринарных препаратов, кормов или кормовых добавок, срок годности которых истек. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkEnd w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25731,210 +26185,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-5. Требования безопасности при размещении на объекте внутренней торговли ветеринарных препаратов, кормов и кормовых добавок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="557"/>
+    <w:bookmarkStart w:name="z161" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. При размещении на объекте внутренней торговли ветеринарных препаратов, кормов и кормовых добавок производители и продавцы должны предоставлять полную и достоверную информацию о показателях безопасности и качества ветеринарных препаратов, кормов и кормовых добавок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z162" w:id="558"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z162" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Не подлежат размещению на объекте внутренней торговли ветеринарные препараты, корма и кормовые добавки, которые: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z340" w:id="559"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z340" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не соответствуют требованиям настоящего Закона, технических регламентов, законодательства Республики Казахстан в области ветеринарии, международных договоров Республики Казахстан и актов, составляющих право Евразийского экономического союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z341" w:id="560"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z341" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) имеют явные признаки порчи; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z342" w:id="561"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z342" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) не имеют документов производителя, подтверждающих их происхождение и в отношении которых отсутствует информация о государственной регистрации ветеринарных препаратов и кормовых добавок; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z343" w:id="562"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z343" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) не соответствуют предоставленной информации и в отношении которых имеются обоснованные подозрения в фальсификации документов, подтверждающих их происхождение; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z344" w:id="563"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z344" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) не имеют установленных сроков годности или сроки годности которых истекли; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z345" w:id="564"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z345" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) не имеют маркировки, содержащей сведения, предусмотренные техническими регламентами в области ветеринарии, законодательством Республики Казахстан в области ветеринарии, международными договорами Республики Казахстан и актами, составляющими право Евразийского экономического союза, либо в отношении которых не имеется такой информации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkEnd w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26030,110 +26484,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 24-6. Требования безопасности при утилизации и уничтожении ветеринарных препаратов, кормов и кормовых добавок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="565"/>
+    <w:bookmarkStart w:name="z164" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ветеринарные препараты, корма и кормовые добавки, признанные по результатам лабораторных исследований непригодными для использования по назначению, подлежат экспертизе на предмет их дальнейшего использования или утилизации, уничтожения в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z165" w:id="566"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z165" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ветеринарные препараты, корма и кормовые добавки на период, необходимый для проведения экспертизы и принятия решения о возможности его дальнейшего использования, утилизации или уничтожения, подлежат хранению в отдельных помещениях с указанием объема партии и соблюдением условий, исключающих доступ к ветеринарным препаратам, кормам и кормовым добавкам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z166" w:id="567"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z166" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ветеринарные препараты, корма и кормовые добавки должны быть денатурированы резко пахнущим веществом (керосином, нефтью, фенолом, хлорной известью) или красителем, дающим окраску, необычную для данной продукции. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkEnd w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26192,473 +26646,473 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="568"/>
+    <w:bookmarkStart w:name="z51" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Предупреждение и ликвидация болезней животных,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>в том числе болезней, общих для животных и человека</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkEnd w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 25. Обязанности физических и юридических лиц по предупреждению болезней животных, включая болезни, общие для животных и человека </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z346" w:id="569"/>
+    <w:bookmarkStart w:name="z346" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Физические и юридические лица обязаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z347" w:id="570"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z347" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осуществлять ветеринарные и административно-хозяйственные мероприятия с соблюдением ветеринарных (ветеринарно-санитарных) правил, установленных законодательством Республики Казахстан в области ветеринарии, обеспечивающих предупреждение болезней животных и безопасность перемещаемых (перевозимых) объектов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z348" w:id="571"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z348" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осуществлять содержание, разведение и использование животных, включая животных в зоопарках, цирках, на пасеках, в аквариумах, в соответствии с ветеринарными (ветеринарно-санитарными) правилами и ветеринарными нормативами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z349" w:id="572"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z349" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) содержать территорию, животноводческие помещения, а также сооружения для хранения и переработки кормов, продукции и сырья животного происхождения в соответствии с ветеринарными (ветеринарно-санитарными) правилами и ветеринарными нормативами, не допускать загрязнения окружающей среды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z350" w:id="573"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z350" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) соблюдать зоогигиенические и ветеринарные (ветеринарно-санитарные) требования при размещении, строительстве, реконструкции и вводе в эксплуатацию объектов государственного ветеринарно-санитарного контроля и надзора, связанных с содержанием, разведением, использованием, производством, заготовкой (убоем), хранением, переработкой и реализацией, а также при транспортировке (перемещении) перемещаемых (перевозимых) объектов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z351" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечивать идентификацию сельскохозяйственных животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z352" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) извещать подразделения местных исполнительных органов, осуществляющих деятельность в области ветеринарии, государственные ветеринарные организации, созданные местными исполнительными органами, органы государственного ветеринарно-санитарного контроля и надзора о:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вновь приобретенном (приобретенных) животном (животных), полученном приплоде, его (их) убое и реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      случаях падежа, одновременного заболевания нескольких животных или об их необычном поведении и до прибытия специалистов в области ветеринарии, государственных ветеринарно-санитарных инспекторов принять меры к изолированному содержанию животных при подозрении в заболевании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z353" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечивать своевременную вакцинацию и диагностику своих животных для обеспечения ветеринарно-санитарной безопасности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z351" w:id="574"/>
-[...95 lines deleted...]
-    <w:bookmarkStart w:name="z354" w:id="577"/>
+    <w:bookmarkStart w:name="z354" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) исключен Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z355" w:id="578"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z355" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) беспрепятственно предоставлять государственным ветеринарно-санитарным инспекторам для ветеринарного осмотра перемещаемого (перевозимого) объекта; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z356" w:id="579"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z356" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) выполнять акты государственных ветеринарно-санитарных инспекторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z357" w:id="580"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z357" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) не допускать убоя животных для реализации без предубойного ветеринарного их осмотра и послеубойной ветеринарно-санитарной экспертизы туш и органов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z107" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1) осуществлять проведение убоя сельскохозяйственных животных, предназначенных для последующей реализации, на мясоперерабатывающих предприятиях, убойных пунктах или убойных площадках (площадках по убою сельскохозяйственных животных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z358" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) оказывать содействие специалистам в области ветеринарии при выполнении ими служебных обязанностей по проведению ветеринарных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z524" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) проводить карантинирование животных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z107" w:id="581"/>
-[...15 lines deleted...]
-      11-1) осуществлять проведение убоя сельскохозяйственных животных, предназначенных для последующей реализации, на мясоперерабатывающих предприятиях, убойных пунктах или убойных площадках (площадках по убою сельскохозяйственных животных);</w:t>
+    <w:bookmarkStart w:name="z359" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) согласовывать нормативно-техническую документацию на новые, усовершенствованные ветеринарные препараты, на производство пищевой продукции, кормов, кормовых добавок с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z358" w:id="582"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26774,130 +27228,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26. Ветеринарные мероприятия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z360" w:id="585"/>
+    <w:bookmarkStart w:name="z360" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ветеринарные мероприятия подразделяются на: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z361" w:id="586"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z361" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мероприятия, проводимые на территории ветеринарно-санитарного благополучия с целью предупреждения возникновения болезней и пищевых отравлений животных, включая болезни, общие для животных и человека, обеспечения соответствия содержания животных, продукции и сырья животного происхождения, ветеринарных препаратов, кормов и кормовых добавок требованиям законодательства Республики Казахстан в области ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z362" w:id="587"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z362" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) мероприятия, проводимые в эпизоотическом очаге и неблагополучном пункте, включая зону наблюдения, буферную (защитную) зону с целью ликвидации и предупреждения распространения особо опасных и энзоотических болезней животных, включающие ограничительные мероприятия или карантин. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z363" w:id="588"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z363" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Порядок проведения ветеринарных мероприятий определяется ветеринарными (ветеринарно-санитарными) правилами, разрабатываемыми и применяемыми в том числе с учетом требований законодательства Республики Казахстан в области биологической безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkEnd w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27033,130 +27487,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 26-1. Применение ветеринарно-санитарных мер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z333" w:id="589"/>
+    <w:bookmarkStart w:name="z333" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В случаях, когда при анализе и оценке риска идентифицируется возможность вредного воздействия на жизнь и здоровье человека, однако имеющихся научных данных недостаточно для определения его степени, уполномоченный орган вправе принимать необходимые ветеринарно-санитарные меры по управлению риском. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z334" w:id="590"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z334" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ветеринарно-санитарные меры должны основываться на научных данных, объективной оценке риска для жизни и здоровья животных и человека, определяющихся с учетом международных стандартов и рекомендаций в области ветеринарно-санитарной безопасности, методики управления биологическими рисками. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z379" w:id="591"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z379" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. При оценке эквивалентности применяемых ветеринарно-санитарных мер международным стандартам и рекомендациям в области ветеринарно-санитарной безопасности должны быть учтены научные данные, результаты исследований (в том числе лабораторных), мониторинга распространения конкретных заболеваний и наличие зон, компартмента, регионализация. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z380" w:id="592"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z380" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Ветеринарно-санитарные меры других государств признаются эквивалентными при наличии следующих условий: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkEnd w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) соответствия применяемых ветеринарно-санитарных мер международным стандартам и рекомендациям в области ветеринарно-санитарной безопасности; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27346,70 +27800,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 26-2 в редакции Закона РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z381" w:id="593"/>
+    <w:bookmarkStart w:name="z381" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Деление территории на зоны, компартмент и регионализация осуществляются для:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkEnd w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) предотвращения заноса и распространения заразных и экзотических болезней животных из других государств; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27420,70 +27874,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) планирования ветеринарных мероприятий; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осуществления международной торговли. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z401" w:id="594"/>
+    <w:bookmarkStart w:name="z401" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В зависимости от распространения заразных болезней животных и проводимых ветеринарных мероприятий выделяются следующие типы зон: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkEnd w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) благополучная зона; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27512,90 +27966,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) буферная (защитная) зона;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) неблагополучная зона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z636" w:id="595"/>
+    <w:bookmarkStart w:name="z636" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) иные зоны, определенные в соответствии с международными договорами, ратифицированными Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z402" w:id="596"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z402" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Деление территории на зоны, компартмент и их границы и регионализация осуществляются в порядке, определенном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkEnd w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27691,51 +28145,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Ограничительные мероприятия и карантин</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z364" w:id="597"/>
+    <w:bookmarkStart w:name="z364" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Исключен Законом РК от 10.01.2006 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27750,72 +28204,72 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. ст. 2 Закона </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z365" w:id="598"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z365" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Перечни заразных болезней животных, при которых устанавливаются ограничительные мероприятия или карантин, утверждаются уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z366" w:id="599"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z366" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Исключен Законом РК от 10 января 2006 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27840,71 +28294,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z367" w:id="600"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z367" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. После снятия карантина решением местных исполнительных органов соответствующей административно-территориальной единицы по представлению главных государственных ветеринарно-санитарных инспекторов соответствующих территорий уполномоченным органом устанавливаются ограничительные мероприятия в случаях, предусмотренных законодательством Республики Казахстан в области ветеринарии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkEnd w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27980,110 +28434,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 28. Республиканский запас ветеринарных препаратов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z368" w:id="601"/>
+    <w:bookmarkStart w:name="z368" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканский запас ветеринарных препаратов представляет собой определенный объем постоянно обновляемых ветеринарных препаратов, используемых при ликвидации эпизоотических очагов и предупреждении угрозы распространения особо опасных болезней животных, внесенных в перечень, утверждаемый уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z369" w:id="602"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z369" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Республиканский запас ветеринарных препаратов создается из объема ветеринарных препаратов, закупленных в рамках бюджетных программ. Норматив запаса по видам ветеринарных препаратов устанавливается уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z370" w:id="603"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z370" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Порядок формирования и использования республиканского запаса ветеринарных препаратов определяется уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkEnd w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28119,130 +28573,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Ветеринарные нормативы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z371" w:id="604"/>
+    <w:bookmarkStart w:name="z371" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ветеринарные нормативы (ветеринарные, ветеринарно-санитарные или зоогигиенические нормы) определяют допустимое количественное или качественное значение показателей, характеризующих ветеринарный или ветеринарно-санитарный фактор с точки зрения его безопасности для здоровья животных и человека, окружающей среды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z372" w:id="605"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z372" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ветеринарные нормативы устанавливаются на основе исследований, проводимых в соответствии с законодательством Республики Казахстан в области ветеринарии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z373" w:id="606"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z373" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ветеринарные нормативы являются основой для проведения объективного и обоснованного эпизоотического мониторинга, планирования объема и характера ветеринарных мероприятий для достижения ветеринарно-санитарного благополучия, а также прогнозирования возможности возникновения, распространения и ликвидации болезней животных. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z374" w:id="607"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z374" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Ветеринарные нормативы утверждаются уполномоченным органом и являются обязательными для физических и юридических лиц, осуществляющих деятельность в области ветеринарии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkEnd w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28358,130 +28812,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 30. Изъятие, уничтожение, обезвреживание (обеззараживание) и переработка перемещаемых (перевозимых) объектов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z375" w:id="608"/>
+    <w:bookmarkStart w:name="z375" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Животные, продукция и сырье животного происхождения, представляющие опасность для здоровья животных и человека, в зависимости от степени их опасности подлежат обязательному изъятию и уничтожению либо обязательному обезвреживанию (обеззараживанию) и переработке без изъятия в порядке, утвержденном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z376" w:id="609"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z376" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Перечень особо опасных болезней животных, при которых проводятся обязательное изъятие и уничтожение животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, утверждается уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z377" w:id="610"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z377" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Перечень болезней животных, при которых производятся обязательное обезвреживание (обеззараживание) и переработка без изъятия животных, продукции и сырья животного происхождения, ветеринарных препаратов, кормов и кормовых добавок, представляющих опасность для здоровья животных и человека, утверждается уполномоченным органом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z378" w:id="611"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z378" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Физические и юридические лица в порядке и на условиях, определяемых уполномоченным органом, имеют право на возмещение стоимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkEnd w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изымаемых и уничтожаемых больных животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28730,90 +29184,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 32. Идентификация сельскохозяйственных животных и присвоение учетных номеров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="612"/>
+    <w:bookmarkStart w:name="z151" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сельскохозяйственные животные подлежат обязательной идентификации, позволяющей вести наблюдение за каждым животным с целью контроля и надзора за осуществлением ветеринарных обработок по профилактике и диагностике болезней животных, в порядке, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z525" w:id="613"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z525" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Процессинговый центр осуществляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkEnd w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) эмиссию индивидуальных номеров;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29010,70 +29464,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мониторинг идентификации сельскохозяйственных животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="614"/>
+    <w:bookmarkStart w:name="z169" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. С целью контроля и надзора за соответствием требованиям законодательства Республики Казахстан в области ветеринарии присвоению учетных номеров подлежат объекты производства, осуществляющие выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организации по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkEnd w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29232,68 +29686,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="615"/>
+    <w:bookmarkStart w:name="z68" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Научные исследования в области ветеринарии и деятельность по подготовке и повышению квалификации специалистов в области ветеринарии, физических и юридических лиц, осуществляющих предпринимательскую деятельность в области ветеринарии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkEnd w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 5 с изменением, внесенным Законом РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29305,550 +29759,550 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 33. Научные исследования в области ветеринарии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z382" w:id="616"/>
+    <w:bookmarkStart w:name="z382" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Научные исследования в области ветеринарии, включая процедуры использования животных, а также помещения и территории, где проводятся научные исследования в области ветеринарии, должны соответствовать требованиям законодательства Республики Казахстан в области ветеринарии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z383" w:id="617"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z383" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Разработанные или усовершенствованные в результате научных исследований ветеринарные препараты и кормовые добавки подлежат апробации с целью определения их соответствия ветеринарным нормативам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z384" w:id="618"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z384" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Штаммы микроорганизмов, существующие в Республике Казахстан, а также полученные в результате научных исследований, при диагностике болезней животных, подлежат хранению в Национальной коллекции патогенных и (или) промышленных микроорганизмов, используемых в ветеринарии. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 33 с изменениями, внесенными законами РК от 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 34. Подготовка и повышение квалификации специалистов в области ветеринарии, физических и юридических лиц, осуществляющих предпринимательскую деятельность в области ветеринарии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Программы по подготовке и повышению квалификации специалистов в области ветеринарии, физических и юридических лиц, осуществляющих предпринимательскую деятельность в области ветеринарии, подлежат обязательному согласованию с уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 34 в редакции Закона РК от 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 34-1. Социальная поддержка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z527" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Специалистам в области ветеринарии, работающим в сельской местности, в том числе специалистам ветеринарных пунктов, предоставляются дополнительные меры социальной поддержки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z528" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) доплата к должностному окладу в размере, определенном местными представительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z529" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оплата коммунальных услуг и приобретение топлива за счет бюджетных средств в порядке и размерах, утвержденных местными представительными органами;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z530" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение имеющих скот кормами и земельными участками для пастьбы скота и сенокошения по решению местных представительных и исполнительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z531" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Помимо льгот, предусмотренных законами Республики Казахстан, ветеринарным работникам могут устанавливаться местными представительными органами дополнительные льготы за счет бюджетных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 33 с изменениями, внесенными законами РК от 17.01.2014 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 34-1 в соответствии с Законом РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.05.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z73" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Финансирование ветеринарии и ответственность за</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...60 lines deleted...]
-      2) оплата коммунальных услуг и приобретение топлива за счет бюджетных средств в порядке и размерах, утвержденных местными представительными органами;</w:t>
+        </w:rPr>
+        <w:t>нарушение законодательства Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в области ветеринарии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z530" w:id="622"/>
-[...182 lines deleted...]
-    <w:bookmarkEnd w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 6 в редакции Закона РК от 24.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29880,346 +30334,346 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 35. Источники финансирования ветеринарии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z385" w:id="625"/>
+    <w:bookmarkStart w:name="z385" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. За счет бюджетных средств осуществляется финансирование: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z386" w:id="626"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z386" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) расходов на содержание уполномоченного органа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z387" w:id="627"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z387" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) расходов на содержание государственных ветеринарных учреждений; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z388" w:id="628"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z388" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) расходов на содержание подразделений государственных органов, осуществляющих деятельность в области ветеринарии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z553" w:id="629"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z553" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1) расходов на выполнение функций, закрепленных за государственными ветеринарными организациями, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z389" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) профилактики, включая дезинфекцию транспортных средств на ветеринарных контрольных постах и хранение республиканского запаса ветеринарных препаратов, диагностики и ликвидации особо опасных болезней животных по перечню, утвержденному уполномоченным органом, а также профилактики и диагностики энзоотических болезней животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z637" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) организации и проведения представителями импортирующей страны инспектирования территории или ее части, свободной от болезней или с незначительной распространенностью болезней, и процедуры осуществления государственного ветеринарно-санитарного контроля и надзора за экспортируемыми перемещаемыми (перевозимыми) объектами из этих территорий, включая аудит системы государственного ветеринарно-санитарного контроля и надзора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z638" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-2) организации и проведения представителями импортирующей страны инспектирования объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организаций по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок с целью осуществления экспорта перемещаемых (перевозимых) объектов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z389" w:id="630"/>
-[...15 lines deleted...]
-      4) профилактики, включая дезинфекцию транспортных средств на ветеринарных контрольных постах и хранение республиканского запаса ветеринарных препаратов, диагностики и ликвидации особо опасных болезней животных по перечню, утвержденному уполномоченным органом, а также профилактики и диагностики энзоотических болезней животных;</w:t>
+    <w:bookmarkStart w:name="z639" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-3) профилактики, диагностики и ликвидации впервые выявленных на территории Республики Казахстан особо опасных, экзотических болезней животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z637" w:id="631"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z390" w:id="634"/>
+    <w:bookmarkStart w:name="z390" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) уничтожения изъятых животных, продукции и сырья животного происхождения, представляющих особую опасность для здоровья животных и человека; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z391" w:id="635"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z391" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) возмещения владельцам стоимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkEnd w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изымаемых и уничтожаемых больных животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обезвреженных (обеззараженных) и переработанных без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="636"/>
+    <w:bookmarkStart w:name="z392" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) расходов на обеспечение формирования, ведения и содержания национальных коллекций патогенных и (или) промышленных микроорганизмов, используемых в ветеринарии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkEnd w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30228,110 +30682,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8) (исключен);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="637"/>
+    <w:bookmarkStart w:name="z170" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) расходов на приобретение изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных, за исключением используемых для идентификации сельскохозяйственных животных электронным способом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z394" w:id="638"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z394" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. За счет владельцев объектов государственного ветеринарно-санитарного контроля и надзора в порядке, установленном законодательством Республики Казахстан, выполняются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z395" w:id="639"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z395" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) апробация, контроль серий и регистрационные испытания ветеринарных препаратов, кормовых добавок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkEnd w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30360,270 +30814,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z397" w:id="640"/>
+    <w:bookmarkStart w:name="z397" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) ветеринарно-санитарная экспертиза; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z398" w:id="641"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z398" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) дегельминтизация, дезинсекция, дератизация, дезинфекция (кроме дезинфекции на ветеринарных контрольных постах); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z399" w:id="642"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z399" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) лечение, профилактика, диагностика и ликвидация болезней животных, включая инвазионные, за исключением особо опасных болезней животных, включенных в перечень, утверждаемый уполномоченным органом, и энзоотических болезней животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z400" w:id="643"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z400" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) выдача бланков ветеринарно-санитарного заключения, ветеринарного сертификата с зачислением поступающих средств в доход бюджета в порядке, установленном законодательством Республики Казахстан, приобретение изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных электронным способом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z554" w:id="644"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z554" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6-1) проведение мероприятий, предусмотренных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 настоящей статьи, сверх их объема, осуществляемых за счет бюджетных средств на соответствующий финансовый год (в случае обращения);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z640" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) депонирование штаммов микроорганизмов, используемых в ветеринарии, не подлежащих хранению в Национальной коллекции патогенных и (или) промышленных микроорганизмов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z641" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) проведение референций по обеспечению пищевой безопасности сверх их объема, осуществляемых за счет бюджетных средств на соответствующий финансовый год (в случае обращения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z532" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) проведение диагностических исследований и ветеринарных обработок при карантинировании животных.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z640" w:id="645"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z642" w:id="648"/>
+    <w:bookmarkStart w:name="z642" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Финансирование мероприятий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 4-2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 настоящей статьи, сверх объема их финансирования за счет бюджетных средств на соответствующий финансовый год осуществляется из иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkEnd w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30956,110 +31410,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 37. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z403" w:id="649"/>
+    <w:bookmarkStart w:name="z403" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Закон вводится в действие со дня его официального опубликования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z404" w:id="650"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z404" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан, имеющий силу Закона, от 25 июля 1995 г. N 2376 "О ветеринарии" (Ведомости Верховного Совета Республики Казахстан, 1995 г., N 14, ст. 94; Ведомости Парламента Республики Казахстан, 1998 г., N 17-18, ст. 225; N 24, ст. 443; 1999 г., N 23, ст. 931). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkEnd w:id="647"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -31200,55 +31654,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>