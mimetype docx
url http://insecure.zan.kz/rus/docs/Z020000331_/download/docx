--- v0 (2025-11-16)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cbafc55" w14:textId="cbafc55">
+    <w:p w14:paraId="c5c5548" w14:textId="c5c5548">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5144,90 +5144,174 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Лицензирование деятельности в области защиты растений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.1 статьи 14 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицензирование деятельности в области защиты растений осуществляется в соответствии с законодательством Евразийского экономического союза в области нетарифного регулирования, а также в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях, в сфере оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z191" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деятельность физических и юридических лиц по производству (формуляции) пестицидов, реализации пестицидов, применению пестицидов аэрозольным и фумигационным способами, а также по импорту средств защиты растений (пестицидов) запрещается без наличия соответствующей лицензии, получаемой в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z191" w:id="66"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5454,90 +5538,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14-2. Запас пестицидов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="67"/>
+    <w:bookmarkStart w:name="z192" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Запас пестицидов представляет собой определенный объем регулярно обновляемых пестицидов и является государственной собственностью, находящейся в ведении (распоряжении) ведомства уполномоченного органа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z135" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z135" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Запас пестицидов предназначен для ликвидации непредвиденного массового распространения особо опасных вредных организмов и формируется из объема пестицидов, закупленных за счет бюджетных средств, на основе фитосанитарного мониторинга с учетом складывающейся фитосанитарной обстановки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5931,869 +6015,963 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 14-5. Обязанности физических и юридических лиц, деятельность которых связана с объектами государственного фитосанитарного контроля </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Физические и юридические лица, деятельность которых связана с объектами государственного фитосанитарного контроля, обязаны: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="69"/>
+    <w:bookmarkStart w:name="z39" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) проводить фитосанитарный мониторинг и фитосанитарные мероприятия и не допускать развития и распространения вредных и особо опасных вредных организмов с численностью выше экономического порога вредоносности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z41" w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z41" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) соблюдать требования безопасности в сфере оборота пестицидов, установленные техническими регламентами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z42" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z42" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) вести фитосанитарный учет и представлять отчетность ведомству уполномоченного органа; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z47" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проводить регистрационные (мелкоделяночные и производственные) испытания пестицидов в соответствии с правилами проведения регистрационных (мелкоделяночных и производственных) испытаний и государственной регистрации пестицидов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z47" w:id="72"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="73"/>
+    <w:bookmarkStart w:name="z48" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) обезвреживать пестициды и содержать специальные хранилища (могильники) в надлежащем состоянии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z49" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z49" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) соблюдать требования, предъявляемые к лицензируемым видам деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z50" w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z50" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) выполнять предписания государственных инспекторов по защите растений в соответствии с законодательством Республики Казахстан о защите растений; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z193" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) обеспечить доступ государственных инспекторов по защите растений к объектам государственного фитосанитарного контроля;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z193" w:id="76"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="77"/>
+    <w:bookmarkStart w:name="z51" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) оказывать содействие государственным инспекторам по защите растений в выполнении ими законодательства Республики Казахстан о защите растений. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14-5 с изменениями, внесенными законами РК от 29.12.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14-6. Государственная регистрация пестицидов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z194" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная регистрация пестицидов проводится по итогам регистрационных (мелкоделяночных и производственных) испытаний в соответствии с правилами проведения регистрационных (мелкоделяночных и производственных) испытаний и государственной регистрации пестицидов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z195" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основаниями для мотивированного отказа в государственной регистрации пестицидов являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z196" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несоответствие химического состава, рецептуры и технологии производства (формуляции) пестицидов, заявленных для проведения регистрационных (мелкоделяночных и производственных) испытаний, химическому составу, рецептуре и технологии производства (формуляции) пестицидов, представленных на государственную регистрацию пестицидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z197" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нарушение прав патентообладателей на изобретения, относящиеся к пестицидам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 14-5 с изменениями, внесенными законами РК от 29.12.2006 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z198" w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 3) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) иные основания, предусмотренные законами Республики Казахстан "О государственных услугах", "О разрешениях и уведомлениях".  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z199" w:id="83"/>
+    <w:bookmarkStart w:name="z199" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пестициды, прошедшие государственную регистрацию, разрешаются к производству (формуляции), ввозу, хранению, транспортировке, реализации, применению и вносятся уполномоченным органом в список пестицидов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z200" w:id="84"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z200" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Допускается в соответствии с правилами проведения регистрационных (мелкоделяночных и производственных) испытаний и государственной регистрации пестицидов временная регистрация пестицидов на срок не более двух лет для: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z201" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) борьбы с отдельными вредными и особо опасными вредными организмами, а также впервые выявленными на территории Республики Казахстан карантинными объектами, распространение которых может привести к причинению значительного вреда растениям и растительной продукции, ухудшению фитосанитарной обстановки, если отсутствуют пестициды необходимого назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z202" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) биологических препаратов с низким риском.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z201" w:id="85"/>
-[...15 lines deleted...]
-      1) борьбы с отдельными вредными и особо опасными вредными организмами, а также впервые выявленными на территории Республики Казахстан карантинными объектами, распространение которых может привести к причинению значительного вреда растениям и растительной продукции, ухудшению фитосанитарной обстановки, если отсутствуют пестициды необходимого назначения;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В период временной регистрации биологического препарата должны быть проведены регистрационные (мелкоделяночные и производственные) испытания с дальнейшим представлением регистрантом (заявителем) документов, необходимых для его государственной регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z202" w:id="86"/>
-[...15 lines deleted...]
-      2) биологических препаратов с низким риском.</w:t>
+    <w:bookmarkStart w:name="z204" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лишение (отзыв) регистрационного удостоверения на пестицид осуществляется в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z203" w:id="87"/>
-[...15 lines deleted...]
-      В период временной регистрации биологического препарата должны быть проведены регистрационные (мелкоделяночные и производственные) испытания с дальнейшим представлением регистрантом (заявителем) документов, необходимых для его государственной регистрации.</w:t>
+    <w:bookmarkStart w:name="z224" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получения ранее неизвестных сведений об опасности пестицида для здоровья людей или окружающей среды, подтвержденных уполномоченным органом в области охраны окружающей среды и государственным органом в сфере санитарно-эпидемиологического благополучия населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z204" w:id="88"/>
-[...15 lines deleted...]
-      2. Лишение (отзыв) регистрационного удостоверения на пестицид осуществляется в случаях:</w:t>
+    <w:bookmarkStart w:name="z225" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) включения пестицида в перечень средств защиты растений, запрещенных к ввозу на таможенную территорию Евразийского экономического союза, подпадающих под действие приложений А и В Стокгольмской Конвенции о стойких органических загрязнителях от 22 мая 2001 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z224" w:id="89"/>
-[...15 lines deleted...]
-      1) получения ранее неизвестных сведений об опасности пестицида для здоровья людей или окружающей среды, подтвержденных уполномоченным органом в области охраны окружающей среды и государственным органом в сфере санитарно-эпидемиологического благополучия населения;</w:t>
+    <w:bookmarkStart w:name="z226" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подтверждения факта отсутствия биологической эффективности применяемого зарегистрированного пестицида на основе результатов, полученных по итогам проведения фитосанитарных мероприятий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z225" w:id="90"/>
-[...15 lines deleted...]
-      2) включения пестицида в перечень средств защиты растений, запрещенных к ввозу на таможенную территорию Евразийского экономического союза, подпадающих под действие приложений А и В Стокгольмской Конвенции о стойких органических загрязнителях от 22 мая 2001 года;</w:t>
+    <w:bookmarkStart w:name="z208" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Приостановление действия регистрационного удостоверения на пестицид осуществляется по результатам проведения государственного фитосанитарного контроля, при котором выявлен факт несоответствия химического состава и количества действующего вещества применяемого зарегистрированного пестицида химическому составу и количеству действующего вещества, заявленным в регистрационном досье при его государственной регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z226" w:id="91"/>
-[...15 lines deleted...]
-      3) подтверждения факта отсутствия биологической эффективности применяемого зарегистрированного пестицида на основе результатов, полученных по итогам проведения фитосанитарных мероприятий.</w:t>
+    <w:bookmarkStart w:name="z227" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При установлении факта несоответствия химического состава и количества действующего вещества применяемого зарегистрированного пестицида химическому составу и количеству действующего вещества, заявленным в регистрационном досье при его государственной регистрации, ведомством уполномоченного органа принимается решение о приостановлении действия регистрационного удостоверения на пестицид сроком на двенадцать месяцев.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z208" w:id="92"/>
-[...15 lines deleted...]
-      3. Приостановление действия регистрационного удостоверения на пестицид осуществляется по результатам проведения государственного фитосанитарного контроля, при котором выявлен факт несоответствия химического состава и количества действующего вещества применяемого зарегистрированного пестицида химическому составу и количеству действующего вещества, заявленным в регистрационном досье при его государственной регистрации.</w:t>
+    <w:bookmarkStart w:name="z228" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возобновление действия регистрационного удостоверения осуществляется в порядке, установленном законодательством Республики Казахстан о разрешениях и уведомлениях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z227" w:id="93"/>
-[...15 lines deleted...]
-      При установлении факта несоответствия химического состава и количества действующего вещества применяемого зарегистрированного пестицида химическому составу и количеству действующего вещества, заявленным в регистрационном досье при его государственной регистрации, ведомством уполномоченного органа принимается решение о приостановлении действия регистрационного удостоверения на пестицид сроком на двенадцать месяцев.</w:t>
+    <w:bookmarkStart w:name="z211" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Запрещаются производство (формуляция), ввоз, хранение, транспортировка, реализация и применение пестицидов, не прошедших государственную регистрацию, а также исходных компонентов для производства (формуляции) незарегистрированных пестицидов, за исключением опытных образцов, ввозимых для проведения регистрационных (мелкоделяночных и производственных) испытаний и (или) научных исследований на основании заключения (разрешительного документа) на ввоз образцов незарегистрированных средств защиты растений (пестицидов) для проведения регистрационных (мелкоделяночных и производственных) испытаний и (или) научных исследований в соответствии с решениями Коллегии Евразийской экономической комиссии. Количество пестицидов, ввозимых для регистрационных (мелкоделяночных и производственных) испытаний и (или) научных исследований, определяется уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z228" w:id="94"/>
-[...15 lines deleted...]
-      Возобновление действия регистрационного удостоверения осуществляется в порядке, установленном законодательством Республики Казахстан о разрешениях и уведомлениях.</w:t>
+    <w:bookmarkStart w:name="z212" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основаниями для мотивированного отказа на ввоз незарегистрированных образцов пестицидов, предназначенных для проведения регистрационных (мелкоделяночных и производственных) испытаний и (или) научных исследований, являются отсутствие незарегистрированных пестицидов в планах проведения регистрационных (мелкоделяночных и производственных) испытаний пестицидов, отсутствие договора на проведение научных исследований, а также иные основания, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z211" w:id="95"/>
-[...15 lines deleted...]
-      4. Запрещаются производство (формуляция), ввоз, хранение, транспортировка, реализация и применение пестицидов, не прошедших государственную регистрацию, а также исходных компонентов для производства (формуляции) незарегистрированных пестицидов, за исключением опытных образцов, ввозимых для проведения регистрационных (мелкоделяночных и производственных) испытаний и (или) научных исследований на основании заключения (разрешительного документа) на ввоз образцов незарегистрированных средств защиты растений (пестицидов) для проведения регистрационных (мелкоделяночных и производственных) испытаний и (или) научных исследований в соответствии с решениями Коллегии Евразийской экономической комиссии. Количество пестицидов, ввозимых для регистрационных (мелкоделяночных и производственных) испытаний и (или) научных исследований, определяется уполномоченным органом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 14-6 в соответствии с Законом РК от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); в редакции Закона РК от 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Государственный фитосанитарный контроль</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z212" w:id="96"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 4 в новой редакции - Законом Республики Казахстан от 31 января 2006 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7032,610 +7210,704 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 15-1 в редакции Закона РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="98"/>
+    <w:bookmarkStart w:name="z139" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный фитосанитарный контроль осуществляется в форме проверки, профилактического контроля с посещением субъекта (объекта) контроля, профилактического контроля без посещения субъекта (объекта) контроля и расследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z231" w:id="99"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z231" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверка и профилактический контроль с посещением субъекта (объекта) контроля осуществляются в соответствии с Предпринимательским </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z229" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Государственный фитосанитарный контроль и надзор в отношении потенциально опасных биологических объектов, на которых осуществляется обращение с патогенными биологическими агентами, осуществляются с учетом особенностей, предусмотренных законодательством Республики Казахстан в области биологической безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z140" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Профилактический контроль без посещения субъекта (объекта) контроля и расследование осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z229" w:id="100"/>
-[...15 lines deleted...]
-      1-1. Государственный фитосанитарный контроль и надзор в отношении потенциально опасных биологических объектов, на которых осуществляется обращение с патогенными биологическими агентами, осуществляются с учетом особенностей, предусмотренных законодательством Республики Казахстан в области биологической безопасности.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Профилактический контроль без посещения субъекта (объекта) контроля проводится ведомством уполномоченного органа и (или) его территориальными подразделениями путем анализа, сопоставления данных и информации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z140" w:id="101"/>
-[...15 lines deleted...]
-      2. Профилактический контроль без посещения субъекта (объекта) контроля и расследование осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан и настоящим Законом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) из информационных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) из фитосанитарного учета и отчетности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z141" w:id="102"/>
-[...15 lines deleted...]
-      3. Профилактический контроль без посещения субъекта (объекта) контроля проводится ведомством уполномоченного органа и (или) его территориальными подразделениями путем анализа, сопоставления данных и информации:</w:t>
+    <w:bookmarkStart w:name="z144" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) поступающих от организаций, входящих в государственную систему защиты растений Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z142" w:id="103"/>
-[...15 lines deleted...]
-      1) из информационных систем;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) из открытых источников, средств массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z143" w:id="104"/>
-[...15 lines deleted...]
-      2) из фитосанитарного учета и отчетности;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных ведомством уполномоченного органа и (или) его территориальными подразделениями по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на них.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z144" w:id="105"/>
-[...15 lines deleted...]
-      3) поступающих от организаций, входящих в государственную систему защиты растений Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Профилактический контроль без посещения субъекта (объекта) контроля проводится путем анализа, сопоставления данных и информации, имеющихся в уполномоченном органе, и (или) сведений, поступающих от организаций, субъектов контроля, государственных органов, уполномоченных органов других государств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z145" w:id="106"/>
-[...15 lines deleted...]
-      4) из открытых источников, средств массовой информации.</w:t>
+    <w:bookmarkStart w:name="z148" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Профилактический контроль без посещения субъекта (объекта) контроля осуществляется ежеквартально не позднее 25 числа месяца, следующего за отчетным периодом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z146" w:id="107"/>
-[...15 lines deleted...]
-      Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъектам контроля права самостоятельного устранения нарушений, выявленных ведомством уполномоченного органа и (или) его территориальными подразделениями по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на них.</w:t>
+    <w:bookmarkStart w:name="z149" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае выявления нарушений по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъекта контроля оформляется и направляется рекомендация в срок не позднее пяти рабочих дней со дня выявления нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z147" w:id="108"/>
-[...15 lines deleted...]
-      Профилактический контроль без посещения субъекта (объекта) контроля проводится путем анализа, сопоставления данных и информации, имеющихся в уполномоченном органе, и (или) сведений, поступающих от организаций, субъектов контроля, государственных органов, уполномоченных органов других государств.</w:t>
+    <w:bookmarkStart w:name="z150" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация должна быть вручена субъекту контроля лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z148" w:id="109"/>
-[...15 lines deleted...]
-      Профилактический контроль без посещения субъекта (объекта) контроля осуществляется ежеквартально не позднее 25 числа месяца, следующего за отчетным периодом.</w:t>
+    <w:bookmarkStart w:name="z151" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z149" w:id="110"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="113"/>
+    <w:bookmarkStart w:name="z152" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) нарочно – с даты отметки в рекомендации о получении; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z153" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) почтой – заказным письмом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z154" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронным способом – с даты отправки на электронный адрес субъекта контроля, указанный в письме при запросе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z155" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z153" w:id="114"/>
-[...15 lines deleted...]
-      2) почтой – заказным письмом;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в ведомство уполномоченного органа и (или) его территориальные подразделения, направившие рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем вручения рекомендации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z154" w:id="115"/>
-[...15 lines deleted...]
-      3) электронным способом – с даты отправки на электронный адрес субъекта контроля, указанный в письме при запросе.</w:t>
+    <w:bookmarkStart w:name="z157" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z155" w:id="116"/>
-[...15 lines deleted...]
-      Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
+    <w:bookmarkStart w:name="z213" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Решение о проведении профилактического контроля с посещением субъекта (объекта) контроля с целью проведения обследования территории и объектов для выявления и установления причин возникновения и распространения вредных и (или) особо опасных вредных организмов, а также выявления фактов реализации, хранения, применения и (или) ввоза пестицидов, не прошедших государственную регистрацию, фальсифицированных пестицидов принимается руководителем областного (города республиканского значения, столицы) территориального подразделения ведомства уполномоченного органа при наличии и (или) поступлении информации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z156" w:id="117"/>
-[...15 lines deleted...]
-      Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в ведомство уполномоченного органа и (или) его территориальные подразделения, направившие рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем вручения рекомендации.</w:t>
+    <w:bookmarkStart w:name="z214" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о распространении ранее незарегистрированного на территории области (города республиканского значения, столицы) вредного и (или) особо опасного вредного организма;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z157" w:id="118"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z215" w:id="121"/>
+    <w:bookmarkStart w:name="z215" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) об ухудшении фитосанитарной обстановки приграничных территорий со странами, граничащими с Республикой Казахстан, и областей (факты миграции особо опасных вредных организмов); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z216" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) о проведении на соответствующей территории оперативных фитосанитарных мероприятий против особо опасных вредных организмов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z217" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) о фактах реализации, хранения, применения и (или) ввоза пестицидов, не прошедших государственную регистрацию, фальсифицированных пестицидов в целях предотвращения их распространения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z218" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) о выявленных фактах наличия остаточного количества пестицидов в растениеводческой продукции, вывезенной с соответствующей территории.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z216" w:id="122"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8164,90 +8436,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Контроль за проведением фитосанитарного мониторинга и фитосанитарных мероприятий проводится в период наступления оптимальных сроков развития и распространения вредных и особо опасных вредных организмов периодичностью не более трех раз в год и продолжительностью не более двух дней.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Контроль за хранением, реализацией и применением пестицидов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="125"/>
+    <w:bookmarkStart w:name="z219" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Контроль за хранением, реализацией и применением пестицидов осуществляется на предмет соответствия условий хранения, реализации и применения пестицидов обязательным требованиям технического регламента о безопасности средств защиты растений (пестицидов), а также регламентов применения пестицидов, указанных в списке пестицидов. Для определения соответствия обязательным требованиям технического регламента о безопасности средств защиты растений (пестицидов) отбираются образцы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z220" w:id="126"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z220" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Контроль за хранением, реализацией и применением пестицидов осуществляется с периодичностью не более двух раз в год и продолжительностью не более пяти рабочих дней, и с продлением до пяти рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8336,90 +8608,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Контроль за ведением и представлением фитосанитарного учета и отчетности осуществляется в установленные сроки представления отчетности, периодичностью не более трех раз и продолжительностью не более двух дней. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19-2. Контроль за проведением регистрационных (мелкоделяночных и производственных) испытаний пестицидов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z221" w:id="127"/>
+    <w:bookmarkStart w:name="z221" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Контроль за проведением регистрационных (мелкоделяночных и производственных) испытаний пестицидов осуществляется на предмет методической выдержанности, а также соблюдения правил проведения регистрационных (мелкоделяночных и производственных) испытаний и государственной регистрации пестицидов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z222" w:id="128"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z222" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Контроль за проведением регистрационных (мелкоделяночных и производственных) испытаний пестицидов осуществляется в период их проведения с периодичностью не более двух раз в год и продолжительностью не более пяти рабочих дней, и с продлением до пяти рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8785,80 +9057,80 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статью 19-5 исключена Законом РК от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="129"/>
+    <w:bookmarkStart w:name="z103" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4-1. Общие требования безопасности в сфере оборота</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>пестицидов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 4-1 дополнена - Законом РК от 29 декабря 2006 г. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8890,70 +9162,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19-6. Требования к безопасности пестицидов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="130"/>
+    <w:bookmarkStart w:name="z232" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обязательные требования к безопасности пестицидов при их хранении, реализации, применении, обезвреживании и маркировке упаковки устанавливаются техническим регламентом о безопасности средств защиты растений (пестицидов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8989,90 +9261,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19-7. Требования безопасности при применении пестицидов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="131"/>
+    <w:bookmarkStart w:name="z109" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 19-7 исключена Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -9133,90 +9405,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19-9. Требования безопасности при хранении пестицидов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="132"/>
+    <w:bookmarkStart w:name="z116" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 19-9 исключена Законом РК от 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19-10. Требования безопасности при транспортировке пестицидов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9228,92 +9500,92 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 19-10 исключена Законом РК от 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="133"/>
+    <w:bookmarkStart w:name="z37" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Источники финансирования мероприятий</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>по защите растений и ответственность за нарушение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>законодательства Республики Казахстан о защите растений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок с изменениями, внесенными Законом РК от 17.07.2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9489,70 +9761,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) проведение прикладных научных исследований в области защиты растений; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) содержание, строительство и ремонт специальных хранилищ (могильников);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z223" w:id="134"/>
+    <w:bookmarkStart w:name="z223" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) закуп пестицидов, услуг по их хранению, транспортировке, химической обработке мест заселения нестадными саранчовыми с численностью выше экономического порога вредоносности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10144,55 +10416,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -10518,31 +10790,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>