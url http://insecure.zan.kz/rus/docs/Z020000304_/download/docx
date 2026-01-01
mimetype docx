--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bec4f75" w14:textId="bec4f75">
+    <w:p w14:paraId="c0792ba" w14:textId="c0792ba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2866,148 +2866,62 @@
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z158" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Органы юстиции при решении возложенных на них задач взаимодействуют с центральными и местными государственными органами, в том числе с правоохранительными и контролирующими, а также с должностными лицами. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...96 lines deleted...]
-      Органы юстиции по запросу уполномоченного органа по финансовому мониторингу представляют сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Органы юстиции по запросу уполномоченного органа по финансовому мониторингу представляют сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z159" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственные органы, организации и должностные лица обязаны оказывать содействие органам юстиции в выполнении функциональных задач и защите прав, свобод человека и гражданина, юридических лиц и интересов государства. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z160" w:id="52"/>
     <w:p>
       <w:pPr>
@@ -3151,51 +3065,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.06.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 206-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z71" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5996,714 +5930,1046 @@
         <w:t>
       4) межведомственную координацию деятельности и методическую помощь уполномоченным органам, а также заинтересованным организациям в области охраны и защиты прав интеллектуальной собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:bookmarkStart w:name="z95" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мониторинг реализации уполномоченными органами и организациями государственной политики по охране и защите прав интеллектуальной собственности, включая соблюдение ими законодательства и исполнения международных договоров в данной сфере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z96" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 6) предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) контроль за деятельностью организаций, управляющих имущественными правами на коллективной основе, патентных поверенных и взаимодействие с ними;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z97" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организацию деятельности по регистрации авторского права в официальных реестрах;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z97" w:id="127"/>
-[...15 lines deleted...]
-      7) организацию деятельности по регистрации авторского права в официальных реестрах;</w:t>
+    <w:bookmarkStart w:name="z98" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организацию деятельности по регистрации заявок на выдачу охранных документов на объекты промышленной собственности, селекционные достижения, топологии интегральных микросхем, товарные знаки, знаки обслуживания, географические указания и наименования мест происхождения товаров, в том числе в соответствии с международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z98" w:id="128"/>
-[...15 lines deleted...]
-      8) организацию деятельности по регистрации заявок на выдачу охранных документов на объекты промышленной собственности, селекционные достижения, топологии интегральных микросхем, товарные знаки, знаки обслуживания, географические указания и наименования мест происхождения товаров, в том числе в соответствии с международными договорами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) организацию деятельности по проведению экспертизы заявок на выдачу охранных документов на объекты промышленной собственности, селекционные достижения, топологии интегральных микросхем, товарные знаки, знаки обслуживания, географические указания и наименования мест происхождения товаров, ведение соответствующих государственных реестров, выдачу охранных документов и осуществление мер по поддержанию их в силе, в том числе в соответствии с международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z99" w:id="129"/>
-[...15 lines deleted...]
-      9) организацию деятельности по проведению экспертизы заявок на выдачу охранных документов на объекты промышленной собственности, селекционные достижения, топологии интегральных микросхем, товарные знаки, знаки обслуживания, географические указания и наименования мест происхождения товаров, ведение соответствующих государственных реестров, выдачу охранных документов и осуществление мер по поддержанию их в силе, в том числе в соответствии с международными договорами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) контроль за деятельностью государственной организации, осуществляющей экспертизу в сфере патентного дела и регистрацию авторского права в официальных реестрах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z100" w:id="130"/>
-[...15 lines deleted...]
-      10) контроль за деятельностью государственной организации, осуществляющей экспертизу в сфере патентного дела и регистрацию авторского права в официальных реестрах;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) организацию деятельности по регистрации лицензионных договоров на использование объектов промышленной собственности, селекционных достижений, топологий интегральных микросхем, открытых лицензий и договоров уступки охранных документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z101" w:id="131"/>
-[...15 lines deleted...]
-      11) организацию деятельности по регистрации лицензионных договоров на использование объектов промышленной собственности, селекционных достижений, топологий интегральных микросхем, открытых лицензий и договоров уступки охранных документов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 12) предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) аккредитацию организаций, управляющих имущественными правами на коллективной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 в редакции Закона РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 21-1. Функции органов юстиции в сфере обеспечения исполнения исполнительных документов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z102" w:id="132"/>
-[...15 lines deleted...]
-      12) аккредитацию организаций, управляющих имущественными правами на коллективной основе.</w:t>
+    <w:bookmarkStart w:name="z103" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В сфере обеспечения исполнения исполнительных документов органы юстиции осуществляют следующие функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z104" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечение исполнения исполнительных документов (организационное, методическое обеспечение, контроль, рассмотрение жалоб и иных обращений по исполнительному производству, работа с арестованным имуществом должников);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z105" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организацию деятельности частных судебных исполнителей и их коллегий (организация работы квалификационной, дисциплинарной комиссии, проведение конкурса, лицензирование деятельности частных судебных исполнителей, контроль за их деятельностью, рассмотрение жалоб и иных обращений на действия (бездействие) частных судебных исполнителей);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z106" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сотрудничество со службами исполнительного производства зарубежных государств и с международными организациями в сфере исполнения исполнительных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 21 в редакции Закона РК от 29.09.2014 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 21-1 в соответствии с Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 368-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 20.06.2018 </w:t>
-[...29 lines deleted...]
-        <w:t>№ 128-VII</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 22. Исключена Законом РК от 29.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>N 25</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В заголовк статьи 22-1 и по всему тексту предусматриваются изменения Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 22-1. Государственный контроль за деятельностью организаций, управляющих имущественными правами на коллективной основе, а также за использованием товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный контроль за деятельностью организаций, управляющих имущественными правами на коллективной основе, а также за использованием товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования осуществляется в форме внеплановой проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22-1 в редакции Закона РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="133"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...80 lines deleted...]
-      3) сотрудничество со службами исполнительного производства зарубежных государств и с международными организациями в сфере исполнения исполнительных документов.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22-2. Государственный контроль в сфере соблюдения законодательства Республики Казахстан, регулирующего вопросы издания, государственной регистрации и отмены нормативных правовых актов, подлежащих государственной регистрации в органах юстиции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z392" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный контроль в сфере соблюдения законодательства Республики Казахстан, регулирующего вопросы издания, государственной регистрации и отмены нормативных правовых актов, подлежащих государственной регистрации в органах юстиции (далее – государственный контроль), осуществляется в целях недопущения должностными лицами государственных органов Республики Казахстан нарушений законодательства Республики Казахстан, регулирующего вопросы издания, государственной регистрации и отмены нормативных правовых актов, подлежащих государственной регистрации в органах юстиции (далее – законодательство Республики Казахстан в сфере государственной регистрации нормативных правовых актов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:p>
-[...263 lines deleted...]
-    <w:bookmarkStart w:name="z393" w:id="141"/>
+    <w:bookmarkStart w:name="z393" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субъектами государственного контроля за соблюдением законодательства Республики Казахстан в сфере государственной регистрации нормативных правовых актов (далее – субъекты контроля) являются государственные органы Республики Казахстан, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 1-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z394" w:id="142"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z394" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственный контроль в отношении специальных государственных органов Республики Казахстан не проводится.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6722,188 +6988,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="143"/>
+    <w:bookmarkStart w:name="z44" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 23. Иные функции органов юстиции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z367" w:id="144"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z367" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Органы юстиции, помимо перечисленных в статьях 15 - 22, осуществляют следующие функции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z368" w:id="145"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z368" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) соблюдение и защита прав, свобод и законных интересов человека и гражданина, организаций и государства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z369" w:id="146"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z369" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) обеспечение защиты переданных им другими государственными органами и организациями сведений, составляющих государственные секреты, а также сведений, засекреченных ими; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z370" w:id="147"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z370" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) принятие, рассмотрение обращений граждан и юридических лиц по вопросам, относящимся к компетенции органов юстиции, и сообщение заявителям о принятых решениях в порядке и сроки, которые установлены законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z371" w:id="148"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z371" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) анализ и обобщение практики применения законодательства Республики Казахстан в сфере своей деятельности, в том числе результатов правового мониторинга нормативных правовых актов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О правовых актах", и внесение соответствующих предложений по его совершенствованию, устранению причин и условий, способствующих нарушению законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6986,350 +7252,350 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z374" w:id="149"/>
+    <w:bookmarkStart w:name="z374" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) оказание научно-методической и юридической помощи государственным органам в пределах своей компетенции; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-1) исключен Законом РК от 21.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 468-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) исключен Законом РК от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) координацию деятельности уполномоченных органов по правовому мониторингу нормативных правовых актов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z110" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-2) осуществление производства по административным правонарушениям, отнесенным к компетенции органов юстиции в соответствии с законами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z379" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-3) обеспечение ведения единой базы данных аналитических, консалтинговых, социологических и иных исследований, финансируемых из республиканского и местных бюджетов, проводимых по заказу государственных органов и местных исполнительных органов, их подведомственных организаций, субъектов квазигосударственного сектора, в том числе совместных исследований с международными организациями, в порядке, определяемом Министром юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:p>
-[...195 lines deleted...]
-      9-1) координацию деятельности уполномоченных органов по правовому мониторингу нормативных правовых актов;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z110" w:id="151"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z377" w:id="154"/>
+    <w:bookmarkStart w:name="z377" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В случаях, предусмотренных Законом Республики Казахстан "Об авторском праве и смежных правах", органы юстиции устанавливают размер вознаграждения и условия его выплаты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7739,351 +8005,351 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23-1. Порядок проведения государственного контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z396" w:id="155"/>
+    <w:bookmarkStart w:name="z396" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль проводят органы юстиции в форме плановых и внеплановых проверок. Плановые и внеплановые проверки проводятся путем посещения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z397" w:id="156"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z397" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министерство юстиции Республики Казахстан осуществляет плановые и внеплановые проверки в государственных органах, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 1-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 настоящего Закона, территориальные органы юстиции – в местных исполнительных и представительных органах, а также ревизионных комиссиях областей, городов республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z398" w:id="157"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z398" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Периодичность плановых проверок субъектов контроля не должна превышать одного раза в три года в соответствии с планом проведения плановых проверок, утверждаемым первым руководителем органа юстиции (либо лицом, исполняющим его обязанности).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z399" w:id="158"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z399" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Внеплановые проверки проводятся по инициативе органов юстиции при непосредственном обнаружении нарушений законодательства Республики Казахстан в сфере государственной регистрации нормативных правовых актов, а также получении информации о таких нарушениях от физических и юридических лиц, средств массовой информации или по поручениям вышестоящих государственных органов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z400" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган юстиции извещает субъект контроля о начале проведения внеплановой проверки не менее чем за сутки до ее начала с указанием предмета проведения проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z401" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Первый руководитель органа юстиции (либо лицо, исполняющее его обязанности) не позднее 1 декабря года, предшествующего году проверки, утверждает планы проведения плановых проверок субъектов контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z402" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Планы проведения плановых проверок включают:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z400" w:id="159"/>
-[...15 lines deleted...]
-      Орган юстиции извещает субъект контроля о начале проведения внеплановой проверки не менее чем за сутки до ее начала с указанием предмета проведения проверки.</w:t>
+    <w:bookmarkStart w:name="z403" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      номер и дату акта об утверждении плана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z401" w:id="160"/>
-[...15 lines deleted...]
-      3. Первый руководитель органа юстиции (либо лицо, исполняющее его обязанности) не позднее 1 декабря года, предшествующего году проверки, утверждает планы проведения плановых проверок субъектов контроля.</w:t>
+    <w:bookmarkStart w:name="z404" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование субъектов контроля, их место нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z402" w:id="161"/>
-[...15 lines deleted...]
-      Планы проведения плановых проверок включают:</w:t>
+    <w:bookmarkStart w:name="z405" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предмет проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z403" w:id="162"/>
-[...15 lines deleted...]
-      номер и дату акта об утверждении плана;</w:t>
+    <w:bookmarkStart w:name="z406" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сроки проведения проверок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z404" w:id="163"/>
-[...15 lines deleted...]
-      наименование субъектов контроля, их место нахождения;</w:t>
+    <w:bookmarkStart w:name="z407" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подпись лица, уполномоченного подписывать план.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z405" w:id="164"/>
-[...15 lines deleted...]
-      предмет проверки;</w:t>
+    <w:bookmarkStart w:name="z408" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      План проведения плановых проверок является уведомлением о проведении плановой проверки и размещается на интернет-ресурсе Министерства юстиции Республики Казахстан не позднее 20 декабря года, предшествующего году проведения проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z406" w:id="165"/>
-[...15 lines deleted...]
-      сроки проведения проверок;</w:t>
+    <w:bookmarkStart w:name="z409" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Внесение изменений и дополнений в планы проведения плановых проверок осуществляется в случаях реорганизации субъекта контроля, изменения его наименования или перераспределения полномочий между субъектами контроля.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z407" w:id="166"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z410" w:id="169"/>
+    <w:bookmarkStart w:name="z410" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. При проведении проверок должностное лицо, уполномоченное на проведение проверки, руководствуется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8138,1631 +8404,1631 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О местном государственном управлении и самоуправлении в Республике Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z411" w:id="170"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z411" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Проверка проводится в целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z412" w:id="171"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z412" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) выявления и предотвращения фактов непредставления должностным лицом на государственную регистрацию нормативного правового акта, подлежащего такой регистрации в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 35-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О правовых актах", в порядке и сроки, которые установлены законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z413" w:id="172"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z413" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) выявления и предотвращения фактов незаконного применения должностными лицами государственных органов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 1-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 настоящего Закона, нормативных правовых актов, утративших силу, признанных судом недействительными, либо действие которых приостановлено, а также не прошедших государственную регистрацию в органах юстиции либо не опубликованных в установленном порядке;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z414" w:id="173"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z414" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) оказания методической помощи по обеспечению качества и усилению режима законности в сфере государственной регистрации нормативных правовых актов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z415" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Проверка проводится на основании акта о назначении проверки. Акт о назначении проверки подписывается первым руководителем органа юстиции (либо лицом, исполняющим его обязанности).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z416" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В акте о назначении проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z417" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и дата акта;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z415" w:id="174"/>
-[...15 lines deleted...]
-      7. Проверка проводится на основании акта о назначении проверки. Акт о назначении проверки подписывается первым руководителем органа юстиции (либо лицом, исполняющим его обязанности).</w:t>
+    <w:bookmarkStart w:name="z418" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z416" w:id="175"/>
-[...15 lines deleted...]
-      8. В акте о назначении проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z419" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица (лиц), уполномоченного (уполномоченных) на проведение проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z417" w:id="176"/>
-[...15 lines deleted...]
-      1) номер и дата акта;</w:t>
+    <w:bookmarkStart w:name="z420" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наименование субъекта контроля, его место нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z418" w:id="177"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z421" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предмет назначенной проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z419" w:id="178"/>
-[...15 lines deleted...]
-      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица (лиц), уполномоченного (уполномоченных) на проведение проверки;</w:t>
+    <w:bookmarkStart w:name="z422" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вид проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z420" w:id="179"/>
-[...15 lines deleted...]
-      4) наименование субъекта контроля, его место нахождения;</w:t>
+    <w:bookmarkStart w:name="z423" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) срок проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z421" w:id="180"/>
-[...15 lines deleted...]
-      5) предмет назначенной проверки;</w:t>
+    <w:bookmarkStart w:name="z424" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) основания проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z422" w:id="181"/>
-[...15 lines deleted...]
-      6) вид проверки;</w:t>
+    <w:bookmarkStart w:name="z425" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) проверяемый период;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z423" w:id="182"/>
-[...15 lines deleted...]
-      7) срок проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z426" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) подпись руководителя субъекта контроля либо его уполномоченного лица о получении или об отказе в получении акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z424" w:id="183"/>
-[...15 lines deleted...]
-      8) основания проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z427" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись лица, уполномоченного подписывать акты, и печать органа юстиции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z425" w:id="184"/>
-[...15 lines deleted...]
-      9) проверяемый период;</w:t>
+    <w:bookmarkStart w:name="z428" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Началом проведения проверки считается дата вручения субъекту контроля акта о назначении проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z426" w:id="185"/>
-[...15 lines deleted...]
-      10) подпись руководителя субъекта контроля либо его уполномоченного лица о получении или об отказе в получении акта;</w:t>
+    <w:bookmarkStart w:name="z429" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностное лицо органа юстиции, прибывшее для проведения проверки, предъявляет субъекту контроля акт о назначении проверки, служебное удостоверение либо идентификационную карту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z427" w:id="186"/>
-[...15 lines deleted...]
-      11) подпись лица, уполномоченного подписывать акты, и печать органа юстиции.</w:t>
+    <w:bookmarkStart w:name="z430" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Срок проверки устанавливается с учетом объема предстоящих работ, поставленных задач и состава должностных лиц, уполномоченных на проведение проверки, но не более тридцати рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z428" w:id="187"/>
-[...15 lines deleted...]
-      9. Началом проведения проверки считается дата вручения субъекту контроля акта о назначении проверки.</w:t>
+    <w:bookmarkStart w:name="z431" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Должностное лицо, уполномоченное на проведение проверки, предъявляет акт о назначении проверки для ознакомления первому руководителю субъекта контроля (либо лицу, исполняющему его обязанности).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z429" w:id="188"/>
-[...15 lines deleted...]
-      Должностное лицо органа юстиции, прибывшее для проведения проверки, предъявляет субъекту контроля акт о назначении проверки, служебное удостоверение либо идентификационную карту.</w:t>
+    <w:bookmarkStart w:name="z432" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае их отсутствия с актом о назначении проверки ознакомляется заместитель первого руководителя субъекта контроля либо руководитель аппарата (при наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z430" w:id="189"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z433" w:id="192"/>
+    <w:bookmarkStart w:name="z433" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Препятствование проведению проверки должностным лицом субъекта контроля влечет ответственность, предусмотренную </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z434" w:id="193"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z434" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Проверке подлежат акты, изданные в период, указанный в акте о назначении проверки, за исключением актов, содержащих государственные секреты. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z435" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Должностное лицо, уполномоченное на проведение проверки, имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z436" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      беспрепятственного доступа на территорию и в помещения субъекта (объекта) контроля в соответствии с актом о назначении проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z437" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      получать документы (сведения) на бумажных и (или) электронных носителях либо их копии для приобщения к акту о результатах проверки;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z435" w:id="194"/>
-[...15 lines deleted...]
-      14. Должностное лицо, уполномоченное на проведение проверки, имеет право:</w:t>
+    <w:bookmarkStart w:name="z438" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивать у субъектов контроля необходимые для осуществления проверок материалы и информацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z436" w:id="195"/>
-[...15 lines deleted...]
-      беспрепятственного доступа на территорию и в помещения субъекта (объекта) контроля в соответствии с актом о назначении проверки;</w:t>
+    <w:bookmarkStart w:name="z439" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивать объяснения должностного лица субъекта контроля, привлекаемого к административной ответственности, на имя первого руководителя органа юстиции (либо лица, исполняющего его обязанности).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z437" w:id="196"/>
-[...15 lines deleted...]
-      получать документы (сведения) на бумажных и (или) электронных носителях либо их копии для приобщения к акту о результатах проверки;</w:t>
+    <w:bookmarkStart w:name="z440" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При проведении проверки должностное лицо, уполномоченное на проведение проверки:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z438" w:id="197"/>
-[...15 lines deleted...]
-      запрашивать у субъектов контроля необходимые для осуществления проверок материалы и информацию;</w:t>
+    <w:bookmarkStart w:name="z441" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускает необъективность и предвзятость по отношению к субъекту контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z439" w:id="198"/>
-[...15 lines deleted...]
-      запрашивать объяснения должностного лица субъекта контроля, привлекаемого к административной ответственности, на имя первого руководителя органа юстиции (либо лица, исполняющего его обязанности).</w:t>
+    <w:bookmarkStart w:name="z442" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет выборку актов, подлежащих государственной регистрации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z440" w:id="199"/>
-[...15 lines deleted...]
-      15. При проведении проверки должностное лицо, уполномоченное на проведение проверки:</w:t>
+    <w:bookmarkStart w:name="z443" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) решает вопросы о необходимости или об отсутствии необходимости государственной регистрации актов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z441" w:id="200"/>
-[...15 lines deleted...]
-      1) не допускает необъективность и предвзятость по отношению к субъекту контроля;</w:t>
+    <w:bookmarkStart w:name="z444" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Субъекты контроля либо их уполномоченные представители при проведении проверки вправе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z442" w:id="201"/>
-[...15 lines deleted...]
-      2) осуществляет выборку актов, подлежащих государственной регистрации;</w:t>
+    <w:bookmarkStart w:name="z445" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать к проверке должностное лицо, уполномоченное на проведение проверки, в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z443" w:id="202"/>
-[...15 lines deleted...]
-      3) решает вопросы о необходимости или об отсутствии необходимости государственной регистрации актов.</w:t>
+    <w:bookmarkStart w:name="z446" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      превышения либо истечения указанных в акте о назначении проверки сроков, не соответствующих срокам, установленным пунктом 10 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z444" w:id="203"/>
-[...15 lines deleted...]
-      16. Субъекты контроля либо их уполномоченные представители при проведении проверки вправе:</w:t>
+    <w:bookmarkStart w:name="z447" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продления сроков проверки свыше срока, установленного пунктом 18 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z445" w:id="204"/>
-[...15 lines deleted...]
-      1) не допускать к проверке должностное лицо, уполномоченное на проведение проверки, в случаях:</w:t>
+    <w:bookmarkStart w:name="z448" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствия документов, предусмотренных частью второй пункта 9 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z446" w:id="205"/>
-[...15 lines deleted...]
-      превышения либо истечения указанных в акте о назначении проверки сроков, не соответствующих срокам, установленным пунктом 10 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z449" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z447" w:id="206"/>
-[...15 lines deleted...]
-      продления сроков проверки свыше срока, установленного пунктом 18 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z450" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Субъекты контроля либо их уполномоченные представители при проведении проверки обязаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z448" w:id="207"/>
-[...15 lines deleted...]
-      отсутствия документов, предусмотренных частью второй пункта 9 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z451" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить беспрепятственный доступ должностного лица, уполномоченного на проведение проверки, на территорию и в помещения субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z449" w:id="208"/>
-[...15 lines deleted...]
-      2) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z452" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечить необходимые условия для работы должностного лица, уполномоченного на проведение проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z450" w:id="209"/>
-[...15 lines deleted...]
-      17. Субъекты контроля либо их уполномоченные представители при проведении проверки обязаны:</w:t>
+    <w:bookmarkStart w:name="z453" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представлять должностным лицам, уполномоченным на проведение проверки, акты, изданные субъектом контроля за период, указанный в акте о назначении проверки, и иные документы (сведения) в соответствии с предметом проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z451" w:id="210"/>
-[...15 lines deleted...]
-      1) обеспечить беспрепятственный доступ должностного лица, уполномоченного на проведение проверки, на территорию и в помещения субъекта (объекта) контроля;</w:t>
+    <w:bookmarkStart w:name="z454" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При значительном объеме проверяемого периода проверка может быть продлена один раз на срок не более тридцати календарных дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z452" w:id="211"/>
-[...15 lines deleted...]
-      2) обеспечить необходимые условия для работы должностного лица, уполномоченного на проведение проверки;</w:t>
+    <w:bookmarkStart w:name="z455" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Продление сроков проведения проверки осуществляется актом первого руководителя органа юстиции (либо лицом, исполняющим его обязанности) не позднее срока окончания проверки, указанного в акте о назначении проверки, с указанием причин продления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z453" w:id="212"/>
-[...15 lines deleted...]
-      3) представлять должностным лицам, уполномоченным на проведение проверки, акты, изданные субъектом контроля за период, указанный в акте о назначении проверки, и иные документы (сведения) в соответствии с предметом проверки.</w:t>
+    <w:bookmarkStart w:name="z456" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Должностное лицо, уполномоченное на проведение проверки, предъявляет акт о продлении сроков проведения проверки для ознакомления первому руководителю субъекта контроля (либо лицу, исполняющему его обязанности).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z454" w:id="213"/>
-[...15 lines deleted...]
-      18. При значительном объеме проверяемого периода проверка может быть продлена один раз на срок не более тридцати календарных дней.</w:t>
+    <w:bookmarkStart w:name="z457" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление субъекта контроля о продлении срока проверки производится не позднее чем за один день до окончания срока проведения проверки, указанного в акте о назначении проверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z455" w:id="214"/>
-[...15 lines deleted...]
-      19. Продление сроков проведения проверки осуществляется актом первого руководителя органа юстиции (либо лицом, исполняющим его обязанности) не позднее срока окончания проверки, указанного в акте о назначении проверки, с указанием причин продления.</w:t>
+    <w:bookmarkStart w:name="z458" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. По результатам проверки должностное лицо, уполномоченное на проведение проверки, не позднее трех рабочих дней со дня окончания срока проверки, указанного в акте о назначении проверки (либо в акте о продлении сроков проведения проверки), составляет акт о результатах проверки в трех экземплярах с указаниями по устранению выявленных нарушений при их наличии и улучшению работы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z456" w:id="215"/>
-[...15 lines deleted...]
-      20. Должностное лицо, уполномоченное на проведение проверки, предъявляет акт о продлении сроков проведения проверки для ознакомления первому руководителю субъекта контроля (либо лицу, исполняющему его обязанности).</w:t>
+    <w:bookmarkStart w:name="z459" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт о результатах проверки не должен содержать различные таблицы и справочные данные, эти сведения оформляются отдельным приложением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z457" w:id="216"/>
-[...15 lines deleted...]
-      Уведомление субъекта контроля о продлении срока проверки производится не позднее чем за один день до окончания срока проведения проверки, указанного в акте о назначении проверки.</w:t>
+    <w:bookmarkStart w:name="z460" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К акту о результатах проверки прилагаются при их наличии документы, связанные с результатами проверки, или их копии, а также объяснения должностных лиц субъектов контроля в отношении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z458" w:id="217"/>
-[...15 lines deleted...]
-      21. По результатам проверки должностное лицо, уполномоченное на проведение проверки, не позднее трех рабочих дней со дня окончания срока проверки, указанного в акте о назначении проверки (либо в акте о продлении сроков проведения проверки), составляет акт о результатах проверки в трех экземплярах с указаниями по устранению выявленных нарушений при их наличии и улучшению работы.</w:t>
+    <w:bookmarkStart w:name="z461" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Первый экземпляр акта о результатах проверки в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр на бумажном носителе под роспись или в электронной форме передается первому руководителю субъекта контроля либо его уполномоченному лицу для ознакомления и подписания, третий экземпляр остается у органа юстиции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z459" w:id="218"/>
-[...15 lines deleted...]
-      Акт о результатах проверки не должен содержать различные таблицы и справочные данные, эти сведения оформляются отдельным приложением.</w:t>
+    <w:bookmarkStart w:name="z462" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. В актах о результатах проверки указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z460" w:id="219"/>
-[...15 lines deleted...]
-      К акту о результатах проверки прилагаются при их наличии документы, связанные с результатами проверки, или их копии, а также объяснения должностных лиц субъектов контроля в отношении выявленных нарушений.</w:t>
+    <w:bookmarkStart w:name="z463" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата и место составления акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z461" w:id="220"/>
-[...15 lines deleted...]
-      22. Первый экземпляр акта о результатах проверки в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр на бумажном носителе под роспись или в электронной форме передается первому руководителю субъекта контроля либо его уполномоченному лицу для ознакомления и подписания, третий экземпляр остается у органа юстиции.</w:t>
+    <w:bookmarkStart w:name="z464" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z462" w:id="221"/>
-[...15 lines deleted...]
-      23. В актах о результатах проверки указываются:</w:t>
+    <w:bookmarkStart w:name="z465" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) номер и дата акта о назначении проверки, на основании которого проведена проверка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z463" w:id="222"/>
-[...15 lines deleted...]
-      1) дата и место составления акта;</w:t>
+    <w:bookmarkStart w:name="z466" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилии, имена, отчества (если они указаны в документах, удостоверяющих личность) и должности лиц, проводивших проверку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z464" w:id="223"/>
-[...15 lines deleted...]
-      2) наименование государственного органа;</w:t>
+    <w:bookmarkStart w:name="z467" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование субъекта контроля, его место нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z465" w:id="224"/>
-[...15 lines deleted...]
-      3) номер и дата акта о назначении проверки, на основании которого проведена проверка;</w:t>
+    <w:bookmarkStart w:name="z468" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предмет назначенной проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z466" w:id="225"/>
-[...15 lines deleted...]
-      4) фамилии, имена, отчества (если они указаны в документах, удостоверяющих личность) и должности лиц, проводивших проверку;</w:t>
+    <w:bookmarkStart w:name="z469" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) вид проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z467" w:id="226"/>
-[...15 lines deleted...]
-      5) наименование субъекта контроля, его место нахождения;</w:t>
+    <w:bookmarkStart w:name="z470" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) период проведения проверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z468" w:id="227"/>
-[...15 lines deleted...]
-      6) предмет назначенной проверки;</w:t>
+    <w:bookmarkStart w:name="z471" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сведения о результатах проверки, в том числе выявленных нарушениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z469" w:id="228"/>
-[...15 lines deleted...]
-      7) вид проверки;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) требования об устранении выявленных нарушений с указанием срока исполнения требований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z470" w:id="229"/>
-[...15 lines deleted...]
-      8) период проведения проверки;</w:t>
+    <w:bookmarkStart w:name="z473" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сведения об ознакомлении или отказе в ознакомлении с актом первого руководителя субъекта контроля (либо лица, исполняющего его обязанности);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z471" w:id="230"/>
-[...15 lines deleted...]
-      9) сведения о результатах проверки, в том числе выявленных нарушениях;</w:t>
+    <w:bookmarkStart w:name="z474" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись должностного лица, проводившего проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z472" w:id="231"/>
-[...15 lines deleted...]
-      10) требования об устранении выявленных нарушений с указанием срока исполнения требований;</w:t>
+    <w:bookmarkStart w:name="z475" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. При наличии возражений или замечаний к акту о результатах проверки со стороны первого руководителя субъекта контроля (либо лица, исполняющего его обязанности) им делается оговорка и прилагаются мотивированные письменные объяснения и замечания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z473" w:id="232"/>
-[...15 lines deleted...]
-      11) сведения об ознакомлении или отказе в ознакомлении с актом первого руководителя субъекта контроля (либо лица, исполняющего его обязанности);</w:t>
+    <w:bookmarkStart w:name="z476" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект контроля в случае несогласия с нарушениями, указанными в акте о результатах проверки, вправе направить возражение в течение трех календарных дней со дня вручения акта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z474" w:id="233"/>
-[...15 lines deleted...]
-      12) подпись должностного лица, проводившего проверку.</w:t>
+    <w:bookmarkStart w:name="z477" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Должностное лицо органа юстиции должно рассмотреть замечания и (или) возражения субъекта контроля к акту о результатах проверки и в течение тридцати рабочих дней дать мотивированный ответ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z475" w:id="234"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z478" w:id="237"/>
+    <w:bookmarkStart w:name="z478" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. В случае отказа в принятии акта о результатах проверки составляется протокол, который подписывается должностным лицом, осуществляющим проверку, и первым руководителем субъекта контроля (либо лица, исполняющего его обязанности). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z479" w:id="238"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z479" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первый руководитель субъекта контроля (либо лицо, исполняющее его обязанности) вправе отказаться от подписания протокола, дав письменное объяснение о причине отказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z480" w:id="239"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z480" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. В случае выявления в ходе проверки нарушений, за совершение которых предусмотрена административная ответственность, должностным лицом, уполномоченным на проведение проверки, составляется протокол об административном правонарушении в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z481" w:id="240"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z481" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Нарушения, указанные в акте о результатах проверки, должны быть устранены субъектом контроля в течение десяти рабочих дней со дня подписания первым руководителем субъекта контроля (либо лицом, исполняющим его обязанности) акта о результатах проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z482" w:id="241"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z482" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По истечении срока устранения выявленных нарушений, указанных в акте о результатах проверки, субъект контроля в течение срока, установленного в акте о результатах проверки, обязан предоставить в орган юстиции информацию об устранении выявленных нарушений. К предоставленной информации об устранении выявленных нарушений субъект контроля прилагает материалы, доказывающие факт устранения нарушения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z483" w:id="242"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z483" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. В случае неустранения субъектом контроля выявленных по результатам проверки нарушений в срок, установленный частью первой пункта 28 настоящей статьи, органом юстиции вносится представление об устранении нарушений в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z484" w:id="243"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z484" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Проверки признаются недействительными, если они проведены органом юстиции с нарушением требований по проведению проверок, установленных настоящей статьей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9781,148 +10047,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="244"/>
+    <w:bookmarkStart w:name="z46" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 24. Права органов юстиции и их должностных лиц</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z1" w:id="245"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z1" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Органы юстиции и их должностные лица в пределах своей компетенции вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z3" w:id="246"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z3" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) издавать нормативные правовые акты, подлежащие обязательному исполнению центральными и местными государственными органами, организациями, должностными лицами и гражданами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z5" w:id="247"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z5" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осуществлять межведомственную координацию и контроль по вопросам, входящим в их компетенцию; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z7" w:id="248"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z7" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) запрашивать и получать в порядке, установленном законодательством Республики Казахстан, от государственных органов, организаций, их должностных лиц необходимую информацию на бумажном и (или) электронном носителях и материалы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9951,170 +10217,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="249"/>
+    <w:bookmarkStart w:name="z10" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) обращаться с иском в суд в защиту прав, свобод и охраняемых законом интересов граждан, а также общественных или государственных интересов в порядке, установленном статьей 56 Гражданского процессуального кодекса Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z12" w:id="250"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z12" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) осуществлять управление переданным им имуществом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z14" w:id="251"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z14" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) осуществлять лицензирование и контроль за деятельностью лицензиатов по соблюдению ими лицензионных требований; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z16" w:id="252"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z16" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) вносить предложения по вопросам создания, реорганизации и ликвидации подведомственных организаций; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z18" w:id="253"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z18" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8-1) оказывать электронные услуги с применением информационных систем в соответствии с законодательством Республики Казахстан об информатизации; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z20" w:id="254"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z20" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) осуществлять издательскую деятельность; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10157,70 +10423,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">11) (исключен - N 25 от 29 декабря 2004 г.) </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="255"/>
+    <w:bookmarkStart w:name="z26" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) в установленных законом случаях и порядке составлять протоколы и рассматривать дела об административных правонарушениях, налагать административные взыскания в пределах своей компетенции; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10229,70 +10495,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13) (исключен - N 25 от 29 декабря 2004 г.) </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="256"/>
+    <w:bookmarkStart w:name="z31" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществлять иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10451,250 +10717,250 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="257"/>
+    <w:bookmarkStart w:name="z72" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 24-1. Права и обязанности сотрудников уголовно-исполнительной системы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z168" w:id="258"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z168" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 24-1 исключена Законом РК от 18.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 547-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z89" w:id="259"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z89" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 24-2. Государственный контроль в области последующего опубликования официальных текстов нормативных правовых актов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 24-2 исключена Законом РК от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="260"/>
+    <w:bookmarkStart w:name="z48" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Кадры органов юстиции и их правовое</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>положение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Глава 4 в редакции Закона РК от 06.01.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 379-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="261"/>
+    <w:bookmarkStart w:name="z49" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 25. Кадры органов юстиции </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кадры органов юстиции составляют работники органов юстиции, являющиеся государственными служащими, а также иные лица, трудовые отношения с которыми регулируются трудовым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10731,374 +10997,374 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="262"/>
+    <w:bookmarkStart w:name="z51" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 26. Персонал органов уголовно-исполнительной системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 26 исключена Законом РК от 18.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 547-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="263"/>
+    <w:bookmarkStart w:name="z54" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 27. Правовое регулирование труда сотрудников органов уголовно-исполнительной системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 27 исключена Законом РК от 18.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 547-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="264"/>
+    <w:bookmarkStart w:name="z56" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 28. Специальные звания сотрудников органов уголовно-исполнительной системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 28 исключена Законом РК от 18.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 547-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="265"/>
+    <w:bookmarkStart w:name="z58" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 29. Особые условия несения службы в уголовно-исполнительной системе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z60" w:id="266"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z60" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 29 исключена Законом РК от 18.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 547-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования). </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z73" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 30. Материальное и социальное обеспечение работников органов юстиции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z74" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оплата труда работников органов юстиции осуществляется в соответствии с единой системой оплаты труда работников для всех органов, содержащихся за счет государственного бюджета, утверждаемой Правительством Республики Казахстан по согласованию с Президентом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z75" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Работникам органов юстиции предоставляются оплачиваемые ежегодные трудовые отпуска продолжительностью тридцать календарных дней.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z73" w:id="267"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="270"/>
+    <w:bookmarkStart w:name="z76" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Материальное обеспечение и социальная защита работников органов юстиции, имеющих правовой статус, отличающийся от статуса государственных служащих, предусмотренного Законом Республики Казахстан "О государственной службе", устанавливаются </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательными</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11117,154 +11383,154 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="271"/>
+    <w:bookmarkStart w:name="z77" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 31. Иные меры социальной защиты сотрудников органов уголовно-исполнительной системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 31 исключена Законом РК от 18.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 547-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="272"/>
+    <w:bookmarkStart w:name="z69" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Иные вопросы организации и деятельности</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>органов юстиции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z70" w:id="273"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z70" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 33. Финансирование, материально-техническое обеспечение органов юстиции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Финансирование, материально-техническое обеспечение органов юстиции осуществляются за счет бюджетных средств.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -11301,108 +11567,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="274"/>
+    <w:bookmarkStart w:name="z80" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 34. Заключительные и переходные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z108" w:id="275"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z108" w:id="272"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Исключен Законом РК от 29.12.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 372-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>