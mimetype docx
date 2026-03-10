--- v1 (2026-01-01)
+++ v2 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c0792ba" w14:textId="c0792ba">
+    <w:p w14:paraId="26f004f" w14:textId="26f004f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2866,50 +2866,136 @@
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z158" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Органы юстиции при решении возложенных на них задач взаимодействуют с центральными и местными государственными органами, в том числе с правоохранительными и контролирующими, а также с должностными лицами. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 пункта 1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Органы юстиции по запросу уполномоченного органа по финансовому мониторингу представляют сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z159" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3772,2342 +3858,2322 @@
         <w:t xml:space="preserve">
       3) привлечение для осуществления законопроектных, экспертных, научно-исследовательских работ и консультаций специалистов и экспертов государственных органов, организаций, в том числе зарубежных, с использованием в этих целях бюджетных и иных средств; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z313" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) официальное разъяснение нормативных правовых актов Правительства совместно с заинтересованными государственными органами по поручению Премьер-Министра Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z314" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 5) предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечение правовой информатизации, ведения информационной системы "Е-заңнама", ведения единой системы правовой информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z315" w:id="81"/>
+    <w:bookmarkStart w:name="z315" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) координацию научно-исследовательской работы государственных органов и организаций в сфере законодательства. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 05.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 16. Функции органов юстиции в сфере правового обеспечения международных договоров, координации иностранной правовой помощи </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:p>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z316" w:id="83"/>
+    <w:bookmarkStart w:name="z316" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В сфере правового обеспечения международных договоров, координации иностранной правовой помощи органы юстиции осуществляют следующие функции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z317" w:id="84"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z317" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) подготовку, организацию заключения и исполнения в соответствии с законодательством Республики Казахстан международных договоров о правовой помощи и правовом сотрудничестве с иностранными государствами; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z318" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) юридическую экспертизу договоров займа, заключаемых под гарантии Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z318" w:id="85"/>
-[...15 lines deleted...]
-      2) юридическую экспертизу договоров займа, заключаемых под гарантии Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z387" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) организацию проведения научной правовой экспертизы по международным договорам, участницей которых намеревается стать Республика Казахстан, а также по проектам международных договоров, подлежащих ратификации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z387" w:id="86"/>
-[...15 lines deleted...]
-      2-1) организацию проведения научной правовой экспертизы по международным договорам, участницей которых намеревается стать Республика Казахстан, а также по проектам международных договоров, подлежащих ратификации;</w:t>
+    <w:bookmarkStart w:name="z388" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) организацию проведения научной лингвистической экспертизы по международным договорам, участницей которых намеревается стать Республика Казахстан, а также по проектам международных договоров, подлежащих ратификации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z388" w:id="87"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z319" w:id="88"/>
+    <w:bookmarkStart w:name="z319" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) исполнение судебных поручений и ходатайств иностранных государств в соответствии с международными договорами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z320" w:id="89"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z320" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) проведение анализа по вопросам гармонизации, унификации законодательства Республики Казахстан и иностранных государств, а также имплементации признанных Казахстаном международных норм в законодательство Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z321" w:id="90"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z321" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) участие в установленном порядке в подготовке и заключении международных договоров о взаимной охране прав интеллектуальной собственности, в подписании таких договоров; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z322" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) юридическую экспертизу проектов международных договоров.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z322" w:id="91"/>
-[...15 lines deleted...]
-      6) юридическую экспертизу проектов международных договоров.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными Законом РК от 12.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 17. Функции органов юстиции в сфере судебно-экспертной деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z79" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В сфере судебно-экспертной деятельности органы юстиции осуществляют следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z81" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подбор и расстановку кадров судебных экспертов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z82" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организацию судебно-экспертной деятельности и выдачу лицензий судебным экспертам в порядке, установленном законодательством Республики Казахстан о разрешениях и уведомлениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z83" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) материально-техническое обеспечение государственных судебно-экспертных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z84" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) координацию научно-исследовательской работы в сфере судебной экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными Законом РК от 12.03.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 17 в редакции Закона РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 16.05.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="92"/>
+    <w:bookmarkStart w:name="z34" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Статья 17. Функции органов юстиции в сфере судебно-экспертной деятельности</w:t>
-[...99 lines deleted...]
-      4) координацию научно-исследовательской работы в сфере судебной экспертизы.</w:t>
+        <w:t xml:space="preserve"> Статья 18. Функции органов юстиции в сфере осуществления государственной регистрации </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:p>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z331" w:id="99"/>
+    <w:bookmarkStart w:name="z331" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В сфере государственной регистрации органы юстиции осуществляют следующие функции: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z332" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию нормативных правовых актов центральных государственных органов и их ведомств, маслихатов, акиматов, акимов и ревизионных комиссий областей, городов республиканского значения, столицы, обеспечение ведения Государственного реестра нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z332" w:id="100"/>
-[...15 lines deleted...]
-      1) государственную регистрацию нормативных правовых актов центральных государственных органов и их ведомств, маслихатов, акиматов, акимов и ревизионных комиссий областей, городов республиканского значения, столицы, обеспечение ведения Государственного реестра нормативных правовых актов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z389" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) государственный контроль в центральных государственных органах и их ведомствах, маслихатах и их аппаратах, акиматах, аппаратах акимов, ревизионных комиссиях областей, городов республиканского значения, столицы в сфере соблюдения законодательства Республики Казахстан, регулирующего вопросы издания, государственной регистрации и отмены нормативных правовых актов, подлежащих государственной регистрации в органах юстиции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z389" w:id="101"/>
-[...15 lines deleted...]
-      1-1) государственный контроль в центральных государственных органах и их ведомствах, маслихатах и их аппаратах, акиматах, аппаратах акимов, ревизионных комиссиях областей, городов республиканского значения, столицы в сфере соблюдения законодательства Республики Казахстан, регулирующего вопросы издания, государственной регистрации и отмены нормативных правовых актов, подлежащих государственной регистрации в органах юстиции;</w:t>
+    <w:bookmarkStart w:name="z333" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственную регистрацию юридических лиц, являющихся некоммерческими организациями, учетную регистрацию их филиалов и представительств, а также ведение Национального реестра бизнес-идентификационных номеров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z333" w:id="102"/>
-[...15 lines deleted...]
-      2) государственную регистрацию юридических лиц, являющихся некоммерческими организациями, учетную регистрацию их филиалов и представительств, а также ведение Национального реестра бизнес-идентификационных номеров;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) исключен Законом РК от 12.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z380" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществление государственного регулирования в сфере государственной регистрации прав на недвижимое имущество, регистрации залога движимого имущества, государственного технического обследования недвижимого имущества и ведения реестра залога движимого имущества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z381" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществление государственного контроля в сфере государственной регистрации прав на недвижимое имущество.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">3) исключен Законом РК от 24.05.2018 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными законами РК от 29.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 05.06.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 26.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 311</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении 10 календарных дней после его официального опубликования); от 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 25.03.2011 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>421-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 24.12.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2016); от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2019); от 12.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...144 lines deleted...]
-      7) осуществление государственного контроля в сфере государственной регистрации прав на недвижимое имущество.</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 19. Функции органов юстиции в сферах организации и оказания юридической помощи, правовой пропаганды</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:p>
-[...398 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок статьи 19 в редакции Закона РК от 05.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 177-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z337" w:id="106"/>
+    <w:bookmarkStart w:name="z337" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В сфере организации и оказания юридической помощи органы юстиции осуществляют следующие функции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z338" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подбор, аттестацию и расстановку кадров государственного нотариата, выдачу, приостановление и прекращение (за исключением лишения) лицензий адвокатов и нотариусов в порядке, установленном законодательством Республики Казахстан о разрешениях и уведомлениях;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z338" w:id="107"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z339" w:id="108"/>
+    <w:bookmarkStart w:name="z339" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) руководство деятельностью государственных нотариальных контор, содействие развитию частного нотариата, контроль за законностью совершаемых нотариальных действий и соблюдением правил делопроизводства государственными и частными нотариусами; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z340" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лицензирование отдельных видов деятельности в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z340" w:id="109"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z341" w:id="110"/>
+    <w:bookmarkStart w:name="z341" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) нормативно-методологическое обеспечение, контроль за регистрацией актов гражданского состояния и обеспечение функционирования соответствующих баз данных; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z342" w:id="111"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z342" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) координацию и методологическое руководство деятельностью юридических служб центральных исполнительных органов, взаимодействие с юридическими службами аппаратов акимов областей, городов республиканского значения и столицы; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z343" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) контроль за качеством юридической помощи, оказываемой физическим и юридическим лицам адвокатами, нотариусами, частными судебными исполнителями, юридическими консультантами;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z343" w:id="112"/>
-[...15 lines deleted...]
-      6) контроль за качеством юридической помощи, оказываемой физическим и юридическим лицам адвокатами, нотариусами, частными судебными исполнителями, юридическими консультантами;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z345" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) проставление апостиля на официальных документах, исходящих из органов юстиции и иных государственных органов, а также от нотариусов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:p>
-[...91 lines deleted...]
-    <w:bookmarkStart w:name="z346" w:id="114"/>
+    <w:bookmarkStart w:name="z346" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В сфере правовой пропаганды органы юстиции осуществляют следующие функции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z347" w:id="115"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z347" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) межведомственную координацию организации правовой пропаганды, участие в разъяснении законодательства; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z348" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предоставление на договорной основе эталонных законодательных актов и иных нормативных правовых актов, информационных и справочно-методических материалов, в том числе с использованием единой системы правовой информации;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z348" w:id="116"/>
-[...15 lines deleted...]
-      2) предоставление на договорной основе эталонных законодательных актов и иных нормативных правовых актов, информационных и справочно-методических материалов, в том числе с использованием единой системы правовой информации;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) согласование в порядке, определяемом Правительством Республики Казахстан, проектов программ информационного сопровождения и разъяснения разрабатываемых законопроектов и принятых законов в соответствии с Законом Республики Казахстан "О правовых актах".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">3) исключен Законом РК от 29.09.2014 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными законами РК от 29.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 15.04.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 12.01.2007 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении 6 месяцев со дня его официального опубликования); от 29.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 16.05.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 177-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z390" w:id="117"/>
-[...15 lines deleted...]
-      4) согласование в порядке, определяемом Правительством Республики Казахстан, проектов программ информационного сопровождения и разъяснения разрабатываемых законопроектов и принятых законов в соответствии с Законом Республики Казахстан "О правовых актах".</w:t>
+    <w:bookmarkStart w:name="z38" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 20. Функции органов юстиции в сфере уголовно-исполнительной деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:p>
-[...238 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Статья 20 исключена Законом РК от 18.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 547-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="119"/>
+    <w:bookmarkStart w:name="z40" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 21. Функции органов юстиции в сфере осуществления государственной политики в области охраны и защиты прав интеллектуальной собственности</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z90" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В сфере осуществления государственной политики в области охраны и защиты прав интеллектуальной собственности органы юстиции осуществляют следующие функции:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z90" w:id="120"/>
-[...15 lines deleted...]
-      В сфере осуществления государственной политики в области охраны и защиты прав интеллектуальной собственности органы юстиции осуществляют следующие функции:</w:t>
+    <w:bookmarkStart w:name="z91" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выработку предложений по совершенствованию законодательства в области охраны и защиты прав интеллектуальной собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z91" w:id="121"/>
-[...15 lines deleted...]
-      1) выработку предложений по совершенствованию законодательства в области охраны и защиты прав интеллектуальной собственности;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) участие в научно-исследовательских и других работах в области правовой охраны и использования объектов интеллектуальной собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z92" w:id="122"/>
-[...15 lines deleted...]
-      2) участие в научно-исследовательских и других работах в области правовой охраны и использования объектов интеллектуальной собственности;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) международное сотрудничество по вопросам охраны и использования объектов интеллектуальной собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z93" w:id="123"/>
-[...15 lines deleted...]
-      3) международное сотрудничество по вопросам охраны и использования объектов интеллектуальной собственности;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) межведомственную координацию деятельности и методическую помощь уполномоченным органам, а также заинтересованным организациям в области охраны и защиты прав интеллектуальной собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z94" w:id="124"/>
-[...15 lines deleted...]
-      4) межведомственную координацию деятельности и методическую помощь уполномоченным органам, а также заинтересованным организациям в области охраны и защиты прав интеллектуальной собственности;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мониторинг реализации уполномоченными органами и организациями государственной политики по охране и защите прав интеллектуальной собственности, включая соблюдение ими законодательства и исполнения международных договоров в данной сфере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z95" w:id="125"/>
-[...15 lines deleted...]
-      5) мониторинг реализации уполномоченными органами и организациями государственной политики по охране и защите прав интеллектуальной собственности, включая соблюдение ими законодательства и исполнения международных договоров в данной сфере;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) контроль за деятельностью организаций по коллективному управлению правами, патентных поверенных и взаимодействие с ними;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:p>
-[...132 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z97" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организацию деятельности по регистрации авторского права в официальных реестрах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
     <w:bookmarkStart w:name="z98" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6164,812 +6230,758 @@
         <w:t>
       10) контроль за деятельностью государственной организации, осуществляющей экспертизу в сфере патентного дела и регистрацию авторского права в официальных реестрах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:bookmarkStart w:name="z101" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) организацию деятельности по регистрации лицензионных договоров на использование объектов промышленной собственности, селекционных достижений, топологий интегральных микросхем, открытых лицензий и договоров уступки охранных документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z102" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) аккредитацию организаций по коллективному управлению правами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 в редакции Закона РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 21-1. Функции органов юстиции в сфере обеспечения исполнения исполнительных документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z103" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В сфере обеспечения исполнения исполнительных документов органы юстиции осуществляют следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z104" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечение исполнения исполнительных документов (организационное, методическое обеспечение, контроль, рассмотрение жалоб и иных обращений по исполнительному производству, работа с арестованным имуществом должников);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z105" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организацию деятельности частных судебных исполнителей и их коллегий (организация работы квалификационной, дисциплинарной комиссии, проведение конкурса, лицензирование деятельности частных судебных исполнителей, контроль за их деятельностью, рассмотрение жалоб и иных обращений на действия (бездействие) частных судебных исполнителей);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z106" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сотрудничество со службами исполнительного производства зарубежных государств и с международными организациями в сфере исполнения исполнительных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 21-1 в соответствии с Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 368-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 22. Исключена Законом РК от 29.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>N 25</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статья 22-1 предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 22-1. Государственный контроль за деятельностью организаций по коллективному управлению правами, а также за использованием объектов авторского права и смежных прав, товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный контроль за деятельностью организаций по коллективному управлению правами, а также за использованием объектов авторского права и смежных прав, товарного знака, знака обслуживания, наименования места происхождения товара или фирменного наименования осуществляется в форме внеплановой проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22-1 в редакции Закона РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...189 lines deleted...]
-        <w:jc w:val="left"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...426 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22-2. Государственный контроль в сфере соблюдения законодательства Республики Казахстан, регулирующего вопросы издания, государственной регистрации и отмены нормативных правовых актов, подлежащих государственной регистрации в органах юстиции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="137"/>
+    <w:bookmarkStart w:name="z392" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственный контроль в сфере соблюдения законодательства Республики Казахстан, регулирующего вопросы издания, государственной регистрации и отмены нормативных правовых актов, подлежащих государственной регистрации в органах юстиции (далее – государственный контроль), осуществляется в целях недопущения должностными лицами государственных органов Республики Казахстан нарушений законодательства Республики Казахстан, регулирующего вопросы издания, государственной регистрации и отмены нормативных правовых актов, подлежащих государственной регистрации в органах юстиции (далее – законодательство Республики Казахстан в сфере государственной регистрации нормативных правовых актов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z393" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z393" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субъектами государственного контроля за соблюдением законодательства Республики Казахстан в сфере государственной регистрации нормативных правовых актов (далее – субъекты контроля) являются государственные органы Республики Казахстан, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 1-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z394" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z394" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственный контроль в отношении специальных государственных органов Республики Казахстан не проводится.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6988,188 +7000,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="140"/>
+    <w:bookmarkStart w:name="z44" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 23. Иные функции органов юстиции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z367" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z367" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Органы юстиции, помимо перечисленных в статьях 15 - 22, осуществляют следующие функции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z368" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z368" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) соблюдение и защита прав, свобод и законных интересов человека и гражданина, организаций и государства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z369" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z369" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) обеспечение защиты переданных им другими государственными органами и организациями сведений, составляющих государственные секреты, а также сведений, засекреченных ими; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z370" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z370" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) принятие, рассмотрение обращений граждан и юридических лиц по вопросам, относящимся к компетенции органов юстиции, и сообщение заявителям о принятых решениях в порядке и сроки, которые установлены законодательством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z371" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z371" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) анализ и обобщение практики применения законодательства Республики Казахстан в сфере своей деятельности, в том числе результатов правового мониторинга нормативных правовых актов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О правовых актах", и внесение соответствующих предложений по его совершенствованию, устранению причин и условий, способствующих нарушению законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7252,70 +7264,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z374" w:id="146"/>
+    <w:bookmarkStart w:name="z374" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) оказание научно-методической и юридической помощи государственным органам в пределах своей компетенции; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7452,150 +7464,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="147"/>
+    <w:bookmarkStart w:name="z107" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1) координацию деятельности уполномоченных органов по правовому мониторингу нормативных правовых актов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z110" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z110" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-2) осуществление производства по административным правонарушениям, отнесенным к компетенции органов юстиции в соответствии с законами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z379" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z379" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-3) обеспечение ведения единой базы данных аналитических, консалтинговых, социологических и иных исследований, финансируемых из республиканского и местных бюджетов, проводимых по заказу государственных органов и местных исполнительных органов, их подведомственных организаций, субъектов квазигосударственного сектора, в том числе совместных исследований с международными организациями, в порядке, определяемом Министром юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z78" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z78" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z377" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z377" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В случаях, предусмотренных Законом Республики Казахстан "Об авторском праве и смежных правах", органы юстиции устанавливают размер вознаграждения и условия его выплаты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8005,351 +8017,351 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23-1. Порядок проведения государственного контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z396" w:id="152"/>
+    <w:bookmarkStart w:name="z396" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль проводят органы юстиции в форме плановых и внеплановых проверок. Плановые и внеплановые проверки проводятся путем посещения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z397" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z397" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министерство юстиции Республики Казахстан осуществляет плановые и внеплановые проверки в государственных органах, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 1-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 настоящего Закона, территориальные органы юстиции – в местных исполнительных и представительных органах, а также ревизионных комиссиях областей, городов республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z398" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z398" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Периодичность плановых проверок субъектов контроля не должна превышать одного раза в три года в соответствии с планом проведения плановых проверок, утверждаемым первым руководителем органа юстиции (либо лицом, исполняющим его обязанности).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z399" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z399" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Внеплановые проверки проводятся по инициативе органов юстиции при непосредственном обнаружении нарушений законодательства Республики Казахстан в сфере государственной регистрации нормативных правовых актов, а также получении информации о таких нарушениях от физических и юридических лиц, средств массовой информации или по поручениям вышестоящих государственных органов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z400" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z400" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орган юстиции извещает субъект контроля о начале проведения внеплановой проверки не менее чем за сутки до ее начала с указанием предмета проведения проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z401" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z401" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Первый руководитель органа юстиции (либо лицо, исполняющее его обязанности) не позднее 1 декабря года, предшествующего году проверки, утверждает планы проведения плановых проверок субъектов контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z402" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z402" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Планы проведения плановых проверок включают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z403" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z403" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       номер и дату акта об утверждении плана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z404" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z404" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наименование субъектов контроля, их место нахождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z405" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z405" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предмет проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z406" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z406" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сроки проведения проверок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z407" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z407" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подпись лица, уполномоченного подписывать план.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z408" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z408" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       План проведения плановых проверок является уведомлением о проведении плановой проверки и размещается на интернет-ресурсе Министерства юстиции Республики Казахстан не позднее 20 декабря года, предшествующего году проведения проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z409" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z409" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Внесение изменений и дополнений в планы проведения плановых проверок осуществляется в случаях реорганизации субъекта контроля, изменения его наименования или перераспределения полномочий между субъектами контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z410" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z410" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. При проведении проверок должностное лицо, уполномоченное на проведение проверки, руководствуется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8404,1631 +8416,1631 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О местном государственном управлении и самоуправлении в Республике Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z411" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z411" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Проверка проводится в целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z412" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z412" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) выявления и предотвращения фактов непредставления должностным лицом на государственную регистрацию нормативного правового акта, подлежащего такой регистрации в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 35-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О правовых актах", в порядке и сроки, которые установлены законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z413" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z413" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) выявления и предотвращения фактов незаконного применения должностными лицами государственных органов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 1-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 настоящего Закона, нормативных правовых актов, утративших силу, признанных судом недействительными, либо действие которых приостановлено, а также не прошедших государственную регистрацию в органах юстиции либо не опубликованных в установленном порядке;  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z414" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z414" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) оказания методической помощи по обеспечению качества и усилению режима законности в сфере государственной регистрации нормативных правовых актов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z415" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z415" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Проверка проводится на основании акта о назначении проверки. Акт о назначении проверки подписывается первым руководителем органа юстиции (либо лицом, исполняющим его обязанности).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z416" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z416" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В акте о назначении проверки указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z417" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z417" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) номер и дата акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z418" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z418" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z419" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z419" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность лица (лиц), уполномоченного (уполномоченных) на проведение проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z420" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z420" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наименование субъекта контроля, его место нахождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z421" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z421" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) предмет назначенной проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z422" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z422" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) вид проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z423" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z423" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) срок проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z424" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z424" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) основания проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z425" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z425" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) проверяемый период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z426" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z426" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) подпись руководителя субъекта контроля либо его уполномоченного лица о получении или об отказе в получении акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z427" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z427" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) подпись лица, уполномоченного подписывать акты, и печать органа юстиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z428" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z428" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Началом проведения проверки считается дата вручения субъекту контроля акта о назначении проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z429" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z429" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное лицо органа юстиции, прибывшее для проведения проверки, предъявляет субъекту контроля акт о назначении проверки, служебное удостоверение либо идентификационную карту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z430" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z430" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Срок проверки устанавливается с учетом объема предстоящих работ, поставленных задач и состава должностных лиц, уполномоченных на проведение проверки, но не более тридцати рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z431" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z431" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Должностное лицо, уполномоченное на проведение проверки, предъявляет акт о назначении проверки для ознакомления первому руководителю субъекта контроля (либо лицу, исполняющему его обязанности).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z432" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z432" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае их отсутствия с актом о назначении проверки ознакомляется заместитель первого руководителя субъекта контроля либо руководитель аппарата (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z433" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z433" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Препятствование проведению проверки должностным лицом субъекта контроля влечет ответственность, предусмотренную </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z434" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z434" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Проверке подлежат акты, изданные в период, указанный в акте о назначении проверки, за исключением актов, содержащих государственные секреты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z435" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z435" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Должностное лицо, уполномоченное на проведение проверки, имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z436" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z436" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беспрепятственного доступа на территорию и в помещения субъекта (объекта) контроля в соответствии с актом о назначении проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z437" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z437" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать документы (сведения) на бумажных и (или) электронных носителях либо их копии для приобщения к акту о результатах проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z438" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z438" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать у субъектов контроля необходимые для осуществления проверок материалы и информацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z439" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z439" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать объяснения должностного лица субъекта контроля, привлекаемого к административной ответственности, на имя первого руководителя органа юстиции (либо лица, исполняющего его обязанности).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z440" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z440" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. При проведении проверки должностное лицо, уполномоченное на проведение проверки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z441" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z441" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не допускает необъективность и предвзятость по отношению к субъекту контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z442" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z442" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществляет выборку актов, подлежащих государственной регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z443" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z443" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) решает вопросы о необходимости или об отсутствии необходимости государственной регистрации актов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z444" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z444" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Субъекты контроля либо их уполномоченные представители при проведении проверки вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z445" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z445" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не допускать к проверке должностное лицо, уполномоченное на проведение проверки, в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z446" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z446" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       превышения либо истечения указанных в акте о назначении проверки сроков, не соответствующих срокам, установленным пунктом 10 настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z447" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z447" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продления сроков проверки свыше срока, установленного пунктом 18 настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z448" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z448" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отсутствия документов, предусмотренных частью второй пункта 9 настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z449" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z449" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обжаловать акт о результатах проверки в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z450" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z450" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Субъекты контроля либо их уполномоченные представители при проведении проверки обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z451" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z451" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечить беспрепятственный доступ должностного лица, уполномоченного на проведение проверки, на территорию и в помещения субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z452" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z452" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечить необходимые условия для работы должностного лица, уполномоченного на проведение проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z453" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z453" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) представлять должностным лицам, уполномоченным на проведение проверки, акты, изданные субъектом контроля за период, указанный в акте о назначении проверки, и иные документы (сведения) в соответствии с предметом проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z454" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z454" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. При значительном объеме проверяемого периода проверка может быть продлена один раз на срок не более тридцати календарных дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z455" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z455" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Продление сроков проведения проверки осуществляется актом первого руководителя органа юстиции (либо лицом, исполняющим его обязанности) не позднее срока окончания проверки, указанного в акте о назначении проверки, с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z456" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z456" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Должностное лицо, уполномоченное на проведение проверки, предъявляет акт о продлении сроков проведения проверки для ознакомления первому руководителю субъекта контроля (либо лицу, исполняющему его обязанности).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z457" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z457" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление субъекта контроля о продлении срока проверки производится не позднее чем за один день до окончания срока проведения проверки, указанного в акте о назначении проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z458" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z458" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. По результатам проверки должностное лицо, уполномоченное на проведение проверки, не позднее трех рабочих дней со дня окончания срока проверки, указанного в акте о назначении проверки (либо в акте о продлении сроков проведения проверки), составляет акт о результатах проверки в трех экземплярах с указаниями по устранению выявленных нарушений при их наличии и улучшению работы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z459" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z459" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт о результатах проверки не должен содержать различные таблицы и справочные данные, эти сведения оформляются отдельным приложением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z460" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z460" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К акту о результатах проверки прилагаются при их наличии документы, связанные с результатами проверки, или их копии, а также объяснения должностных лиц субъектов контроля в отношении выявленных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z461" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z461" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Первый экземпляр акта о результатах проверки в электронной форме сдается в государственный орган, осуществляющий в пределах своей компетенции деятельность в области государственной правовой статистики и специальных учетов, второй экземпляр на бумажном носителе под роспись или в электронной форме передается первому руководителю субъекта контроля либо его уполномоченному лицу для ознакомления и подписания, третий экземпляр остается у органа юстиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z462" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z462" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. В актах о результатах проверки указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z463" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z463" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дата и место составления акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z464" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z464" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z465" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z465" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) номер и дата акта о назначении проверки, на основании которого проведена проверка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z466" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z466" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) фамилии, имена, отчества (если они указаны в документах, удостоверяющих личность) и должности лиц, проводивших проверку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z467" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z467" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) наименование субъекта контроля, его место нахождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z468" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z468" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) предмет назначенной проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z469" w:id="225"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z469" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) вид проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z470" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z470" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) период проведения проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z471" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z471" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сведения о результатах проверки, в том числе выявленных нарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z472" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z472" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) требования об устранении выявленных нарушений с указанием срока исполнения требований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z473" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z473" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) сведения об ознакомлении или отказе в ознакомлении с актом первого руководителя субъекта контроля (либо лица, исполняющего его обязанности);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z474" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z474" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) подпись должностного лица, проводившего проверку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z475" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z475" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. При наличии возражений или замечаний к акту о результатах проверки со стороны первого руководителя субъекта контроля (либо лица, исполняющего его обязанности) им делается оговорка и прилагаются мотивированные письменные объяснения и замечания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z476" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z476" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъект контроля в случае несогласия с нарушениями, указанными в акте о результатах проверки, вправе направить возражение в течение трех календарных дней со дня вручения акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z477" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z477" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Должностное лицо органа юстиции должно рассмотреть замечания и (или) возражения субъекта контроля к акту о результатах проверки и в течение тридцати рабочих дней дать мотивированный ответ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z478" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z478" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. В случае отказа в принятии акта о результатах проверки составляется протокол, который подписывается должностным лицом, осуществляющим проверку, и первым руководителем субъекта контроля (либо лица, исполняющего его обязанности). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z479" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z479" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первый руководитель субъекта контроля (либо лицо, исполняющее его обязанности) вправе отказаться от подписания протокола, дав письменное объяснение о причине отказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z480" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z480" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. В случае выявления в ходе проверки нарушений, за совершение которых предусмотрена административная ответственность, должностным лицом, уполномоченным на проведение проверки, составляется протокол об административном правонарушении в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z481" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z481" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Нарушения, указанные в акте о результатах проверки, должны быть устранены субъектом контроля в течение десяти рабочих дней со дня подписания первым руководителем субъекта контроля (либо лицом, исполняющим его обязанности) акта о результатах проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z482" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z482" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По истечении срока устранения выявленных нарушений, указанных в акте о результатах проверки, субъект контроля в течение срока, установленного в акте о результатах проверки, обязан предоставить в орган юстиции информацию об устранении выявленных нарушений. К предоставленной информации об устранении выявленных нарушений субъект контроля прилагает материалы, доказывающие факт устранения нарушения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z483" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z483" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. В случае неустранения субъектом контроля выявленных по результатам проверки нарушений в срок, установленный частью первой пункта 28 настоящей статьи, органом юстиции вносится представление об устранении нарушений в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z484" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z484" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Проверки признаются недействительными, если они проведены органом юстиции с нарушением требований по проведению проверок, установленных настоящей статьей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10047,148 +10059,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="241"/>
+    <w:bookmarkStart w:name="z46" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статья 24. Права органов юстиции и их должностных лиц</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z1" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z1" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Органы юстиции и их должностные лица в пределах своей компетенции вправе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z3" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z3" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) издавать нормативные правовые акты, подлежащие обязательному исполнению центральными и местными государственными органами, организациями, должностными лицами и гражданами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z5" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z5" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осуществлять межведомственную координацию и контроль по вопросам, входящим в их компетенцию; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z7" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z7" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) запрашивать и получать в порядке, установленном законодательством Республики Казахстан, от государственных органов, организаций, их должностных лиц необходимую информацию на бумажном и (или) электронном носителях и материалы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10217,150 +10229,244 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="246"/>
+    <w:bookmarkStart w:name="z10" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) обращаться с иском в суд в защиту прав, свобод и охраняемых законом интересов граждан, а также общественных или государственных интересов в порядке, установленном статьей 56 Гражданского процессуального кодекса Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z12" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z12" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) осуществлять управление переданным им имуществом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z14" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z14" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) осуществлять лицензирование и контроль за деятельностью лицензиатов по соблюдению ими лицензионных требований; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z16" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z16" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) вносить предложения по вопросам создания, реорганизации и ликвидации подведомственных организаций; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z18" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 8-1) предусматривается в редакции Закона РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8-1) оказывать электронные услуги с применением информационных систем в соответствии с законодательством Республики Казахстан об информатизации; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
     <w:bookmarkStart w:name="z20" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) осуществлять издательскую деятельность; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -11995,55 +12101,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>