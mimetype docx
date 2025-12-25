--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="80742d4" w14:textId="80742d4">
+    <w:p w14:paraId="d7f0e9d" w14:textId="d7f0e9d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -46283,55 +46283,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -46657,31 +46657,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>