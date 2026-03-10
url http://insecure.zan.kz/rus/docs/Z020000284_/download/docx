--- v1 (2025-12-25)
+++ v2 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d7f0e9d" w14:textId="d7f0e9d">
+    <w:p w14:paraId="7b71516" w14:textId="7b71516">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -22641,22435 +22641,22529 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 43-1. Порядок проведения профилактического контроля без посещения субъекта (объекта) контроля и надзора</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Заголовок статьи 43-1 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Заголовок статьи 43-1 с изменением, внесенным Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 1 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Профилактический контроль без посещения субъекта (объекта) контроля и надзора осуществляется уполномоченным органом на основе анализа и данных информационных систем, а также других сведений о деятельности субъекта (объекта) контроля и надзора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z989" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Субъектами контроля и надзора являются судовладельцы, физические или юридические лица, осуществляющие деятельность, связанную с эксплуатацией судов, портов, портовых средств, береговых объектов и сооружений на море. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z990" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Целями профилактического контроля без посещения субъекта (объекта) контроля и надзора являются своевременное пресечение и недопущение нарушений, предоставление субъекту контроля и надзора права самостоятельного устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, и снижение административной нагрузки на субъект контроля и надзора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z991" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для предоставления субъектам контроля и надзора права самостоятельного устранения нарушений профилактический контроль без посещения субъекта (объекта) контроля и надзора проводится только по тем нарушениям, последствия которых возможно устранить в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z992" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. По итогам профилактического контроля без посещения субъекта (объекта) контроля и надзора составляется рекомендация об устранении выявленных нарушений без возбуждения дела об административном правонарушении с обязательным разъяснением субъекту контроля и надзора порядка их устранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z993" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Рекомендация должна быть вручена субъекту контроля и надзора лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z994" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Рекомендация, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z995" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) нарочно – с даты отметки в рекомендации о получении; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z996" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) почтой – заказным письмом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z997" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронным способом – с даты отправки уполномоченным органом на электронный адрес субъекта контроля и надзора, указанный в письме при запросе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z998" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Рекомендация об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, должна быть исполнена в течение двадцати рабочих дней со дня, следующего за днем ее вручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z999" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Субъект контроля и надзора в случае несогласия с нарушениями, указанными в рекомендации, вправе направить в уполномоченный орган, направивший рекомендацию, возражение в течение пяти рабочих дней со дня, следующего за днем вручения рекомендации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z1000" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Неисполнение в установленный срок рекомендации об устранении нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля и надзора, влечет назначение профилактического контроля с посещением субъекта (объекта) контроля и надзора путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля и надзора в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z1001" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Профилактический контроль без посещения субъекта (объекта) контроля и надзора проводятся не чаще одного раза в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 7 дополнена статьей 43-1 в соответствии с Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...276 lines deleted...]
-      11. Профилактический контроль без посещения субъекта (объекта) контроля и надзора проводятся не чаще одного раза в год.</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 44. Строительство в зоне действия средств навигационной обстановки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Строительство гидрографических сооружений на побережье и в казахстанском секторе Каспийского моря в зоне действия средств навигационной обстановки морских путей согласовывается с Министерством обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 44 в редакции Закона РК от 13.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1098" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7-1. Расследование аварийных случаев</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Закон дополнен главой 7-1 в соответствии с Законом РК от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 44-1. Общие положения расследования аварийных случаев</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1100" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Аварийные случаи с судами, плавающими под Государственным флагом Республики Казахстан в международных и территориальных водах, а также под флагом иностранного государства в территориальных водах Республики Казахстан, подлежат обязательному расследованию в порядке, определенном правилами расследования аварийных случаев с судами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z1101" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Целями расследования являются установление причин и (или) сопутствующих факторов, выработка рекомендаций по предотвращению аварийного случая в будущем и обеспечению безопасности мореплавания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z1102" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Расследование аварийных случаев осуществляется комиссией, создаваемой уполномоченным органом, за исключением случаев, установленных пунктом 4 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z1103" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав комиссии по расследованию аварийных случаев входят уполномоченный по расследованию, который является должностным лицом уполномоченного органа, территориальные подразделения уполномоченного органа, судовладельцы и заинтересованные лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z1104" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Отдельные виды аварийных случаев, перечень которых установлен правилами расследования аварийных случаев с судами, расследуются судовладельцами. По завершению расследования судовладельцем материалы представляются в уполномоченный орган и морскую администрацию порта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z1105" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Работа комиссии по расследованию аварийных случаев проводится под председательством уполномоченного по расследованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z1106" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Уполномоченный по расследованию организовывает и координирует работу комиссии по расследованию аварийных случаев, а также все аспекты, связанные с ними, на месте аварийного случая.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z1107" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Уполномоченный по расследованию для поддержания профессионального уровня и повышения квалификации периодически проходит обучение в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z1108" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Физические и юридические лица, государственные органы обязаны предоставлять по запросам комиссии по расследованию аварийных случаев информацию и (или) документацию, имеющие отношение к проводимому расследованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z1109" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Комиссия по расследованию аварийных случаев проводит расследование аварийных случаев отдельно и независимо от других видов расследований, проводимых другими государственными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z1110" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При проведении расследования не допускается вмешательство в деятельность комиссии по расследованию аварийных случаев физических и (или) юридических лиц, других государственных органов, кроме случаев, прямо предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 7 дополнена статьей 43-1 в соответствии с Законом РК от 24.05.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 156-VI</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 44-1 с изменениями, внесенными Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 06.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 71-VIII</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 44-2. Права и обязанности комиссии по расследованию аварийных случаев</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1112" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Комиссия по расследованию аварийных случаев вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z1113" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять взаимодействие с представителями других государственных органов, заинтересованных лиц для обеспечения независимости и объективности проведения расследования, а также во избежание потери или изменения доказательств, относящихся к расследованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z1114" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) иметь беспрепятственный доступ к месту аварийного случая и ко всей документации, связанной с эксплуатацией судна, к персоналу, привлеченному к его обслуживанию и обеспечению безопасности, проводить осмотр и дальнейшее обследование места происшествия, объектов и обломков, запасных частей и любых других объектов, которые являются причиной или могли способствовать, воздействовать возникновению аварийного случая;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z1115" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять поиск, восстановление, извлечение, считывание данных приборов объективного контроля или любого другого устройства носителя информации на судне, а также записей технических средств обслуживания движения и полный контроль над сохранением полученных данных. Извлечение и считывание записей объективного контроля или любого другого устройства носителя информации должны быть произведены без каких-либо задержек с использованием соответствующих средств в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z1116" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) опрашивать очевидцев, персонал и других лиц, причастных к аварийному случаю, назначать проведение исследований и испытаний, необходимых для установления причин аварийного случая и (или) сопутствующих факторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z1117" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) привлекать к работам экспертов, запрашивать их отчеты, относящиеся к расследованию аварийного случая;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z1118" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) находиться по согласованию с капитаном судна и (или) судовладельцем на судне в пути следования к месту происшествия аварийного случая.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z1119" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комиссия по расследованию аварийных случаев обязана соблюдать законодательство Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z96" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. Морские лоцманы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 45. Лоцманская проводка судов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лоцманская проводка судов осуществляется в целях обеспечения безопасности плавания и предотвращения происшествий с судами, а также защиты окружающей среды в соответствии с Правилами, утвержденными уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. К работе в качестве морских лоцманов могут быть допущены граждане Республики Казахстан при условии соответствия их квалификационным требованиям, установленным уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Уполномоченный орган устанавливает районы обязательной и районы необязательной лоцманской проводки судов и доводит информацию о таких районах до всеобщего сведения в морских портах и лоциях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Порядок лоцманской проводки судов в морских портах, имеющих смежные акватории, устанавливается капитанами морских портов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 45 с изменением, внесенным Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 46. Обязательная лоцманская проводка судов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Судно не вправе осуществлять плавание без лоцмана в районах обязательной лоцманской проводки судов, за исключением категорий судов, освобождаемых от обязательной лоцманской проводки в соответствии с Правилами осуществления лоцманской проводки судов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Информация о категории судов, освобождаемых от обязательной лоцманской проводки, в обязательном порядке доводится до всеобщего сведения в морских портах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 46 с изменениями, внесенными Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 47. Необязательная лоцманская проводка судов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В районах, где лоцманская проводка судов является необязательной, капитан судна вправе взять на судно лоцмана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В районах, где лоцманская проводка судов является необязательной, капитан морского порта вправе установить обязательную лоцманскую проводку судов в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) если судно или перевозимый им груз может причинить ущерб морской среде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) если судно имеет серьезные повреждения корпуса, механизмов или оборудования, что может существенно влиять на безопасность мореплавания в порту. В этом случае капитан судна уведомляется капитаном морского порта о том, что его судно должно следовать под обязательной лоцманской проводкой. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 48. Ответственность лоцмана и капитана судна</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Присутствие на судне лоцмана не исключает ответственности капитана судна за управление судном. При наличии достаточных оснований для сомнений в правильности рекомендаций лоцмана капитан судна вправе в целях безопасного плавания судна отказаться от услуг данного лоцмана. В случае, если лоцманская проводка судна является обязательной, капитан судна должен потребовать замены лоцмана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 49. Ответственность за ненадлежащую лоцманскую проводку судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ответственность организации, работником которой является лоцман, за ненадлежащую лоцманскую проводку судна ограничена суммой, равной десятикратной оплате за такие услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Организация, работником которой является лоцман, несет ответственность в полном объеме, если доказано, что убытки, причиненные судну в результате ненадлежащей лоцманской проводки, явились результатом действия (бездействия) лоцмана или организации, работником которой он является, совершенного умышленно или по грубой неосторожности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Лоцман, виновный в ненадлежащей лоцманской проводке судна, может быть дисквалифицирован в порядке и на условиях, определенных Правилами осуществления лоцманской проводки судов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 49 с изменениями, внесенными Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 9. Затонувшее имущество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 49-1. Сообщение о затонувшем имуществе, установление местонахождения и обозначение затонувшего имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1129" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. К затонувшему имуществу, являющемуся результатом аварийного случая, относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z1130" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) затонувшее или севшее на мель судно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z1131" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) любая часть затонувшего или севшего на мель судна, включая любой объект, который находится на мели, затонул или дрейфует в территориальных водах Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z1132" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) любой объект, который был утерян с судна в море и который находится на мели, затонул или дрейфует в территориальных водах Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z1133" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) судно, которое почти затонуло или село на мель либо затонет или сядет на мель, если меры по оказанию помощи судну или другому имуществу уже не принимаются. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z1134" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Собственник и капитан судна, затонувшего при аварийном случае в территориальных водах Республики Казахстан, обязаны незамедлительно сообщить морской администрации порта сведения о затонувшем имуществе в порядке, предусмотренном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z1135" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Служба гидрографического обеспечения Военно-морских Сил Вооруженных Сил Республики Казахстан обеспечивает принятие мер по установлению местонахождения и обозначению затонувшего имущества навигационными знаками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 9 дополнена статьей 49-1 в соответствии с Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 44. Строительство в зоне действия средств навигационной обстановки</w:t>
-[...19 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">Статья 50. Удаление затонувшего имущества его собственником </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 50 с изменением, внесенным Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z614" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Собственник затонувшего имущества должен известить капитана ближайшего морского порта о своем намерении удалить такое имущество в соответствии с правилами удаления затонувшего имущества в течение одного года со дня, когда имущество затонуло.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z615" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Капитан морского порта в течение трех месяцев со дня получения заявления собственника затонувшего имущества устанавливает срок удаления затонувшего имущества. Собственник затонувшего имущества имеет право осуществить его удаление в течение одного года с момента получения разрешения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z616" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случаях, если затонувшее имущество создает угрозу безопасности мореплавания или причинения ущерба морской среде загрязнением либо препятствует осуществлению промысла водных биологических ресурсов, деятельности порта и работам в порту, собственник затонувшего имущества обязан по требованию и в разумный срок, установленный капитаном морского порта, удалить его.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z617" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случае, если собственник затонувшего имущества не известен, капитан морского порта публикует сведения в средствах массовой информации о сроках, установленных для удаления затонувшего имущества. В случае, если при этом известен флаг затонувшего судна, капитан морского порта направляет соответствующее уведомление дипломатическому или консульскому лицу государства, которому принадлежит судно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z618" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. В случаях, если собственник затонувшего имущества не сделает заявления или не удалит имущество в установленный срок, вещи, составляющие такое имущество, признаются бесхозяйными. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z1136" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание. Для целей настоящей главы собственником затонувшего имущества является судовладелец либо собственник судна, затонувшего в территориальных водах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 44 в редакции Закона РК от 13.06.2017 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69-VI</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 50 с изменениями, внесенными Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 51. Удаление затонувшего имущества морской администрацией порта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 51 с изменением, внесенным Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Морская администрация порта имеет право удалить затонувшее имущество в случаях, если: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) собственник затонувшего имущества в течение одного года со дня, когда имущество затонуло, не установлен; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) собственник не выполнил или ненадлежаще выполнил обязательства, предусмотренные пунктом 3 статьи 50 настоящего Закона; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) собственник затонувшего имущества для удаления применяет средства, не соответствующие требованиям технической безопасности, установленным законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) собственник затонувшего имущества не установлен в целях предотвращения аварии, бедствия или катастрофы, которые могут повлечь гибель людей, ущерб их здоровью, окружающей среде и объектам хозяйствования, значительные материальные потери и нарушение условий жизнедеятельности населения, в соответствии с законодательством Республики Казахстан о гражданской защите. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Удаление затонувшего имущества в случаях, предусмотренных пунктом 1 настоящей статьи, осуществляется за счет собственника имущества, за исключением случаев, предусмотренных подпунктами 1) и 4) пункта 1 настоящей статьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Затонувшее имущество, удаленное в соответствии с подпунктом 3) пункта 1 настоящей статьи, может быть истребовано его собственником после возмещения им расходов на удаление затонувшего имущества при условии, если с момента удаления затонувшего имущества прошло не более одного года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 51 с изменениями, внесенными законами РК от 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 51-1. Ответственность собственника затонувшего имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1138" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Собственник затонувшего имущества несет ответственность за расходы по установлению местонахождения, обозначению и удалению затонувшего имущества, за исключением следующих случаев, когда ущерб причинен затонувшему имуществу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z1139" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в результате военных действий, враждебных действий, гражданской войны, восстания или неизбежного и непреодолимого стихийного явления; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z1140" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) умышленным действием (бездействием) третьих лиц с намерением причинить ущерб; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z1141" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в результате ненадлежащей работы огней или других навигационных средств вне пределов судна, вызванной неисполнением или ненадлежащим исполнением работ по их содержанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z1142" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Размер ответственности собственника затонувшего имущества в связи с установлением местонахождения, обозначением и удалением затонувшего имущества, возникшей из одного и того же аварийного случая, ограничивается общей суммой, исчисляемой в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z1143" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1,51 миллиона расчетных единиц – для судна вместимостью не более 2000 регистровых тонн включительно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z1144" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для судна вместимостью, превышающей 2000 регистровых тонн, к сумме, указанной в абзаце втором настоящего пункта, добавляется следующая сумма:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z1145" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на каждую тонну от 2001 до 30000 тонн включительно – 604 расчетные единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z1146" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на каждую тонну от 30001 до 70000 тонн включительно – 453 расчетные единицы; и</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z1147" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на каждую тонну свыше 70000 тонн – 302 расчетные единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z1148" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Собственник судна валовой вместимостью 300 регистровых тонн и более обязан застраховать риск ответственности за удаление затонувшего имущества либо предоставить иное финансовое обеспечение ответственности за удаление затонувшего имущества в размере, определяемом в соответствии с пунктом 2 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z1149" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Судно, заходящее в территориальные воды Республики Казахстан, обязано иметь на борту свидетельство о страховании или ином финансовом обеспечении ответственности за удаление затонувших судов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z1150" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Судам, плавающим под Государственным Флагом Республики Казахстан, свидетельство о страховании или ином финансовом обеспечении ответственности за удаление затонувших судов выдается морской администрацией порта в порядке и по форме, которые установлены уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 9 дополнена статьей 51-1 в соответствии с Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 52. Право Службы гидрографического обеспечения Военно-морских Сил Вооруженных Сил Республики Казахстан и морской администрации порта на полное возмещение понесенных расходов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1151" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Право на полное возмещение понесенных расходов имеют:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z1152" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Служба гидрографического обеспечения Военно-морских Сил Вооруженных Сил Республики Казахстан – по расходам, понесенным при установлении местонахождения и обозначении затонувшего имущества навигационными знаками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z1153" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) морская администрация порта – по расходам, понесенным в связи с удалением затонувшего имущества, осуществленным в соответствии с пунктом 1 статьи 51 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z1154" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Возмещение понесенных расходов осуществляется за счет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z1155" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) суммы, вырученной от реализации удаленного затонувшего имущества, в порядке, установленном законодательством Республики Казахстан, оставшаяся сумма передается собственнику затонувшего имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z1156" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) собственника затонувшего имущества в случае, если сумма, вырученная от реализации затонувшего имущества, не покрывает понесенные расходы за установление местонахождения, обозначение затонувшего имущества и его удаление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z1157" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Средства, полученные от возмещения понесенных расходов, зачисляются в доход государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 52 - в редакции Закона РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 53. Случайно удаленное затонувшее имущество (находка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 53 с изменением, внесенным Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Затонувшее имущество, случайно удаленное в территориальных водах Республики Казахстан или в открытом море при осуществлении операций, связанных с торговым мореплаванием, должно быть сдано в ближайший морской порт Республики Казахстан. Морская администрация обязана принять в отношении такого имущества меры, предусмотренные гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 53 с изменениями, внесенными Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 10. Договор морской перевозки груза</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 54. Договор морской перевозки груза</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. По договору морской перевозки груза перевозчик обязуется доставить вверенный ему отправителем груз в порт назначения и выдать уполномоченному на получение груза лицу (получателю), а отправитель или получатель обязуется уплатить за перевозку груза плату согласно договору или тарифу и обеспечить приемку груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Договор морской перевозки груза может быть заключен с условием предоставления для морской перевозки груза всего судна, его части или определенных судовых помещений (чартер), а также без такого условия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 54-1. Смешанные перевозки грузов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отношения перевозчиков, а также других лиц, участвующих в смешанной перевозке грузов различными видами транспорта по единой товарно-транспортной накладной (единому коносаменту), определяются законодательными актами Республики Казахстан о транспорте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 10 дополнена статьей 54-1 в соответствии с Законом РК от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1098" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 55. Форма договора морской перевозки груза</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Договор морской перевозки груза оформляется коносаментом, чартером, морской накладной. Форма коносамента, чартера, морской накладной устанавливается правилами перевозок. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 56. Длительный договор об организации морских перевозок грузов </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик и грузоотправитель при необходимости осуществления систематических перевозок груза могут заключать длительные договоры об организации морских перевозок грузов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По договору об организации морских перевозок грузов перевозчик обязуется в установленные сроки принимать, а грузоотправитель предъявлять к перевозке грузы в обусловленном объеме. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В договоре об организации морских перевозок грузов определяются объемы, сроки, качество перевозок и другие условия предоставления транспортных средств и предъявления грузов для перевозки, а также иные условия организации перевозки, не предусмотренные законодательными актами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Условия перевозок грузов, согласованные в длительном договоре об организации морских перевозок грузов, считаются включенными в договор морской перевозки груза, если стороны не достигли соглашения об ином. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если условия договора морской перевозки груза противоречат условиям длительного договора об организации морских перевозок грузов, применяются условия договора морской перевозки груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Условия длительного договора об организации морских перевозок грузов, не включенные в коносамент, не являются обязательными для третьего лица, если оно не является фрахтователем. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 57. Содержание чартера. Уступка прав по чартеру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Чартер должен содержать наименование сторон, название судна, указание на род и вид груза, размер фрахта, порт погрузки, место погрузки груза, а также порт назначения или направления судна. По соглашению сторон в чартер могут быть включены иные условия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При перевозке груза по чартеру фрахтователь вправе с согласия перевозчика уступить свои права по договору морской перевозки груза третьим лицам. Фрахтователь, а также третье лицо, которому он уступил свои права, несут перед перевозчиком солидарную ответственность за неисполнение договора морской перевозки груза, если иное не предусмотрено чартером. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 58. Соотношение чартера и коносамента</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отношения между перевозчиком и получателем, не являющимся стороной договора чартера, определяются коносаментом. Условия чартера обязательны для получателя, если коносамент содержит ссылку на них. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 59. Обеспечение мореходного состояния судна по договору морской перевозки груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик обязан заблаговременно, до начала рейса, привести судно в мореходное состояние: обеспечить безопасность и техническую годность судна к плаванию, надлежащим образом снарядить судно, укомплектовать его экипажем и снабдить всем необходимым, а также привести трюмы и другие помещения судна, в которых перевозится груз, в состояние, обеспечивающее надлежащие прием, перевозку и сохранность груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Соглашение сторон, противоречащее пункту 1 настоящей статьи, недействительно, если перевозка груза осуществляется на основании коносамента или коносамент выдается в соответствии с чартером и регулирует отношения между перевозчиком и не являющимся фрахтователем держателем коносамента. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 59 с изменениями, внесенными Законом РК от 29.12.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...9 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 60. Замена судна</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если груз должен быть перевезен на определенном судне, груз может быть погружен на другое судно только с согласия фрахтователя или отправителя, за исключением перегрузки груза вследствие технической необходимости, возникшей после начала его погрузки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 61. Уведомление о готовности судна к погрузке груза</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. При перевозке груза по чартеру перевозчик обязан в письменной форме уведомить фрахтователя или отправителя, если он указан фрахтователем, о том, что судно готово или будет готово в определенное время к погрузке груза. Такое уведомление может быть подано только в случае, если судно находится в порту погрузки или в обычном для данного порта месте ожидания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. День и час подачи указанного в пункте 1 настоящей статьи уведомления определяются соглашением сторон, а при отсутствии соглашения обычаями данного порта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если судно не готово к погрузке груза в указанное в уведомлении время, убытки, причиненные в связи с этим фрахтователю, подлежат возмещению перевозчиком. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 62. Место погрузки груза</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. При перевозке груза по чартеру перевозчик обязан подать судно в указанное фрахтователем место погрузки груза. Фрахтователь должен указать безопасное и пригодное для погрузки груза место, в котором судно может находиться, оставаясь на плаву. В случае, если фрахтователем указано место, непригодное для погрузки груза, или несколькими фрахтователями указаны разные места погрузки груза, перевозчик вправе подать судно в место погрузки груза, обычно используемое в данном порту, предупредив фрахтователей об этом заблаговременно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Фрахтователь вправе потребовать, чтобы судно было поставлено в другое место погрузки груза за его счет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При перевозке груза в линейном сообщении место погрузки груза определяется перевозчиком. Перевозчик извещает отправителя о месте погрузки груза, если погрузка груза проводится в необычном для данного порта месте. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 63. Срок подачи судна</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При перевозке груза по чартеру перевозчик обязан подать судно в обусловленный чартером срок. В случае неподачи судна в указанный срок фрахтователь вправе отказаться от договора морской перевозки груза и потребовать возмещения убытков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 64. Сталийное время</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Сталийное время определяется соглашением сторон, при отсутствии такого соглашения сроками, обычно принятыми в порту погрузки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Сталийное время исчисляется в рабочих днях, часах и минутах, начиная со следующего дня после направления отправителю, фрахтователю уведомления о готовности судна к погрузке груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В сталийное время не включается время, в течение которого погрузка груза не проводилась по причинам, зависящим от перевозчика, либо вследствие непреодолимой силы или гидрометеорологических условий, создающих угрозу сохранности груза или препятствующих его безопасной погрузке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Время, в течение которого погрузка груза не проводилась по причинам, зависящим от фрахтователя, включается в сталийное время. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае, если погрузка груза началась до начала исчисления сталийного времени, фактически затраченное на погрузку груза время засчитывается в сталийное время. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Правила, установленные настоящей статьей, применяются также при разгрузке груза в порту его разгрузки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 65. Контрсталийное время</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Продолжительность контрсталийного времени определяется соглашением сторон, а при его отсутствии сроками, обычно принятыми в порту погрузки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Контрсталийное время исчисляется в календарных днях, часах и минутах с момента окончания сталийного времени. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В контрсталийное время включаются воскресные и официально установленные праздничные дни, объявленное нерабочим в порту время, а также перерывы в погрузке груза, вызванные непреодолимой силой или гидрометеорологическими условиями, создающими угрозу сохранности груза либо препятствующими его безопасной погрузке. Время, в течение которого погрузка груза не проводилась по зависящим от перевозчика причинам, не включается в контрсталийное время. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Правила, установленные настоящей статьей, а также статьями 66-68 настоящего Закона, применяются при разгрузке груза в порту его разгрузки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 66. Демерредж</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Демерредж определяется соглашением сторон, а при отсутствии такого соглашения согласно ставкам, обычно принятым в соответствующем порту. В случае отсутствия таких ставок демерредж определяется расходами на содержание судна и его экипажа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 67. Диспач</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Соглашением сторон может быть установлен диспач. При отсутствии такого соглашения размер диспача исчисляется в размере одной второй демерреджа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 68. Право перевозчика отправить судно в плавание по истечении контрсталийного времени</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик имеет право по истечении контрсталийного времени отправить судно в плавание, если даже весь условленный груз не погружен на судно по причинам, не зависящим от перевозчика. При этом перевозчик сохраняет право на получение полного фрахта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае предоставления для перевозки груза всего судна перевозчик не вправе отказаться от приема груза, доставленного до окончания сталийного или контрсталийного времени, при наличии соглашения о таком времени, хотя принятие и укладка груза могут задержать судно свыше установленного срока. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если для перевозки груза предоставлено не все судно, перевозчик вправе до истечения сталийного или контрсталийного времени при наличии соглашения о таком времени отказаться от приема груза, который вследствие его предъявления с опозданием может быть погружен на судно надлежащим образом и без ущерба для остального груза только с задержкой судна. При этом перевозчик сохраняет право на получение полного фрахта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 69. Временное прекращение или ограничение приема грузов для перевозок</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При чрезвычайных ситуациях социального, природного и техногенного характера прием грузов может быть временно прекращен или ограничен распоряжением морской администрации порта с незамедлительным уведомлением уполномоченного органа, который устанавливает срок действия временного прекращения или ограничения приема грузов для перевозок по согласованию с соответствующими государственными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z118" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. О временном прекращении или ограничении приема грузов для перевозок морская администрация порта немедленно уведомляет отправителей грузов при смешанной перевозке или прямом морском сообщении и организации транспорта других видов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Закон дополнен главой 7-1 в соответствии с Законом РК от 19.04.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 69 с изменениями, внесенными Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); Законом РК от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 70. Возмещение убытков за задержку судна</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      За задержку судна свыше контрсталийного времени отправитель, фрахтователь обязаны возместить перевозчику причиненные убытки, если задержка судна произошла по причинам, не зависящим от перевозчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 71. Досрочное отправление судна в плавание по требованию фрахтователя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если фрахтователю предоставлено для перевозки груза все судно, перевозчик обязан по требованию фрахтователя отправить судно в плавание, даже если погружен не весь груз. Перевозчик в таком случае сохраняет право на полный фрахт. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 72. Упаковка и маркировка груза</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Грузы, нуждающиеся в таре и упаковке для обеспечения их полной сохранности при перевозках, должны предъявляться для перевозок в исправной таре и упаковке, в том числе опасные грузы, упакованные в соответствии с требованиями международных договоров Республики Казахстан. Тара и упаковка должны соответствовать обязательным требованиям безопасности, установленным техническими регламентами и международными договорами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Отправитель обязан надлежащим образом маркировать груз и представлять перевозчику необходимые сведения о нем. В случае, если груз требует особого с ним обращения, отправитель обязан информировать перевозчика о свойствах груза и порядке обращения с ним. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 72 с изменениями, внесенными законами РК от 29.12.2006 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 44-1. Общие положения расследования аварийных случаев</w:t>
-[...221 lines deleted...]
-    <w:bookmarkEnd w:id="536"/>
+        <w:t>Статья 73. Палубный груз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик имеет право перевозить груз на палубе только в соответствии с соглашением между перевозчиком и отправителем. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если перевозчик и отправитель достигли соглашения о том, что груз должен или может перевозиться на палубе, перевозчик обязан сделать указание о достижении такого соглашения в коносаменте или другом документе, подтверждающем договор морской перевозки груза. В случае, если перевозчик не сделает такого указания, он должен доказать, что соглашение о перевозке груза на палубе было заключено им с отправителем. Перевозчик не вправе ссылаться на такое соглашение в отношении третьего лица, которое добросовестно приобрело коносамент, в том числе в отношении получателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если груз перевозился на палубе с нарушением правил, установленных пунктами 1 и 2 настоящей статьи, перевозчик не может ссылаться на соглашение о перевозке груза на палубе и несет ответственность за утрату, недостачу или повреждение (порчу) груза или просрочку его доставки, вызванные исключительно перевозкой груза на палубе. При этом правила, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, не подлежат применению. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Размер ответственности перевозчика определяется в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 104</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Перевозка груза на палубе, если имеется соглашение о перевозке груза в трюме, рассматривается как действие (бездействие) перевозчика, влекущее за собой утрату перевозчиком права на ограничение ответственности в соответствии со статьей 105 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 74. Опасный груз</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z977" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае предоставления неправильных сведений о наименовании опасного груза при его сдаче и невозможности перевозчика удостовериться в его свойствах посредством наружного осмотра перевозчик вправе в любое время за счет отправителя осуществить разгрузку, уничтожение и обезвреживание такого груза без возмещения ему убытков. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отправитель несет ответственность перед перевозчиком за убытки, причиненные ему в результате погрузки такого груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Фрахт за перевозку опасного груза не подлежит возврату. В случае неуплаты фрахта перевозчик вправе взыскать его стоимость с отправителя в полном объеме. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z978" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Судно, предназначенное для перевозки опасного груза, должно иметь документ о соответствии судна для перевозки опасных грузов, выданный иностранным классификационным обществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия документа о соответствии судна для перевозки опасных грузов перевозка опасных грузов морским транспортом не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z979" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если опасный груз, находящийся с согласия перевозчика на судне, создаст угрозу судну, находящимся на нем людям и грузу, то перевозчик вправе в зависимости от обстоятельств осуществить разгрузку, уничтожение или обезвреживание такого груза без возмещения отправителю убытков, за исключением случаев общей аварии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перевозчик имеет право на получение фрахта в размере, пропорциональном расстоянию, фактически пройденному судном с опасным грузом.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 44-1 с изменениями, внесенными Законом РК от 29.12.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 74 с изменением, внесенным Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 75. Замена груза</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Груз, род или вид которого определен в чартере, может быть заменен на груз иного рода или вида только с согласия перевозчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 76. Удаление постороннего груза</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае предоставления для перевозки груза всего судна, его части или определенных судовых помещений отправитель вправе потребовать удаления постороннего груза с судна, части судна или из судовых помещений в порту отправления, в случае предоставления для перевозки груза всего судна - в любом порту захода. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если груз не был своевременно удален с судна, части судна или из судовых помещений, фрахтователь имеет право потребовать соответствующего уменьшения фрахта, а также возмещения причиненных фрахтователю убытков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 77. Документы, сопровождающие груз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отправитель обязан передать перевозчику документы, необходимые для беспрепятственной перевозки груза, предусмотренные законодательством Республики Казахстан (сертификат, лицензию, ветеринарный сертификат, таможенные декларации и иные). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отправитель несет ответственность перед перевозчиком за убытки, причиненные вследствие несвоевременной передачи, недостоверности или неполноты таких документов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 77 с изменениями, внесенными Законом РК от 15.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 30.01.2012).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 78. Выдача морской накладной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отправитель вправе потребовать от перевозчика выдачи вместо коносамента морской накладной. К морской накладной применяются правила, установленные настоящей главой, за исключением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 81</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статей 83</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, касающихся коносамента как товарораспорядительного документа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 79. Выдача коносамента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. После приема груза для перевозки перевозчик по требованию отправителя обязан выдать отправителю коносамент. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Коносамент составляется на основании подписанного отправителем документа, который должен содержать данные, указанные в подпунктах 3) - 8) пункта 1 статьи 81 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Отправитель гарантирует перевозчику достоверность данных, предоставленных для включения в коносамент, и несет ответственность за убытки, причиненные перевозчику вследствие недостоверности таких данных. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Право перевозчика на возмещение убытков отправителем не устраняет ответственности перевозчика по договору морской перевозки груза перед лицом иным, чем отправитель. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 80. Виды коносамента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Коносамент может быть выдан на имя определенного получателя (именной коносамент), приказу отправителя или получателя (ордерный коносамент) либо на предъявителя. Ордерный коносамент, не содержащий указания о его выдаче приказу отправителя или получателя, считается выданным приказу отправителя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 81. Содержание коносамента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В коносамент должны быть включены следующие данные: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) наименование перевозчика и место его нахождения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) наименование порта погрузки согласно договору морской перевозки груза и дата приема груза перевозчиком в порту погрузки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) наименование отправителя и место его нахождения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) наименование порта выгрузки согласно договору морской перевозки груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) наименование получателя, если он указан отправителем; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) наименование груза, необходимые для идентификации груза основные марки, указание в соответствующих случаях на опасный характер или особые свойства груза, число мест или предметов и масса груза или обозначенное иным образом его количество. При этом все данные указываются так, как они представлены отправителем; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) внешнее состояние груза и его упаковки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) фрахт в размере, подлежащем уплате получателем, или иное указание на то, что фрахт должен быть уплачен им; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) время и место выдачи коносамента; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) число оригиналов коносамента, если их больше чем один; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) подпись перевозчика или действующего от его имени лица. Коносамент, подписанный капитаном судна, считается подписанным от имени перевозчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По соглашению сторон в коносамент могут быть включены и иные данные. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. После того, как груз погружен на борт судна, перевозчик по требованию отправителя выдает ему бортовой коносамент, в котором в дополнение к данным, предусмотренным пунктом 1 настоящей статьи, должно быть указано, что груз находится на борту определенного судна или судов, а также дата погрузки груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если перевозчик до погрузки груза на борт судна выдал отправителю коносамент на принятый для перевозки груз или иной относящийся к данному грузу товарораспорядительный документ, отправитель обязан по требованию перевозчика возвратить такой документ в обмен на бортовой коносамент. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Перевозчик может удовлетворить требования отправителя к бортовому коносаменту посредством дополнения любого ранее выданного документа при условии, если дополненный таким образом документ включает в себя все данные, которые должны содержаться в бортовом коносаменте. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 82. Оговорки в коносаменте. Доказательственная сила коносамента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае, если в коносаменте содержатся данные, касающиеся наименования груза, его основных марок, числа мест или предметов, массы или количества груза и в отношении которых перевозчик или выдающее коносамент от его имени другое лицо знают или имеют достаточные основания считать, что такие данные не соответствуют фактически принятому или погруженному грузу при выдаче бортового коносамента, либо у перевозчика или другого такого лица не было разумной возможности проверить указанные данные, перевозчик или другое такое лицо должны внести в коносамент оговорку, конкретно указывающую на неточности, основания для предположений или отсутствие разумной возможности проверки указанных данных. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если перевозчик или другое выдающее коносамент от его имени лицо не указывает в коносаменте внешнее состояние груза, считается, что в коносаменте указано надлежащее внешнее состояние груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. За исключением данных, в отношении которых внесена оговорка, допустимая в соответствии с пунктом 1 настоящей статьи, коносамент удостоверяет, если не доказано иное, прием перевозчиком груза для перевозки, как он описан в коносаменте. Доказывание перевозчиком иного не допускается, если коносамент передан третьему лицу, которое, исходя из содержащегося в коносаменте описания груза, действовало добросовестно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 83. Множественность экземпляров коносамента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По желанию отправителя ему может быть выдано несколько экземпляров (оригиналов) коносамента, причем в каждом из них отмечается число имеющихся оригиналов коносамента. После выдачи груза на основании первого из предъявленных оригиналов коносамента остальные его оригиналы теряют силу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 84. Передача коносамента </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Коносамент передается с соблюдением следующих правил: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) именной коносамент может передаваться по именным передаточным надписям или в иной форме в соответствии с правилами, предъявляемыми к форме уступки требования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ордерный коносамент может передаваться по именным или бланковым передаточным надписям; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) коносамент на предъявителя может передаваться посредством простого вручения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 85. Право распоряжения грузом </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Отправитель имеет право распоряжаться грузом до выдачи его получателю либо передачи такого права получателю или третьему лицу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Отправитель имеет право потребовать обратную выдачу груза в месте отправления до отхода судна, выдачу груза в промежуточном порту или выдачу его не тому получателю, который указан в перевозочном документе, при условии предъявления всех выданных отправителю оригиналов коносамента или предоставления соответствующего обеспечения и с соблюдением требований, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 89</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 86. Обязанности перевозчика в отношении груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик с момента приема груза для перевозки до момента его выдачи обязан надлежащим образом осуществлять погрузку, перевозку и разгрузку груза и обеспечить сохранность груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если принятый для перевозки груз в силу его особых свойств требует соответствующего обращения, указанного в договоре морской перевозки груза, перевозчик обязан обеспечить сохранность груза согласно таким указаниям. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Договоры, заключенные в нарушение требований, установленных пунктом 1 настоящей статьи, недействительны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 87. Срок и маршрут перевозки груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перевозчик обязан доставить пассажира, багаж и груз в порт (пункт) назначения в срок и по маршруту, которые установлены соглашением сторон. В случае отсутствия такого соглашения доставка должна быть произведена в разумный срок и по обычному маршруту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 88. Препятствия заходу судна в порт назначения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае, если вследствие причин, не зависящих от перевозчика, судно не может зайти в порт назначения, перевозчик обязан немедленно уведомить об этом отправителя или фрахтователя либо лицо, уполномоченное распоряжаться грузом, когда такое лицо известно перевозчику. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если для перевозки груза предоставлено все судно и в течение разумного срока с момента отправки уведомления перевозчиком не поступило указания о том, как распорядиться грузом, капитан судна вправе выгрузить груз в одном из ближайших портов либо возвратить груз в порт отправления в зависимости от того, что, по мнению капитана судна, представляется более выгодным для отправителя или фрахтователя либо лица, уполномоченного распоряжаться грузом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если для перевозки груза предоставлено не все судно, и в течение трех суток с момента отправки уведомления перевозчиком не поступило указания о том, как распорядиться грузом, капитан судна вправе выгрузить груз в одном из ближайших портов и сообщить об этом отправителю или фрахтователю либо лицу, уполномоченному распоряжаться грузом. Капитан судна вправе поступить так и в случае, если полученное им распоряжение нельзя выполнить без причинения ущерба владельцам других находящихся на судне грузов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае ожидания перевозчиком распоряжения отправителя или фрахтователя либо лица, уполномоченного распоряжаться грузом, перевозчик имеет право на возмещение расходов, связанных с таким ожиданием, а также на фрахт в размере, пропорциональном фактически пройденному судном расстоянию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 89. Отказ сторон от исполнения договора морской перевозки груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Каждая из сторон договора морской перевозки груза вправе отказаться от его исполнения без возмещения другой стороне убытков при наступлении до отхода судна от места погрузки груза следующих обстоятельств: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) военных и иных действий, создающих угрозу захвата судна или груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) блокады места отправления или места назначения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) задержания судна по причинам, не зависящим от сторон договора морской перевозки груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) привлечения судна для государственных нужд при обстоятельствах, носящих чрезвычайный характер; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) запрещения вывоза груза, который предназначен для перевозки, из места отправления или ввоза груза в место назначения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Обстоятельства, предусмотренные подпунктами 3) и 5) настоящего пункта, не могут служить основанием для отказа от исполнения договора морской перевозки груза без возмещения другой стороне убытков, если задержка судна предполагается на короткий срок. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При наступлении обстоятельств, предусмотренных настоящим пунктом, перевозчик не несет расходов на разгрузку груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Каждая из сторон договора морской перевозки груза вправе отказаться от его исполнения вследствие наступления любого из обстоятельств, предусмотренных пунктом 1 настоящей статьи, также во время рейса. При этом отправитель или фрахтователь возмещает перевозчику все расходы на груз, в том числе расходы на его разгрузку, а также фрахт в размере, пропорциональном фактически пройденному судном расстоянию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 90. Отказ перевозчика от исполнения договора морской перевозки груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перевозчик имеет право отказаться от исполнения договора морской перевозки груза до выхода судна в рейс в случае, если стоимость погруженного груза не покрывает фрахта и других расходов перевозчика по грузу, а отправитель или фрахтователь не внесли фрахт полностью перед отправлением судна либо не предоставили дополнительного обеспечения. В этом случае отправитель или фрахтователь должны выплатить перевозчику одну вторую полного фрахта, а при наличии простоя плату за простой и возместить иные расходы перевозчика. Разгрузка груза осуществляется за счет отправителя или фрахтователя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 91. Отказ отправителя или фрахтователя от исполнения договора морской перевозки груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. При предоставлении всего судна для перевозки груза отправитель или фрахтователь вправе отказаться от исполнения договора морской перевозки груза при условии уплаты: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) одной второй полного фрахта, при наличии простоя платы за простой, произведенных перевозчиком за счет груза и не включенных в сумму фрахта расходов, если отказ отправителя или фрахтователя наступил до истечения сталийного или контрсталийного времени либо до выхода судна в рейс в зависимости от того, какой из указанных моментов наступил раньше; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) полного фрахта, других сумм, указанных в подпункте 1) настоящего пункта, если отказ отправителя или фрахтователя наступил после одного из моментов, указанных в подпункте 1) настоящего пункта, и договор морской перевозки груза заключен на один рейс; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) полного фрахта за первый рейс, других сумм, указанных в подпункте 1) настоящего пункта, и одной второй фрахта за остальные рейсы, если отказ отправителя или фрахтователя наступил после одного из моментов, указанных в подпункте 1) настоящего пункта, и договор морской перевозки груза заключен на несколько рейсов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При отказе отправителя или фрахтователя от исполнения договора морской перевозки груза до выхода судна в рейс перевозчик обязан выдать отправителю или фрахтователю груз, если даже выгрузка груза может задержать судно более установленного срока. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При отказе отправителя или фрахтователя от исполнения договора морской перевозки груза во время рейса отправитель или фрахтователь вправе требовать выдачу груза только в том порту, в который судно должно зайти в соответствии с договором морской перевозки груза или зашло в силу необходимости. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если для перевозки груза предоставлено не все судно, отправитель или фрахтователь вправе отказаться от исполнения договора морской перевозки груза при условии уплаты полного фрахта, платы за простой, возмещения расходов, произведенных перевозчиком за счет груза и не включенных в сумму фрахта. Перевозчик обязан по требованию отправителя или фрахтователя выдать груз до его доставки в порт назначения только в случае, если этим не будет причинен ущерб перевозчику и другому отправителю или фрахтователю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 92. Прекращение обязательств по договору морской перевозки груза невозможностью их исполнения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Договор морской перевозки груза прекращается без обязанности одной стороны возместить другой стороне вызванные прекращением договора убытки, если после его заключения и до отхода судна от места погрузки груза вследствие не зависящих от сторон обстоятельств: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) судно погибнет или будет насильственно захвачено; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) судно будет признано непригодным к плаванию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) погибнет груз, индивидуально определенный; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) погибнет груз, определенный родовыми признаками, после сдачи его отправителем для погрузки в морском порту и отправитель не успеет сдать другой груз для погрузки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае прекращения обязательства по перевозке невозможностью его исполнения во время рейса по обстоятельствам, предусмотренным в пункте 1 настоящей статьи, перевозчику выплачивается фрахт в размере, пропорциональном фактически пройденному судном расстоянию, исходя из количества спасенного и сданного на хранение или выданного получателю груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 93. Лицо, имеющее право на получение груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Груз, перевозка которого осуществляется на основании коносамента, выдается перевозчиком в порту выгрузки при предъявлении оригинала коносамента: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) именного коносамента - получателю, который указан в коносаменте, или лицу, которому коносамент передан по именной передаточной надписи или в иной форме в соответствии с правилами, установленными для уступки требования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ордерного коносамента - лицу, приказу которого составлен коносамент, при наличии в коносаменте передаточных надписей - лицу, указанному в последней из непрерывного ряда передаточных надписей, или предъявителю коносамента с последней бланковой надписью; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) коносамента на предъявителя предъявителю коносамента. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если перевозка груза осуществляется на основании морской накладной или на основании иного документа, перевозчик вправе выдать груз получателю, указанному в таком документе, или получателю, указанному отправителем. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 94. Сдача груза на хранение </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При предоставлении для перевозки груза части судна, если в порту разгрузки получатель не востребовал груз или отказался от него, либо так задержал его прием, что груз не мог быть разгружен в установленное время, перевозчик вправе сдать груз на хранение за счет лица, уполномоченного распоряжаться грузом, с уведомлением об этом отправителя или фрахтователя, а также получателя, когда он известен перевозчику.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z619" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При предоставлении для перевозки груза всего судна, разгрузка и сдача груза на хранение осуществляются перевозчиком по истечении сталийного и контрсталийного времени и при условии, если в течение сталийного и контрсталийного времени не поступило иное распоряжение отправителя или фрахтователя либо лица, уполномоченного распоряжаться грузом. Время, затраченное перевозчиком на сдачу груза на хранение, рассматривается как простой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z620" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае, если в течение двух месяцев со дня прихода судна в порт разгрузки сданный на хранение груз не будет востребован и отправитель или фрахтователь либо лицо, уполномоченное распоряжаться грузом, не уплатит перевозчику причитающиеся за перевозку груза платежи, перевозчик вправе продать груз в установленном порядке. Невостребованный скоропортящийся груз, а также груз, расходы на хранение которого превышают его стоимость, может быть продан до истечения указанного срока, но не ранее срока доставки груза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z621" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Вырученная от продажи груза сумма за вычетом причитающихся перевозчику платежей и расходов на хранение и продажу груза передается отправителю или фрахтователю. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если суммы, вырученной от продажи груза, недостаточно для покрытия причитающихся перевозчику платежей и расходов на хранение и продажу груза, перевозчик вправе взыскать недополученную им сумму с отправителя или фрахтователя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 95. Платежи при выдаче груза получателю. Право удержания груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Получатель при выдаче ему груза обязан возместить расходы, произведенные перевозчиком за счет груза, внести плату за простой судна в порту разгрузки, а также уплатить фрахт и внести плату за простой судна в порту погрузки, если это предусмотрено коносаментом или другим документом, на основании которых осуществлялась перевозка груза, в случае общей аварии обязан внести аварийный взнос или предоставить надлежащее обеспечение. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Перевозчик вправе удерживать груз до уплаты сумм или предоставления обеспечения, предусмотренных пунктом 1 настоящей статьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае сдачи груза на хранение на склад, не принадлежащий получателю, перевозчик сохраняет право удержания груза при условии немедленного уведомления владельца склада об этом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. После выдачи груза получателю перевозчик утрачивает право требовать от отправителя или фрахтователя суммы, не уплаченные получателем, если только перевозчик не смог осуществить право удержания груза по не зависящим от него обстоятельствам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Требования перевозчика, удерживающего груз, удовлетворяются за счет его стоимости в объеме и в порядке, установленных законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Вырученная от продажи груза сумма за вычетом причитающихся перевозчику сумм в соответствии с пунктом 1 настоящей статьи и связанных с продажей груза расходов передается получателю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если суммы, вырученной от продажи груза, недостаточно для уплаты причитающихся перевозчику сумм в соответствии с пунктом 1 настоящей статьи, перевозчик вправе взыскать недополученную им сумму с отправителя или фрахтователя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 96. Осмотр груза или проверка его состояния </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При фактической или предполагаемой утрате, недостаче либо повреждении (порче) груза получатель и перевозчик обязаны предоставлять друг другу возможность проводить осмотр груза или проверку его состояния до выдачи груза получателю. Расходы на осмотр груза или проверку его состояния несет сторона, потребовавшая осмотра или проверки. В случае, если в результате проведенных по требованию получателя осмотра груза или проверки его состояния установлены утрата, недостача или повреждение (порча) груза, ответственность за которые несет перевозчик, расходы на осмотр груза или проверку его состояния возмещаются перевозчиком. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 97. Заявление об утрате, недостаче или повреждении (порче) груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае, если до выдачи груза или во время его выдачи получатель в письменной форме не сделал заявление перевозчику об утрате, недостаче или повреждении (порче) груза и не указал общего характера утраты, недостачи или повреждения (порчи) груза, считается, что груз получен в соответствии с условиями коносамента при отсутствии доказательств об ином. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если утрата, недостача или повреждение (порча) груза не могли быть установлены при обычном способе его приемки, заявление перевозчику может быть сделано получателем в течение трех дней после выдачи груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Получатель вправе не делать заявления, указанного в пункте 1 настоящей статьи, если он совместно с перевозчиком осмотрел груз или проверил его состояние во время выдачи груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 98. Платежи при перевозках грузов </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Все причитающиеся перевозчику платежи уплачиваются отправителем или фрахтователем. В случаях, предусмотренных соглашением между отправителем или фрахтователем и перевозчиком и при включении данных об этом в коносамент, допускается перевод платежей на получателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 99. Размер фрахта </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Размер фрахта устанавливается соглашением сторон. При отсутствии соглашения сторон размер фрахта исчисляется исходя из ставок, применяемых в месте и во время погрузки груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если груз погружен на судно в большем количестве, чем предусмотрено договором морской перевозки груза, размер фрахта соответственно увеличивается. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если вместо предусмотренного договором морской перевозки груза на судно погружен другой груз, размер фрахта за перевозку которого больше, чем предусмотренный договором морской перевозки груза, фрахт уплачивается за перевозку действительно погруженного груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае, если размер фрахта за перевозку действительно погруженного груза меньше, чем фрахт за перевозку груза, предусмотренный договором морской перевозки груза, уплачивается фрахт, предусмотренный договором морской перевозки груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 100. Фрахт за груз, утраченный при перевозке </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. За груз, утраченный при его перевозке, фрахт не взимается или подлежит возврату. В случае, если утраченный груз будет спасен, перевозчик имеет право на фрахт в размере, пропорциональном пройденному судном расстоянию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При исчислении фрахта за фактически пройденное судном расстояние учитывается соотношение части пути, пройденного судном с грузом, с протяженностью всего пути, обусловленного рейсом судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. За груз, утрата, недостача или повреждение (порча) которого произошли вследствие его естественных свойств или зависящих от отправителя обстоятельств, фрахт уплачивается полностью. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 101. Ответственность перевозчика </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик несет ответственность за утрату, недостачу или повреждение (порчу) принятого для перевозки груза, а также за просрочку его доставки с момента принятия груза до момента выдачи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Перевозчик признается просрочившим доставку груза, если груз не выдан в порту выгрузки, предусмотренном договором морской перевозки груза, в срок, который определен соглашением сторон, при отсутствии такого соглашения - в срок, который требуется при сравнимых обстоятельствах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Лицо, имеющее право заявить требование к перевозчику в связи с утратой груза, может считать груз утраченным, если груз не выдан в порту выгрузки лицу, уполномоченному на получение груза, в течение тридцати календарных дней по истечении срока выдачи груза, установленного пунктом 2 настоящей статьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Освобождение перевозчика от ответственности или ограничение размера его ответственности соглашением сторон не допускается, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 102. Освобождение перевозчика от ответственности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик освобождается от ответственности за утрату, недостачу или повреждение (порчу) груза, а также за просрочку его доставки, если докажет, что утрата, недостача, повреждение (порча) или просрочка произошли вследствие: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) непреодолимой силы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) опасностей или случайностей на море и в других судоходных водах; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) мер по спасанию людей или имущества на море; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) пожара, возникшего не по вине перевозчика; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) действий или распоряжений государственных органов (задержания, ареста, карантина и других); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) военных действий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) действия (бездействия) отправителя или получателя; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) скрытых недостатков груза, его свойств или естественной убыли; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) скрытых недостатков тары и упаковки груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) недостаточности или неясности маркировок груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) забастовок или иных обстоятельств, вызвавших приостановление либо ограничение работы морского порта полностью или частично; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) иных обстоятельств, возникших не по вине перевозчика, его работников или агентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z622" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Перевозчик освобождается от ответственности за утрату, недостачу или повреждение (порчу) груза, если получатель не докажет, что утрата, недостача или повреждение (порча) принятого для перевозки груза произошли по вине перевозчика, в случае прибытия в порт назначения груза: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в исправных грузовых помещениях с исправными пломбами отправителя; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в исправной таре без следов вскрытия в пути; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в сопровождении представителя отправителя или получателя; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) при иных обстоятельствах, свидетельствующих об отсутствии вины перевозчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 103. Размер ответственности перевозчика за утрату, недостачу или повреждение (порчу) груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ущерб, причиненный при перевозке груза, возмещается перевозчиком в случае: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) утраты или недостачи груза - в размере стоимости утраченного или недостающего груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) повреждения (порчи) груза - в размере суммы, на которую понизилась его стоимость, а при невозможности восстановления поврежденного (испорченного) груза - в размере его стоимости; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утраты груза, сданного к перевозке с объявлением его ценности, - в размере объявленной стоимости груза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z623" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Наряду с возмещением установленного ущерба, вызванного утратой, недостачей или повреждением (порчей) груза, перевозчик возвращает грузоотправителю (грузополучателю) фрахт, взысканный за перевозку утраченного, недостающего или поврежденного (испорченного) груза, если он не входит в стоимость груза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z624" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Стоимость сданного к перевозке груза определяется исходя из его цены, указанной в счете продавца или предусмотренной договором, а при отсутствии счета или указания цены в договоре - исходя из цены, которая при сравнимых обстоятельствах (в том же месте и в тот же день, когда груз был выгружен или должен был быть выгружен в соответствии с договором морской перевозки груза) обычно взимается за аналогичные товары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z625" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Из суммы, подлежащей возмещению за утрату, недостачу или повреждение (порчу) груза вычитаются расходы на перевозку груза (фрахт, пошлины и другие), которые должны были быть произведены грузовладельцем, но вследствие утраты, недостачи, повреждения (порчи) груза произведены не были. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 104. Ограничение ответственности перевозчика </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В случае, если род и вид, а также стоимость груза не были объявлены отправителем до погрузки груза и не были внесены в коносамент, размер ответственности перевозчика за утрату, недостачу или повреждение (порчу) принятого для перевозки груза не должен превышать 666,67 расчетной единицы за место или другую единицу отгрузки либо две расчетные единицы за один килограмм массы брутто утраченного, недостающего или поврежденного (испорченного) груза в зависимости от того, какая сумма выше.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z626" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ответственность перевозчика за просрочку доставки принятого для перевозки груза не может превышать размер фрахта, подлежащего уплате согласно договору морской перевозки груза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z627" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Общая сумма, подлежащая возмещению перевозчиком в соответствии с пунктами 1 и 2 настоящей статьи, не может превышать размер ответственности, который был бы установлен в соответствии с пунктом 1 настоящей статьи за полную утрату груза, в отношении которого возникла такая ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z628" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случае, если для перевозки груза используется контейнер, специальное приспособление (поддон и иное), количество мест или единиц отгрузки, перечисленных в коносаменте в качестве перевозимых в таком приспособлении, считается количеством мест или единиц отгрузки. В иных случаях такое приспособление считается местом или единицей груза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z629" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Стороны договора морской перевозки груза могут своим соглашением установить размеры ответственности, превышающие те, которые предусмотрены пунктами 1-3 настоящей статьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 105. Утрата права на ограничение ответственности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перевозчик не имеет права на ограничение ответственности, предусмотренное статьей 104 настоящего Закона, если доказано, что утрата, недостача или повреждение (порча) принятого для перевозки груза либо просрочка его доставки явились результатом его действия (бездействия), совершенного умышленно или по грубой неосторожности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 106. Ответственность фактического перевозчика </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Правила, установленные настоящей главой в отношении ответственности перевозчика, применяются также к ответственности фактического перевозчика за осуществленную им перевозку груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Перевозчик несет ответственность за всю перевозку груза в соответствии с правилами, установленными настоящей главой, даже если перевозка груза или ее часть осуществлялась фактическим перевозчиком. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Соглашение, в соответствии с которым перевозчик принимает на себя обязательства, не предусмотренные настоящей главой, или отказывается от прав, предоставляемых в соответствии с настоящей главой, распространяется на фактического перевозчика только в случае, если он дал на это согласие в письменной форме. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае, если ответственность несут перевозчик и фактический перевозчик, их ответственность является солидарной. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Размер ответственности перевозчика и фактического перевозчика за утрату, недостачу или повреждение (порчу) принятого для перевозки груза либо просрочку его доставки не должен превышать предельный размер ответственности, предусмотренный настоящей главой. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 107. Сквозная перевозка груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае, если перевозчик выдает сквозной коносамент, которым предусматривается, что часть перевозки груза должна осуществляться не перевозчиком, а другим лицом, сквозным коносаментом может быть предусмотрено, что перевозчик не несет ответственности за утрату, недостачу или повреждение (порчу) принятого для перевозки груза либо просрочку его доставки, вызванные обстоятельствами, имевшими место в то время, когда груз находился в ведении другого лица при осуществлении им части перевозки груза. Обязанность доказывания того, что утрата, недостача или повреждение (порча) принятого для перевозки груза либо просрочка его доставки вызваны такими обстоятельствами, лежит на перевозчике. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Лицо, осуществляющее часть перевозки груза, несет ответственность за утрату, недостачу или повреждение (порчу) принятого им для перевозки груза либо за просрочку его доставки, вызванные обстоятельствами, которые имели место во время нахождения груза в его ведении, в соответствии с правилами, установленными настоящей главой об ответственности перевозчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 108. Ответственность отправителя и фрахтователя </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отправитель и фрахтователь несут ответственность за причиненные перевозчику убытки, если не докажут, что убытки причинены не по их вине или не по вине лиц, за действия (бездействие) которых они отвечают. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z227" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 11. Договор морской перевозки пассажира</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 109. Определение договора морской перевозки пассажира </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По договору морской перевозки пассажира перевозчик обязуется перевезти в порт (пункт) назначения пассажира и багаж в случае его сдачи пассажиром и выдать багаж пассажиру или уполномоченному на получение лицу, а пассажир обязуется уплатить за проезд, а при сдаче багажа - и за провоз багажа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 110. Форма договора морской перевозки пассажира </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договор морской перевозки пассажира оформляется билетом, а при сдаче багажа – также багажной квитанцией. Формы билета и багажной квитанции устанавливаются Правилами перевозок, утвержденными уполномоченным органом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 110 в редакции Закона РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 111. Багаж и каютный багаж </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Пассажир имеет право провезти в порт (пункт) назначения багаж и каютный багаж. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Если по условиям договора морской перевозки пассажира осуществляется перевозка автотранспортного средства, то каютным считается также багаж, находящийся в (на) автотранспортном средстве. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 112. Плата за проезд пассажира и за провоз его багажа </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Плата за проезд пассажира и за провоз его багажа определяется соглашением сторон. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Плата за проезд пассажира и провоз его багажа транспортом общего пользования определяется перевозчиком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z630" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Пассажир имеет право: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) перевозить с собой бесплатно без права предоставления отдельного места одного ребенка в возрасте до семи лет, а в международном сообщении - до пяти лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) приобрести билеты на детей в возрасте от семи до пятнадцати лет с оплатой пятидесяти процентов полной стоимости билета при перевозке, осуществляемой перевозчиком Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) приобрести билеты на детей в возрасте от пяти до двенадцати лет в международном сообщении с оплатой пятидесяти процентов полной стоимости билета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) перевозить с собой бесплатно каютный багаж в пределах установленной нормы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) сдавать к перевозке багаж за установленную плату. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 113. Периоды перевозки пассажира и багажа </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозка пассажира и багажа включает в себя следующие периоды: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в отношении пассажира и его каютного багажа - период посадки, высадки и нахождения пассажира, а также каютного багажа на борту судна. В перевозку пассажира и багажа включается период доставки морским путем с берега на судно либо наоборот, если ее стоимость включена в стоимость билета или если судно для вспомогательной перевозки предоставлено в распоряжение пассажира перевозчиком; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в отношении каютного багажа, сдаваемого пассажиром для доставки на судно или на причал (вокзал) в порту (пункте) назначения, - период с момента принятия каютного багажа перевозчиком, его работником или агентом до его выдачи пассажиру на борту судна или в порту (пункте) назначения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в отношении багажа - период с момента принятия багажа перевозчиком, его работником или агентом на берегу либо на борту судна до момента выдачи багажа пассажиру или уполномоченному на получение багажа лицу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В отношении пассажира перевозка не включает в себя период, в течение которого пассажир находится на морском вокзале, причале или ином портовом сооружении. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 114. Отказ от договора морской перевозки пассажира </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Пассажир вправе отказаться от договора морской перевозки пассажира до отхода судна, а также после начала рейса в любом порту, в который судно зайдет для посадки или высадки пассажиров. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Перевозчик вправе отказаться от исполнения договора морской перевозки пассажира при наступлении следующих не зависящих от него обстоятельств: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) военных или иных действий, создающих угрозу захвата судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) блокады порта (пункта) отправления или порта (пункта) назначения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) привлечения судна для государственных нужд; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) гибели судна или его захвата; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) признания судна непригодным к плаванию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) чрезвычайных ситуаций социального, природного и техногенного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) в иных случаях, предусмотренных законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z631" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Перевозчик, отказавшийся от исполнения договора морской перевозки пассажира при наступлении обстоятельств, предусмотренных настоящей статьей, обязан за свой счет доставить пассажира по его требованию в порт (пункт) отправления или возместить пассажиру понесенные им расходы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z632" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. При отказе пассажира от исполнения договора морской перевозки до отхода судна ему возвращается вся сумма, уплаченная за проезд и провоз багажа, а после начала рейса - часть суммы, уплаченная за проезд и провоз багажа в размере, пропорциональном расстоянию, на которое перевозка пассажира не была осуществлена. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Возврат платы за проезд и провоз багажа производится в порядке, определяемом уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 114 с изменениями, внесенными Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 115. Изменение договора морской перевозки пассажира </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Перевозчик вправе задержать отход судна, изменить маршрут перевозки пассажира, место посадки и (или) высадки пассажира, если такие действия необходимы вследствие чрезвычайных ситуаций социального, природного и техногенного характера в порту (пункте) отправления, порту (пункте) назначения или пути следования по маршруту перевозки пассажира, а также вследствие других обстоятельств, не зависящих от перевозчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случаях, указанных в настоящем пункте, перевозчик обязан за свой счет доставить пассажира по его требованию в порт (пункт) отправления или возместить пассажиру понесенные им расходы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Правила, установленные пунктом 1 настоящей статьи, не затрагивают права пассажира отказаться от договора морской перевозки пассажира. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 115 с изменениями, внесенными Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 116. Ответственность перевозчика за причинение вреда жизни и здоровью пассажира </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик несет предусмотренную законодательными актами Республики Казахстан ответственность по обязательствам, возникающим вследствие причинения вреда жизни и здоровью пассажира, если не докажет, что вред возник вследствие умысла потерпевшего или непреодолимой силы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перевозчик не отвечает за вред, если докажет, что судно выбыло из его обладания в результате противоправных действий других лиц. Ответственность за вред, причиненный жизни и здоровью пассажира, в таких случаях несут лица, противоправно завладевшие судном. При наличии вины перевозчика в противоправном изъятии судна из его обладания ответственность может быть возложена как на перевозчика, так и на лиц, завладевших судном. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Перевозчик может быть освобожден от ответственности частично, если докажет, что грубая неосторожность пассажира явилась причиной его смерти или повреждения здоровья либо способствовала его смерти или повреждению здоровья. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 117. Ответственность перевозчика за утрату, недостачу или повреждение (порчу) багажа </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Перевозчик отвечает за утрату, недостачу или повреждение (порчу) багажа пассажира, если не докажет, что утрата, недостача или повреждение (порча) багажа произошли не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Ущерб, причиненный при перевозке багажа, возмещается в порядке, установленном гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Перевозчик не отвечает за утрату, недостачу или повреждение (порчу) денег, ценных бумаг, золота, изделий из серебра, драгоценностей, украшений, произведений искусства или других ценностей, если такие ценности не были сданы на хранение перевозчику, который согласился сохранять их в целости. За сданные на хранение ценности перевозчик несет ответственность в полном объеме. Договором может быть предусмотрен предельный размер ответственности, превышающий установленный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 104</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 118. Заявление об утрате, недостаче или повреждении (порче) багажа </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Пассажир должен направить заявление в письменной форме перевозчику или его агенту в следующие сроки: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) при утрате, недостаче или повреждении (порче) каютного багажа - до или в момент высадки пассажира; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) при утрате, недостаче багажа - в течение пятнадцати дней со дня высадки пассажира или с момента, когда багаж должен быть выдан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) при повреждении (порче) багажа - в момент его выдачи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) при скрытом повреждении (порче) багажа или каютного багажа - в течение пятнадцати дней со дня его выдачи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если пассажир не выполнил требование, предусмотренное настоящей статьей, предполагается, если не доказано иное, что пассажир получил свой багаж неповрежденным. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Заявление пассажира в письменной форме не требуется, если багаж осмотрен или состояние его проверено перевозчиком совместно с пассажиром в момент получения багажа, о чем составлен соответствующий акт. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 119. Распоряжение багажом по истечении предельных сроков хранения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если пассажир не получил багаж по причинам, не зависящим от перевозчика, перевозчик вправе сдать его в морской порт, в котором перевозка пассажира окончена в соответствии с билетом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Порядок хранения и распоряжения таким багажом устанавливается правилами перевозок и иными нормативными правовыми актами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 120. Ответственность перевозчика за задержку отправления судна или прибытие судна с опозданием </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      За задержку отправления судна, перевозящего пассажира, или прибытие судна с опозданием в порт (пункт) назначения перевозчик уплачивает пассажиру штраф в размере трех процентов от стоимости билета за каждый час задержки, но не более пятидесяти процентов платы за проезд пассажира и платы за провоз его багажа, если не докажет, что задержка отправления судна или прибытие его с опозданием произошли вследствие обстоятельств, не зависящих от перевозчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 121. Фактический перевозчик </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае, если осуществление перевозки пассажира или ее части поручено фактическому перевозчику, перевозчик несет ответственность, установленную настоящей главой, за всю перевозку пассажира. При этом фактический перевозчик имеет права и обязанности, предусмотренные настоящей главой, в отношении осуществляемой им перевозки пассажира. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В отношении перевозки пассажира, осуществляемой фактическим перевозчиком, перевозчик несет ответственность за действия (бездействие) фактического перевозчика, его работников или агентов, действовавших в пределах своих обязанностей (полномочий). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Дополнительные обязанности фактического перевозчика устанавливаются соглашением, заключенным в письменной форме. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае, если ответственность несут перевозчик и фактический перевозчик, их ответственность является солидарной. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 122. Расписание перевозки пассажиров </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перевозка пассажиров пассажирским судном организуется перевозчиком по расписанию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Изменение расписания перевозки пассажиров осуществляется в соответствии с правилами перевозок. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 123. Организация перевозки пассажиров по предложениям заинтересованных лиц </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перевозки пассажиров могут быть организованы по предложениям заинтересованных лиц с заключением соответствующего договора. Плата за такие перевозки, в том числе плата за провоз пассажира и его багажа, устанавливается соглашением сторон. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z254" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 12. Договор фрахтования судна с экипажем</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(тайм-чартер) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 124. Содержание тайм-чартера </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В тайм-чартере должны быть указаны наименования сторон, название судна, его технические и эксплуатационные данные (грузоподъемность, грузовместимость, скорость и другие), район плавания, цель фрахтования, время, место передачи и возврата судна, ставка фрахта, срок действия договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 125. Договор субфрахтования судна (субтайм-чартер) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае, если тайм-чартером не предусмотрено иное, фрахтователь в пределах предоставленных тайм-чартером прав имеет право заключить от своего имени субтайм-чартер. Заключение субтайм-чартера не освобождает фрахтователя от исполнения им тайм-чартера, заключенного с фрахтовщиком. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Правила, предусмотренные настоящей главой, применяются к субтайм-чартеру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 126. Обеспечение мореходного состояния судна по тайм-чартеру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Фрахтовщик обязан привести судно в мореходное состояние к моменту его передачи фрахтователю принять меры по обеспечению годности судна (его корпуса, двигателя и оборудования) для целей фрахтования, предусмотренных тайм-чартером, по укомплектованию судна экипажем и надлежащему снаряжению судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Фрахтовщик обязан также в течение срока действия тайм-чартера поддерживать судно в мореходном состоянии, оплачивать расходы на страхование судна и своей ответственности, а также на содержание членов экипажа судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 126 с изменениями, внесенными Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 127. Обязанности фрахтователя по коммерческой эксплуатации судна и его возврату </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Фрахтователь обязан пользоваться судном и услугами членов его экипажа в соответствии с целями и условиями их предоставления, определенными тайм-чартером. Фрахтователь оплачивает расходы, связанные с коммерческой эксплуатацией судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Доходы, полученные в результате пользования зафрахтованным судном и услугами членов его экипажа, являются собственностью фрахтователя, за исключением доходов, полученных от спасания, которые распределяются между фрахтовщиком и фрахтователем в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. По окончании срока действия тайм-чартера фрахтователь обязан возвратить судно фрахтовщику в том состоянии, в каком оно было получено им, с учетом нормального износа судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. При несвоевременном возврате судна фрахтователь уплачивает за задержку судна сумму в размере фрахта, предусмотренного тайм-чартером, или сумму, соответствующую рыночной ставке фрахта, если она превышает ставку фрахта, предусмотренную тайм-чартером. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 128. Ответственность фрахтователя перед грузовладельцем </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если судно предоставлено фрахтователю для перевозки груза, фрахтователь вправе от своего имени заключать договоры перевозки груза, подписывать чартеры, выдавать коносаменты, морские накладные. В этом случае фрахтователь несет ответственность перед грузовладельцем в соответствии с нормами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статей 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>108</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 129. Подчиненность членов экипажа судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Капитан судна и другие члены экипажа судна подчиняются распоряжениям фрахтовщика, относящимся к управлению судном, в том числе к судовождению, внутреннему распорядку на судне и составу его экипажа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Для капитана и других членов экипажа судна обязательны распоряжения фрахтователя, касающиеся коммерческой эксплуатации судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 130. Освобождение фрахтователя от ответственности за убытки, причиненные спасанием, гибелью или повреждением судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Фрахтователь не несет ответственности за убытки, причиненные спасанием, гибелью или повреждением зафрахтованного судна, если не доказано, что убытки причинены по вине фрахтователя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 131. Уплата фрахта </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Фрахтователь уплачивает фрахтовщику фрахт в порядке и сроки, предусмотренные тайм-чартером. Фрахтователь освобождается от уплаты фрахта и расходов на судно за время, в течение которого судно было непригодно для эксплуатации вследствие немореходного состояния. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае непригодности судна для эксплуатации по вине фрахтователя фрахтовщик имеет право на фрахт, предусмотренный тайм-чартером, независимо от возмещения фрахтователем причиненных фрахтовщику убытков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае просрочки фрахтователем уплаты фрахта свыше пятнадцати календарных дней судовладелец имеет право без предупреждения изъять судно у фрахтователя и взыскать с него причиненные просрочкой убытки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае гибели судна фрахт подлежит уплате со дня, предусмотренного тайм-чартером, на день гибели судна или, если этот день установить невозможно, на день получения последнего известия о судне. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 132. Вознаграждение за оказание услуг по спасанию </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Вознаграждение, причитающееся судну за услуги по спасанию, оказанные до окончания действия тайм-чартера, распределяется в равных долях между фрахтовщиком и фрахтователем за вычетом расходов на спасание и причитающейся экипажу судна доли вознаграждения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z273" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 13. Договор фрахтования судна без экипажа</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бербоут-чартер) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 133. Содержание бербоут-чартера </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В бербоут-чартере должны быть указаны наименования сторон, название судна, его класс, флаг, технические и эксплуатационные данные (грузоподъемность, грузовместимость, скорость и другие), количество расходуемого им топлива, район плавания, цель фрахтования, время, место передачи и возврата судна, ставка фрахта, срок действия договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 134. Договор субфрахтования судна (суббербоут-чартер) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае, если бербоут-чартером не предусмотрено иное, фрахтователь в пределах предоставленных бербоут-чартером прав вправе заключать от своего имени суббербоут-чартер. Заключение суббербоут-чартера не освобождает фрахтователя от исполнения бербоут-чартера, заключенного им с фрахтовщиком. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Правила, предусмотренные настоящей главой, применяются к суббербоут-чартеру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 135. Обеспечение мореходного состояния судна по бербоут-чартеру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Фрахтовщик обязан привести судно в мореходное состояние к моменту его передачи фрахтователю принять меры по обеспечению годности судна (его корпуса, двигателя и оборудования) для целей фрахтования, предусмотренных бербоут-чартером. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Фрахтователь обязан в течение срока действия бербоут-чартера поддерживать судно в мореходном состоянии, при этом устранение скрытых недостатков судна является обязанностью фрахтовщика. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 136. Комплектование экипажа судна по условиям бербоут-чартера </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Комплектование экипажа судна осуществляет фрахтователь. Фрахтователь вправе укомплектовать экипаж судна лицами, ранее не являвшимися членами экипажа данного судна, или в соответствии с условиями бербоут-чартера лицами, ранее являвшимися членами экипажа данного судна. Независимо от способа комплектования экипажа судна капитан судна и другие члены экипажа судна подчиняются фрахтователю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 137. Обязанности фрахтователя по эксплуатации судна и его возврату </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Фрахтователь осуществляет эксплуатацию судна в соответствии с условиями бербоут-чартера и несет все связанные с его эксплуатацией расходы, в том числе расходы на содержание членов экипажа судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. По окончании срока действия бербоут-чартера фрахтователь обязан возвратить судно фрахтовщику в том состоянии, в каком оно было получено им, с учетом нормального износа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 138. Ответственность фрахтователя перед третьими лицами </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Фрахтователь несет ответственность перед третьими лицами по их требованиям, возникающим в связи с эксплуатацией судна, за исключением требований возмещения ущерба от загрязнения моря с судов нефтью и ущерба в связи с морской перевозкой опасных грузов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 139. Убытки, причиненные спасанием, гибелью или повреждением судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Убытки, причиненные спасанием, гибелью или повреждением судна, несет фрахтователь, если не докажет, что убытки причинены не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 140. Уплата фрахта фрахтовщику </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Фрахтователь уплачивает фрахтовщику фрахт за месяц вперед по ставке, согласованной сторонами. Фрахтователь освобождается от уплаты фрахта и расходов на судно за время, в течение которого судно было непригодно к эксплуатации вследствие немореходного состояния, если только непригодность судна не наступила по вине фрахтователя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае просрочки уплаты фрахта свыше пятнадцати календарных дней фрахтовщик имеет право без предупреждения изъять судно у фрахтователя, за исключением случая, предусмотренного статьей 141 настоящего Закона, и взыскать с фрахтователя причиненные такой просрочкой убытки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае гибели судна фрахт подлежит уплате со дня, предусмотренного бербоут-чартером, на день гибели судна или, если этот день установить невозможно, на день получения последнего известия о судне. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 141. Недопустимость изъятия судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По бербоут-чартеру с условием выкупа судна в соответствии с правилами, установленными статьей 142 настоящего Закона, фрахтовщик не вправе изъять судно у фрахтователя в случае просрочки уплаты фрахта свыше пятнадцати календарных дней, если такая просрочка вызвана обстоятельствами, не зависящими от фрахтователя, но вправе взыскать с фрахтователя причиненные просрочкой убытки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 142. Выкуп судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По бербоут-чартеру с условием выкупа судна фрахтователем по истечении срока действия бербоут-чартера судно переходит в собственность фрахтователя, если фрахтователь исполнил свои обязательства по бербоут-чартеру и произвел последнюю уплату фрахта в соответствии с пунктом 1 статьи 140 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 143. Ответственность за недостатки выкупленного судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Фрахтовщик несет ответственность за любые недостатки выкупленного фрахтователем судна, в том числе за скрытые недостатки, если фрахтователь докажет, что такие недостатки возникли до передачи ему судна или по возникшим до его передачи причинам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z296" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 14. Договор буксировки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 144. Договор буксировки </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По договору буксировки владелец одного судна обязуется за вознаграждение буксировать другое судно или иной плавучий объект на определенное расстояние либо для выполнения маневров в акватории порта, в том числе для ввода судна или иного плавучего объекта в порт либо вывода его из порта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 145. Обязанности сторон договора буксировки </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Каждая из сторон договора буксировки обязана заблаговременно привести свое судно или иной плавучий объект в состояние, годное для буксировки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 146. Ответственность при морской буксировке </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Морская буксировка осуществляется под управлением капитана буксирующего судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ответственность за ущерб, причиненный при морской буксировке буксируемому судну или иному плавучему объекту либо находящимся на них людям или имуществу, несет владелец буксирующего судна, если не докажет, что ущерб причинен не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Стороны договора морской буксировки вправе соглашением в письменной форме возложить обязанность по управлению морской буксировкой на капитана буксируемого судна или иного плавучего объекта. В этом случае ответственность за ущерб, причиненный при морской буксировке буксирующему судну либо находящимся на нем людям или имуществу, несет владелец буксируемого судна или иного плавучего объекта, если не докажет, что ущерб причинен не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 147. Ответственность при портовой буксировке </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Портовая буксировка осуществляется под управлением капитана буксируемого судна или иного плавучего объекта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ответственность за ущерб, причиненный при портовой буксировке буксирующему судну либо находящимся на нем людям или имуществу, несет владелец буксируемого судна или иного плавучего объекта, если не докажет, что ущерб причинен не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Стороны договора вправе соглашением в письменной форме возложить обязанность по управлению портовой буксировкой на капитана буксирующего судна. В этом случае ответственность за ущерб, причиненный при портовой буксировке буксируемому судну или иному плавучему объекту либо находящимся на них людям или имуществу, несет владелец буксирующего судна, если не докажет, что ущерб причинен не по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 148. Ответственность при буксировке в ледовых условиях </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Владелец буксирующего судна не отвечает за ущерб, причиненный при буксировке в ледовых условиях буксируемому судну или иному плавучему объекту либо находящимся на них людям или имуществу, если не доказано, что ущерб причинен по его вине. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z307" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 15. Договоры транспортной экспедиции, морского</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>агентирования, морского посредничества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 149. Договор транспортной экспедиции </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Договор транспортной экспедиции заключается в соответствии с Гражданским кодексом Республики Казахстан, настоящим Законом и Правилами осуществления экспедиторской деятельности на морском транспорте, утвержденными уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. По договору транспортной экспедиции одна сторона (экспедитор) обязуется за вознаграждение и за счет другой стороны (клиента, отправителя или получателя груза) выполнить или организовать выполнение определенных договором экспедиции услуг, связанных с перевозкой груза, в том числе заключить от имени клиента или от своего имени договор перевозки груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 149 с изменениями, внесенными законами РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 150. Договор морского агентирования </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Договор морского агентирования является договором транспортной экспедиции, заключенным между морским агентом и судовладельцем. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. По договору морского агентирования морской агент обязуется за вознаграждение и за счет судовладельца выполнить или организовать выполнение определенных договором услуг, связанных с перевозкой груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В пределах полномочий, определенных договором, морской агент от своего имени или от имени судовладельца: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) выполняет необходимые действия, связанные с приходом судна в порт, пребыванием судна в порту и выходом судна из порта; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) оплачивает суммы, подлежащие уплате в связи с пребыванием судна в порту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) оказывает помощь капитану судна в организации снабжения судна и его обслуживания в порту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) заключает договор морской перевозки груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) оформляет документы на груз; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) получает причитающиеся судовладельцу суммы по требованиям, вытекающим из договора морской перевозки груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) совершает иные действия в соответствии с договором. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Морской агент вправе совершать юридические и иные действия с согласия судовладельца также в пользу другой стороны, уполномочившей его на такие действия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В целях исполнения договора морской агент вправе заключать договоры морского агентирования с другими лицами, оставаясь ответственным перед судовладельцем за действия морского субагента. Морской субагент не вправе заключать с третьими лицами сделки от имени судовладельца, если только морской субагент не действует на основе передоверия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Морской агент обязан: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) добросовестно осуществлять деятельность в интересах судовладельца и в соответствии с практикой морского агентирования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) действовать в пределах своих полномочий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) сообщать судовладельцу по его требованию все сведения о ходе исполнения поручений; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) передать судовладельцу без промедления все полученное по совершенной сделке; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) вести учет расходования средств; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) предоставлять судовладельцу отчеты о выполнении поручений с приложением соответствующих документов, если это требуется по характеру поручений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Судовладелец, если иное не предусмотрено договором, обязан: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) предоставлять морскому агенту средства, достаточные для совершения действий, в соответствии с договором морского агентирования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) возмещать морскому агенту произведенные им расходы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) нести ответственность за последствия действий морского агента, если морской агент совершает их от имени судовладельца и в пределах своих полномочий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) уплатить морскому агенту вознаграждение в размере и в порядке, установленных договором морского агентирования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) принять без промедления все исполненное морским агентом в соответствии с договором. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. В случае, если договор морского агентирования заключен на неопределенный срок, каждая из сторон вправе расторгнуть такой договор, известив другую сторону об этом не позднее чем за три месяца до расторжения договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 151. Договор морского посредничества </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. По договору морского посредничества посредник (морской брокер) обязуется по поручению доверителя от его имени и за его счет оказывать посреднические услуги при заключении договоров купли-продажи судов, фрахтования, буксировки судов, а также договоров морского страхования за вознаграждение, установленное в договоре морского посредничества. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Морской брокер вправе представлять обе стороны при заключении договоров, если стороны его уполномочили. При этом морской брокер обязан сообщать каждой из сторон, что он представляет также другую сторону и при оказании посреднических услуг действовать в интересах обеих сторон. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z314" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 16. Общая авария</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 152. Понятие общей аварии и принципы ее распределения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Общей аварией признаются убытки и (или) расходы, распределяемые между судном, грузом и фрахтом соразмерно стоимости судна, груза и фрахта в день и в месте окончания общего морского предприятия в соответствии с правилами морских перевозок, понесенные в целях общей безопасности и сохранения имущества в общем морском предприятии от общей опасности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      К убыткам, признаваемым общей аварией, относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) убытки, вызванные принятием мер по спасанию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) убытки, вызванные повреждением или утратой груза, топлива, предметов снабжения, потерей фрахта; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) убытки, вызванные повреждением судна, его машин или принадлежностей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      К расходам, признаваемым общей аварией, относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) расходы, вызванные заходом судна в место убежища; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) расходы, вызванные временным ремонтом судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) расходы, вызванные задержкой судна ради общей безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) расходы, вызванные последствиями признания судна непригодным к плаванию или отказа судна от продолжения рейса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) расходы на спасание; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) расходы, вызванные мерами по предотвращению ущерба окружающей среде. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Общей аварией признаются любые дополнительные расходы, произведенные вместо расходов, отнесенных к общей аварии (заменяющие расходы). Заменяющие расходы возмещаются только в размере предотвращенных расходов, независимо от экономии, полученной кем-либо из участников общего морского предприятия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Общей аварией признаются только те убытки, которые являются прямым следствием действий, указанных в пункте 1 настоящей статьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Общая авария распределяется между судном, грузом и фрахтом соразмерно их стоимости в день и в месте окончания общего морского предприятия в соответствии с правилами перевозок. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Общее морское предприятие имеет также место в случае, если одно или несколько судов буксируют либо толкают другое судно или другие суда, при условии, если они все участвуют в коммерческой деятельности, но не в спасательной операции. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Судно не подвергается общей опасности вместе с другим судном или другими судами, если в результате простого отсоединения от другого судна или других судов оно находится в безопасности. В случае, если отсоединение представляет собой акт общей аварии, общее морское предприятие продолжается. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 153. Расходы, вызванные заходом судна в место убежища </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Общей аварией признаются расходы на заход судна в порт или иное место убежища либо возвращение судна в порт или иное место погрузки груза вследствие несчастного случая или другого чрезвычайного обстоятельства, вызвавшего необходимость такого захода или возвращения ради общей безопасности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случаях, если расходы на заход судна в место убежища или возвращение его в место погрузки груза признаются общей аварией, к ней относятся также расходы, связанные с выходом судна с грузом или частью груза из такого места. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Расходы на выплату заработной платы и довольствие членам экипажа судна, топливо и предметы снабжения, произведенные в связи с продлением рейса в результате захода судна в место убежища или возвращения его в место погрузки груза при обстоятельствах, указанных в пункте 1 настоящей статьи, признаются общей аварией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Правила, установленные пунктами 1-3 настоящей статьи, соответственно применяются в отношении расходов на перемещение судна из места убежища, в которое судно зашло и где его ремонт не может быть проведен, в другой порт или другое место, а также в отношении расходов в связи с временным ремонтом судна, его буксировкой и удлинением рейса. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 154. Расходы, вызванные временным ремонтом судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расходы на временный ремонт судна, проведенный в месте погрузки груза, месте захода судна или месте убежища судна ради общей безопасности либо для устранения повреждений, причиненных вследствие общеаварийных пожертвований, относятся к общей аварии. Расходы на временное устранение случайных повреждений, необходимое для завершения рейса, возмещаются в размере тех предотвращенных расходов, которые были бы отнесены к общей аварии, если такое устранение не было бы проведено. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 155. Расходы, вызванные задержкой судна ради общей безопасности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Общей аварией признаются расходы на выплату заработной платы и довольствие экипажу судна, вызванные задержкой судна в каком-либо порту или месте вследствие несчастного случая, или другие чрезвычайные расходы ради общей безопасности либо для устранения повреждений, причиненных таким несчастным случаем или другим чрезвычайным обстоятельством, если такое устранение необходимо для безопасного продолжения рейса. Расходы на топливо, предметы снабжения и портовые расходы, возникшие за время такой задержки, возмещаются в порядке распределения общей аварии, за исключением расходов на устранение повреждений, не относимых к общей аварии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Правила, установленные пунктом 1 настоящей статьи, не применяются к расходам, вызванным задержкой судна вследствие устранения повреждений, не связанных с каким-либо несчастным случаем или иным, имевшим место во время рейса, чрезвычайным обстоятельством. Такие расходы не признаются общей аварией, даже если устранение повреждений необходимо для безопасного продолжения рейса. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 156. Расходы, вызванные последствиями признания судна непригодным к плаванию или отказа судна от продолжения рейса </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае признания судна непригодным к плаванию или отказа судна от продолжения рейса к общей аварии относятся только расходы (на хранение, страхование, заработную плату экипажу судна и его довольствие, топливо, предметы снабжения, портовые расходы), произведенные до признания судна непригодным к плаванию или до отказа судна от продолжения рейса либо до окончания разгрузки груза при условии, что разгрузка груза не закончена. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 157. Расходы на спасание </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Расходы на спасание, произведенные участвующими в общем морском предприятии сторонами, если спасание осуществлялось в целях, указанных в пункте 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, признаются общей аварией независимо от того, осуществлялось спасание на основании договора или иным образом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Расходы, указанные в пункте 1 настоящей статьи, включают в себя вознаграждение за спасание, при определении размера которого учитываются условия, предусмотренные подпунктом 2) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Специальная компенсация, выплачиваемая судовладельцем спасателю в размере, предусмотренном пунктом 4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 184</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, не признается общей аварией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 158. Расходы, вызванные мерами по предотвращению или уменьшению ущерба окружающей среде </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расходы, вызванные мерами по предотвращению или уменьшению ущерба окружающей среде, относятся к общей аварии, если они произведены в одном из следующих случаев или во всех следующих случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) как часть операции, которая осуществлена в целях общей безопасности, но которая, если бы она была предпринята стороной вне общего морского предприятия, давала бы этой стороне право на вознаграждение за спасание; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) при условии захода судна в порт либо выхода судна из порта или места при обстоятельствах, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 153</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) при условии задержки судна в порту или месте при обстоятельствах, предусмотренных статьей 153 настоящего Закона. В случае, если фактически имеет место утечка или слив загрязняющих веществ с судна, расходы, вызванные необходимыми в связи с этим дополнительными мерами по предотвращению или уменьшению ущерба окружающей среде, не признаются общей аварией; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) в связи с разгрузкой, со складированием или с обратной погрузкой груза, если расходы на указанные операции признаются общей аварией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 159. Убытки, вызванные принятием мер по спасанию </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Общей аварией при наличии признаков, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, в частности, признаются: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) убытки, причиненные выбрасыванием груза за борт судна, а также убытки, причиненные судну или грузу вследствие пожертвования ради общей безопасности, в частности вследствие проникновения воды в трюм через открытые для выбрасывания груза люки или другие сделанные для этого отверстия; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) убытки, причиненные судну или грузу в связи с тушением пожара на судне, в том числе убытки от проведенного в этих целях выбрасывания судна на берег или затопления горящего судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) убытки, причиненные судну или грузу намеренной посадкой судна на мель, независимо от того, могло ли судно быть вынесено на мель само; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) убытки, причиненные судну повреждением двигателей, других машин или котлов судна при снятии судна с мели; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) чрезвычайные расходы на облегчение находящегося на мели судна посредством перегрузки груза, топлива или предметов снабжения из судна на лихтеры, на найм лихтеров и на обратную их погрузку на судно, а также другие понесенные вследствие этого убытки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 160. Убытки от повреждения или гибели груза, топлива либо предметов снабжения, потери фрахта </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Убытки от повреждения или гибели груза, топлива либо предметов снабжения, причиненные в результате перемещения их на судне, выгрузки из судна, обратной погрузки на судно и укладки, а также в результате их хранения, признаются общей аварией в случаях, если расходы на осуществление указанных операций признаются общей аварией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Потеря фрахта, вызванная утратой груза, признается общей аварией в случаях, если утрата груза возмещается в порядке распределения общей аварии. При этом из фрахта исключаются расходы, которые в целях его получения были бы произведены судовладельцем, но вследствие пожертвования произведены не были. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 161. Убытки, вызванные повреждением судна, его машин или принадлежностей </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Составляющие общую аварию убытки от повреждения судна, его машин или принадлежностей определяются исходя из стоимости ремонта, исправления или замены того, что повреждено или утрачено. При этом делаются скидки "за новое вместо старого" в соответствии со статьей 163 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если ремонт судна не производился, убытки от повреждения судна определяются в сумме, на которую стоимость судна уменьшилась в результате повреждения и которая согласно смете не выше стоимости ремонта судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 162. Убытки, не признаваемые общей аварией (частная авария) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Убытки, не подпадающие под признаки общей аварии, установленные пунктом 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, а также убытки, указанные в пункте 2 настоящей статьи, признаются частной аварией. Такие убытки не подлежат распределению между судном, грузом и фрахтом, и их несет тот, кто их потерпел, или тот, кто несет ответственность за их причинение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z633" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Не признаются общей аварией даже при наличии признаков, указанных в пункте 1 статьи 152 настоящего Закона: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) стоимость выброшенного за борт груза, перевозившегося на судне с нарушением правил и обычаев торгового мореплавания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) убытки, причиненные в связи с тушением пожара на судне вследствие воздействия дыма или нагревания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) убытки, причиненные обрубанием обломков или частей судна, ранее снесенных или фактически утраченных вследствие морской опасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) убытки, причиненные форсированием работы двигателей либо иной работой двигателей, других машин или котлов судна, находившегося на плаву; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) убытки или потери, понесенные судном или грузом вследствие увеличения продолжительности рейса (убытки от простоя, изменения цен и другие). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 163. Скидки "за новое вместо старого" </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В случае, если при ремонте судна, возраст которого не превышает пятнадцати лет, старые материалы или части судна заменяются новыми, стоимость ремонта, относимая к общей аварии в соответствии со статьей 161 настоящего Закона, уменьшается на одну третью часть стоимости ремонта, за исключением случаев, предусмотренных пунктами 2-4 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z634" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Скидки "за новое вместо старого" не делаются со стоимости временного ремонта судна, признаваемой общей аварией при наличии вины одного из судов в столкновении, а также со стоимости продовольствия, предметов снабжения, якорей и якорных цепей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z635" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Вызываемые необходимостью ремонта судна расходы на сухой док, стапеля и перемещение судна полностью относятся к общей аварии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z636" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Расходы на очистку, окраску и покрытие корпуса судна при его ремонте признаются общей аварией в размере пятидесяти процентов и при условии, если предшествующие окраска и покрытие корпуса имели место в последние двенадцать месяцев до акта общей аварии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z637" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Для применения скидок "за новое вместо старого" возраст судна исчисляется с 31 декабря года окончания его постройки до дня акта общей аварии. В отношении изоляции, спасательных и других шлюпок, средств связи, навигационных приборов и оборудования, машин и котлов судна учитывается их действительный возраст. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 164. Диспаша и диспашеры </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Установление наличия общей аварии по заявлению заинтересованных сторон влечет за собой составление диспаши диспашерами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 165. Доказательства и материалы, на основании которых составляется диспаша </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Сторона, требующая распределения общей аварии, обязана доказать, что заявленные убытки действительно должны быть признаны общей аварией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Лицо, интересы которого могут быть затронуты составлением диспаши, подает диспашеру заявление в письменной форме о потерях или расходах, возмещения которых оно требует, в течение двенадцати месяцев со дня окончания общего морского предприятия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если такое заявление не подано или в течение двенадцати месяцев после запроса о таком заявлении лицо не представит доказательства в целях обоснования заявленного требования либо данные о стоимости имущества, диспашер вправе составлять диспашу на основе имеющейся у него информации. При этом диспаша может оспариваться только на том основании, что она является явно неправильной. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. При возникновении во время составления диспаши вопросов, требующих для их разрешения специальных знаний (в области судовождения, судостроения, ремонта судов, оценки судов и грузов, а также иных специальных знаний), диспашер вправе поручить подготовку соответствующего заключения назначенному им эксперту. Такое заключение оценивается диспашером наряду с другими доказательствами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Материалы, на основании которых составляется диспаша, должны быть открыты для ознакомления, и диспашер по требованию заинтересованных лиц обязан за их счет выдавать им заверенные копии данных материалов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 166. Сбор за составление диспаши </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      За составление диспаши взимается сбор, который включается в диспашу и распределяется между всеми заинтересованными лицами пропорционально долям их участия в общей аварии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 167. Исправление и оспаривание диспаши </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ошибки в расчетах, обнаруженные в диспаше после ее регистрации в реестре диспаш, могут быть исправлены диспашером по своей инициативе или по заявлению лиц, между которыми распределена общая авария, посредством составления дополнения к диспаше (аддендума), являющегося ее составной частью. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Лица, между которыми распределена общая авария, могут оспорить диспашу в суде в течение шести месяцев со дня получения диспаши или аддендума к ней с обязательным извещением об этом диспашера посредством направления ему копии искового заявления. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Диспашер вправе или, если потребуется, обязан принять участие в рассмотрении спора о диспаше в суде и дать объяснения по существу дела. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Суд, рассматривающий спор о диспаше, может оставить диспашу в силе, внести в нее изменения или отменить ее и поручить диспашеру составить новую диспашу в соответствии с решением суда. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 168. Исполнение диспаши </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если диспаша не оспорена в срок, предусмотренный пунктом 2 статьи 167 настоящего Закона, или оспорена, но оставлена судом в силе, взыскание по ней может быть произведено в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z349" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 17. Возмещение вреда при столкновении судов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 169. Ответственность за вред, причиненный при столкновении судов </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Вред, причиненный при столкновении судов, возмещается в порядке, установленном Гражданским кодексом Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В таком же порядке определяется ответственность в случае, если столкновение судов произошло по вине лоцмана, в том числе и при обязательной лоцманской проводке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если столкновение судов произошло по вине двух или более сторон, ответственность за причиненный вред определяется соразмерно степени вины каждой из них. При невозможности установить степень вины каждой из сторон, исходя из обстоятельств столкновения, ответственность распределяется между ними поровну. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Судовладельцы несут перед потерпевшим или лицами, которые в соответствии с гражданским законодательством Республики Казахстан имеют право на возмещение вреда, солидарную ответственность за вред, причиненный жизни и здоровью гражданина. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Судовладелец, возместивший совместно причиненный вред, вправе требовать с каждого из причинителей долю выплаченного потерпевшему возмещения в размере, соответствующем степени вины этого причинителя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 170. Обстоятельства, исключающие ответственность </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае отсутствия вины сторон в причинении вреда при столкновении судов, случайном столкновении, столкновении вследствие непреодолимой силы или невозможности установления причин столкновения ни одна из сторон не имеет права требовать возмещения вреда. Каждая из сторон в таком случае несет риск понесенных ею убытков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Правила, установленные пунктом 1 настоящей статьи, применяются также в случае, если суда или одно из них в момент столкновения находились на якоре либо были закреплены иным способом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z354" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 18. Ответственность за ущерб от перевозки опасных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>грузов и загрязнения моря с судов нефтью</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 171. Ответственность судовладельца </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Судовладелец с момента возникновения инцидента вследствие перевозки опасного груза и (или) от загрязнения моря с судов нефтью несет ответственность за вред и ущерб, причиненный потерпевшему лицу, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z638" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Ущербом в связи с перевозкой опасных грузов является: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) причинение опасным грузом вреда жизни и здоровью гражданина на судне или вне судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) утрата, недостача или повреждение (порча) имущества, причиненные опасным грузом на судне или вне судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) ущерб от загрязнения окружающей среды, причиненный опасным грузом, ограниченный расходами на восстановительные меры, а также упущенная выгода в результате причинения такого ущерба; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) расходы на предупредительные меры и причиненный такими мерами последующий ущерб.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z639" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Ущербом от загрязнения моря с судов нефтью, перевозимой в качестве груза или собственного топлива судном, является: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) ущерб, причиненный вне судна загрязнением, происшедшим вследствие утечки или слива нефти с судна, где бы такие утечка или слив ни произошли, ограниченный расходами на восстановительные меры, а также упущенная выгода в результате причинения такого ущерба; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) расходы на предупредительные меры и причиненный такими мерами последующий ущерб. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 172. Солидарная ответственность собственников двух или более судов </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае причинения ущерба от загрязнения в результате инцидента с вовлечением двух или более судов собственники всех причастных к инциденту судов, если такие собственники не освобождаются от ответственности на основании статьи 175 настоящего Закона, несут солидарную ответственность за весь ущерб от загрязнения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 173. Полная ответственность судовладельца </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Судовладелец несет ответственность в полном объеме, если: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) доказано, что ущерб от загрязнения явился результатом его собственного действия (бездействия), совершенного умышленно или по грубой неосторожности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) не исполнил требования по созданию фонда ограничения ответственности, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 174. Ограничение ответственности судовладельца </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Размер ответственности судовладельца в связи с перевозкой опасного груза ограничивается по отношению к одному инциденту общей суммой, исчисляемой в следующем порядке: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) десять миллионов расчетных единиц для судна вместимостью не более чем две тысячи тонн; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) для судна вместимостью более чем две тысячи тонн к сумме, указанной в подпункте 1) настоящего пункта, за каждую последующую тонну вместимости при условии, что общая сумма не превышает ста миллионов расчетных единиц, добавляется: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      от двух тысяч одной до пятидесяти тысяч тонн полторы тысячи расчетных единиц; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      свыше пятидесяти тысяч тонн триста шестьдесят расчетных единиц. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Судовладелец вправе ограничить свою ответственность за ущерб от загрязнения моря нефтью по отношению к одному инциденту общей суммой сто тридцать три расчетные единицы на каждую тонну вместимости судна. При этом общая сумма не может превышать четырнадцать миллионов расчетных единиц. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 175. Освобождение судовладельца от ответственности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Судовладелец не несет ответственности за ущерб от перевозки опасных грузов и загрязнения моря нефтью, если докажет, что ущерб причинен: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) вследствие военных действий, стихийных бедствий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) умышленным действием (бездействием) третьих лиц; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в результате ненадлежащей работы навигационных средств вне пределов судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если судовладелец докажет, что ущерб причинен умышленно или по грубой неосторожности потерпевшего лица, размер возмещения вреда может быть уменьшен или в возмещении вреда может быть отказано. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. При причинении вреда жизни и здоровью гражданина полный отказ в возмещении не допускается. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 176. Обязательный фонд ограничения ответственности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Во исполнение обязательств по возмещению вреда при перевозке опасного груза и (или) загрязнении моря с судов нефтью судовладелец обязан создать фонд ограничения ответственности на общую сумму, равную размеру его ответственности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фонд ограничения ответственности может быть создан посредством размещения причитающихся с него денег на условиях депозита на имя суда или предоставления банковской гарантии либо иного финансового обеспечения, признанного судом достаточным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z640" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Расходы судовладельца по предотвращению или уменьшению ущерба от перевозки опасных грузов и загрязнения моря с судов нефтью дают ему такие же права по отношению к фонду ограничения ответственности, какие имеют другие кредиторы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z641" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Страховщик или лицо, предоставляющее финансовое обеспечение обязательств, либо судовладелец имеют право создать фонд ограничения ответственности в соответствии с правилами, предусмотренными настоящей статьей. Создание фонда не распространяется на права потерпевшего лица в отношении судовладельца.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z642" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. На фонд ограничения ответственности, созданный в соответствии с пунктом 1 настоящей статьи, распространяются правила, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, о распределении фонда ограничения ответственности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования по возмещению вреда, причиненного жизни и здоровью гражданина, подлежат преимущественному удовлетворению перед другими требованиями в той мере, в какой совокупная сумма таких требований не превышает общей суммы, установленной пунктом 1 статьи 174 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z643" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. В случае создания судовладельцем фонда ограничения ответственности обращение взыскания по требованиям о возмещении ущерба на иное имущество судовладельца не допускается. При этом не подлежат применению судом меры по обеспечению иска о возмещении ущерба от перевозки опасных грузов и загрязнения моря с судов нефтью, включая наложение ареста. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 177. Страхование или финансовое обеспечение ответственности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Судовладелец, перевозящий опасный груз, а также нефть в размере, превышающем две тысячи тонн, обязан застраховать риск ответственности за загрязнение либо предоставить финансовое обеспечение исполнения обязательства, предусмотренные законодательством Республики Казахстан или договором, в размере ответственности за ущерб от загрязнения, определяемом в соответствии со статьей 174 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. (исключен - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 6.06.2005 г.)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z644" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Судно обязано иметь на борту свидетельство, подтверждающее страхование или финансовое обеспечение ответственности. Свидетельство выдается органом государственной регистрации судна в порядке, установленном уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 177 внесены изменения - Законом РК от 2 июня 2005 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его официального опубликования, за исключением абзаца третьего подпункта 12) статьи 1, который вводится в действие с 1 января 2010 г. - см. п.2). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 178. Иск о возмещении ущерба от загрязнения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Предъявление исков о возмещении ущерба от загрязнения к судовладельцу, страховщику или к лицу, предоставившему финансовое обеспечение исполнения обязательства судовладельцем, осуществляется в соответствии с законодательными актами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Страховщик или лицо, предоставившее финансовое обеспечение исполнения обязательства судовладельцем, выступающие в суде в качестве ответчика, вправе представить в ходе судебного разбирательства любые возражения, предъявляемые судовладельцем, за исключением случаев банкротства и ликвидации. В случае, если ущерб от загрязнения причинен судовладельцем в результате умышленных действий, то судовладелец может быть привлечен судом в качестве соответчика. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z371" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 19. Спасание судов и другого имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 179. Договоры о спасании </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Капитан судна имеет право заключать договоры о спасании для осуществления спасательных операций от имени судовладельца. Капитан судна или судовладелец имеет право заключать такие договоры от имени владельца имущества, находящегося на борту судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 180. Недействительность договоров или их изменение </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Договор или любые его условия могут быть признаны недействительными или изменены, если: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) договор заключен под чрезмерным воздействием или под влиянием опасности и его условия являются несправедливыми; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) плата, предусмотренная договором, чрезмерно завышена или занижена по отношению к фактически оказанным услугам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 181. Обязанности спасателя, владельца судна и капитана судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. По отношению к владельцу находящегося в опасности судна или владельцу находящегося в опасности другого имущества спасатель обязан: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осуществлять спасательные операции с необходимыми по обстоятельствам дела заботливостью и осмотрительностью; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) принимать меры по предотвращению или уменьшению ущерба окружающей среде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) при необходимости, вызванной обстоятельствами дела, обращаться за помощью к другим спасателям; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) соглашаться на участие других спасателей, когда этого требует капитан находящегося в опасности судна или его владелец либо владелец находящегося в опасности другого имущества, при условии, если это не повлияет на размер вознаграждения спасателя и не будет признано, что такое требование неправомерно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z645" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. По отношению к спасателю капитан находящегося в опасности судна и его владелец или владелец находящегося в опасности другого имущества обязаны: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) сотрудничать с ним в ходе спасательных операций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) проявлять должную заботу о предотвращении или уменьшении ущерба окружающей среде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) принять судно или другое имущество, после того как оно доставлено в безопасное место, если этого требует спасатель. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 182. Условия выплаты вознаграждения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Спасатель, осуществивший спасательные операции, которые привели к положительному результату для заинтересованного лица, имеет право на получение вознаграждения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Вознаграждение не выплачивается, если спасательные операции не имели положительного результата, за исключением случая, предусмотренного статьей 184 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 183. Критерии установления размера вознаграждения </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Размер вознаграждения за осуществление спасательных операций устанавливается с учетом следующих критериев: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) спасенной стоимости судна и другого имущества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) мастерства и усилий спасателей в предотвращении или уменьшении ущерба окружающей среде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) степени успеха, достигнутого спасателями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) характера и степени опасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) мастерства и усилий спасателей в спасании судна, другого имущества и людей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) затраченного спасателями времени и понесенных расходов и убытков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) риска ответственности и иных рисков, которым подвергались спасатели или их оборудование; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) быстроты оказания услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) наличия и использования судов или другого предназначенного для спасательных операций оборудования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) состояния готовности оборудования спасателя, эффективности и стоимости такого оборудования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Вознаграждение, установленное в соответствии с пунктом 1 настоящей статьи, выплачивается всеми лицами, заинтересованными в судне и другом имуществе, пропорционально соответствующей спасенной стоимости судна и другого имущества. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Размер вознаграждения, за исключением убытков и судебных расходов, подлежащих уплате в связи с выплатой вознаграждения, не должен превышать спасенной стоимости судна и другого имущества. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Не допускается установление вознаграждения в размере максимальной спасенной стоимости судна и другого имущества до определения специальной компенсации, предусмотренной статьей 184 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 184. Специальная компенсация </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Спасатель, осуществивший спасательные операции в отношении судна, которое (либо груз которого) создавало угрозу причинения ущерба окружающей среде, и не имеющий права на получение вознаграждения, согласно статье 183 настоящего Закона вправе требовать от владельца судна выплаты специальной компенсации в размере, установленном в пункте 3 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z646" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае, если при наличии обстоятельств, предусмотренных пунктом 1 настоящей статьи, спасатель предотвратил или уменьшил ущерб окружающей среде в результате проведенной им спасательной операции, специальная компенсация, уплачиваемая владельцем согласно пункту 1 настоящей статьи спасателю, может быть увеличена максимально до тридцати процентов понесенных им расходов. Суд или арбитраж вправе с учетом критериев, предусмотренных пунктом 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, увеличить размер специальной компенсации до полной суммы расходов, понесенных спасателем в ходе спасательной операции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z647" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При определении размера специальной компенсации учитываются фактические расходы спасателя, понесенные при осуществлении спасательных операций, и плата за оборудование и персонал, разумно использованные в спасательной операции с учетом критериев, предусмотренных подпунктами 8)-10) пункта 1 статьи 183 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z648" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Специальная компенсация выплачивается только в таком случае и в таком размере, в которых такая компенсация превышает вознаграждение, которое может быть получено спасателем согласно статье 183 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z649" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Специальная компенсация не выплачивается полностью или выплачивается частично в случае, если спасатель не смог предотвратить или уменьшить ущерб окружающей среде вследствие своей небрежности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 184 с изменением, внесенным Законом РК от 08.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 489-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 185. Распределение вознаграждения между спасателями </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Распределение вознаграждения между несколькими спасателями производится соразмерно степени участия каждого из них в спасательной операции с учетом критериев, установленных статьей 183 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 186. Распределение вознаграждения между судовладельцем и членами экипажа судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Распределение между судовладельцем и членами экипажа судна вознаграждения за осуществление спасательной операции проводится после вычета расходов, понесенных судовладельцем и членами экипажа судна в связи с осуществлением спасательной операции, в следующем порядке: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) три пятых от размера вознаграждения причитается судовладельцу, две пятых распределяется между членами экипажа судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) доля, причитающаяся членам экипажа судна в соответствии с подпунктом 1) настоящего пункта, распределяется между ними соразмерно степени участия при осуществлении спасательной операции и заработной платы каждого. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В исключительных случаях при наличии особых обстоятельств может быть применен иной порядок распределения вознаграждения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Правила, установленные пунктом 1 настоящей статьи, не применяются к распределению вознаграждения за проведение спасательной операции судами, осуществляющими такие операции в качестве профессиональной деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 187. Спасание людей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Не допускается требование о выплате вознаграждения от людей, спасенных при проведении спасательной операции. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Спасатели, принявшие участие в оказании услуг в связи с происшествием, вызвавшим необходимость спасания людей, имеют право на долю в сумме, причитающейся спасателям за спасание судна и (или) другого имущества либо за предотвращение или уменьшение ущерба окружающей среде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1120" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Спасательные операции в казахстанском секторе Каспийского моря проводятся уполномоченным органом, уполномоченным органом в сфере гражданской защиты, Министерством обороны и Комитетом национальной безопасности в соответствии с совместно утвержденными правилами проведения спасательных операций в казахстанском секторе Каспийского моря.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z1121" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Прием с судов сигналов бедствия и их передача (дублирование) службам заинтересованных государственных органов, ответственных за проведение спасательных операций, обеспечиваются морским спасательно-координационным центром, осуществляющим свою деятельность на базе навигационного центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание. Для целей настоящей статьи спасательной операцией являются работы, предпринимаемые для поиска и спасания пассажиров и членов экипажей судов, терпящих или потерпевших бедствие в казахстанском секторе Каспийского моря.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 187 с изменениями, внесенными Законом РК от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 188. Плата за услуги, оказанные при исполнении договора спасания </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Не подлежит выплате вознаграждение в случае, если понесенные расходы за оказанные услуги не превысили размер расходов, которые возникли при надлежащем исполнении договора спасания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 188 с изменениями, внесенными Законом РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 189. Последствия ненадлежащего осуществления спасательных операций </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Спасателю, ненадлежащим образом осуществившему спасательные операции, может быть полностью или частично отказано в выплате специальной компенсации в зависимости от степени его вины (возникновение необходимости в осуществлении дополнительных спасательных операций, осложнения при проведении спасательных операций и другие). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 190. Последствия запрета спасательных операций заинтересованным лицом </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Спасательные операции, совершенные вопреки запрету судовладельца и (или) капитана находящегося в опасности судна или владельца иного имущества, находящегося в опасности, не влекут для указанных лиц обязательств по выплате вознаграждения спасателю или третьим лицам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 191. Принадлежность судов одному и тому же владельцу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Правила, установленные настоящей главой, применяются также в случае, если спасенное судно и судно, осуществляющее спасательные операции, принадлежат одному и тому же судовладельцу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 192. Обеспечение требований спасателя </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. По требованию спасателя лицо, ответственное за выплату вознаграждения и (или) специальной компенсации, предоставляет обеспечение исполнения своих обязательств. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Владелец спасенного судна не имеет права выдать спасенный груз до внесения отправителем (получателем) надлежащего обеспечения требований спасателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Без согласия спасателя спасенные судно и другое имущество не могут быть перемещены из морского порта или места, в которые такое судно и имущество первоначально доставлены после завершения спасательных операций, до предоставления надлежащего обеспечения требований спасателя к соответствующему судну или имуществу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 193. Предварительный платеж </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Спасатель вправе потребовать уплаты предварительного платежа в счет возмещения расходов, произведенных им при спасании. В случае его уплаты последующее обеспечение требований спасателя соответственно снижается. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 194. Участие государственных органов в спасательных операциях </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственные органы участвуют в спасательных операциях в соответствии с правилами, установленными настоящей главой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственные органы, осуществляющие спасательные операции в соответствии с компетенцией, установленной законодательством Республики Казахстан, не имеют права на получение вознаграждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 194 в редакции Закона РК от 28.12.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z403" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Глава 20. Ограничение размера ответственности по морским требованиям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 195. Лица, имеющие право на ограничение размера ответственности по морским требованиям </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Размер ответственности судовладельца и спасателя ограничивается по морским требованиям, предусмотренным статьей 196 настоящего Закона. При этом спасателем является лицо, непосредственно предоставляющее услуги по осуществлению спасательных операций, в том числе по операциям, предусмотренным подпунктом 4) пункта 1 статьи 196 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае, если морское требование, предусмотренное статьей 196 настоящего Закона, предъявлено к лицу, за действие (бездействие) которого несут ответственность лица, указанные в пункте 1 настоящей статьи, размер ответственности данного лица ограничивается в соответствии с правилами, предусмотренными настоящей главой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z650" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Размер страховой выплаты страховщика по договору страхования не может превышать размер ответственности застрахованного по морским требованиям, ограниченным в соответствии с правилами, установленными настоящей главой. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 196. Критерии ограничения ответственности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. При условии соблюдения правил, установленных статьей 197 настоящего Закона, ограничивается ответственность по следующим морским требованиям: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) предъявляемым в связи с причинением вреда жизни и здоровью человека либо утратой, недостачей или повреждением (порчей) имущества, в том числе в связи с повреждением портовых сооружений, водных бассейнов, судоходных путей и средств навигационной обстановки, происшедшим на борту судна либо в прямой связи с эксплуатацией судна или со спасательными операциями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) о возмещении ущерба, причиненного в результате просрочки доставки при морских перевозках пассажиров, багажа и грузов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) о возмещении иного ущерба, причиненного в результате нарушения прав, возникших не из договора, а в связи с эксплуатацией судна или с осуществлением спасательных операций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) лица иного, чем лицо, ответственное за ущерб, причиненный мерами, принятыми им по предотвращению или уменьшению ущерба, в отношении которого лицо, ответственное за ущерб, может ограничить свою ответственность в соответствии с нормами, установленными настоящей главой, и причиненный такими мерами последующий ущерб. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Требования, предусмотренные пунктом 1 настоящей статьи, подпадают под ограничение ответственности, даже если они предъявлены в порядке регресса или на основании гарантий, возникших из договора или иным образом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Требования, предусмотренные подпунктом 4) пункта 1 настоящей статьи, не подпадают под ограничение ответственности в той мере, в какой они касаются вознаграждения по договору, заключенному с лицом, ответственным за ущерб. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 196 внесены изменения - Законом РК от 29 декабря 2006 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 197. Неприменение ограничения ответственности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Правила, установленные настоящей главой, не применяются к требованиям: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) о возмещении вреда, причиненного жизни и здоровью пассажиров судна, в случаях, если судовладелец и пассажир являются гражданами или организациями Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) о возмещении вреда, причиненного жизни, здоровью или имуществу гражданина в прямой связи с эксплуатацией судна или со спасательными операциями, в случаях, если судовладелец, спасатель и потерпевший являются гражданами или организациями Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) о возмещении вреда, причиненного жизни, здоровью или имуществу работников судовладельца или спасателя, трудовые обязанности которых связаны с судном или со спасательными операциями, их наследникам, а также лицам, находившимся у них на иждивении или имевшим право на получение от них содержания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) о вознаграждении за осуществление спасательной операции, в том числе уплаты специальной компенсации в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 183</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона или взноса по общей аварии; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) о возмещении ущерба от загрязнения моря с судов нефтью; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) о возмещении ущерба в связи с морской перевозкой опасных грузов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) о возмещении ядерного ущерба; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) в связи с удалением затонувшего имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) в связи с удалением, уничтожением или обезвреживанием груза с судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Лицо, ответственное за ущерб, не имеет права на ограничение ответственности, если доказано, что ущерб явился результатом его действия (бездействия), совершенного умышленно или по грубой неосторожности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 197 с изменением, внесенным Законом РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 44-2. Права и обязанности комиссии по расследованию аварийных случаев</w:t>
-[...162 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="545"/>
+        <w:t xml:space="preserve">Статья 198. Общие размеры ответственности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Общий размер ответственности по требованиям иным, чем те, которые указаны в статье 199 настоящего Закона и которые возникли из одного и того же происшествия, исчисляется следующим образом: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) по требованиям о возмещении вреда, причиненного жизни и здоровью гражданина: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      два миллиона расчетных единиц для судна вместимостью не более чем две тысячи тонн; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      для судна вместимостью более чем две тысячи тонн к сумме, указанной в абзаце втором настоящего подпункта, за каждую последующую тонну вместимости добавляется: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      от двух тысяч одной до тридцати тысяч тонн восемьсот расчетных единиц; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      от тридцати тысяч одной до семидесяти тысяч тонн шестьсот расчетных единиц; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      свыше семидесяти тысяч тонн четыреста расчетных единиц; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) по любым другим требованиям: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      один миллион расчетных единиц для судна вместимостью не более чем две тысячи тонн; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      для судна вместимостью более чем две тысячи тонн к сумме, указанной в абзаце втором настоящего подпункта, за каждую последующую тонну вместимости добавляется: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      от двух тысяч одной до тридцати тысяч тонн четыреста расчетных единиц; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      от тридцати тысяч одной до семидесяти тысяч тонн триста расчетных единиц; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      свыше семидесяти тысяч тонн двести расчетных единиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z651" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае, если сумма, исчисленная по требованиям о возмещении вреда, причиненного жизни и здоровью гражданина, в соответствии с подпунктом 1) пункта 1 настоящей статьи, недостаточна для оплаты полностью таких требований, сумма, исчисленная по другим требованиям в соответствии с подпунктом 2) пункта 1 настоящей статьи, используется для оплаты неоплаченного остатка по требованиям о возмещении причиненного жизни и здоровью гражданина вреда, который удовлетворяется на пропорциональной основе, наряду с другими требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z652" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Размер ответственности спасателя, действующего не с судна или действующего исключительно на судне, которому или в отношении которого спасатель предоставляет услуги по спасанию, исчисляется, исходя из вместимости судна, в две тысячи тонн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z653" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Размер ответственности для судна вместимостью менее чем триста тонн исчисляется по требованиям, предусмотренным подпунктом 2) пункта 1 настоящей статьи, в сумме, равной одной шестой размера ответственности, установленного для судна вместимостью не более чем две тысячи тонн. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 199. Размер ответственности по требованиям пассажиров </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. По требованиям о возмещении вреда, причиненного жизни и здоровью пассажиров судна, если они возникли в результате одного инцидента, размер ответственности судовладельца ограничивается суммой, равной ста семидесяти пяти тысячам расчетных единиц на каждого пассажира. При этом расчет производится согласно количеству пассажиров, указанному в пассажирском свидетельстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z654" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В соответствии с правилами, установленными настоящей статьей, требованиями о возмещении вреда, причиненного жизни и здоровью пассажиров судна, являются требования, предъявленные потерпевшим или от его имени: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) по договору морской перевозки пассажира; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) с согласия перевозчика для сопровождения автотранспортного средства, животных, перевозка которых осуществляется по договору морской перевозки груза. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 200. Объединение требований </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Размеры ответственности, определенные в соответствии со статьей 198 настоящего Закона, применяются к совокупности всех требований, возникших из какого-либо одного происшествия, к: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) судовладельцу, а также лицу, за действие (бездействие) которого судовладелец несет ответственность; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) владельцу судна, оказывающему услуги по спасанию с данного судна, спасателю, действующему с такого судна, а также лицу, за действие (бездействие) которого судовладелец или спасатель несет ответственность; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) спасателю, действующему не с судна или исключительно на судне, которому оказываются услуги по спасанию, а также лицу, за действие (бездействие) которого спасатель несет ответственность. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Размеры ответственности, определенные в соответствии со статьей 199 настоящего Закона, применяются к совокупности всех требований, которые могут возникнуть из какого-либо одного происшествия, к владельцу судна, а также лицу, за действие (бездействие) которого судовладелец несет ответственность. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 201. Добровольный фонд ограничения ответственности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Лицо, на которое может быть возложена ответственность, вправе создать фонд ограничения ответственности в суде, в котором к нему предъявлен иск по требованию, по которому ответственность данного лица ограничена.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z655" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Фонд ограничения ответственности создается в размере суммы, исчисляемой в соответствии со статьями 198 и 199 настоящего Закона, со дня происшествия, повлекшего за собой ответственность, до дня создания такого фонда. Фонд ограничения ответственности предназначается только для оплаты требований, по которым ответственность ограничена.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z656" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Фонд ограничения ответственности может быть создан посредством внесения денег на условиях депозита на имя суда либо предоставления иного финансового обеспечения, признанных судом достаточными в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z657" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае, если несколько судовладельцев или спасателей имеют право на ограничение ответственности по требованиям, возникшим из одного и того же происшествия, фонд ограничения ответственности, созданный одним из таких лиц, считается созданным всеми судовладельцами или спасателями. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 202. Распределение фонда ограничения ответственности </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Вопросы распределения фонда ограничения ответственности решает суд, в котором такой фонд создан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Фонд ограничения ответственности распределяется между имеющими требования лицами пропорционально установленным суммам требований. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если до распределения фонда ограничения ответственности лицо, ответственное по требованию, или его страховщик уплатили компенсацию по требованию к данному фонду, такое лицо приобретает в пределах уплаченной им суммы права, которые на основании норм, установленных настоящей главой, имело бы лицо, получившее компенсацию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В случае создания фонда ограничения ответственности никакое лицо, требующее возмещения ущерба, не имеет права на удовлетворение такого требования за счет какого-либо другого имущества лиц, создавших такой фонд. При этом арест судна и иные меры по обеспечению иска о возмещении ущерба подлежат отмене судом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z421" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 8. Морские лоцманы</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Глава 21. Морской залог на судно. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...73 lines deleted...]
-      4. Порядок лоцманской проводки судов в морских портах, имеющих смежные акватории, устанавливается капитанами морских портов. </w:t>
+        </w:rPr>
+        <w:t>Ипотека судна или строящегося судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 203. Обязательства, исполнение которых обеспечивается морским залогом на судно </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Морским залогом на судно обеспечиваются требования к судовладельцу в отношении: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заработной платы и других сумм, причитающихся капитану судна и другим членам экипажа судна за их работу на борту судна, в том числе расходов на репатриацию и уплачиваемых от имени капитана судна и других членов экипажа судна взносов по социальному страхованию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) возмещения вреда, причиненного жизни и здоровью гражданина на суше или на воде в прямой связи с эксплуатацией судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) вознаграждения за спасание судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) уплаты сборов, предусмотренных настоящим Законом, а также платы за услуги лоцмана; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) возмещения реального ущерба, причиненного при эксплуатации судна в результате утраты или повреждения иного имущества, чем перевозимые на судне грузы, контейнеры, багаж, каютный багаж и вещи пассажиров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z658" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Морским залогом на судно не обеспечиваются требования, предусмотренные подпунктами 2) и 5) пункта 1 настоящей статьи, если такие требования возникают в результате: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) причинения ущерба от загрязнения с судов или ущерба в связи с морской перевозкой опасных грузов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) воздействия радиоактивных свойств ядерного топлива, его продуктов и отходов либо воздействия их радиоактивных свойств в сочетании с их опасными свойствами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z659" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Морской залог на судно сохраняет силу в случае перехода права собственности на судно, изменения его регистрации или смены флага судна, за исключением случая принудительной реализации судна во внесудебном порядке посредством проведения конкурсных торгов (тендера, аукциона). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 204. Преимущественное удовлетворение требований, обеспеченных морским залогом на судно </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Требования, вытекающие из обязательств, обеспеченных морским залогом на судно в соответствии с пунктом 1 статьи 203 настоящего Закона, подлежат преимущественному удовлетворению перед всеми иными требованиями, за исключением требований, предусмотренных пунктом 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 220</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 205. Очередность удовлетворения требований, обеспеченных морским залогом на судно </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Требования, обеспеченные морским залогом на судно в соответствии с пунктом 1 статьи 203 настоящего Закона, удовлетворяются в порядке той очередности, как они следуют в указанном пункте. Требования вознаграждения за спасание судна удовлетворяются перед всеми другими обеспеченными морским залогом на судно требованиями, возникшими ранее, чем были осуществлены спасательные операции, дающие право морского залога на судно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Требования, обеспеченные морским залогом на судно в соответствии с подпунктами 1), 2), 4) и 5) пункта 1 статьи 203 настоящего Закона, удовлетворяются в пределах каждой очереди пропорционально размеру требований. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Требования вознаграждения за спасание судна, обеспеченные морским залогом на судно в соответствии с подпунктом 3) пункта 1 статьи 203 настоящего Закона, подлежат удовлетворению в пределах очереди в порядке, обратном времени возникновения таких требований. Требование считается возникшим в момент окончания спасательной операции. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 206. Прекращение морского залога на судно </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Морской залог на судно прекращается по истечении одного года со дня возникновения обеспеченных морским залогом на судно требований, предусмотренных пунктом 1 статьи 203 настоящего Закона, если до истечения данного срока судно не было реализовано в принудительном порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Срок, установленный пунктом 1 настоящей статьи, исчисляется: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) по требованиям, обеспеченным морским залогом на судно в соответствии с подпунктом 1) пункта 1 статьи 203 настоящего Закона, с момента увольнения с судна члена экипажа, предъявляющего такое требование; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) по требованиям, обеспеченным морским залогом на судно в соответствии с подпунктами 2)-5) пункта 1 статьи 203 настоящего Закона, с момента возникновения такого требования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Течение указанного срока приостанавливается на период, в котором не допускается наложение ареста. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 207. Уступка или переход права требования </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Уступка или переход права требования, обеспеченных морским залогом на судно, одновременно ведут к уступке или переходу права требования морского залога на судно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Переход к лицу, имеющему право морского залога на судно, требований о возмещении вреда, причиненного жизни и здоровью гражданина, и требований об уплате страховой выплаты, причитающейся собственнику судна по договору морского страхования, не допускается. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 208. Право на удержание судна или строящегося судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Для обеспечения требований, возникающих в связи с постройкой судна, а также ремонтом судна, в том числе его реконструкцией, судостроительная и судоремонтная организации (подрядчик) имеют право удержания такого судна, остатков неиспользованных материалов и другого оказавшегося у них имущества заказчика до уплаты заказчиком соответствующих сумм. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Право удержания судна, предусмотренное пунктом 1 настоящей статьи, прекращается в момент, когда судно или строящееся судно выбывает из владения судостроительной или судоремонтной организации (подрядчика), если только это не является следствием его ареста. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае принудительной продажи судна или строящегося судна судостроительная и судоремонтная организации (подрядчик) имеют право на удовлетворение своих требований за счет суммы, вырученной от продажи такого судна, в соответствии с пунктом 4 статьи 220 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 209. Установление ипотеки судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ипотека судна устанавливается в целях обеспечения исполнения денежного обязательства путем заключения договора между собственником судна (залогодателем) и кредитором (залогодержателем), подлежащего государственной регистрации в соответствии со статьями 211 и 212 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Залогодателем ипотеки судна может быть с согласия его собственника также лицо, имеющее на него право хозяйственного ведения. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 45 с изменением, внесенным Законом РК от 29.09.2014 </w:t>
+        <w:t xml:space="preserve">      Сноска. В статью 209 внесены изменения - Законом РК от 22 октября 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 601</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 года). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 210. Предмет ипотеки судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. В случае, если иное не предусмотрено договором, ипотека судна распространяется на принадлежности судна, принадлежащие тому же собственнику, что и судно, а также на страховые выплаты по договору морского страхования судна на условиях ответственности за гибель и повреждение судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ипотека судна не распространяется на фрахт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z660" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае, если иное не предусмотрено договором, ипотека строящегося судна распространяется на материалы и оборудование, которые предназначены для его постройки и находятся в месте расположения судостроительной организации и четко идентифицированы посредством маркировки или иным способом, а также на страховые выплаты по договору морского страхования строящегося судна на условиях ответственности за гибель и повреждение строящегося судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z661" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случае, если предметом ипотеки являются два или более судов либо строящихся судов при отсутствии соглашения о размере обеспечения обязательства каждым судном в отдельности, такие суда служат обеспечением обязательства в полном размере. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 211. Государственная регистрация ипотеки судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ипотека судна регистрируется в том же реестре, в котором зарегистрировано судно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Ипотека иностранного судна, которому временно предоставлено право плавания под Государственным флагом Республики Казахстан в соответствии с пунктами 2 и 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, а также ипотека судна, строящегося для иностранного получателя, не могут быть зарегистрированы в Республике Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Ипотека строящегося судна регистрируется в реестре строящихся судов, в котором зарегистрировано право собственности на строящееся судно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 211 внесены изменения - Законом РК от 22 октября 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 601</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 года). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 212. Порядок государственной регистрации ипотеки судна</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Действовал до 31.12.2015 в соответствии с Законом РК от 27.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 311-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ипотека судна или строящегося судна регистрируется на основании заявления залогодержателя в случае осуществления операции в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 61-4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан", а также при передаче банками второго уровня и иными юридическими лицами активов и прав (требований) организации, специализирующейся на улучшении качества кредитных портфелей банков второго уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z662" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В заявлении о государственной регистрации ипотеки судна или строящегося судна должны быть указаны: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) данные, идентифицирующие судно (название судна, порт или место его регистрации, регистровый номер, тип и класс, тоннаж судна) или строящееся судно (место, в котором осуществляется постройка судна, построечный номер, тип судна, длина киля и другие основные измерения, регистровый номер); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) имя и адрес залогодателя ипотеки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) имя и адрес залогодержателя ипотеки или сведения о том, что она установлена на предъявителя; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) максимальный размер обязательства, обеспеченного ипотекой, при установлении ипотеки на два или более судов либо строящихся судов размер, в котором обязательство обеспечивается каждым судном в отдельности при наличии соглашения сторон об этом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) дата окончания ипотеки судна или строящегося судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К заявлению о государственной регистрации ипотеки судна или строящегося судна прилагается договор об ипотеке судна или строящегося судна с указанными в таком договоре документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, предусмотренном частью второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи, к заявлению о государственной регистрации ипотеки судна или строящегося судна прилагаются нотариально засвидетельствованные копии договора об одновременной передаче активов и обязательств, договора, предусматривающего приобретение организацией, специализирующейся на улучшении качества кредитных портфелей банков второго уровня, активов и прав требований (с приложением передаточного акта или выписки из него), договора, содержащего условие об уступке права требования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z663" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Орган регистрации ипотеки судна или строящегося судна вправе отказать в ее государственной регистрации, если договор об ипотеке судна или строящегося судна либо прилагаемые к такому договору документы не соответствуют требованиям государственной регистрации ипотеки судна или строящегося судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z664" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Ипотека судна или строящегося судна регистрируется на день получения заявления о государственной регистрации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Государственный судовой реестр морских судов, судовую книгу или реестр строящихся судов вносятся все сведения, указанные в заявлении о государственной регистрации, в соответствии с пунктом 2 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z665" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Орган регистрации ипотеки судна или строящегося судна должен выдать залогодателю и залогодержателю свидетельство о государственной регистрации ипотеки судна установленного образца в соответствии с записями, содержащимися в Государственном судовом реестре морских судов, судовой книге или реестре строящихся судов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z666" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. За государственную регистрацию ипотеки судна или строящегося судна взимается сбор в порядке, определяемом налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-1. Исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z668" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственный судовой реестр морских судов, судовая книга или реестр строящихся судов, в которых регистрируется ипотека судна или строящегося судна, и документы, которые подлежат передаче в орган регистрации, являются открытыми, и заинтересованное лицо имеет право получить выписки из них и копии таких документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z669" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. При государственной регистрации ипотеки судна не требуется вносить какие-либо записи об этом в судовые документы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 212 с изменениями, внесенными законами РК от 22.10.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 601</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 15.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 30.01.2012); от 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 27.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 311-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 27.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 46. Обязательная лоцманская проводка судов</w:t>
-[...35 lines deleted...]
-      2. Информация о категории судов, освобождаемых от обязательной лоцманской проводки, в обязательном порядке доводится до всеобщего сведения в морских портах. </w:t>
+        <w:t>Статья 213. Преимущественное удовлетворение требований, обеспеченных ипотекой судна</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Требования по обязательствам, исполнение которых обеспечивается зарегистрированной ипотекой судна, подлежат преимущественному удовлетворению перед всеми иными требованиями, за исключением требований, предусмотренных пунктом 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 203</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и пунктами 3 и 4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 220</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Никакие требования не подлежат преимущественному удовлетворению перед требованиями, вытекающими из обязательств, обеспеченных зарегистрированной ипотекой строящегося судна, за исключением требований, предусмотренных пунктом 4 статьи 220 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 214. Очередность удовлетворения требований, обеспеченных ипотекой судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Если судно, на которое установлена ипотека, становится предметом еще одной ипотеки в обеспечение других требований залогодателя, требования последующего залогодержателя удовлетворяются после требований предшествующих залогодержателей. Очередность удовлетворения таких требований, обеспеченных ипотекой судна, определяется датой государственной регистрации ипотеки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Очередность удовлетворения требований, вытекающих из обязательств, обеспеченных ипотекой судна или строящегося судна, предусмотренная пунктом 1 настоящей статьи, может быть изменена соглашением залогодателя и залогодержателей. Такое соглашение подлежит государственной регистрации в Государственном судовом реестре морских судов, судовой книге или реестре строящихся судов. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 46 с изменениями, внесенными Законом РК от 28.12.2010 </w:t>
+        <w:t xml:space="preserve">      Сноска. В статью 214 внесены изменения - Законом РК от 22 октября 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 601</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 года). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 215. Уступка прав по договору ипотеки судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Залогодержатель вправе передать свои права по договору ипотеки судна другому лицу с соблюдением правил о передаче прав кредитора по основному обязательству путем уступки требования в соответствии с гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При уступке права по договору ипотеки судна в Государственный судовой реестр морских судов, судовую книгу или реестр строящихся судов, в которых она зарегистрирована, вносится запись о дате уступки и об имени, адресе лица, в пользу которого уступка сделана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 216. Сохранение судна или строящегося судна, обеспеченного ипотекой </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Залогодатель обязан принимать надлежащие меры по сохранению и поддержанию судна или строящегося судна, обеспеченного ипотекой. В случае, если невыполнение такой обязанности ведет к значительному обесцениванию судна или строящегося судна, залогодержатель вправе реализовать его в принудительном порядке до наступления срока исполнения обязательства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 217. Переход права собственности на судно или строящееся судно или изменение государственной регистрации </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В случае, если не удовлетворены требования, обеспеченные зарегистрированной ипотекой судна или строящегося судна, либо отсутствует письменное согласие всех залогодержателей, морская администрация порта не вправе исключить судно из Государственного судового реестра морских судов или судовой книги либо вносить изменения в запись о государственной регистрации права собственности на строящееся судно в реестре строящихся судов, за исключением случаев, предусмотренных статьями 219 и 220 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z670" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случаях, если исключение судна из Государственного судового реестра морских судов или судовой книги либо права собственности на строящееся судно из реестра строящихся судов является обязательным (кроме случаев добровольной продажи), орган государственной регистрации должен направить залогодержателям уведомление о предстоящем исключении судна или права собственности на строящееся судно из соответствующих реестров, чтобы залогодержатели приняли надлежащие меры по защите своих интересов. При неполучении их согласия судно или право собственности на строящееся судно исключается из соответствующих реестров по истечении разумного периода, но не менее чем через три месяца после уведомления залогодержателей. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В статью 217 внесены изменения - Законом РК от 22 октября 2004 г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 601</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 года). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 218. Основания принудительной продажи судна или строящегося судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При неисполнении залогодателем обязательства по оплате долга обремененное ипотекой судно или строящееся судно может быть продано на основании решения суда по месту нахождения арестованного судна или арестованного строящегося судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 219. Порядок принудительной продажи судна или строящегося судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Принудительная продажа судна или строящегося судна осуществляется в соответствии с гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 220. Последствия принудительной продажи судна или строящегося судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В случае принудительной продажи судна или строящегося судна все зарегистрированные ипотеки судна или строящегося судна, за исключением тех, которые приняты на себя покупателем с согласия их залогодержателей, все залоги и другие обременения любого рода прекращают действие в отношении судна или строящегося судна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z671" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Расходы, понесенные в связи с арестом и последующей продажей судна или строящегося судна, в первую очередь оплачиваются за счет суммы, вырученной от их продажи. Такие расходы включают в себя, в частности, понесенные с момента ареста судна расходы на содержание судна и членов экипажа судна, а также заработную плату, другие суммы и расходы, указанные в подпункте 1) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 203</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона. Остаток суммы, вырученной от продажи судна или строящегося судна, распределяется в соответствии с настоящей главой в той мере, в какой это необходимо для удовлетворения соответствующих требований. После удовлетворения требований всех лиц, предъявивших их, сумма, вырученная от продажи судна или строящегося судна, если она остается, возвращается собственнику судна или строящегося судна и может свободно переводиться.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z672" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае принудительной продажи затонувшего судна, удаление которого осуществляется морской администрацией порта в целях обеспечения безопасности мореплавания или защиты от загрязнения морской среды, расходы на удаление затонувшего судна оплачиваются за счет суммы, вырученной от его продажи, до удовлетворения требований, обеспеченных морским залогом на судно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z673" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Судостроительная или судоремонтная организация (подрядчик), удерживающая судно в обеспечение своих обязательств, обязана его выдать для продажи в принудительном порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии требований, обеспеченных морским залогом на судно, в соответствии с пунктом 1 статьи 203 настоящего Закона, у судоремонтной организации такое право возникает после удовлетворения указанных требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z674" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. В случае, если покупателем судна или строящегося судна является гражданин или юридическое лицо Республики Казахстан, судно или право собственности на строящееся судно должно быть зарегистрировано на имя такого покупателя в соответствующем реестре в Республике Казахстан. В случае, если судно или право собственности на строящееся судно зарегистрировано в соответствующем реестре в Республике Казахстан и покупателем такого судна или строящегося судна является иностранный гражданин или иностранное юридическое лицо, орган регистрации судна либо орган регистрации права собственности на строящееся судно обязан выдать такому покупателю свидетельство об исключении судна из Государственного судового реестра морских судов, судовой книги или об исключении права собственности на строящееся судно из реестра строящихся судов в целях регистрации судна или права собственности на строящееся судно в соответствующем реестре иностранного государства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 220 с изменением, внесенным Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 221. Прекращение ипотеки судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ипотека судна прекращается в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) прекращения обеспеченного залогом обязательства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) продажи судна или строящегося судна с конкурсных торгов (тендер, аукцион), а также в случае, когда его реализация оказалась невозможной; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) гибели судна или строящегося судна, за исключением случаев, если залогодержатель ипотеки судна или строящегося судна может осуществить свое требование к страховой выплате, причитающейся в связи с гибелью судна или строящегося судна, в соответствии с договором морского страхования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При представлении доказательств о прекращении ипотеки судна или строящегося судна в случаях, предусмотренных пунктом 1 настоящей статьи, орган регистрации вносит в соответствующий реестр судов или реестр строящихся судов запись о прекращении ипотеки судна или строящегося судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z460" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 22. Арест судна</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 222. Основания ареста судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Арестом судна является задержание или ограничение в передвижении судна для обеспечения морского требования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z675" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Судно может быть арестовано только по морскому требованию, за исключением случаев, предусмотренных пунктом 4 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z676" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. С целью обеспечения морского требования судно может быть арестовано независимо от условия соответствующего договора о том, что морское требование подлежит рассмотрению в суде другого государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z677" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. По требованиям, не относящимся к морским требованиям, судно может быть арестовано только в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) банкротства судовладельца или ликвидации судовладельца юридического лица; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечения конфискации по уголовному делу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z678" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящая глава не затрагивает прав капитана морского порта на отказ в выдаче разрешения на выход судна из морского порта, на задержание судна и груза, предусмотренных настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z679" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Правоотношения, возникающие из ареста судна, не урегулированные настоящей главой, регулируются законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 222 с изменением, внесенным Законом РК от 28.12.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 47. Необязательная лоцманская проводка судов</w:t>
-[...79 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 48. Ответственность лоцмана и капитана судна</w:t>
-[...17 lines deleted...]
-      Присутствие на судне лоцмана не исключает ответственности капитана судна за управление судном. При наличии достаточных оснований для сомнений в правильности рекомендаций лоцмана капитан судна вправе в целях безопасного плавания судна отказаться от услуг данного лоцмана. В случае, если лоцманская проводка судна является обязательной, капитан судна должен потребовать замены лоцмана. </w:t>
+        <w:t xml:space="preserve">Статья 223. Морское требование </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Морским требованием является любое требование, заявленное в связи с (со): </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) причинением ущерба при эксплуатации судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) причинением вреда жизни и здоровью гражданина на суше либо на воде в прямой связи с эксплуатацией судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществлением спасательной операции или договором о спасании; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) расходами на принятие мер по предотвращению или уменьшению ущерба, в том числе ущерба окружающей среде, если такое требование возникает из международного договора Республики Казахстан, закона Республики Казахстан или договора, а также ущербом, который причинен или может быть причинен такими мерами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) расходами на удаление затонувшего имущества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) договором об использовании судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) договором морской перевозки груза или договором морской перевозки пассажира; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) утратой, недостачей или повреждением (порчей) груза или </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      багажа на судне; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) общей аварией; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) лоцманской проводкой; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) буксировкой; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) предоставлением продуктов питания, материалов, топлива, запасов, оборудования, в том числе контейнеров, для эксплуатации судна или его содержания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) постройкой, ремонтом, модернизацией или переоборудованием судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) сборами и платежами, взимаемыми в морском порту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) заработной платой и другими суммами, причитающимися капитану судна и другим членам экипажа судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16) расходами, произведенными в отношении судна; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17) страховой премией; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18) вознаграждением морского агента, морского брокера; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19) спором о праве собственности и иных вещных правах на судно; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20) спором между собственниками судна об использовании судна и распределении прибыли; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21) спором, возникающим из договора купли-продажи судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 223 с изменением, внесенным Законом РК от 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 49. Ответственность за ненадлежащую лоцманскую проводку судна </w:t>
-[...55 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">Статья 224. Судно, на которое не допускается наложение ареста </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. По морским требованиям не допускается наложение ареста на судно в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) передачи права собственности на судно третьим лицам к моменту наложения ареста; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) фрахтования судна иным фрахтователем. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Правила, предусмотренные пунктом 1 настоящей статьи, не применяются в отношении права собственности и иных вещных прав на судно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 225. Защита владельца арестованного судна </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Суд вправе в качестве условия наложения ареста или продления ранее наложенного ареста на судно обязать лицо, требующее наложения ареста или продления ареста на судно, предоставить обеспечение в размере и на условиях, которые могут быть определены судом в связи с убытками, которые могут быть причинены в результате наложения ареста на судно. Настоящее правило не применяется по отношению к лицу, требующему наложения ареста или продления ареста на судно по требованию, предусмотренному подпунктом 15) статьи 223 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. По требованию владельца арестованного судна суд, наложивший арест на судно или принявший меры по иному обеспечению требования для предотвращения наложения ареста на судно, вправе определить размер ответственности лица, по требованию которого на судно наложен арест или предоставлено обеспечение, за убытки, причиненные наложением ареста на судно. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z466" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 23. Морской протест</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 226. Морской протест </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В случае, если во время плавания или стоянки судна имело место происшествие, которое может явиться основанием для предъявления к судовладельцу имущественных требований, капитан судна в целях обеспечения доказательств должен подать заявление о морском протесте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Морской протест должен содержать полную информацию относительно обстоятельств происшествия и причин, вызвавших его, в том числе информацию об ущербе и о принятых по предотвращению или уменьшению ущерба мерах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 227. Заявление о морском протесте </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Заявление о морском протесте подается: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в порту Республики Казахстан нотариусу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в иностранном порту должностному лицу консульского учреждения Республики Казахстан или компетентному должностному лицу иностранного государства в порядке, установленном законодательством соответствующего государства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Заявление о морском протесте подается, если происшествие произошло: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в морском порту в течение двадцати четырех часов с момента происшествия; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) во время плавания судна в течение двадцати четырех часов с момента прибытия судна или капитана судна в первый морской порт после происшествия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если происшествие произошло во время плавания, заявление о морском протесте может быть подано в момент прибытия судна или капитана судна в порт, не являющийся первым портом после происшествия, с тем чтобы избежать значительных потерь времени и расходов, связанных с заходом в первый порт после происшествия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z680" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае невозможности заявления морского протеста в сроки, установленные пунктом 2 настоящей статьи, причины этого должны быть указаны в заявлении о морском протесте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z681" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Капитаны иностранных судов имеют право подать заявление о морском протесте в консульские учреждения государства, под флагом которого плавает судно, если такое право предусмотрено соответствующим международным договором. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 228. Заявление о морском протесте в отношении причинения ущерба грузу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае причинения в результате происшествия ущерба находящемуся на судне грузу заявление о морском протесте должно быть подано до открытия люков. Выгрузка находящегося на судне груза до заявления морского протеста допускается только в случае крайней необходимости. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 229. Предоставление судового журнала лицу, которому направлено заявление о морском протесте </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Капитан судна обязан в течение семи дней с момента прибытия судна или капитана судна в морской порт, а также самого происшествия, если оно имело место в порту, предоставить лицу, которому подано заявление о морском протесте, судовой журнал для ознакомления и заверенную им выписку из судового журнала. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В случае уничтожения (утраты) судового журнала в заявлении о морском протесте должны быть изложены обстоятельства и причины его уничтожения (утраты). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 230. Составление акта о морском протесте </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лица, уполномоченные на принятие заявления о морском протесте, составляют акт о морском протесте на основании заявления капитана судна, данных судового журнала, опроса капитана судна и в случае необходимости других членов экипажа судна. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z477" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 24. Акты, претензии и иски. Исковая давность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 231. Удостоверение обстоятельств, которые могут служить основанием для ответственности участников морской перевозки груза </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Обстоятельства, которые могут служить основанием для ответственности перевозчика, отправителя, получателя и пассажира, удостоверяются коммерческими актами или актами общей формы. В иностранных портах указанные обстоятельства удостоверяются в соответствии с правилами, существующими в данном порту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Коммерческий акт составляется для удостоверения: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) несоответствия между наименованием, массой или количеством мест груза либо багажа в натуре и указанными в перевозочном документе данными; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) утраты, недостачи или повреждения (порчи) груза или багажа; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) обнаружения груза или багажа без документов, а также документов без груза или багажа; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) возвращения перевозчику похищенного груза или багажа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Формы актов, порядок их составления и порядок удостоверения обстоятельств, не требующих составления актов, устанавливаются правилами, утверждаемыми уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 232. Претензии </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Досудебное урегулирование споров в претензионном порядке является обязательным условием предъявления иска. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 233. Передача права на предъявление претензий и исков </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Передача права на предъявление претензий и исков другим гражданам или организациям не допускается, за исключением случаев передачи такого права отправителем получателю или наоборот, а также отправителем или получателем экспедитору либо страховщику. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Передача права на предъявление претензии и иска удостоверяется переуступочной надписью на коносаменте или ином перевозочном документе (морская накладная, чартер). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 234. Условия и порядок предъявления претензий </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Претензии, вытекающие из договора морской перевозки, могут быть предъявлены к перевозчику в течение срока исковой давности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z122" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Претензия предъявляется к перевозчику, который осуществлял перевозку груза, и, если перевозка груза не была произведена, к перевозчику, который в соответствии с договором морской перевозки груза был обязан осуществить ее.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z124" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К претензии об утрате, недостаче или повреждении (порче) груза, кроме перевозочных документов, должны быть приложены документы, подтверждающие право на предъявление претензии, и документы, удостоверяющие количество и стоимость отправленного груза. Перевозочные документы (морская накладная, коносамент, чартер) предъявляются в подлиннике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 49 с изменениями, внесенными Законом РК от 28.12.2010 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 369-IV</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 234 с изменениями, внесенными Законом РК от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 235. Порядок и сроки рассмотрения претензии, вытекающей из договора морской перевозки груза</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Претензия подлежит рассмотрению в месячный срок со дня ее получения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В отношении претензий по перевозке, осуществляемой перевозчиками разных видов транспорта по одному документу, в течение трех месяцев. Если претензия отклонена или ответ не получен в срок, установленный настоящей статьей, у заявителя возникает право на предъявление иска. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 236. Срок исковой давности по требованиям, вытекающим из договора морской перевозки пассажира, багажа и груза </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Иски к перевозчику, вытекающие из договора морской перевозки, могут быть предъявлены в случае полного или частичного отказа перевозчика удовлетворить претензию либо в случае неполучения ответа от перевозчика на предъявленную претензию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z682" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Срок исковой давности по договору морской перевозки груза один год, по договору перевозки пассажира и багажа шесть месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z683" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Указанный срок по договору морской перевозки груза исчисляется: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по требованиям о возмещении ущерба за утрату и недостачу груза – по истечении одного месяца со дня, когда груз должен быть выдан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) по требованиям о возмещении ущерба за повреждение (порчу) груза, просрочки доставки груза, возврата или взыскания платы за перевозку со дня выдачи груза и, если груз не был выдан, со дня, когда он должен быть выдан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) по требованиям о возмещении убытков за неподачу судна или несвоевременную его подачу, выплате демерреджа и диспача со дня окончания месяца, следующего за тем, когда началась или должна была начаться перевозка груза; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) во всех остальных случаях со дня наступления события, послужившего основанием для предъявления требования.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 236 с изменениями, внесенными Законом РК от 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...9 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 49-1. Сообщение о затонувшем имуществе, установление местонахождения и обозначение затонувшего имущества</w:t>
-[...141 lines deleted...]
-    <w:bookmarkEnd w:id="553"/>
+        <w:t xml:space="preserve">Статья 237. Исковая давность по иным требованиям </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. По требованиям, вытекающим из договора буксировки, договора морского агентирования, договора морского посредничества, тайм-чартера, бербоут-чартера и из общей аварии, срок исковой давности исчисляется: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) по требованиям, вытекающим из договора буксировки, договора морского агентирования, договора морского посредничества, тайм-чартера и бербоут-чартера, со дня возникновения права на иск; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) по требованиям, возникающим из общей аварии, со дня получения диспаши. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. По регрессным требованиям, предусмотренным пунктами 3 и 4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, срок исковой давности в один год исчисляется со дня уплаты соответствующей суммы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 238. Исковая давность по требованиям о возмещении ущерба от загрязнения моря с судов нефтью и ущерба в связи с морской перевозкой опасных грузов </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Срок исковой давности по требованиям о возмещении ущерба от загрязнения моря с судов нефтью и ущерба в связи с морской перевозкой опасных грузов истекает через три года со дня, когда потерпевший узнал или должен был узнать о причинении такого ущерба. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При этом иски о возмещении ущерба не могут быть предъявлены по требованиям: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) о возмещении ущерба от загрязнения моря с судов нефтью через шесть лет со дня инцидента, в результате которого был причинен такой ущерб; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) о возмещении ущерба в связи с морской перевозкой опасных грузов через десять лет со дня инцидента, в результате которого был причинен такой ущерб. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 238-1. Исковая давность для Службы гидрографического обеспечения Военно-морских Сил Вооруженных Сил Республики Казахстан в связи с установлением местонахождения и обозначением затонувшего имущества и морской администрации порта по требованиям о возмещении расходов, понесенных в связи с удалением затонувшего имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1159" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок исковой давности для Службы гидрографического обеспечения Военно-морских Сил Вооруженных Сил Республики Казахстан по требованиям о возмещении расходов, понесенных в связи с установлением местонахождения и обозначением затонувшего имущества, и морской администрации порта по требованиям о возмещении расходов, понесенных в связи с удалением затонувшего имущества, составляет три года со дня определения опасности затонувшего имущества в порядке, определенном правилами удаления затонувшего имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z1160" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иск не может быть предъявлен по истечении шести лет со дня, когда произошел аварийный случай, в результате которого имущество затонуло.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z1161" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если аварийный случай состоял из ряда событий, то шестилетний срок исчисляется со дня первого из этих событий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 9 дополнена статьей 49-1 в соответствии с Законом РК от 29.12.2022 </w:t>
+        <w:t xml:space="preserve">      Носка. Глава 24 дополнена статьей 238-1 в соответствии с Законом РК от 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 50. Удаление затонувшего имущества его собственником </w:t>
-[...159 lines deleted...]
-    <w:bookmarkEnd w:id="559"/>
+        <w:t xml:space="preserve">Статья 239. Применение общих сроков </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По требованиям, для которых настоящим Законом сроки исковой давности не установлены, применяется общий срок исковой давности, установленный Гражданским кодексом Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z496" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...20220 lines deleted...]
-      Если аварийный случай состоял из ряда событий, то шестилетний срок исчисляется со дня первого из этих событий.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 25. Применимое право</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="673"/>
-    <w:p>
-[...113 lines deleted...]
-    <w:bookmarkEnd w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 240. Определение права, подлежащего применению к отношениям в сфере торгового мореплавания, осложненным иностранным элементом </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -46283,55 +46377,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>