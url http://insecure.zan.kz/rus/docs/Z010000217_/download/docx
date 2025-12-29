--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5c3c347" w14:textId="5c3c347">
+    <w:p w14:paraId="f1f53b6" w14:textId="f1f53b6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -821,50 +821,148 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       правил рассмотрения апелляционным советом возражений;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац седьмой подпункта 2) предусматривается в редакции Закона РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       положения об аттестационной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -932,441 +1030,669 @@
         </w:rPr>
         <w:t>
       положения об апелляционной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z56" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) определение порядка опубликования в бюллетене сведений о зарегистрированных топологиях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z57" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аттестация лиц, претендующих на занятие деятельностью патентного поверенного, их регистрация в реестре патентных поверенных, исключение из реестра патентных поверенных, признание недействительным свидетельства патентного поверенного и аннулирование сведений в реестре патентных поверенных;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 5) предусматривается исключить Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организация деятельности аттестационной комиссии, апелляционного совета и апелляционной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z58" w:id="14"/>
-[...15 lines deleted...]
-      5) организация деятельности аттестационной комиссии, апелляционного совета и апелляционной комиссии;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 4 в редакции Закона РК от 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4-1. Экспертная организация</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Экспертная организация, созданная по решению Правительства Республики Казахстан в организационно-правовой форме республиканского государственного предприятия на праве хозяйственного ведения, подведомственная в своей деятельности уполномоченному органу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z59" w:id="15"/>
-[...15 lines deleted...]
-      6) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проводит экспертизу заявок о регистрации топологий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z63" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вносит топологии в Государственный реестр топологий интегральных микросхем и выдает свидетельства о регистрации, удостоверения авторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z64" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) регистрирует в Государственном реестре топологий интегральных микросхем передачу исключительного права, предоставление права на использование топологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z65" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ведет Государственный реестр топологий интегральных микросхем, бюллетень и размещает их на своем интернет-ресурсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z66" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предоставляет выписки из Государственного реестра топологий интегральных микросхем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z67" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) публикует в бюллетене экспертной организации сведения о зарегистрированных топологиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 4 в редакции Закона РК от 20.06.2018 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) исключен Законом РК от 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...132 lines deleted...]
-      5) предоставляет выписки из Государственного реестра топологий интегральных микросхем;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Экспертной организацией по согласованию с уполномоченным органом утверждаются цены на услуги в области охраны топологий при условии обеспечения полного возмещения понесенных данной организацией затрат на их оказание, безубыточности ее деятельности и финансирования за счет собственных доходов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z67" w:id="22"/>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2196,110 +2522,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 9. Исключительное право на топологию, созданную в порядке выполнения служебных обязанностей и по договору с заказчиком </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="24"/>
+    <w:bookmarkStart w:name="z42" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Исключительное право на топологию, созданную в порядке выполнения служебных обязанностей или конкретного задания работодателя, принадлежит работодателю, если договором между ним и автором не предусмотрено иное. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z43" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Размер, условия и порядок выплаты вознаграждения автору за топологию, указанную в пункте 1 настоящей статьи, определяются соглашением между автором и работодателем. Если невозможно соразмерить вклад автора и работодателя в создание топологии, размер, условия и порядок выплаты вознаграждения автору определяются законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z44" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Автор может принять на себя по договору обязательство создать топологию и предоставить заказчику, не являющемуся его работодателем, исключительные права на топологию.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z43" w:id="25"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3372,1192 +3698,3402 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Требования к нарушителю исключительного права могут быть заявлены также лицензиатом, если это предусмотрено лицензионным договором. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Патентные поверенные</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 1 пункта 1 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Патентным поверенным вправе быть дееспособный гражданин Республики Казахстан, постоянно проживающий на ее территории, имеющий высшее образование, прошедший аттестацию и зарегистрированный в реестре патентных поверенных.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 2 пункта 1 предусматривается в редакции Закона РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестация лиц, претендующих на занятие деятельностью патентного поверенного, проводится в форме тестирования на знание законодательства Республики Казахстан и международных договоров, ратифицированных Республикой Казахстан, в сфере интеллектуальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 3 пункта 1 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестационная комиссия, создаваемая при уполномоченном органе, состоит из нечетного числа сотрудников уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 4 пункта 1 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестре патентных поверенных и внесения в него изменений определяется уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 5 пункта 1 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Реестр патентных поверенных размещается на интернет-ресурсе уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z613" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Не допускаются к аттестации лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z614" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) которым в соответствии с законами Республики Казахстан запрещается заниматься предпринимательской деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z615" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) являющиеся сотрудниками уполномоченного органа и его подведомственных организаций, а также их близкими родственниками, супругом (супругой);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z609" w:id="28"/>
-[...15 lines deleted...]
-      Аттестация лиц, претендующих на занятие деятельностью патентного поверенного, проводится в форме тестирования на знание законодательства Республики Казахстан и международных договоров, ратифицированных Республикой Казахстан, в сфере интеллектуальной собственности.</w:t>
+    <w:bookmarkStart w:name="z616" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) имеющие непогашенную или неснятую в установленном законом порядке судимость за совершение преступления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z610" w:id="29"/>
-[...15 lines deleted...]
-      Аттестационная комиссия, создаваемая при уполномоченном органе, состоит из нечетного числа сотрудников уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z617" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) исключенные из реестра патентных поверенных в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z611" w:id="30"/>
-[...15 lines deleted...]
-      Порядок проведения аттестации лиц, претендующих на занятие деятельностью патентного поверенного, регистрации в реестре патентных поверенных и внесения в него изменений определяется уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z618" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К аттестации допускаются лица, имеющие опыт работы в сфере охраны и защиты прав интеллектуальной собственности не менее четырех лет либо прошедшие стажировку в палате патентных поверенных не менее одного года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z612" w:id="31"/>
-[...15 lines deleted...]
-      Реестр патентных поверенных размещается на интернет-ресурсе уполномоченного органа.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац первый пункта 4 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Деятельность патентного поверенного приостанавливается протокольным решением аттестационной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 1) предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на основании заявления патентного поверенного, поданного в аттестационную комиссию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z621" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на период отнесения к лицам, которым в соответствии с законами Республики Казахстан запрещается заниматься предпринимательской деятельностью, к сотрудникам уполномоченного органа и его подведомственных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z613" w:id="32"/>
-[...179 lines deleted...]
-    <w:bookmarkStart w:name="z622" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 3) предусматривается исключить Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) в целях выяснения обстоятельств, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 15-2 настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 2 пункта 4 предусматривается исключить Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, указанном в подпункте 3) части первой настоящего пункта, деятельность патентного поверенного приостанавливается до принятия соответствующего решения аттестационной комиссией в течение трех месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 3 пункта 4 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деятельность патентного поверенного возобновляется протокольным решением аттестационной комиссии в случае устранения оснований, послуживших для приостановления его деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z625" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Патентный поверенный в качестве представителя заявителя, правообладателя осуществляет деятельность, связанную с ведением дел с уполномоченным органом и экспертной организацией. Ведение дел с уполномоченным органом и экспертной организацией может также осуществляться заявителем и (или) правообладателем самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z626" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические лица, проживающие за пределами Республики Казахстан, или иностранные юридические лица осуществляют свои права заявителя, правообладателя, а также права заинтересованного лица в уполномоченном органе через патентных поверенных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z627" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические лица, постоянно проживающие в Республике Казахстан, но временно находящиеся за ее пределами, могут осуществлять свои права заявителя, правообладателя, а также права заинтересованного лица без патентного поверенного при указании адреса для переписки в пределах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z628" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация, которую патентный поверенный получает от доверителя в связи с выполнением его поручения, признается конфиденциальной при соблюдении требований, предъявляемых законами Республики Казахстан к конфиденциальной информации или иной охраняемой законом тайне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 - в редакции Закона РК от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15-1. Права и обязанности патентного поверенного</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патентный поверенный вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z631" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) консультировать по вопросам охраны топологий интегральных микросхем, приобретения или передачи прав на топологии интегральных микросхем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z632" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществлять работы по оформлению и составлению заявок на регистрацию топологии интегральных микросхем от имени и по поручению заказчика, доверителя, работодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z633" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) взаимодействовать с уполномоченным органом и (или) экспертной организацией по вопросам регистрации топологий интегральных микросхем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z634" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) содействовать в составлении, рассмотрении лицензионных (сублицензионных) договоров и (или) договоров уступки, а также в последующей регистрации передачи и предоставления прав в экспертной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z635" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) быть членом палаты патентных поверенных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z623" w:id="42"/>
-[...15 lines deleted...]
-      В случае, указанном в подпункте 3) части первой настоящего пункта, деятельность патентного поверенного приостанавливается до принятия соответствующего решения аттестационной комиссией в течение трех месяцев.</w:t>
+    <w:bookmarkStart w:name="z636" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществлять другие виды деятельности, связанные с вопросами охраны и защиты интеллектуальной собственности, не запрещенные законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z624" w:id="43"/>
-[...15 lines deleted...]
-      Деятельность патентного поверенного возобновляется протокольным решением аттестационной комиссии в случае устранения оснований, послуживших для приостановления его деятельности.</w:t>
+    <w:bookmarkStart w:name="z637" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Полномочия патентного поверенного удостоверяются доверенностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z625" w:id="44"/>
-[...15 lines deleted...]
-      5. Патентный поверенный в качестве представителя заявителя, правообладателя осуществляет деятельность, связанную с ведением дел с уполномоченным органом и экспертной организацией. Ведение дел с уполномоченным органом и экспертной организацией может также осуществляться заявителем и (или) правообладателем самостоятельно.</w:t>
+    <w:bookmarkStart w:name="z638" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При ведении дел, связанных с подачей возражения в апелляционный совет, патентный поверенный обязан представить в уполномоченный орган оригинал доверенности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z626" w:id="45"/>
-[...15 lines deleted...]
-      Физические лица, проживающие за пределами Республики Казахстан, или иностранные юридические лица осуществляют свои права заявителя, правообладателя, а также права заинтересованного лица в уполномоченном органе через патентных поверенных.</w:t>
+    <w:bookmarkStart w:name="z639" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Если доверенность составлена на иностранном языке, то в обязательном порядке должен быть представлен засвидетельствованный нотариусом перевод доверенности на казахский или русский язык в зависимости от языка, на котором подано возражение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z627" w:id="46"/>
-[...15 lines deleted...]
-      Физические лица, постоянно проживающие в Республике Казахстан, но временно находящиеся за ее пределами, могут осуществлять свои права заявителя, правообладателя, а также права заинтересованного лица без патентного поверенного при указании адреса для переписки в пределах Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z640" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Патентный поверенный обязан не принимать поручение в случаях, если ранее по данному делу представлял или консультировал лиц, интересы которых противоречат интересам лица, обратившегося с просьбой о ведении дела, или принимал иное участие в его рассмотрении, а также если в рассмотрении дела участвует должностное лицо, являющееся близким родственником патентного поверенного, супругом (супругой) или свойственником.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z628" w:id="47"/>
-[...15 lines deleted...]
-      Информация, которую патентный поверенный получает от доверителя в связи с выполнением его поручения, признается конфиденциальной при соблюдении требований, предъявляемых законами Республики Казахстан к конфиденциальной информации или иной охраняемой законом тайне.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 15-1 в соответствии с Законом РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В заголовок статьи 15-2 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15-2. Исключение из реестра патентных поверенных, признание недействительным свидетельства патентного поверенного и аннулирование сведений в реестре патентных поверенных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В абзац первый пункта 1 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патентный поверенный исключается из реестра патентных поверенных решением аттестационной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 1) предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на основании личного заявления патентного поверенного, поданного в аттестационную комиссию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z644" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при прекращении гражданства Республики Казахстан или при выезде на постоянное место жительства за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z645" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в случае перерыва в профессиональной деятельности патентного поверенного более пяти лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 15 - в редакции Закона РК от 20.06.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...53 lines deleted...]
-      1) консультировать по вопросам охраны топологий интегральных микросхем, приобретения или передачи прав на топологии интегральных микросхем;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 4) предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при вступлении в силу обвинительного приговора суда, которым патентный поверенный осужден за совершение преступления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z647" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в случае смерти патентного поверенного или признания его безвестно отсутствующим либо объявления умершим;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z632" w:id="50"/>
-[...15 lines deleted...]
-      2) осуществлять работы по оформлению и составлению заявок на регистрацию топологии интегральных микросхем от имени и по поручению заказчика, доверителя, работодателя;</w:t>
+    <w:bookmarkStart w:name="z648" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в случае признания патентного поверенного недееспособным или ограниченно дееспособным;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z633" w:id="51"/>
-[...15 lines deleted...]
-      3) взаимодействовать с уполномоченным органом и (или) экспертной организацией по вопросам регистрации топологий интегральных микросхем;</w:t>
+    <w:bookmarkStart w:name="z649" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) по результатам рассмотрения жалоб физических и (или) юридических лиц, а также представления палаты патентных поверенных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z634" w:id="52"/>
-[...15 lines deleted...]
-      4) содействовать в составлении, рассмотрении лицензионных (сублицензионных) договоров и (или) договоров уступки, а также в последующей регистрации передачи и предоставления прав в экспертной организации;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 2 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. На основании решения аттестационной комиссии или вступившего в законную силу решения либо обвинительного приговора суда свидетельство патентного поверенного признается недействительным и соответствующие сведения вносятся в реестр патентных поверенных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В пункт 3 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Патентный поверенный, исключенный из реестра патентных поверенных, теряет право на осуществление деятельности патентного поверенного с даты внесения сведений об этом, а свидетельство о его регистрации в качестве патентного поверенного аннулируется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В часть 1 пункта 4 предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В случае поступления жалобы физического и (или) юридического лица либо представления палаты патентных поверенных на действия патентного поверенного уполномоченным органом образуется апелляционная комиссия из нечетного числа сотрудников уполномоченного органа. На период рассмотрения жалобы физического и (или) юридического лица либо представления палаты патентных поверенных действие свидетельства патентного поверенного приостанавливается, о чем делается отметка в реестре патентных поверенных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z653" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам рассмотрения жалобы физического и (или) юридического лица либо представления палаты патентных поверенных принимается одно из следующих решений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z635" w:id="53"/>
-[...15 lines deleted...]
-      5) быть членом палаты патентных поверенных;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 1) предусматривается изменение Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отозвать свидетельство патентного поверенного и внести соответствующую запись в реестр патентных поверенных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z655" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отказать в удовлетворении жалобы физического и (или) юридического лица либо представления палаты патентных поверенных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z636" w:id="54"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 15-1 в соответствии с Законом РК от 12.01.2012 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...295 lines deleted...]
-    <w:bookmarkStart w:name="z656" w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 3 пункта 4 предусматривается исключить Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение апелляционной комиссии принимается простым большинством голосов, оформляется протоколом и может быть обжаловано в суд.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статью 15-2 предусматривается дополнить пунктом 5 в соответствии с Законом РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 15-2 в соответствии с Законом РК от 12.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4827,55 +7363,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5201,31 +7737,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>